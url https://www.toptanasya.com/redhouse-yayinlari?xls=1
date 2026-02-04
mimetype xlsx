--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -85,865 +85,1165 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054119073</t>
+          <t>9786054119141</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Resimli İlköğretim Sözlüğü İngilizce - Türkçe</t>
+          <t>My Fourth Fifty Words</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>15.74</v>
+        <v>43</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054119011</t>
+          <t>9786054119417</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Dictionary of Educational Terms - Eğitim Terimleri Sözlüğü</t>
+          <t>Quiz Box Synonyms</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>20</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758176861</t>
+          <t>9786054119523</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Gereksinimlerine Göre Farklılaştırılmış Eğitim</t>
+          <t>Quiz Box Antonyms</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>18.43</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758176915</t>
+          <t>9786054119585</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Başarısını Artıran Öğretim Stratejileri</t>
+          <t>Quiz Box Prepositions</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>18.43</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054119042</t>
+          <t>9786054119684</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>My First 50 Words</t>
+          <t>Resimlerle Türkçe - Almanca Sözlük</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>15.74</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054119301</t>
+          <t>9786054119677</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Idiom Flash Cards 1</t>
+          <t>Resimlerle Türkçe - İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>14.81</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758176991</t>
+          <t>9786054119691</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Etkili Sınıf Yönetimi Stratejileri</t>
+          <t>Resimlerle Türkçe - İspanyolca Sözlük</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>18.43</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054119004</t>
+          <t>9789758176847</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Stillleri</t>
+          <t>Eğitimciler İçin Disiplin Sorunlarını Önleme ve Çözme Rehberi</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>18.43</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758176076</t>
+          <t>9786054119172</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Biblische Staetten in der Türkei</t>
+          <t>The Whimsical Wheel</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758176014</t>
+          <t>9789758176441</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Küçük Elsözlüğü</t>
+          <t>Strolling Through Istanbul A Guide To The City</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754131406</t>
+          <t>9786054119134</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 2 Kutulu Ürün</t>
+          <t>Sözcük Kartları: My Third Fifty Words</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754131062</t>
+          <t>9786054119110</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>My English Activity Book 2</t>
+          <t>Seyahat Arkadaşı - Türkçe-İngilizce Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754131055</t>
+          <t>9786054119080</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>My English Activity Book 1</t>
+          <t>Redhouse Sanat Terimleri ve Kavramları Sözlüğü / Dictionary of Art Terms and Concepts</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754131420</t>
+          <t>9789758176960</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 5 Kutulu Ürün</t>
+          <t>Redhouse Resimli Sözlük İngilizce - Türkçe (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754131437</t>
+          <t>9789758176519</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 4 Kutulu Ürün</t>
+          <t>İngilizce - Türkçe Redhouse Küçük Elsözlüğü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754131413</t>
+          <t>9789758176328</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 3 Kutulu Ürün</t>
+          <t>Redhouse Büyük Elsözlüğü İngilizce - Türkçe (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754131390</t>
+          <t>9789758176267</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 1 (Kutulu Ürün)</t>
+          <t>Biblical Sites in Turkey</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754131123</t>
+          <t>9789758176687</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Susie and Fred’s Adventures - Early Readers 2</t>
+          <t>An American Cook in Turkey</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754131116</t>
+          <t>9786054119493</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Early Readers 1 - Susie and Fred’s Adventures</t>
+          <t>Sıradışı Canlılar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754131352</t>
+          <t>9786054119561</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pat Loves Cats!</t>
+          <t>Idiom Flash Cards 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754131369</t>
+          <t>9786054119073</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>It Looks Terrible!</t>
+          <t>Redhouse Resimli İlköğretim Sözlüğü İngilizce - Türkçe</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>80</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754131376</t>
+          <t>9786054119011</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Go, Go, Pogo!</t>
+          <t>Redhouse Dictionary of Educational Terms - Eğitim Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754131383</t>
+          <t>9789758176861</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Charlie’s Dreams</t>
+          <t>Öğrenci Gereksinimlerine Göre Farklılaştırılmış Eğitim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754131345</t>
+          <t>9789758176915</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>We Are Great!</t>
+          <t>Öğrenci Başarısını Artıran Öğretim Stratejileri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754131253</t>
+          <t>9786054119042</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sue’s Supermarket Dash</t>
+          <t>My First 50 Words</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>80</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754131239</t>
+          <t>9786054119301</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>No Toys!</t>
+          <t>Idiom Flash Cards 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754131277</t>
+          <t>9789758176991</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>I Want To Meet A Dınosaur!</t>
+          <t>Etkili Sınıf Yönetimi Stratejileri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754131260</t>
+          <t>9786054119004</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>I Thınk It’s A Monster!</t>
+          <t>Düşünme Stillleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>80</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754131246</t>
+          <t>9789758176076</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Today Is Not A Good Day!</t>
+          <t>Biblische Staetten in der Türkei</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754131222</t>
+          <t>9789758176014</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>I Want Your Toy!</t>
+          <t>Redhouse Küçük Elsözlüğü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>550</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754131215</t>
+          <t>9789754131406</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Play I Spy!</t>
+          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 2 Kutulu Ürün</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754131192</t>
+          <t>9789754131062</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Doug's Bugs</t>
+          <t>My English Activity Book 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754131208</t>
+          <t>9789754131055</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>A Banana İn The Sun</t>
+          <t>My English Activity Book 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754131185</t>
+          <t>9789754131420</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Who Made Those?</t>
+          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 5 Kutulu Ürün</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754131178</t>
+          <t>9789754131437</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Not Again, Ivy!</t>
+          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 4 Kutulu Ürün</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754130812</t>
+          <t>9789754131413</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>The Secret Recipe</t>
+          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 3 Kutulu Ürün</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754131048</t>
+          <t>9789754131390</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>All Around Me</t>
+          <t>Redhouse Peapod Readers İngilizce Hikaye Seti 1 (Kutulu Ürün)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754130973</t>
+          <t>9789754131123</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Susie's Dream Job</t>
+          <t>Susie and Fred’s Adventures - Early Readers 2</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754130980</t>
+          <t>9789754131116</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mom's Healthy Kitchen</t>
+          <t>Early Readers 1 - Susie and Fred’s Adventures</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754130997</t>
+          <t>9789754131352</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>What Day is it Today?</t>
+          <t>Pat Loves Cats!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754130836</t>
+          <t>9789754131369</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>The Clumsy Day</t>
+          <t>It Looks Terrible!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754130829</t>
+          <t>9789754131376</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>The Lost Cat</t>
+          <t>Go, Go, Pogo!</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754130843</t>
+          <t>9789754131383</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>The Bad Lemonade</t>
+          <t>Charlie’s Dreams</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754130959</t>
+          <t>9789754131345</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>My Home - Redhouse Learning Set 3</t>
+          <t>We Are Great!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059781312</t>
+          <t>9789754131253</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Resimli Sözlük</t>
+          <t>Sue’s Supermarket Dash</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754130805</t>
+          <t>9789754131239</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Our Solar System</t>
+          <t>No Toys!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758176830</t>
+          <t>9789754131277</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Büyük El Sözlüğü</t>
+          <t>I Want To Meet A Dınosaur!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758176854</t>
+          <t>9789754131260</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Elsözlüğü</t>
+          <t>I Thınk It’s A Monster!</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758176007</t>
+          <t>9789754131246</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Yeni El Sözlüğü     The New Redhouse Portable Dictionary English-Turkish, Turkish-English (Ciltli)</t>
+          <t>Today Is Not A Good Day!</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758176113</t>
+          <t>9789754131222</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Osmanlıca-İngilizce Redhouse Sözlüğü (Ciltli)</t>
+          <t>I Want Your Toy!</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754130706</t>
+          <t>9789754131215</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>The Black Sea Coast of Turkey</t>
+          <t>Play I Spy!</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758176410</t>
+          <t>9789754131192</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Sözlüğü Türkçe - İngilizce (Ciltli)</t>
+          <t>Doug's Bugs</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789758176106</t>
+          <t>9789754131208</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Sözlüğü İngilizce - Türkçe (Ciltli)</t>
+          <t>A Banana İn The Sun</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1100</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758176090</t>
+          <t>9789754131185</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Redhouse Mini Sözlüğü</t>
+          <t>Who Made Those?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
+          <t>9789754131178</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Not Again, Ivy!</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789754130812</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>The Secret Recipe</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789754131048</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>All Around Me</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789754130973</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Susie's Dream Job</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789754130980</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Mom's Healthy Kitchen</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789754130997</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>What Day is it Today?</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789754130836</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>The Clumsy Day</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789754130829</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>The Lost Cat</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789754130843</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>The Bad Lemonade</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789754130959</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>My Home - Redhouse Learning Set 3</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786059781312</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim Resimli Sözlük</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789754130805</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Our Solar System</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789758176830</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Redhouse Büyük El Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789758176854</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Redhouse Elsözlüğü</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789758176007</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Redhouse Yeni El Sözlüğü     The New Redhouse Portable Dictionary English-Turkish, Turkish-English (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789758176113</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe-Osmanlıca-İngilizce Redhouse Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789754130706</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>The Black Sea Coast of Turkey</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789758176410</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Redhouse Sözlüğü Türkçe - İngilizce (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789758176106</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Redhouse Sözlüğü İngilizce - Türkçe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789758176090</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Redhouse Mini Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
           <t>9789758176908</t>
         </is>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Redhouse Cep Sözlüğü</t>
         </is>
       </c>
-      <c r="C56" s="1">
-        <v>250</v>
+      <c r="C76" s="1">
+        <v>275</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>