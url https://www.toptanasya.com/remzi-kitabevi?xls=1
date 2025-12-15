--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,24175 +85,24340 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789751422361</t>
+          <t>9789751422637</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçının Gözü</t>
+          <t>Benim Yılım (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>720</v>
+        <v>615</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789751422514</t>
+          <t>9789751422620</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yaşadığına Değsin</t>
+          <t>Nasıl Söylemeli?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789751422491</t>
+          <t>9789751422552</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tahran'ın Aslan Kadınları</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789751422484</t>
+          <t>9789751422538</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eğer 100 Yaşına Kadar Yaşayacaksan En Azından Mutlu Olmasını Bil</t>
+          <t>Küçük Şeyler Dizisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>890</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789751408860</t>
+          <t>9789751422606</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İletişim Donanımları</t>
+          <t>Hayatımızı Değiştiren Filmler - 2020- 2025</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>465</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789751414465</t>
+          <t>9789751422613</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Terör Örgütlerinin Sonu</t>
+          <t>Ey Türk Genci!</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789751422507</t>
+          <t>9789751422590</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçanın Serzenişi</t>
+          <t>Ladesçi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789751413062</t>
+          <t>9789751422569</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler 2</t>
+          <t>Yalıda Bir Gece</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789751422477</t>
+          <t>9789751422545</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Tenceresinden</t>
+          <t>Nathalie’den Yaşanmış Tarifler (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>385</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789751422422</t>
+          <t>9789751422293</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dalgalardan Döngülere Krizlerin Anatomisi</t>
+          <t>Duygularla Tanışalım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789751400918</t>
+          <t>9789751422521</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Menderes’in Dramı</t>
+          <t>İş Hayatı ve Yöneticilikte EQ</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>555</v>
+        <v>310</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789751413000</t>
+          <t>9789751422361</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları - Küçük Şeyler 1</t>
+          <t>Fotoğrafçının Gözü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>720</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789751422439</t>
+          <t>9789751422514</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyürken Kartları</t>
+          <t>Hayat Yaşadığına Değsin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789751422156</t>
+          <t>9789751422491</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Karşıtlar - 3 Boyutlu Kitaplar (Ciltli)</t>
+          <t>Tahran'ın Aslan Kadınları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789751422149</t>
+          <t>9789751422484</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - 3 Boyutlu Kitaplar (Ciltli)</t>
+          <t>Eğer 100 Yaşına Kadar Yaşayacaksan En Azından Mutlu Olmasını Bil</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789751422132</t>
+          <t>9789751408860</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - 3 Boyutlu Kitaplar (Ciltli)</t>
+          <t>İletişim Donanımları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751422125</t>
+          <t>9789751414465</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Renkler - 3 Boyutlu Kitaplar (Ciltli)</t>
+          <t>Terör Örgütlerinin Sonu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789751422187</t>
+          <t>9789751422507</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zaman Durdukça</t>
+          <t>Tanrıçanın Serzenişi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751421791</t>
+          <t>9789751413062</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Klasikler Dizisi (4 Kitap Kutulu)</t>
+          <t>Küçük Şeyler 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>850</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751414687</t>
+          <t>9789751422477</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Kız</t>
+          <t>Tarihin Tenceresinden</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>385</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789751403643</t>
+          <t>9789751422422</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Çocuk</t>
+          <t>Dalgalardan Döngülere Krizlerin Anatomisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>285</v>
+        <v>650</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789751408259</t>
+          <t>9789751400918</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Menderes’in Dramı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>325</v>
+        <v>555</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789751409812</t>
+          <t>9789751413000</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kardelenler</t>
+          <t>Deniz Kabukları - Küçük Şeyler 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789751412614</t>
+          <t>9789751422439</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sofraları (Ciltli)</t>
+          <t>Ben Büyürken Kartları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>980</v>
+        <v>620</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751414946</t>
+          <t>9789751422156</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Yorganına Göre Uzat</t>
+          <t>Karşıtlar - 3 Boyutlu Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751414458</t>
+          <t>9789751422149</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hava Kurşun Gibi Ağır</t>
+          <t>Şekiller - 3 Boyutlu Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751412270</t>
+          <t>9789751422132</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Yağlıboya</t>
+          <t>Sayılar - 3 Boyutlu Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>870</v>
+        <v>380</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789751406804</t>
+          <t>9789751422125</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anafor</t>
+          <t>Renkler - 3 Boyutlu Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789751413574</t>
+          <t>9789751422187</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Abdülmecit</t>
+          <t>Zaman Durdukça</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751418784</t>
+          <t>9789751421791</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Köy Gezisi - Duru ile Doruk</t>
+          <t>Çizgi Klasikler Dizisi (4 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789751418432</t>
+          <t>9789751414687</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>0-2 Yaş Doğru Beslenme</t>
+          <t>Kaçırılan Kız</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>435</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789751417695</t>
+          <t>9789751403643</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>50 Unutulmaz Film</t>
+          <t>İçimizdeki Çocuk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>355</v>
+        <v>285</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789751408747</t>
+          <t>9789751408259</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Verimli İş Hayatının Sırrı: Stres</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>270</v>
+        <v>325</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789751409904</t>
+          <t>9789751409812</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yılları</t>
+          <t>Kardelenler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>385</v>
+        <v>235</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789751418791</t>
+          <t>9789751412614</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Yakalamak</t>
+          <t>İstanbul Sofraları (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>625</v>
+        <v>980</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789751422392</t>
+          <t>9789751414946</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İnferis - Sahte Sultan - Fon (Kutulu Takım)</t>
+          <t>Hayalini Yorganına Göre Uzat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>990</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789751422446</t>
+          <t>9789751414458</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Hava Kurşun Gibi Ağır</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789751415424</t>
+          <t>9789751412270</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Metrestepe</t>
+          <t>Tüm Yönleriyle Yağlıboya</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>290</v>
+        <v>870</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789751418708</t>
+          <t>9789751406804</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Anafor</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789751422385</t>
+          <t>9789751413574</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eczanedeki Kırmızı Dolap</t>
+          <t>Abdülmecit</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789751422378</t>
+          <t>9789751418784</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Anda Kalmak</t>
+          <t>Köy Gezisi - Duru ile Doruk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789751418913</t>
+          <t>9789751418432</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Öyküsü</t>
+          <t>0-2 Yaş Doğru Beslenme</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>2490</v>
+        <v>435</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789751413956</t>
+          <t>9789751417695</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Yönetmek</t>
+          <t>50 Unutulmaz Film</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>325</v>
+        <v>355</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789751422330</t>
+          <t>9789751408747</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kuartet</t>
+          <t>Verimli İş Hayatının Sırrı: Stres</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789751421807</t>
+          <t>9789751409904</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Öyküsü (Ciltli)</t>
+          <t>Devrim Yılları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1185</v>
+        <v>385</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789751417848</t>
+          <t>9789751418791</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin Beslenme Kitabı</t>
+          <t>Geleceği Yakalamak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1185</v>
+        <v>625</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789751422040</t>
+          <t>9789751422392</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Köstebeğin Yolculuğu (Ciltli)</t>
+          <t>İnferis - Sahte Sultan - Fon (Kutulu Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>420</v>
+        <v>990</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789751421890</t>
+          <t>9789751422446</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789751413314</t>
+          <t>9789751415424</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler 4 Eşitler Evi</t>
+          <t>Metrestepe</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789751419781</t>
+          <t>9789751418708</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Baskılara Direnirken</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789751422316</t>
+          <t>9789751422385</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Merkez Bankası</t>
+          <t>Eczanedeki Kırmızı Dolap</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751422323</t>
+          <t>9789751422378</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Sevgilim</t>
+          <t>İlişkilerde Anda Kalmak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789751422286</t>
+          <t>9789751418913</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Pastacılık 101 (Ciltli)</t>
+          <t>Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>2340</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751422309</t>
+          <t>9789751413956</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Roman</t>
+          <t>Türk Kültüründe Yönetmek</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789751422248</t>
+          <t>9789751422330</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Markiz’deki Kadın</t>
+          <t>Kuartet</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789751422279</t>
+          <t>9789751421807</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Geri Dön Büyükanne</t>
+          <t>Sanatın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789751422262</t>
+          <t>9789751417848</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Can Okula Gidiyor</t>
+          <t>Bebeğimin Beslenme Kitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751422217</t>
+          <t>9789751422040</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İlk Ansiklopedi (Ciltli)</t>
+          <t>Köstebeğin Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>835</v>
+        <v>420</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789751422224</t>
+          <t>9789751421890</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yandığın Ateş Yoluna Işık Olur - Güç, Güçlükten Doğar</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>435</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751422200</t>
+          <t>9789751413314</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kitapçının Kızı</t>
+          <t>Küçük Şeyler 4 Eşitler Evi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751422194</t>
+          <t>9789751419781</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>50 Unutulmaz Film/ Bir Daha</t>
+          <t>Baskılara Direnirken</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259977034</t>
+          <t>9789751422316</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Zenginleştiren Eğitim</t>
+          <t>Merkez Bankası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259977027</t>
+          <t>9789751422323</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kızgınlık, Suçluluk &amp; Utanç</t>
+          <t>Beyoğlu Sevgilim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789751422163</t>
+          <t>9789751422286</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Kahvesi</t>
+          <t>Pastacılık 101 (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>105</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259977010</t>
+          <t>9789751422309</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim’in Kalbi</t>
+          <t>Kaçak Roman</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751422118</t>
+          <t>9789751422248</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Üç Dokumacısı /Bir Galata Masalı</t>
+          <t>Markiz’deki Kadın</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789751422101</t>
+          <t>9789751422279</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Alemdağ’da Var Bir Yılan</t>
+          <t>Geri Dön Büyükanne</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751422095</t>
+          <t>9789751422262</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar</t>
+          <t>Can Okula Gidiyor</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751422071</t>
+          <t>9789751422217</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şakir Paşa Köşkü</t>
+          <t>Çocuklar İçin İlk Ansiklopedi (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>835</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789751421555</t>
+          <t>9789751422224</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Yarım Yüzyıl</t>
+          <t>Yandığın Ateş Yoluna Işık Olur - Güç, Güçlükten Doğar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>435</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789751421548</t>
+          <t>9789751422200</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Versailles Tuluatı</t>
+          <t>Kitapçının Kızı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789751415301</t>
+          <t>9789751422194</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Algılama Yönetimi</t>
+          <t>50 Unutulmaz Film/ Bir Daha</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789751409621</t>
+          <t>9786259977034</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Çocuk</t>
+          <t>Hayatı Zenginleştiren Eğitim</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>9</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789751411730</t>
+          <t>9786259977027</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi Tüm Sayılar 2006</t>
+          <t>Kızgınlık, Suçluluk &amp; Utanç</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789751418562</t>
+          <t>9789751422163</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve İtalya Yarışı</t>
+          <t>Mahalle Kahvesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>25</v>
+        <v>105</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789751409270</t>
+          <t>9786259977010</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ortadakiler</t>
+          <t>Şiddetsiz İletişim’in Kalbi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>92.5</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789751412805</t>
+          <t>9789751422118</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları</t>
+          <t>Kaderin Üç Dokumacısı /Bir Galata Masalı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>11.57</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789751411754</t>
+          <t>9789751422101</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Orada Ne Var Miffy?</t>
+          <t>Alemdağ’da Var Bir Yılan</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>8.33</v>
+        <v>105</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789751411747</t>
+          <t>9789751422095</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Orada Kim Var Miffy?</t>
+          <t>Son Kuşlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>8.33</v>
+        <v>105</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789751406361</t>
+          <t>9789751422071</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Devrimin El Kitabı</t>
+          <t>Şakir Paşa Köşkü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>11.57</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789751411426</t>
+          <t>9789751421555</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>İş Dünyasında Yarım Yüzyıl</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789751402950</t>
+          <t>9789751421548</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Okulda Başarı</t>
+          <t>Versailles Tuluatı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>11.57</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789751411334</t>
+          <t>9789751415301</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlık Sayılar 1</t>
+          <t>Algılama Yönetimi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>13.89</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789751411358</t>
+          <t>9789751409621</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlık - Sözcükler</t>
+          <t>Mutsuz Çocuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789751409584</t>
+          <t>9789751411730</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Nüveyre Yüz Yılın Masalı</t>
+          <t>Remzi Kitap Gazetesi Tüm Sayılar 2006</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>20.83</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789751409874</t>
+          <t>9789751418562</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nöbet</t>
+          <t>Asteriks ve İtalya Yarışı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>25.46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751402769</t>
+          <t>9789751409270</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nezleli Karga</t>
+          <t>Ortadakiler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>4.63</v>
+        <v>92.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751409065</t>
+          <t>9789751412805</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>New York’u Yaşamak</t>
+          <t>Orman Hayvanları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>340</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751402202</t>
+          <t>9789751411754</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>New York Köleleri</t>
+          <t>Orada Ne Var Miffy?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>11.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751412942</t>
+          <t>9789751411747</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Nefertiti</t>
+          <t>Orada Kim Var Miffy?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789751405593</t>
+          <t>9789751406361</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ne Kötü Bir Rüya</t>
+          <t>Olumlu Devrimin El Kitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751408006</t>
+          <t>9789751411426</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Son Yılları</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>13.89</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751410160</t>
+          <t>9789751402950</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca’dan Seçmeler</t>
+          <t>Okulda Başarı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751415684</t>
+          <t>9789751411334</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazar Olunur?</t>
+          <t>Okula Hazırlık Sayılar 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751405661</t>
+          <t>9789751411358</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nasıl mısın İyi misin?</t>
+          <t>Okula Hazırlık - Sözcükler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>11.57</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789751414540</t>
+          <t>9789751409584</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Nannakos’un Gözyaşları</t>
+          <t>Nüveyre Yüz Yılın Masalı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>18.52</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751411471</t>
+          <t>9789751409874</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Müzmin Bekarlar</t>
+          <t>Nöbet</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>37.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789751405258</t>
+          <t>9789751402769</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Müzik Ansiklopedik Sözlük</t>
+          <t>Nezleli Karga</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>46.3</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789751410993</t>
+          <t>9789751409065</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Müşteri</t>
+          <t>New York’u Yaşamak</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>45</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789751413635</t>
+          <t>9789751402202</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>New York Köleleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>9.17</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751409003</t>
+          <t>9789751412942</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Nefertiti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751410122</t>
+          <t>9789751405593</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Ne Kötü Bir Rüya</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789751406972</t>
+          <t>9789751408006</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Yahudilik</t>
+          <t>Nazım Hikmet’in Son Yılları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789751413154</t>
+          <t>9789751410160</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mucit Dedemin Müthiş İcatları</t>
+          <t>Nasrettin Hoca’dan Seçmeler</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751414670</t>
+          <t>9789751415684</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu'nun Kuruluşu</t>
+          <t>Nasıl Yazar Olunur?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>37.04</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751413598</t>
+          <t>9789751405661</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Miyase’nin Kuzuları</t>
+          <t>Nasıl mısın İyi misin?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751407870</t>
+          <t>9789751414540</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Nannakos’un Gözyaşları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>32.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751412973</t>
+          <t>9789751411471</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Miletoslu Aspasia</t>
+          <t>Müzmin Bekarlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>13.89</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751412133</t>
+          <t>9789751405258</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Miffy’nin Tatil Günü</t>
+          <t>Müzik Ansiklopedik Sözlük</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>25</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789751411686</t>
+          <t>9789751410993</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Miffy Okula Gidiyor (Ciltli)</t>
+          <t>Müşteri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>13.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789751411662</t>
+          <t>9789751413635</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Miffy Hayvanat Bahçesinde (Ciltli)</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789751411693</t>
+          <t>9789751409003</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Miffy</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789751415257</t>
+          <t>9789751410122</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Meyyale (Cep Boy)</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789751409645</t>
+          <t>9789751406972</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Yenikapı Cinayeti</t>
+          <t>Musa ve Yahudilik</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789751414939</t>
+          <t>9789751413154</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Merdivenden Korkan Köpek</t>
+          <t>Mucit Dedemin Müthiş İcatları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789751415639</t>
+          <t>9789751414670</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>Modern Ortadoğu'nun Kuruluşu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>11.57</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789751408082</t>
+          <t>9789751413598</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mazhar Osman Kapalı Kutudaki Fırtına</t>
+          <t>Miyase’nin Kuzuları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>20.83</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789751402783</t>
+          <t>9789751407870</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mavisakal Haklı</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>4.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751412195</t>
+          <t>9789751412973</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Masum Adam</t>
+          <t>Miletoslu Aspasia</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>37.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751413451</t>
+          <t>9789751412133</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Maraz</t>
+          <t>Miffy’nin Tatil Günü</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789751417299</t>
+          <t>9789751411686</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Managing in Turkish Culture</t>
+          <t>Miffy Okula Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>45</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751411976</t>
+          <t>9789751411662</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Miffy Çıkartma Kitabı 3: Birlikle Sayalım</t>
+          <t>Miffy Hayvanat Bahçesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789751412294</t>
+          <t>9789751411693</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Madame Curie</t>
+          <t>Miffy</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789751407320</t>
+          <t>9789751415257</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Loş Ayna</t>
+          <t>Meyyale (Cep Boy)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>11.57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789751406064</t>
+          <t>9789751409645</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Lider ve Demagog</t>
+          <t>Meşhur Yenikapı Cinayeti</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789751411235</t>
+          <t>9789751414939</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Evi</t>
+          <t>Merdivenden Korkan Köpek</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789751413765</t>
+          <t>9789751415639</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ladesçi</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751410030</t>
+          <t>9789751408082</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenses</t>
+          <t>Mazhar Osman Kapalı Kutudaki Fırtına</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>6.94</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789751412089</t>
+          <t>9789751402783</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Mavisakal Haklı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>6.94</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789751411211</t>
+          <t>9789751412195</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Küçük Erkekler</t>
+          <t>Masum Adam</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>9.26</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789751414496</t>
+          <t>9789751413451</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Küçük Avukat Theodore Boone</t>
+          <t>Maraz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751408761</t>
+          <t>9789751417299</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetler Ayrılığı</t>
+          <t>Managing in Turkish Culture</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>34.72</v>
+        <v>45</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789751403742</t>
+          <t>9789751411976</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kutu Adam</t>
+          <t>Miffy Çıkartma Kitabı 3: Birlikle Sayalım</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>6.94</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751491824</t>
+          <t>9789751412294</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar</t>
+          <t>Madame Curie</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>22.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751408617</t>
+          <t>9789751407320</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar ya da Ayvalık Yaşantısı</t>
+          <t>Loş Ayna</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751409225</t>
+          <t>9789751406064</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kurutulmuş Çiçek Bahçesi</t>
+          <t>Lider ve Demagog</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>16.2</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789751408525</t>
+          <t>9789751411235</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Krizde Fırsatlar Görmek</t>
+          <t>Leyla’nın Evi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>20</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789751403476</t>
+          <t>9789751413765</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Ladesçi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>11.57</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789751410634</t>
+          <t>9789751410030</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerde Davranış Sorunları</t>
+          <t>Küçük Prenses</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789751414199</t>
+          <t>9789751412089</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Köpekbalıklarının Dengesi</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>47.5</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789751407016</t>
+          <t>9789751411211</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Köleler ve Tutkular</t>
+          <t>Küçük Erkekler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>39.35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789751411969</t>
+          <t>9789751414496</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Miffy Çıkartma Kitabı 2: Hayvanat Bahçesinde</t>
+          <t>Küçük Avukat Theodore Boone</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>20</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789751403049</t>
+          <t>9789751408761</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Deyimler ve Atasözleri Deyimler / Söz Grupları / Atasözleri</t>
+          <t>Kuvvetler Ayrılığı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>50</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789751407047</t>
+          <t>9789751403742</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Konsantremi Bozma!</t>
+          <t>Kutu Adam</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>19</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789751413796</t>
+          <t>9789751491824</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Komşu Köyün Delisi - Nokta Nokta Hanım’ın Hayatı</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>13.89</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789751414984</t>
+          <t>9789751408617</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kolay Ekonomi</t>
+          <t>Kuşaklar ya da Ayvalık Yaşantısı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>11.57</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789751490346</t>
+          <t>9789751409225</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Koca Denizde İki Nokta</t>
+          <t>Kurutulmuş Çiçek Bahçesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>4.63</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789751414014</t>
+          <t>9789751408525</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kluge</t>
+          <t>Krizde Fırsatlar Görmek</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>11.57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789751413260</t>
+          <t>9789751403476</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kitap Gazetesi 2008 Tüm Sayılar</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789751413673</t>
+          <t>9789751410634</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Kurumların Kaderi</t>
+          <t>Köpeklerde Davranış Sorunları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>47.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789751410788</t>
+          <t>9789751414199</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Çocuk</t>
+          <t>Köpekbalıklarının Dengesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>6.94</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789751411518</t>
+          <t>9789751407016</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kırık Küp / Kırk Hikaye</t>
+          <t>Köleler ve Tutkular</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>18.52</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789751408792</t>
+          <t>9789751411969</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kır Evi</t>
+          <t>Miffy Çıkartma Kitabı 2: Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>27.78</v>
+        <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789751402455</t>
+          <t>9789751403049</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kır Ağı</t>
+          <t>Konuşan Deyimler ve Atasözleri Deyimler / Söz Grupları / Atasözleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789751410108</t>
+          <t>9789751407047</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Girit Olmasın</t>
+          <t>Konsantremi Bozma!</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789751402080</t>
+          <t>9789751413796</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kent Masalları</t>
+          <t>Komşu Köyün Delisi - Nokta Nokta Hanım’ın Hayatı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789751405449</t>
+          <t>9789751414984</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yönetme Yöneticinin Kılavuzu</t>
+          <t>Kolay Ekonomi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789751403780</t>
+          <t>9789751490346</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kendini Öldüren Adam</t>
+          <t>Koca Denizde İki Nokta</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789751412102</t>
+          <t>9789751414014</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kendine Düşünmeyi Öğret</t>
+          <t>Kluge</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789751404930</t>
+          <t>9789751413260</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Kadın Virginia Woolf</t>
+          <t>Kitap Gazetesi 2008 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>2.31</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789751411952</t>
+          <t>9789751413673</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Miffy Çıkartma Kitabı 1: Kendim Yapabilirim</t>
+          <t>Kişilik ve Kurumların Kaderi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>16.2</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789751403223</t>
+          <t>9789751410788</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kendim Çizebilirim Boyama Kitabı</t>
+          <t>Kimsesiz Çocuk</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789751408815</t>
+          <t>9789751411518</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mesih Sabetay Sevi’nin İzini Sürerken</t>
+          <t>Kırk Kırık Küp / Kırk Hikaye</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>30.09</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789751405432</t>
+          <t>9789751408792</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünya</t>
+          <t>Kır Evi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789751415363</t>
+          <t>9789751402455</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Yıllar</t>
+          <t>Kır Ağı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>41.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789751490230</t>
+          <t>9789751410108</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kayabaşı Uygarlığının Yükselişi ve Birdenbire Çöküşü</t>
+          <t>Kıbrıs Girit Olmasın</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789751408020</t>
+          <t>9789751402080</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kıyının Işıkları</t>
+          <t>Kent Masalları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>17.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789751410672</t>
+          <t>9789751405449</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Karkot Deresi</t>
+          <t>Kendini Yönetme Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789751407566</t>
+          <t>9789751403780</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler</t>
+          <t>Kendini Öldüren Adam</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>37.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789751406262</t>
+          <t>9789751412102</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Gibiydiler</t>
+          <t>Kendine Düşünmeyi Öğret</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>25.46</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789751406347</t>
+          <t>9789751404930</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dünya  Ekilmemiş Topraklar</t>
+          <t>Kendine Ait Bir Kadın Virginia Woolf</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>11.57</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789751411136</t>
+          <t>9789751411952</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>Miffy Çıkartma Kitabı 1: Kendim Yapabilirim</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789751409799</t>
+          <t>9789751403223</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kanseri Beslenerek Yenebilirsiniz</t>
+          <t>Kendim Çizebilirim Boyama Kitabı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789751407474</t>
+          <t>9789751408815</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kane ve Abel</t>
+          <t>Kayıp Mesih Sabetay Sevi’nin İzini Sürerken</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>27.78</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000006309</t>
+          <t>9789751405432</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kalypso Dolunay</t>
+          <t>Kayıp Dünya</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>2.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789751402530</t>
+          <t>9789751415363</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kalp Taşları</t>
+          <t>Kaygılı Yıllar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>4.63</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789751408198</t>
+          <t>9789751490230</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kah Orada Kah Burada</t>
+          <t>Kayabaşı Uygarlığının Yükselişi ve Birdenbire Çöküşü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>65</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789751403100</t>
+          <t>9789751408020</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Göre Değil</t>
+          <t>Karşı Kıyının Işıkları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6.94</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789751408884</t>
+          <t>9789751410672</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Karkot Deresi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789751410009</t>
+          <t>9789751407566</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kadın Matematikçiler</t>
+          <t>Kardeşler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>18.52</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789751412850</t>
+          <t>9789751406262</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kadın Doğmak Kadın Olmak</t>
+          <t>Kardeş Gibiydiler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>18.52</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789751409577</t>
+          <t>9789751406347</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Yemekli Misafirden!</t>
+          <t>Karanlık Dünya  Ekilmemiş Topraklar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>50</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789751412188</t>
+          <t>9789751411136</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kader Kitabı</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>50</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789751410146</t>
+          <t>9789751409799</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Çocuk</t>
+          <t>Kanseri Beslenerek Yenebilirsiniz</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789751408648</t>
+          <t>9789751407474</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>K.</t>
+          <t>Kane ve Abel</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>30.09</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789751409478</t>
+          <t>3990000006309</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Janson Talimatı</t>
+          <t>Kalypso Dolunay</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>65</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789751400628</t>
+          <t>9789751402530</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Farecik</t>
+          <t>Kalp Taşları</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789751410771</t>
+          <t>9789751408198</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Kah Orada Kah Burada</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>6.94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789751414274</t>
+          <t>9789751403100</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Kadınlara Göre Değil</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>32.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789751412461</t>
+          <t>9789751408884</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Pisliklere Hayır Kuralı</t>
+          <t>Kadınlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>16.2</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789751404848</t>
+          <t>9789751410009</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İş Ararken Etkili Özgeçmiş Yazmanın ve Başarılı Görüşmeler Yapmanın Yolları</t>
+          <t>Kadın Matematikçiler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789751404657</t>
+          <t>9789751412850</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Bodrum Barları</t>
+          <t>Kadın Doğmak Kadın Olmak</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789751404442</t>
+          <t>9789751409577</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İslam İnançları Sözlüğü</t>
+          <t>Kim Korkar Yemekli Misafirden!</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>69.44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789751405494</t>
+          <t>9789751412188</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İnsan Seçme Yöneticinin Kılavuzu</t>
+          <t>Kader Kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>9.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789751403285</t>
+          <t>9789751410146</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İnsan Figürü Çizimi</t>
+          <t>Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>46.3</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789751491206</t>
+          <t>9789751408648</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İnsan Açısından Edebiyat</t>
+          <t>K.</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>4.63</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789751401847</t>
+          <t>9789751409478</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İnkılap ve Kadro</t>
+          <t>Janson Talimatı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>23.15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789751408372</t>
+          <t>9789751400628</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Hukuk Terimleri Sözlüğü (İngilizce - Türkçe) (Ciltli)</t>
+          <t>Kibirli Farecik</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>37.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789751410313</t>
+          <t>9789751410771</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Köleleri Ateş Rüzgârı 2. Kitap</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789751411532</t>
+          <t>9789751414274</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İmbatta Karanfil Kokusu</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>11.57</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789751412164</t>
+          <t>9789751412461</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedi</t>
+          <t>İşyerinde Pisliklere Hayır Kuralı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>42.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751414861</t>
+          <t>9789751404848</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Sayı (Ciltli)</t>
+          <t>İş Ararken Etkili Özgeçmiş Yazmanın ve Başarılı Görüşmeler Yapmanın Yolları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>60</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789751415530</t>
+          <t>9789751404657</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin Günlük Hayatı</t>
+          <t>İstanbul ve Bodrum Barları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>37.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751405791</t>
+          <t>9789751404442</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İletişim Yöneticinin Kılavuzu</t>
+          <t>İslam İnançları Sözlüğü</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>6.94</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789751400376</t>
+          <t>9789751405494</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam Cilt: 3 1950-1964</t>
+          <t>İnsan Seçme Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789751400369</t>
+          <t>9789751403285</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam Cilt: 1 1884-1938</t>
+          <t>İnsan Figürü Çizimi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>227.5</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789751410351</t>
+          <t>9789751491206</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>İnsan Açısından Edebiyat</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>6.94</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789751401854</t>
+          <t>9789751401847</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İhtilalin Mantığı ve 27 Mayıs İhtilali</t>
+          <t>İnkılap ve Kadro</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>37.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789751404862</t>
+          <t>9789751408372</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Onuru</t>
+          <t>Ekonomi ve Hukuk Terimleri Sözlüğü (İngilizce - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>25.46</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751405036</t>
+          <t>9789751410313</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Fotoğraf Sanatı</t>
+          <t>İmparatorluğun Köleleri Ateş Rüzgârı 2. Kitap</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>27.78</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789751402479</t>
+          <t>9789751411532</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Her Rind Bilir</t>
+          <t>İmbatta Karanfil Kokusu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>4.63</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789751410528</t>
+          <t>9789751412164</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Mücadeleden Yaşamaya Geçiş</t>
+          <t>İlk Ansiklopedi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>22.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751411488</t>
+          <t>9789751414861</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler 1995 - 2005</t>
+          <t>İlk 100 Sayı (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>46.3</v>
+        <v>60</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751406224</t>
+          <t>9789751415530</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler 1985 - 1995</t>
+          <t>İlişkilerin Günlük Hayatı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>23.15</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751414601</t>
+          <t>9789751405791</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dön</t>
+          <t>İletişim Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>65</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789751405340</t>
+          <t>9789751400376</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Işık ve Gölge</t>
+          <t>İkinci Adam Cilt: 3 1950-1964</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789751407696</t>
+          <t>9789751400369</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hatırladıklarım</t>
+          <t>İkinci Adam Cilt: 1 1884-1938</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>18.52</v>
+        <v>227.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751403179</t>
+          <t>9789751410351</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hastalanmadan Yaşamak Bizim Elimizde</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751413628</t>
+          <t>9789751401854</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>İhtilalin Mantığı ve 27 Mayıs İhtilali</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>18.52</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789751405838</t>
+          <t>9789751404862</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Hırsızların Onuru</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>27.78</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751403469</t>
+          <t>9789751405036</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Etkili Konuşma Sanatı</t>
+          <t>Her Yönüyle Fotoğraf Sanatı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789751412058</t>
+          <t>9789751402479</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Güzel Akıl Nasıl Edinilir?</t>
+          <t>Her Rind Bilir</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789751411082</t>
+          <t>9789751410528</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türk Kadınlarından Başarı Öyküleri</t>
+          <t>Hayatla Mücadeleden Yaşamaya Geçiş</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>41.67</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789751404596</t>
+          <t>9789751411488</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Güneyli Bayan’ın Özel Defteri</t>
+          <t>Hayatımızı Değiştiren Filmler 1995 - 2005</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>15</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789751406118</t>
+          <t>9789751406224</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yiyen Çingene</t>
+          <t>Hayatımızı Değiştiren Filmler 1985 - 1995</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751408839</t>
+          <t>9789751414601</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hamamböceği Sendromu Meraklısına TV Röportaj Notları</t>
+          <t>Hayata Dön</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>13.89</v>
+        <v>65</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789751401557</t>
+          <t>9789751405340</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Türk Resminde Yeni Dönem</t>
+          <t>Işık ve Gölge</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789751491275</t>
+          <t>9789751407696</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Yahya Kemal</t>
+          <t>Hatırladıklarım</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789751492296</t>
+          <t>9789751403179</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Edebiyatı Antolojisi</t>
+          <t>Hastalanmadan Yaşamak Bizim Elimizde</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789751492289</t>
+          <t>9789751413628</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Servetifunun Dönemi Türk Edebiyatı Antolojisi</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789751411365</t>
+          <t>9789751405838</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Çizim Sanatı</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>85</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789751410597</t>
+          <t>9789751403469</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Güzel ve Etkili Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>360</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789751404244</t>
+          <t>9789751412058</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tuğralar Lirik Şiirler 1973-1984</t>
+          <t>Güzel Akıl Nasıl Edinilir?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789751401618</t>
+          <t>9789751411082</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Toprak Uyanırsa</t>
+          <t>Günümüz Türk Kadınlarından Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>275</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789751404770</t>
+          <t>9789751404596</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Toplumbilim Sözlüğü</t>
+          <t>Güneyli Bayan’ın Özel Defteri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>41.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789751405116</t>
+          <t>9789751406118</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Maceramız 1</t>
+          <t>Güneş Yiyen Çingene</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789751411396</t>
+          <t>9789751408839</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Hamamböceği Sendromu Meraklısına TV Röportaj Notları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789751406293</t>
+          <t>9789751401557</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Titanik</t>
+          <t>Türk Resminde Yeni Dönem</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>20.83</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789751404046</t>
+          <t>9789751491275</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Sözlüğü</t>
+          <t>Türk Edebiyatında Yahya Kemal</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>61</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789751409010</t>
+          <t>9789751492296</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Tırtıllara Özgürlük</t>
+          <t>Tanzimat Dönemi Türk Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789751491688</t>
+          <t>9789751492289</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Sağlık Ansiklopedisi</t>
+          <t>Servetifunun Dönemi Türk Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>37.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789759675929</t>
+          <t>9789751411365</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>The Guide to Turkish Wines</t>
+          <t>Tüm Yönleriyle Çizim Sanatı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789751414205</t>
+          <t>9789751410597</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Terapide 5 Soluk</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>11.57</v>
+        <v>360</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751410306</t>
+          <t>9789751404244</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Teodora’nın Düşmanları</t>
+          <t>Tuğralar Lirik Şiirler 1973-1984</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789751413161</t>
+          <t>9789751401618</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Teneke Orman</t>
+          <t>Toprak Uyanırsa</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>18.52</v>
+        <v>275</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789751408631</t>
+          <t>9789751404770</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Telesafir</t>
+          <t>Toplumbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>20.83</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789751411761</t>
+          <t>9789751405116</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuz Karaboğdan Voyvodası Dimitri Kantemir</t>
+          <t>İstanbul Maceramız 1</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>45</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789751406729</t>
+          <t>9789751411396</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 3</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789751406712</t>
+          <t>9789751406293</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 2</t>
+          <t>Titanik</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>50</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789751406705</t>
+          <t>9789751404046</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 1</t>
+          <t>Ticaret Sözlüğü</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>45</v>
+        <v>61</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789751409829</t>
+          <t>9789751409010</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tazminat Kralı</t>
+          <t>Tırtıllara Özgürlük</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789751402622</t>
+          <t>9789751491688</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Taştan Hüküm</t>
+          <t>Tıp ve Sağlık Ansiklopedisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>15</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789751408495</t>
+          <t>9789759675929</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Taşkın Sular Kenti Uzay - Zaman Ajanı Valerian</t>
+          <t>The Guide to Turkish Wines</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789751414489</t>
+          <t>9789751414205</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Taş Sektirirken Anıların Suyunda</t>
+          <t>Terapide 5 Soluk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789751403391</t>
+          <t>9789751410306</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tarot ile Kehanet Sanatı</t>
+          <t>Teodora’nın Düşmanları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789751403568</t>
+          <t>9789751413161</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Vatanı Anadolu</t>
+          <t>Teneke Orman</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789751400499</t>
+          <t>9789751408631</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Mustafa Kemal (3 Cilt Takım - Kutulu)</t>
+          <t>Telesafir</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>145</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789751408679</t>
+          <t>9789751411761</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkadın</t>
+          <t>Tekboynuz Karaboğdan Voyvodası Dimitri Kantemir</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789751406798</t>
+          <t>9789751406729</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Şölen Sofrası Kadın-Erkek İlişkilerine ve Benliğe Dair Denemeler</t>
+          <t>Tek Adam Cilt 3</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>9.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789751413291</t>
+          <t>9789751406712</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Şirket</t>
+          <t>Tek Adam Cilt 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>480</v>
+        <v>50</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789751415417</t>
+          <t>9789751406705</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Şekersiz</t>
+          <t>Tek Adam Cilt 1</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>46.3</v>
+        <v>45</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789751409690</t>
+          <t>9789751409829</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şarapla Tanışma (Ciltli)</t>
+          <t>Tazminat Kralı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>37.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789751492166</t>
+          <t>9789751402622</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şairler, Edipler, Muharrirler</t>
+          <t>Taştan Hüküm</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789751404404</t>
+          <t>9789751408495</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şairler Şehri</t>
+          <t>Taşkın Sular Kenti Uzay - Zaman Ajanı Valerian</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789751402158</t>
+          <t>9789751414489</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Koltuğu</t>
+          <t>Taş Sektirirken Anıların Suyunda</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789751406125</t>
+          <t>9789751403391</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sümbül Sokağın Tutsak Kadını</t>
+          <t>Tarot ile Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789751401427</t>
+          <t>9789751403568</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi</t>
+          <t>Tanrıların Vatanı Anadolu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789751490391</t>
+          <t>9789751400499</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Öncülerinden Robert Owen Yaşamı-Öğretisi-Eylemi</t>
+          <t>Tek Adam Mustafa Kemal (3 Cilt Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>6.94</v>
+        <v>145</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000014101</t>
+          <t>9789751408679</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm</t>
+          <t>Tanrıkadın</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>2.31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>3990000012048</t>
+          <t>9789751406798</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sınıflar</t>
+          <t>Şölen Sofrası Kadın-Erkek İlişkilerine ve Benliğe Dair Denemeler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>2.31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789751405784</t>
+          <t>9789751413291</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sorun Çözme Yöneticinin Kılavuzu</t>
+          <t>Şirket</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>6.94</v>
+        <v>480</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789751408099</t>
+          <t>9789751415417</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Yaprakları</t>
+          <t>Şekersiz</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>30</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789751415608</t>
+          <t>9789751409690</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Son Haçlılar</t>
+          <t>Şarapla Tanışma (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>82.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789751411846</t>
+          <t>9789751492166</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Son Çağrı</t>
+          <t>Şairler, Edipler, Muharrirler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789751414106</t>
+          <t>9789751404404</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Son Ada</t>
+          <t>Şairler Şehri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>6.39</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789751413109</t>
+          <t>9789751402158</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Son Ada</t>
+          <t>Sürücü Koltuğu</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789751406620</t>
+          <t>9789751406125</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sokak Avukatı</t>
+          <t>Sümbül Sokağın Tutsak Kadını</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789751407511</t>
+          <t>9789751401427</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarihimizde Kırk Yıllık Hariciye Anıları</t>
+          <t>Sosyoloji Tarihi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>22.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789751406484</t>
+          <t>9789751490391</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Siyah - Beyaz Fotoğraf Sanatı ve Karanlık Oda Teknikleri</t>
+          <t>Sosyalizmin Öncülerinden Robert Owen Yaşamı-Öğretisi-Eylemi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789751406910</t>
+          <t>3990000014101</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sisli Yaz</t>
+          <t>Sosyalizm</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>23.15</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789751414342</t>
+          <t>3990000012048</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sinemamızda Değişim Rüzgarları</t>
+          <t>Sosyal Sınıflar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>90</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789751406613</t>
+          <t>9789751405784</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sinan’ın Mayası</t>
+          <t>Sorun Çözme Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789751416599</t>
+          <t>9789751408099</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Silahsız Savaş Bir Mücadele Sanatı Olarak Diplomasi</t>
+          <t>Sonbahar Yaprakları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789751403308</t>
+          <t>9789751415608</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sözlü - Yazılı Anlatım Sanatı (Kompozisyon)</t>
+          <t>Son Haçlılar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>18.52</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789751411808</t>
+          <t>9789751411846</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasulye</t>
+          <t>Son Çağrı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789751404268</t>
+          <t>9789751414106</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Si Minör Ortaköy</t>
+          <t>Son Ada</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>6.94</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789751412409</t>
+          <t>9789751413109</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sırça Tuzak</t>
+          <t>Son Ada</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789751410887</t>
+          <t>9789751406620</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Sokak Avukatı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789751412317</t>
+          <t>9789751407511</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sevdalım Hayat</t>
+          <t>Siyasi Tarihimizde Kırk Yıllık Hariciye Anıları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>20.83</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789751409195</t>
+          <t>9789751406484</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Sinema</t>
+          <t>Siyah - Beyaz Fotoğraf Sanatı ve Karanlık Oda Teknikleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>37.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789751408532</t>
+          <t>9789751406910</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Semiramis</t>
+          <t>Sisli Yaz</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>37.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789751400024</t>
+          <t>9789751414342</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sembolizm  Sanat Ansiklopedisi</t>
+          <t>Sinemamızda Değişim Rüzgarları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789751412676</t>
+          <t>9789751406613</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Selin Ve Köpeği (Ciltli)</t>
+          <t>Sinan’ın Mayası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789751412775</t>
+          <t>9789751416599</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Selin Pastacıda (Ciltli)</t>
+          <t>Silahsız Savaş Bir Mücadele Sanatı Olarak Diplomasi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>27.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789751414359</t>
+          <t>9789751403308</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Selin Dizisi 2 / (6 Yeni Macera) (Ciltli)</t>
+          <t>Sözlü - Yazılı Anlatım Sanatı (Kompozisyon)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>41.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789751413802</t>
+          <t>9789751411808</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Selin Dizisi 1 / (6 Macera Bir Arada) (Ciltli)</t>
+          <t>Sihirli Fasulye</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789751406651</t>
+          <t>9789751404268</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Seçme Masallar</t>
+          <t>Si Minör Ortaköy</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789751406194</t>
+          <t>9789751412409</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sebze Yemekleri Günümüzün En Sevilen Yemekleri, Adım Adım, En Kolay Tariflerle (Ciltli)</t>
+          <t>Sırça Tuzak</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>34.72</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789751405821</t>
+          <t>9789751410887</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Savrulmalar</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789751408471</t>
+          <t>9789751412317</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Çocukları Girit’ten Sonra Ayvalık</t>
+          <t>Sevdalım Hayat</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>9.26</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789751410542</t>
+          <t>9789751409195</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Doktorun İzinde Kırım, Sarıkamış, Esaret Yılları ve Kurtuluş Savaşı</t>
+          <t>Seni Seviyorum Sinema</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>18.52</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789751412737</t>
+          <t>9789751408532</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Selin Ata Biniyor (Ciltli)</t>
+          <t>Semiramis</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>27.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789751412201</t>
+          <t>9789751400024</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarının 55 Anahtarı</t>
+          <t>Sembolizm  Sanat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>11.57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789751410757</t>
+          <t>9789751412676</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış’tan Esarete (1915-1920)</t>
+          <t>Selin Ve Köpeği (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>25.46</v>
+        <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789751402721</t>
+          <t>9789751412775</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sanki Cennetti Görünen</t>
+          <t>Selin Pastacıda (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>4.63</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789751415448</t>
+          <t>9789751414359</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sanık</t>
+          <t>Selin Dizisi 2 / (6 Yeni Macera) (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>25</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789751410917</t>
+          <t>9789751413802</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Söz Yaşlarım</t>
+          <t>Selin Dizisi 1 / (6 Macera Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789751413987</t>
+          <t>9789751406651</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sanat Uzun Hayat Kısa</t>
+          <t>Seçme Masallar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789751405845</t>
+          <t>9789751406194</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı ve Uzun Yaşama Kılavuzu</t>
+          <t>Sebze Yemekleri Günümüzün En Sevilen Yemekleri, Adım Adım, En Kolay Tariflerle (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>20</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789751407344</t>
+          <t>9789751405821</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Psikolojisi</t>
+          <t>Savrulmalar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789751408907</t>
+          <t>9789751408471</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sağlığımızın Yapıtaşları Sebze ve Meyveler</t>
+          <t>Savaşın Çocukları Girit’ten Sonra Ayvalık</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789751407856</t>
+          <t>9789751410542</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sağlığımız İçin Yararlı Bitkiler</t>
+          <t>Savaşçı Doktorun İzinde Kırım, Sarıkamış, Esaret Yılları ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>30.09</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789751409379</t>
+          <t>9789751412737</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sadettin Paşanın Anıları</t>
+          <t>Selin Ata Biniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>11.57</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789751409560</t>
+          <t>9789751412201</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sadece Anı Değil</t>
+          <t>Satışta Başarının 55 Anahtarı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789751410061</t>
+          <t>9789751410757</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sabiha</t>
+          <t>Sarıkamış’tan Esarete (1915-1920)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789751409676</t>
+          <t>9789751402721</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Çalgısı Ateş Rüzgârı 1. Kitap</t>
+          <t>Sanki Cennetti Görünen</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789751403216</t>
+          <t>9789751415448</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Rusya Nasıl Kurtulur?</t>
+          <t>Sanık</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>2.31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789751409140</t>
+          <t>9789751410917</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Benimdi</t>
+          <t>Söz Yaşlarım</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789751400055</t>
+          <t>9789751413987</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ruhbilim Sözlüğü</t>
+          <t>Sanat Uzun Hayat Kısa</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789751406767</t>
+          <t>9789751405845</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Salatalar (Günümüzün En Sevilen Yemekleri Adım Adım En Kolay Tarifleriyle) (Ciltli)</t>
+          <t>Sağlıklı ve Uzun Yaşama Kılavuzu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789751401946</t>
+          <t>9789751407344</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Resimde Renk ve Uygulanışı</t>
+          <t>Sağlık Psikolojisi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>46.3</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789751402905</t>
+          <t>9789751408907</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatının Tarihi</t>
+          <t>Sağlığımızın Yapıtaşları Sebze ve Meyveler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789751415400</t>
+          <t>9789751407856</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2012 Tüm Sayılar</t>
+          <t>Sağlığımız İçin Yararlı Bitkiler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>40</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789751414854</t>
+          <t>9789751409379</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2011 Tüm Sayılar</t>
+          <t>Sadettin Paşanın Anıları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>30</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789751414250</t>
+          <t>9789751409560</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2010 Tüm Sayılar</t>
+          <t>Sadece Anı Değil</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>30</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789751403117</t>
+          <t>9789751410061</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sevda ve Süprüntü</t>
+          <t>Sabiha</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789751405395</t>
+          <t>9789751409676</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Asteriks’in Oğlu</t>
+          <t>Rüzgar Çalgısı Ateş Rüzgârı 1. Kitap</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789751405418</t>
+          <t>9789751403216</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Şehrazad</t>
+          <t>Rusya Nasıl Kurtulur?</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>25</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789751414281</t>
+          <t>9789751409140</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Oburiks’in Doğum Günü (Altın Kitap)</t>
+          <t>Rumeli Benimdi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789751407160</t>
+          <t>9789751400055</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Normanlar</t>
+          <t>Ruhbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789751406040</t>
+          <t>9789751406767</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Oburiks ve Şirketi</t>
+          <t>Resimleriyle Adım Adım Salatalar (Günümüzün En Sevilen Yemekleri Adım Adım En Kolay Tarifleriyle) (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789751404619</t>
+          <t>9789751401946</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Lejyoner</t>
+          <t>Resimde Renk ve Uygulanışı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>25</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789751404992</t>
+          <t>9789751402905</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Korsika’da</t>
+          <t>Resim Sanatının Tarihi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789751404886</t>
+          <t>9789751415400</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Kahin</t>
+          <t>Remzi Kitap Gazetesi 2012 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789751404725</t>
+          <t>9789751414854</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Asteriks İsviçre’de</t>
+          <t>Remzi Kitap Gazetesi 2011 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789751406156</t>
+          <t>9789751414250</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Asteriks İspanya’da</t>
+          <t>Remzi Kitap Gazetesi 2010 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789751405401</t>
+          <t>9789751403117</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Gül ve Kılıç</t>
+          <t>Sevda ve Süprüntü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789751404602</t>
+          <t>9789751405395</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Gladyatör</t>
+          <t>Asteriks’in Oğlu</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789751405227</t>
+          <t>9789751405418</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Kara Altın</t>
+          <t>Asteriks ve Şehrazad</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789751408501</t>
+          <t>9789751414281</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Gotlar</t>
+          <t>Asteriks ve Oburiks’in Doğum Günü (Altın Kitap)</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789751407986</t>
+          <t>9789751407160</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Altın Orak</t>
+          <t>Asteriks ve Normanlar</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789751406453</t>
+          <t>9789751406040</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Tanrılar Sitesi</t>
+          <t>Asteriks Oburiks ve Şirketi</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789751404510</t>
+          <t>9789751404619</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Şefler Savaşı</t>
+          <t>Asteriks Lejyoner</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789751406514</t>
+          <t>9789751404992</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Sezar’ın Tacı</t>
+          <t>Asteriks Korsika’da</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789751414007</t>
+          <t>9789751404886</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç Altında</t>
+          <t>Asteriks Kahin</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>25.46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789751404923</t>
+          <t>9789751404725</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Sezar’ın Hediyesi</t>
+          <t>Asteriks İsviçre’de</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789751401472</t>
+          <t>9789751406156</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Asteriks İspanya’da</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>25.46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789751411785</t>
+          <t>9789751405401</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Asteriks Gül ve Kılıç</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789751407146</t>
+          <t>9789751404602</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Olimpiyatlarda</t>
+          <t>Asteriks Gladyatör</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789751405425</t>
+          <t>9789751405227</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Oburiks Zor Durumda</t>
+          <t>Asteriks ve Kara Altın</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789751411167</t>
+          <t>9789751408501</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kara Lale</t>
+          <t>Asteriks ve Gotlar</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789751411495</t>
+          <t>9789751407986</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kara Güneş</t>
+          <t>Asteriks ve Altın Orak</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>42.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789751411884</t>
+          <t>9789751406453</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Latraviata</t>
+          <t>Asteriks Tanrılar Sitesi</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789751404527</t>
+          <t>9789751404510</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Kleopatra</t>
+          <t>Asteriks Şefler Savaşı</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789751405609</t>
+          <t>9789751406514</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Maceramız 2</t>
+          <t>Asteriks Sezar’ın Tacı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789751406163</t>
+          <t>9789751414007</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Kazan</t>
+          <t>Kıskaç Altında</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>25</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789751409614</t>
+          <t>9789751404923</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Suluboya Resim Sanatı</t>
+          <t>Asteriks Sezar’ın Hediyesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789751400529</t>
+          <t>9789751401472</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Romantizm Sanat Ansiklopedisi</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>65</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789751410726</t>
+          <t>9789751411785</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789751412898</t>
+          <t>9789751407146</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Rising Above The Clouds</t>
+          <t>Asteriks Olimpiyatlarda</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789751413550</t>
+          <t>9789751405425</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözcükler (Ciltli)</t>
+          <t>Asteriks Oburiks Zor Durumda</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789751491053</t>
+          <t>9789751411167</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İslamda Ahlak</t>
+          <t>Kara Lale</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789751412713</t>
+          <t>9789751411495</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Selin Denizde (Ciltli)</t>
+          <t>Kara Güneş</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>15</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789751412683</t>
+          <t>9789751411884</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Selin Çiftlikte (Ciltli)</t>
+          <t>Asteriks ve Latraviata</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789751407283</t>
+          <t>9789751404527</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bordamıza Vuran Deniz - Yedinci Gün</t>
+          <t>Asteriks ve Kleopatra</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789751416643</t>
+          <t>9789751405609</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Aşka Şeytan Karışır</t>
+          <t>İstanbul Maceramız 2</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789751401137</t>
+          <t>9789751406163</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfak Sanatı</t>
+          <t>Asteriks ve Kazan</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789751408266</t>
+          <t>9789751409614</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün Doğru Karar Ver</t>
+          <t>Suluboya Resim Sanatı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>11.57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789751408235</t>
+          <t>9789751400529</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Engereğin Gözündeki Kamaşma</t>
+          <t>Romantizm Sanat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>9.26</v>
+        <v>65</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789751415950</t>
+          <t>9789751410726</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hayal</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789751415813</t>
+          <t>9789751412898</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Müzik (Özel Kutu ve 10 Adet CD) (Ciltli)</t>
+          <t>Rising Above The Clouds</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>231.48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789751415875</t>
+          <t>9789751413550</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Vurguncu</t>
+          <t>Resimli Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789751415059</t>
+          <t>9789751491053</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Okulda Başarı</t>
+          <t>İslamda Ahlak</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>20.83</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789751416629</t>
+          <t>9789751412713</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Fasulyenin Günlüğü</t>
+          <t>Selin Denizde (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789751412041</t>
+          <t>9789751412683</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Bizans</t>
+          <t>Selin Çiftlikte (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789751405333</t>
+          <t>9789751407283</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Rekabetüstü</t>
+          <t>Bordamıza Vuran Deniz - Yedinci Gün</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789751411266</t>
+          <t>9789751416643</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Reiki ve Dynamic Rebirthing Şifaya Giden İki Yol</t>
+          <t>Aşka Şeytan Karışır</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>16.2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789751415691</t>
+          <t>9789751401137</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Reiki</t>
+          <t>Türk Mutfak Sanatı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>20.83</v>
+        <v>50</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789751414823</t>
+          <t>9789751408266</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Kadeş Savaşı</t>
+          <t>İyi Düşün Doğru Karar Ver</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>9.17</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789751406569</t>
+          <t>9789751408235</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Kadeş Savaşı</t>
+          <t>Engereğin Gözündeki Kamaşma</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789751414809</t>
+          <t>9789751415950</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Işığın Oğlu</t>
+          <t>Hayal</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>9.17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789751406323</t>
+          <t>9789751415813</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Işığın Oğlu</t>
+          <t>Zaman İçinde Müzik (Özel Kutu ve 10 Adet CD) (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>23.15</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789751406811</t>
+          <t>9789751415875</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Ebu Simbel’in Kraliçesi</t>
+          <t>Vurguncu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>23.15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789751414830</t>
+          <t>9789751415059</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Ebu Simbel´in Kraliçesi</t>
+          <t>Okulda Başarı</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>20.83</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789751414915</t>
+          <t>9789751416629</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ramses (5 Kitap Takım)</t>
+          <t>Fasulyenin Günlüğü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>45.83</v>
+        <v>30</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789751406842</t>
+          <t>9789751412041</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Batı Akasyası’nın Altında</t>
+          <t>Şu Bizim Bizans</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789751414847</t>
+          <t>9789751405333</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Batı Akasyası´nın Altında</t>
+          <t>Rekabetüstü</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789751403346</t>
+          <t>9789751411266</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ragazzi "Oğlanlar"</t>
+          <t>Reiki ve Dynamic Rebirthing Şifaya Giden İki Yol</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789751407191</t>
+          <t>9789751415691</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Radyo ve Televizyon Günleri Olaylar, İnsanlar, Anılar</t>
+          <t>Reiki</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>11.57</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789751410658</t>
+          <t>9789751414823</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Afet İnan</t>
+          <t>Ramses - Kadeş Savaşı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>27.78</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789751411419</t>
+          <t>9789751406569</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna (Tam Metin)</t>
+          <t>Ramses - Kadeş Savaşı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789751410139</t>
+          <t>9789751414809</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Ramses - Işığın Oğlu</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>8.33</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789751405487</t>
+          <t>9789751406323</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Planlama Yöneticinin Kılavuzu</t>
+          <t>Ramses - Işığın Oğlu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>6.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789751414625</t>
+          <t>9789751406811</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Ramses - Ebu Simbel’in Kraliçesi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>6.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789751411877</t>
+          <t>9789751414830</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ping Yeni Bir Göl Arayan Kurbağa</t>
+          <t>Ramses - Ebu Simbel´in Kraliçesi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>9.26</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789751403384</t>
+          <t>9789751414915</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Perişey Şiirler 1985-1992</t>
+          <t>Ramses (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>4.63</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789751406552</t>
+          <t>9789751406842</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kitap</t>
+          <t>Ramses - Batı Akasyası’nın Altında</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789751412485</t>
+          <t>9789751414847</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Pelikan Dosyası</t>
+          <t>Ramses - Batı Akasyası´nın Altında</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>440</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789751415035</t>
+          <t>9789751403346</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Paris’teki Eş</t>
+          <t>Ragazzi "Oğlanlar"</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>34.72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789751406354</t>
+          <t>9789751407191</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Diyet Zamanı</t>
+          <t>Radyo ve Televizyon Günleri Olaylar, İnsanlar, Anılar</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789751403629</t>
+          <t>9789751410658</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Rehber</t>
+          <t>Prof. Dr. Afet İnan</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789751407122</t>
+          <t>9789751411419</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ra’nın Maskesi</t>
+          <t>Pollyanna (Tam Metin)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>20.83</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789751406941</t>
+          <t>9789751410139</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ramses (5 Kitap Takım) Işığın Oğlu / Milyonlarca Yılın Tapınağı / Kadeş Savaşı / Ebu-Simbel’in Kraliçesi / Batı Akasyası’nın Altında</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>115.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789751414816</t>
+          <t>9789751405487</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Milyonlarca Yılın Tapınağı</t>
+          <t>Planlama Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>9.17</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789751406538</t>
+          <t>9789751414625</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Milyonlarca Yılın Tapınağı</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789751491848</t>
+          <t>9789751411877</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Para Bankalar Ve Ekonomi</t>
+          <t>Ping Yeni Bir Göl Arayan Kurbağa</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>22.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789751400598</t>
+          <t>9789751403384</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Perişey Şiirler 1985-1992</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789751400079</t>
+          <t>9789751406552</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Kültür</t>
+          <t>Pembe Kitap</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>4.63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789751405616</t>
+          <t>9789751412485</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Ülkesi</t>
+          <t>Pelikan Dosyası</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>20.83</v>
+        <v>440</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789751407382</t>
+          <t>9789751415035</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Öykünmece</t>
+          <t>Paris’teki Eş</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>15</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789751491909</t>
+          <t>9789751406354</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Atasözleri</t>
+          <t>Diyet Zamanı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789751402035</t>
+          <t>9789751403629</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Sahipleri</t>
+          <t>Rehber</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789751416087</t>
+          <t>9789751407122</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Ra’nın Maskesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>9.17</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789751415776</t>
+          <t>9789751406941</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim Yaşadıklarım (Ciltli)</t>
+          <t>Ramses (5 Kitap Takım) Işığın Oğlu / Milyonlarca Yılın Tapınağı / Kadeş Savaşı / Ebu-Simbel’in Kraliçesi / Batı Akasyası’nın Altında</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>46.3</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789751416360</t>
+          <t>9789751414816</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Ramses - Milyonlarca Yılın Tapınağı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>19</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789751416377</t>
+          <t>9789751406538</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Butterflies and People</t>
+          <t>Ramses - Milyonlarca Yılın Tapınağı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>25.46</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789751415721</t>
+          <t>9789751491848</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>36 Baharı</t>
+          <t>Para Bankalar Ve Ekonomi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>25</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789751400086</t>
+          <t>9789751400598</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Seçmeler</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789751416025</t>
+          <t>9789751400079</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Video Oyunlarinda Aşırıya Kaçınca</t>
+          <t>Özgürlük ve Kültür</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>27.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789751416063</t>
+          <t>9789751405616</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Machiavelli</t>
+          <t>Özgürlük Ülkesi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>37.04</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789751416261</t>
+          <t>9789751407382</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Piktler</t>
+          <t>Öykünmece</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789751415936</t>
+          <t>9789751491909</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sinematografi</t>
+          <t>Öykülerle Atasözleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>60.19</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789751416308</t>
+          <t>9789751402035</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Mi Var Derdin Var</t>
+          <t>Anahtar Sahipleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>13.89</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789751405289</t>
+          <t>9789751416087</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Belçika’da</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789751412522</t>
+          <t>9789751415776</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Asteriks  Galya’da Okullar Açılıyor</t>
+          <t>Gördüklerim Yaşadıklarım (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>25</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789751405081</t>
+          <t>9789751416360</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Asteriks - Büyük Yolculuk</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789751412591</t>
+          <t>9789751416377</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Arzın Merkezine Seyahat</t>
+          <t>Butterflies and People</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789751415431</t>
+          <t>9789751415721</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ardından Yıllar Geçti</t>
+          <t>36 Baharı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>20.83</v>
+        <v>25</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789751409706</t>
+          <t>9789751400086</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Arafat’ta Bir Çocuk</t>
+          <t>Seçmeler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789751413222</t>
+          <t>9789751416025</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Aperitif Mönüler</t>
+          <t>Video Oyunlarinda Aşırıya Kaçınca</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>55.56</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789751410467</t>
+          <t>9789751416063</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Anti - Aging</t>
+          <t>Machiavelli</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>95</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789751415172</t>
+          <t>9789751416261</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Annenin Rehberi</t>
+          <t>Asteriks ve Piktler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>27.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789751413970</t>
+          <t>9789751415936</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Anneler ve Kızları</t>
+          <t>Sinematografi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>18.52</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789751413390</t>
+          <t>9789751416308</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Anneee! Anne Oluyorum!</t>
+          <t>Kişiliğin Mi Var Derdin Var</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789751401403</t>
+          <t>9789751405289</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Çocuk</t>
+          <t>Asteriks Belçika’da</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>20.83</v>
+        <v>25</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789751417961</t>
+          <t>9789751412522</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Anne Bu Ne?</t>
+          <t>Asteriks  Galya’da Okullar Açılıyor</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>12.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789751413512</t>
+          <t>9789751405081</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Anıtsal İstanbul</t>
+          <t>Asteriks - Büyük Yolculuk</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>23.15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789751414779</t>
+          <t>9789751412591</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Resimli Andersen Masalları (Ciltli)</t>
+          <t>Arzın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789751411556</t>
+          <t>9789751415431</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Ardından Yıllar Geçti</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>10</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789751405722</t>
+          <t>9789751409706</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Altın Kuş</t>
+          <t>Arafat’ta Bir Çocuk</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789751400574</t>
+          <t>9789751413222</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Alaettin’in Lambası</t>
+          <t>Aperitif Mönüler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>5</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789751415561</t>
+          <t>9789751410467</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ah Bre Sevda Ah Bre Vatan</t>
+          <t>Anti - Aging</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789751412836</t>
+          <t>9789751415172</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Afrika Hayvanları</t>
+          <t>Annenin Rehberi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>13.89</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789751409836</t>
+          <t>9789751413970</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Adalı Bir Derya Öyküsü</t>
+          <t>Anneler ve Kızları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>57.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789751410733</t>
+          <t>9789751413390</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Anneee! Anne Oluyorum!</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>6.94</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789751412157</t>
+          <t>9789751401403</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>6 Değer Madalyası</t>
+          <t>Anne ve Çocuk</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>15</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789751409980</t>
+          <t>9789751417961</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>30 Saniyede Bush Amerika’da Medya ve Siyaset</t>
+          <t>Anne Bu Ne?</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>9.26</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789751406132</t>
+          <t>9789751413512</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>200 Türk Kokteyli</t>
+          <t>Anıtsal İstanbul</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789751406644</t>
+          <t>9789751414779</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>1000 Kelime ve Resim</t>
+          <t>Resimli Andersen Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>13.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789751406903</t>
+          <t>9789751411556</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 150 Oyuncusu</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>41.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789751405135</t>
+          <t>9789751405722</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Yönetmeni</t>
+          <t>Altın Kuş</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>32.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789751411860</t>
+          <t>9789751400574</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ambler Uyarısı</t>
+          <t>Alaettin’in Lambası</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>25.46</v>
+        <v>5</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789751414021</t>
+          <t>9789751415561</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Antakya -Antioch- City and Cuisine</t>
+          <t>Ah Bre Sevda Ah Bre Vatan</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789751415233</t>
+          <t>9789751412836</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Filmi</t>
+          <t>Afrika Hayvanları</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>41.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789751407658</t>
+          <t>9789751409836</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>100 İstanbul (Ciltli)</t>
+          <t>Adalı Bir Derya Öyküsü</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>32.41</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789751413093</t>
+          <t>9789751410733</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>100 Dolap</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789751404817</t>
+          <t>9789751412157</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>100 Alkolsüz Kokteyl</t>
+          <t>6 Değer Madalyası</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789751402073</t>
+          <t>9789751409980</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bir Mayıs</t>
+          <t>30 Saniyede Bush Amerika’da Medya ve Siyaset</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789751407993</t>
+          <t>9789751406132</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Galyalı Asteriks</t>
+          <t>200 Türk Kokteyli</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>25</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789751408983</t>
+          <t>9789751406644</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Galya Turu</t>
+          <t>1000 Kelime ve Resim</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789751407153</t>
+          <t>9789751406903</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Galya Kalkanı</t>
+          <t>100 Yılın 150 Oyuncusu</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>25</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789751406880</t>
+          <t>9789751405135</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Fitneci</t>
+          <t>100 Yılın 100 Yönetmeni</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>25</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789751405180</t>
+          <t>9789751411860</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Büyük Hendek</t>
+          <t>Ambler Uyarısı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>25</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789751404732</t>
+          <t>9789751414021</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Britanya’da</t>
+          <t>Antakya -Antioch- City and Cuisine</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789751402134</t>
+          <t>9789751415233</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>100 Yılın 100 Filmi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>13.89</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789751418180</t>
+          <t>9789751407658</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Sayılar Renkler Şekiller</t>
+          <t>100 İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>30</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789751418173</t>
+          <t>9789751413093</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı İlk 50 Sözcük</t>
+          <t>100 Dolap</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789751417480</t>
+          <t>9789751404817</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Anne-Baba</t>
+          <t>100 Alkolsüz Kokteyl</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>42.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789751417923</t>
+          <t>9789751402073</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem (Midi Boy)</t>
+          <t>Bir Mayıs</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>85</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789751417756</t>
+          <t>9789751407993</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sezar'ın Papirüsü</t>
+          <t>Asteriks Galyalı Asteriks</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789751418487</t>
+          <t>9789751408983</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Sakın Bu Kitabı Okuma</t>
+          <t>Asteriks Galya Turu</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789751417015</t>
+          <t>9789751407153</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin İstanbulu</t>
+          <t>Asteriks Galya Kalkanı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789751418227</t>
+          <t>9789751406880</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeden Önce</t>
+          <t>Asteriks Fitneci</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789751417985</t>
+          <t>9789751405180</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Seti - 3 (6 Kitap Takım)</t>
+          <t>Asteriks Büyük Hendek</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>115</v>
+        <v>25</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789751417671</t>
+          <t>9789751404732</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2016 Tüm Sayılar</t>
+          <t>Asteriks Britanya’da</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052456798</t>
+          <t>9789751402134</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Indian Gypsies</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789751418500</t>
+          <t>9789751418180</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Hikayenin Gücü</t>
+          <t>Çıkartmalı Sayılar Renkler Şekiller</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>17.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789751417787</t>
+          <t>9789751418173</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (Midi Boy)</t>
+          <t>Çıkartmalı İlk 50 Sözcük</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789751417442</t>
+          <t>9789751417480</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kitaptan Düşen Kurt (Ciltli)</t>
+          <t>Geliştiren Anne-Baba</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>26</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789751417831</t>
+          <t>9789751417923</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Gelişmek İçin Değişim</t>
+          <t>80 Günde Devrialem (Midi Boy)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>13.89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789751417411</t>
+          <t>9789751417756</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dünya Masalları (Ciltli)</t>
+          <t>Sezar'ın Papirüsü</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789751418272</t>
+          <t>9789751418487</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Sakın Bu Kitabı Okuma</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789751418234</t>
+          <t>9789751417015</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Asteriks - Tek Ciltte Üç Macera</t>
+          <t>Cinlerin İstanbulu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789751492197</t>
+          <t>9789751418227</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Evlenmeden Önce</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789751417541</t>
+          <t>9789751417985</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İkna Mühendisliği</t>
+          <t>Asteriks Seti - 3 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>20</v>
+        <v>115</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789751417176</t>
+          <t>9789751417671</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Liberalizmden Neoliberalizme</t>
+          <t>Remzi Kitap Gazetesi 2016 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789751417763</t>
+          <t>9786052456798</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Asteriks - 2 (6 Kitap Takım)</t>
+          <t>Indian Gypsies</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789751416506</t>
+          <t>9789751418500</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Büyük Boy)</t>
+          <t>İş Dünyasında Hikayenin Gücü</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>19</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789751417046</t>
+          <t>9789751417787</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kitap Gazetesi 2015 Tüm Sayılar</t>
+          <t>Ezop Masalları (Midi Boy)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>150</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789751418289</t>
+          <t>9789751417442</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Seti - 4 (6 Kitap Takım)</t>
+          <t>Kitaptan Düşen Kurt (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>115</v>
+        <v>26</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789751415943</t>
+          <t>9789751417831</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2013 Tüm Sayılar</t>
+          <t>Gelişmek İçin Değişim</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789751416452</t>
+          <t>9789751417411</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler 2005 - 2015</t>
+          <t>Resimli Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789751417589</t>
+          <t>9789751418272</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Asteriks (6 Kitap Takım)</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>115</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789751415912</t>
+          <t>9789751418234</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kaygıdan Korkuya</t>
+          <t>Asteriks - Tek Ciltte Üç Macera</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>23.15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789751411723</t>
+          <t>9789751492197</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789751490889</t>
+          <t>9789751417541</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>İkna Mühendisliği</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>11.57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789751402707</t>
+          <t>9789751417176</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Zeytinli Labirent</t>
+          <t>Liberalizmden Neoliberalizme</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>4.63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786056243103</t>
+          <t>9789751417763</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Zeytini Kuşlar Diker (Ciltli)</t>
+          <t>Asteriks - 2 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>46.3</v>
+        <v>115</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789751403056</t>
+          <t>9789751416506</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Zaragoza’da Bulunmuş El Yazması</t>
+          <t>Küçük Prens (Büyük Boy)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>4.63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789751403025</t>
+          <t>9789751417046</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Sorgulamak</t>
+          <t>Kitap Gazetesi 2015 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>4.63</v>
+        <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789751413185</t>
+          <t>9789751418289</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Müzik Özel Kutu ve 10 Adet Cd</t>
+          <t>Asteriks Seti - 4 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>138.89</v>
+        <v>115</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789751412331</t>
+          <t>9789751415943</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Zafere Giden Yol</t>
+          <t>Remzi Kitap Gazetesi 2013 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>50.93</v>
+        <v>150</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789751413420</t>
+          <t>9789751416452</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Çınar</t>
+          <t>Hayatımızı Değiştiren Filmler 2005 - 2015</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>18.52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789751413017</t>
+          <t>9789751417589</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Dinle</t>
+          <t>Asteriks (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>30</v>
+        <v>115</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789751406996</t>
+          <t>9789751415912</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Yüzük</t>
+          <t>Kaygıdan Korkuya</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>35</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789751408419</t>
+          <t>9789751411723</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Çocuklar</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789751400154</t>
+          <t>9789751490889</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Sonu İyi Bitsin</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789751402967</t>
+          <t>9789751402707</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana</t>
+          <t>Zeytinli Labirent</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>57.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789751410399</t>
+          <t>9786056243103</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yeniden 12’ye 5 Kala</t>
+          <t>Zeytini Kuşlar Diker (Ciltli)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>18.52</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789751413376</t>
+          <t>9789751403056</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yeni İK</t>
+          <t>Zaragoza’da Bulunmuş El Yazması</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789751402776</t>
+          <t>9789751403025</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ders Notları</t>
+          <t>Zamanı Sorgulamak</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>2.31</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789751408877</t>
+          <t>9789751413185</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yeni Binyılda İş Başarısının 12 Anahtarı</t>
+          <t>Zaman İçinde Müzik Özel Kutu ve 10 Adet Cd</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>20</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789751414892</t>
+          <t>9789751412331</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Yazgıcılar</t>
+          <t>Zafere Giden Yol</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>13.89</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789751412034</t>
+          <t>9789751413420</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Yaralısın Türkiye Toplum ve Siyaset Üstüne Aykırı Sorular</t>
+          <t>Yürüyen Çınar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789751406378</t>
+          <t>9789751413017</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Aşklar</t>
+          <t>Yüreğini Dinle</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>16.2</v>
+        <v>30</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789751409263</t>
+          <t>9789751406996</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Numara</t>
+          <t>Yüzük</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>20.83</v>
+        <v>35</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789751410245</t>
+          <t>9789751408419</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yankılar</t>
+          <t>Yetişkin Çocuklar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>35</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789751407948</t>
+          <t>9789751400154</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar</t>
+          <t>Yeter ki Sonu İyi Bitsin</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789751411327</t>
+          <t>9789751402967</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Yağmurcu</t>
+          <t>İnsan İnsana</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>47.5</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789751404534</t>
+          <t>9789751410399</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yağlıboya Resim Sanatı</t>
+          <t>Yeniden 12’ye 5 Kala</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>55</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789751412829</t>
+          <t>9789751413376</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yaban Hayvanları</t>
+          <t>Yeni İK</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789751405692</t>
+          <t>9789751402776</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Vietnam'a Sevgiler</t>
+          <t>Yeni Ders Notları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>6.94</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789751413871</t>
+          <t>9789751408877</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Veda</t>
+          <t>Yeni Binyılda İş Başarısının 12 Anahtarı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789751407108</t>
+          <t>9789751414892</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetname</t>
+          <t>Yazgıcılar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>42.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789751401595</t>
+          <t>9789751412034</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Psikiyatri</t>
+          <t>Yaralısın Türkiye Toplum ve Siyaset Üstüne Aykırı Sorular</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789751413406</t>
+          <t>9789751406378</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Vardar Rüzgarı</t>
+          <t>Yaralı Aşklar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>23.15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789751415493</t>
+          <t>9789751409263</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Cesaret İster</t>
+          <t>Yanlış Numara</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>25</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789751406866</t>
+          <t>9789751410245</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Ürkek Kuşlar</t>
+          <t>Yankılar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789751406668</t>
+          <t>9789751407948</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Masallar</t>
+          <t>Yalnızlar</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789751408396</t>
+          <t>9789751411327</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Seçenek</t>
+          <t>Yağmurcu</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>18.52</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789751411563</t>
+          <t>9789751404534</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Yağlıboya Resim Sanatı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789751410153</t>
+          <t>9789751412829</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Robinson</t>
+          <t>Yaban Hayvanları</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789751411792</t>
+          <t>9789751405692</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Domuzcuk</t>
+          <t>Vietnam'a Sevgiler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789751412232</t>
+          <t>9789751413871</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Üç Jöntürk’ün Ölümü</t>
+          <t>Veda</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>30.09</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789751413727</t>
+          <t>9789751407108</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Garip Ziyaretçiler</t>
+          <t>Vasiyetname</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>30</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789751410498</t>
+          <t>9789751401595</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Utanmış Sessizlik</t>
+          <t>Varoluş ve Psikiyatri</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789751409454</t>
+          <t>9789751413406</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Gücü</t>
+          <t>Vardar Rüzgarı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>32.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789751405500</t>
+          <t>9789751415493</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Araştırmalar</t>
+          <t>Var Olmak Cesaret İster</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>32.41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789751413086</t>
+          <t>9789751406866</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Unutkan Erkekler ’Hadi’leyen Anneler</t>
+          <t>Ürkek Kuşlar</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789751412256</t>
+          <t>9789751406668</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Zenginleşir?</t>
+          <t>Ünlü Masallar</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789751491121</t>
+          <t>9789751408396</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatçıları Cilt: 4 (R-Z)</t>
+          <t>Üçüncü Seçenek</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789751491114</t>
+          <t>9789751411563</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatçıları Cilt: 3 (L-Q)</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789751491107</t>
+          <t>9789751410153</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatçıları Cilt: 2 (E-K)</t>
+          <t>Üç Küçük Robinson</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789751491091</t>
+          <t>9789751411792</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatçıları Cilt: 1 (A-D)</t>
+          <t>Üç Küçük Domuzcuk</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789759675936</t>
+          <t>9789751412232</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Türk Şarapları</t>
+          <t>Üç Jöntürk’ün Ölümü</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>13.89</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789751401939</t>
+          <t>9789751413727</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yavrutürk Şiirleri</t>
+          <t>Uzaydan Gelen Garip Ziyaretçiler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789751412508</t>
+          <t>9789751410498</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Altında Ne Var?</t>
+          <t>Utanmış Sessizlik</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789751413246</t>
+          <t>9789751409454</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Gün Boyunca Hayvanat Bahçesi (Ciltli)</t>
+          <t>Türkiye’nin Gücü</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>55</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789751408129</t>
+          <t>9789751405500</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Gümüşlü Martı</t>
+          <t>Türkiye Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789751414052</t>
+          <t>9789751413086</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Anılar</t>
+          <t>Unutkan Erkekler ’Hadi’leyen Anneler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789751411570</t>
+          <t>9789751412256</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Seyahatleri</t>
+          <t>Türkiye Nasıl Zenginleşir?</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789751408136</t>
+          <t>9789751491121</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Güç Sınırı</t>
+          <t>Türk ve Dünya Edebiyatçıları Cilt: 4 (R-Z)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789751408037</t>
+          <t>9789751491114</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Türk ve Dünya Edebiyatçıları Cilt: 3 (L-Q)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>6.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789751490599</t>
+          <t>9789751491107</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Gurur Dünyası</t>
+          <t>Türk ve Dünya Edebiyatçıları Cilt: 2 (E-K)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789751414786</t>
+          <t>9789751491091</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları</t>
+          <t>Türk ve Dünya Edebiyatçıları Cilt: 1 (A-D)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>45</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789751405210</t>
+          <t>9789759675936</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Grek Estetik'i</t>
+          <t>Türk Şarapları</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789751413888</t>
+          <t>9789751401939</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Sarayı</t>
+          <t>Yavrutürk Şiirleri</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>11.57</v>
+        <v>10</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789751410375</t>
+          <t>9789751412508</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Yaşı Tuna Selidir Şimdi</t>
+          <t>Yatağın Altında Ne Var?</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789751413857</t>
+          <t>9789751413246</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Gök Başımıza Yıkılacak!</t>
+          <t>Gün Boyunca Hayvanat Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789751409287</t>
+          <t>9789751408129</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Gorbaçov’la Devrim Üstüne Konuşmalar</t>
+          <t>Gümüşlü Martı</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789751405241</t>
+          <t>9789751414052</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tarih</t>
+          <t>Gülümseyen Anılar</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>27.78</v>
+        <v>35</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789751411402</t>
+          <t>9789751411570</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Güliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789751408938</t>
+          <t>9789751408136</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Girit’ten Cunda’ya</t>
+          <t>Güç Sınırı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789751409720</t>
+          <t>9789751408037</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Gene Annen Geldi, Bütün Günüm Mahvoldu!</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789751409201</t>
+          <t>9789751490599</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalma Sanatı Doğal Gençlik Kaynakları</t>
+          <t>Gurur Dünyası</t>
         </is>
       </c>
       <c r="C566" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789751491763</t>
+          <t>9789751414786</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Gemiler</t>
+          <t>Grimm Masalları</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>6.94</v>
+        <v>45</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789751407504</t>
+          <t>9789751405210</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Yakalamak Türkiye’de ve Dünyada Küreselleşme ve Devlet Reformu</t>
+          <t>Grek Estetik'i</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>37.04</v>
+        <v>25</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789751405746</t>
+          <t>9789751413888</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzleri</t>
+          <t>Gözyaşı Sarayı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>20.83</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789751409355</t>
+          <t>9789751410375</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmış Romantik</t>
+          <t>Gözüm Yaşı Tuna Selidir Şimdi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789751408921</t>
+          <t>9789751413857</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalan Öyküler</t>
+          <t>Gök Başımıza Yıkılacak!</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789751404411</t>
+          <t>9789751409287</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Notları</t>
+          <t>Gorbaçov’la Devrim Üstüne Konuşmalar</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789751402318</t>
+          <t>9789751405241</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Fiti Fiti Tek Başına</t>
+          <t>Gizli Tarih</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>2.78</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789751411822</t>
+          <t>9789751411402</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Fesatlar Sarmalında Türkiye</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789751400666</t>
+          <t>9789751408938</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Girit’ten Cunda’ya</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789751408549</t>
+          <t>9789751409720</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Gangster</t>
+          <t>Gene Annen Geldi, Bütün Günüm Mahvoldu!</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789751413178</t>
+          <t>9789751409201</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Işığında Modern Resim</t>
+          <t>Genç Kalma Sanatı Doğal Gençlik Kaynakları</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789751409997</t>
+          <t>9789751491763</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Fyodor Dostoyevski Bir Yaşam - Anılar</t>
+          <t>Gemiler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789751410603</t>
+          <t>9789751407504</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kadınlar Niçin Kilo Almaz? Keyif İçin Yemenin Sırrı</t>
+          <t>Geleceği Yakalamak Türkiye’de ve Dünyada Küreselleşme ve Devlet Reformu</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>13.89</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789751410559</t>
+          <t>9789751405746</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Gençleri Anlamak Ana-Babaların En Çok Sorduğu Sorular ve Cevaplarıyla</t>
+          <t>Geçmişin İzleri</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>18.52</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789751400895</t>
+          <t>9789751409355</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Geç Kalmış Romantik</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>47</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789751403407</t>
+          <t>9789751408921</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ansiklopedisi (9 Cilt Takım)</t>
+          <t>Geç Kalan Öyküler</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>212.96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789751411204</t>
+          <t>9789751404411</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Geceyarısı Notları</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789751408785</t>
+          <t>9789751402318</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde Dünyanın En Güzel Masalları 1 (Ciltli)</t>
+          <t>Fiti Fiti Tek Başına</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>37.04</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789751412812</t>
+          <t>9789751411822</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar</t>
+          <t>Fesatlar Sarmalında Türkiye</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789751402172</t>
+          <t>9789751400666</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Ev Doktoru Aile İçin Sağlık Danışmanı</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789751414236</t>
+          <t>9789751408549</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Müşteri Nasıl Kaybedilir? (Ciltli)</t>
+          <t>Gangster</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>41.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789751414045</t>
+          <t>9789751413178</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Estetik Beğeni</t>
+          <t>Felsefenin Işığında Modern Resim</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789751407627</t>
+          <t>9789751409997</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Balerin</t>
+          <t>Fyodor Dostoyevski Bir Yaşam - Anılar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789751411709</t>
+          <t>9789751410603</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Erken Akıllan, Geç Yaşlan</t>
+          <t>Fransız Kadınlar Niçin Kilo Almaz? Keyif İçin Yemenin Sırrı</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789751413130</t>
+          <t>9789751410559</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Erkek Doğmak Adam Olmak</t>
+          <t>Gençleri Anlamak Ana-Babaların En Çok Sorduğu Sorular ve Cevaplarıyla</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789751409867</t>
+          <t>9789751400895</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Er Oyunu</t>
+          <t>Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>55</v>
+        <v>47</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789751403322</t>
+          <t>9789751403407</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt: 1 1860-1908 Makedonya’dan Ortaasya’ya</t>
+          <t>Felsefe Ansiklopedisi (9 Cilt Takım)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>175</v>
+        <v>212.96</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789751402516</t>
+          <t>9789751411204</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Empresyonizm Sanat Ansiklopedisi</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>27.78</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789751410238</t>
+          <t>9789751408785</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Elveda Afrika Hoşça Kal Paris</t>
+          <t>Evvel Zaman İçinde Dünyanın En Güzel Masalları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>50</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789751404893</t>
+          <t>9789751412812</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaş Korkusu</t>
+          <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>20.83</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789751402929</t>
+          <t>9789751402172</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ekspresyonizm Sanat Ansiklopedisi</t>
+          <t>Ev Doktoru Aile İçin Sağlık Danışmanı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789751404053</t>
+          <t>9789751414236</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü</t>
+          <t>Eş ve Müşteri Nasıl Kaybedilir? (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>53.24</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789751403964</t>
+          <t>9789751414045</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt: 2 1908-1914 Makedonya’dan Ortaasya’ya</t>
+          <t>Estetik Beğeni</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>180</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789751410986</t>
+          <t>9789751407627</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Efe Başvekil</t>
+          <t>Eski Bir Balerin</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789751415653</t>
+          <t>9789751411709</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ölmelidir! - Nasıl Yazar Olunur? (2 Kitap Takım - Kutulu)</t>
+          <t>Erken Akıllan, Geç Yaşlan</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>50.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789751401502</t>
+          <t>9789751413130</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgileri Sözlüğü</t>
+          <t>Erkek Doğmak Adam Olmak</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789751404435</t>
+          <t>9789751409867</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Düşleri Gerçekleşen Adam</t>
+          <t>Er Oyunu</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789751403339</t>
+          <t>9789751403322</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt 3</t>
+          <t>Enver Paşa Cilt: 1 1860-1908 Makedonya’dan Ortaasya’ya</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789751403636</t>
+          <t>9789751402516</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Dünya İnançları Sözlüğü Dinler, Mezhepler, Tarikatlar, Efsaneler</t>
+          <t>Empresyonizm Sanat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>50.93</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789751415042</t>
+          <t>9789751410238</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Dünya (Ciltli)</t>
+          <t>Elveda Afrika Hoşça Kal Paris</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>20.83</v>
+        <v>50</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789751400635</t>
+          <t>9789751404893</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye’de Yabancı Dil</t>
+          <t>Elli Yaş Korkusu</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>18.52</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789751402660</t>
+          <t>9789751402929</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Düğünün Bir Üyesi</t>
+          <t>Ekspresyonizm Sanat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789751411464</t>
+          <t>9789751404053</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Durma Kaç! Ormanda Onları Korkunç Bir Sır Bekliyor</t>
+          <t>Ekonomi Sözlüğü</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>16.2</v>
+        <v>53.24</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789751406521</t>
+          <t>9789751403964</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Güç</t>
+          <t>Enver Paşa Cilt: 2 1908-1914 Makedonya’dan Ortaasya’ya</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>41.67</v>
+        <v>180</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789751409751</t>
+          <t>9789751410986</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Dönüşler</t>
+          <t>Efe Başvekil</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789751415622</t>
+          <t>9789751415653</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Edebiyat Ölmelidir! - Nasıl Yazar Olunur? (2 Kitap Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>25.46</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789751413604</t>
+          <t>9789751401502</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Dorsay’ın Penceresinden</t>
+          <t>Edebiyat Bilgileri Sözlüğü</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789751409416</t>
+          <t>9789751404435</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Domuz</t>
+          <t>Düşleri Gerçekleşen Adam</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789751412072</t>
+          <t>9789751403339</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Çağrısı</t>
+          <t>Enver Paşa Cilt 3</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>6.94</v>
+        <v>215</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789751403162</t>
+          <t>9789751403636</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Doğal Bir Ölüm</t>
+          <t>Dünya İnançları Sözlüğü Dinler, Mezhepler, Tarikatlar, Efsaneler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>13.89</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789751410610</t>
+          <t>9789751415042</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Dışavurumculuk Ekspresyonizm</t>
+          <t>Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>18.52</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789751410641</t>
+          <t>9789751400635</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Bir Nefes</t>
+          <t>Dünden Bugüne Türkiye’de Yabancı Dil</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789751410368</t>
+          <t>9789751402660</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Devlet İnşası 21. Yüzyılda Dünya Düzeni ve Yönetişim</t>
+          <t>Düğünün Bir Üyesi</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>11.57</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789751409515</t>
+          <t>9789751411464</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Dev Şalgam</t>
+          <t>Durma Kaç! Ormanda Onları Korkunç Bir Sır Bekliyor</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789751405715</t>
+          <t>9789751406521</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Dev Çocuk</t>
+          <t>Dördüncü Güç</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>15</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789751414182</t>
+          <t>9789751409751</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Deriden Kültüre</t>
+          <t>Dönüşler</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789751403599</t>
+          <t>9789751415622</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Depresyon ve Başaçıkma Yolları</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>13.89</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789751400062</t>
+          <t>9789751413604</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Dorsay’ın Penceresinden</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789751411679</t>
+          <t>9789751409416</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Domuz</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789751408990</t>
+          <t>9789751412072</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Demir Mızrak</t>
+          <t>Doğanın Çağrısı</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>32.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789751408488</t>
+          <t>9789751403162</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Değişimde Değer Yaratmak</t>
+          <t>Doğal Bir Ölüm</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789751411587</t>
+          <t>9789751410610</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Dışavurumculuk Ekspresyonizm</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789751405937</t>
+          <t>9789751410641</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin Kılavuzu - Davranışları Anlama</t>
+          <t>Dış Politikada Bir Nefes</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>6.94</v>
+        <v>50</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789751408808</t>
+          <t>9789751410368</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Davet</t>
+          <t>Devlet İnşası 21. Yüzyılda Dünya Düzeni ve Yönetişim</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>62.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789751415073</t>
+          <t>9789751409515</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Davacı</t>
+          <t>Dev Şalgam</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789751410856</t>
+          <t>9789751405715</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Darboğaz</t>
+          <t>Dev Çocuk</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>62.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789751406965</t>
+          <t>9789751414182</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Çölde Uyuyan Sır</t>
+          <t>Deriden Kültüre</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>27.78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789751412799</t>
+          <t>9789751403599</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Çöküş Yılları</t>
+          <t>Depresyon ve Başaçıkma Yolları</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789751412416</t>
+          <t>9789751400062</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789751404282</t>
+          <t>9789751411679</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Çizim ve Resim Sanatı</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>55</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789751413529</t>
+          <t>9789751408990</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Çaylak</t>
+          <t>Demir Mızrak</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>18.52</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789751414038</t>
+          <t>9789751408488</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Çağrışımlar, Tanıklıklar, Dostluklar</t>
+          <t>Değişimde Değer Yaratmak</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789751402219</t>
+          <t>9789751411587</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Sanatı</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>41.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789751413413</t>
+          <t>9789751405937</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Cunda Yolu Ayvalık’tan Geçer</t>
+          <t>Yöneticinin Kılavuzu - Davranışları Anlama</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789751410474</t>
+          <t>9789751408808</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Divası Müzeyyen Senar</t>
+          <t>Davet</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>18.52</v>
+        <v>360</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789751410719</t>
+          <t>9789751415073</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Cevaplar Kitabı (Ciltli)</t>
+          <t>Davacı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>37.04</v>
+        <v>45</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789751403377</t>
+          <t>9789751410856</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Cennette Bir Şeytan</t>
+          <t>Darboğaz</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>2.31</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789751413369</t>
+          <t>9789751406965</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa ve Ermeni Göçmenler</t>
+          <t>Çölde Uyuyan Sır</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789751403209</t>
+          <t>9789751412799</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Carol</t>
+          <t>Çöküş Yılları</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789751406392</t>
+          <t>9789751412416</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Büyük Balıklar / Oyun</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789751408440</t>
+          <t>9789751404282</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Bürokratlar</t>
+          <t>Çizim ve Resim Sanatı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>34.72</v>
+        <v>55</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789751405159</t>
+          <t>9789751413529</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Buzlar Arasında</t>
+          <t>Çaylak</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789751410665</t>
+          <t>9789751414038</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Butterfly’dan Özel Tatlar</t>
+          <t>Çağrışımlar, Tanıklıklar, Dostluklar</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>50.93</v>
+        <v>75</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789751415318</t>
+          <t>9789751402219</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Butik Pastacılık (Ciltli)</t>
+          <t>Çağdaş Türk Sanatı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>64.81</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789751408891</t>
+          <t>9789751413413</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Bulimia Sokağı</t>
+          <t>Cunda Yolu Ayvalık’tan Geçer</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789751410276</t>
+          <t>9789751410474</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehr-i Stanbul ki... Osmanlının İstanbul Macerası</t>
+          <t>Cumhuriyet’in Divası Müzeyyen Senar</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789751407634</t>
+          <t>9789751410719</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Böcek</t>
+          <t>Cevaplar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>11.57</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789751401007</t>
+          <t>9789751403377</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Oyunlar ve Oyuncaklar</t>
+          <t>Cennette Bir Şeytan</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>6.94</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789751400994</t>
+          <t>9789751413369</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Okulumuz</t>
+          <t>Cemal Paşa ve Ermeni Göçmenler</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789751401021</t>
+          <t>9789751403209</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Mevsimler</t>
+          <t>Carol</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789751400970</t>
+          <t>9789751406392</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Hayvanlar ve Bitkiler</t>
+          <t>Büyük Balıklar / Oyun</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>4.63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789751400987</t>
+          <t>9789751408440</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Evimiz - Ailemiz</t>
+          <t>Bürokratlar</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>4.63</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789751401014</t>
+          <t>9789751405159</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Çevremiz</t>
+          <t>Buzlar Arasında</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>6.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789751413031</t>
+          <t>9789751410665</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’daki Kırmızı Köşk</t>
+          <t>Butterfly’dan Özel Tatlar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>9.26</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789751405319</t>
+          <t>9789751415318</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Bizim Oyun</t>
+          <t>Butik Pastacılık (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>18.52</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789751410269</t>
+          <t>9789751408891</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Bir Kimlik Arayışının Hikayesi</t>
+          <t>Bulimia Sokağı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789751409607</t>
+          <t>9789751410276</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, Bir Ölüm</t>
+          <t>Bu Şehr-i Stanbul ki... Osmanlının İstanbul Macerası</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789751412669</t>
+          <t>9789751407634</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Bir İlişki 50 Günde Nasıl Kurtulur?</t>
+          <t>Böcek</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>25.46</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789751413963</t>
+          <t>9789751401007</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Bir An Bin Parça</t>
+          <t>Boyama Kitabı Oyunlar ve Oyuncaklar</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789751402752</t>
+          <t>9789751400994</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Binbir Hece</t>
+          <t>Boyama Kitabı Okulumuz</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789751415196</t>
+          <t>9789751401021</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları (Ciltli)</t>
+          <t>Boyama Kitabı Mevsimler</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>45</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789751413437</t>
+          <t>9789751400970</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Tanrıya</t>
+          <t>Boyama Kitabı Hayvanlar ve Bitkiler</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789751414519</t>
+          <t>9789751400987</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ansiklopedisi (Ciltli)</t>
+          <t>Boyama Kitabı Evimiz - Ailemiz</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>55.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789751409119</t>
+          <t>9789751401014</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu’nda Beyaz Ruslar (Ciltli)</t>
+          <t>Boyama Kitabı Çevremiz</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789751403360</t>
+          <t>9789751413031</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Beyazlara Mahsus</t>
+          <t>Boğaz’daki Kırmızı Köşk</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789751409102</t>
+          <t>9789751405319</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Saray Anıları</t>
+          <t>Bizim Oyun</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789751404909</t>
+          <t>9789751410269</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Köpekbalığı</t>
+          <t>Bir Kimlik Arayışının Hikayesi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789751406507</t>
+          <t>9789751409607</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gelişme "Gümledi"</t>
+          <t>Bir Kedi, Bir Adam, Bir Ölüm</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789751415462</t>
+          <t>9789751412669</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakikalık Uykudan Önce Masalları (Ciltli)</t>
+          <t>Bir İlişki 50 Günde Nasıl Kurtulur?</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>45</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789751408389</t>
+          <t>9789751413963</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bernard Shaw: Gülen Düşünceler - Oscar Wilde 2 Kitap Birarada</t>
+          <t>Bir An Bin Parça</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>92.59</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789751407269</t>
+          <t>9789751402752</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Bernard Shaw: Gülen Düşünceler</t>
+          <t>Binbir Hece</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>41.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789751412171</t>
+          <t>9789751415196</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Benden Sonra Tufan Olmasın!</t>
+          <t>Binbir Gece Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>60.19</v>
+        <v>45</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789751411099</t>
+          <t>9789751413437</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Ben, RTÜK Başkanıyken</t>
+          <t>Bilinmeyen Bir Tanrıya</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789751405296</t>
+          <t>9789751414519</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Ben Müsteşarken</t>
+          <t>Bilim Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>50</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789751411990</t>
+          <t>9789751409119</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Ben 50 Yaşındayım, Oğlum 59</t>
+          <t>Beyoğlu’nda Beyaz Ruslar (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>20.83</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789751411181</t>
+          <t>9789751403360</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Ben 44 Yaşındayım Oğlum 53</t>
+          <t>Beyazlara Mahsus</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789751410283</t>
+          <t>9789751409102</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu Öyküleri</t>
+          <t>Beyaz Saray Anıları</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789751402394</t>
+          <t>9789751404909</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Bay Ripley</t>
+          <t>Beyaz Köpekbalığı</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>6.94</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789751414878</t>
+          <t>9789751406507</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimi Büyütürken</t>
+          <t>Bilimsel Gelişme "Gümledi"</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789751402745</t>
+          <t>9789751415462</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Bay Muannit Sahtegi’nin Notları</t>
+          <t>Beş Dakikalık Uykudan Önce Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789751411075</t>
+          <t>9789751408389</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Aile</t>
+          <t>Bernard Shaw: Gülen Düşünceler - Oscar Wilde 2 Kitap Birarada</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>125</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789751413383</t>
+          <t>9789751407269</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Yönetimin 12 Temel İlkesi</t>
+          <t>Bernard Shaw: Gülen Düşünceler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>23.15</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789751402790</t>
+          <t>9789751412171</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Baş ve Portre Çizme Sanatı</t>
+          <t>Benden Sonra Tufan Olmasın!</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>46.3</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789751411129</t>
+          <t>9789751411099</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Ben, RTÜK Başkanıyken</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789751410115</t>
+          <t>9789751405296</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Bahçem ve Ben</t>
+          <t>Ben Müsteşarken</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>37.04</v>
+        <v>50</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789751407429</t>
+          <t>9789751411990</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Yollarında</t>
+          <t>Ben 50 Yaşındayım, Oğlum 59</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>37.04</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789751414212</t>
+          <t>9789751411181</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak</t>
+          <t>Ben 44 Yaşındayım Oğlum 53</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>17.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789751412065</t>
+          <t>9789751410283</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Ayvalık’tan Cunda’dan</t>
+          <t>Bilimkurgu Öyküleri</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789751412867</t>
+          <t>9789751402394</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Ayvalık’ı Gezerken</t>
+          <t>Becerikli Bay Ripley</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789751414311</t>
+          <t>9789751414878</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmadan Önce</t>
+          <t>Bebeğimi Büyütürken</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789751412287</t>
+          <t>9789751402745</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Aylin</t>
+          <t>Bay Muannit Sahtegi’nin Notları</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>32.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789751422170</t>
+          <t>9789751411075</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Ayla’yı Dinler Misiniz?</t>
+          <t>Başarıya Götüren Aile</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789751407900</t>
+          <t>9789751413383</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Masalları</t>
+          <t>Başarılı Yönetimin 12 Temel İlkesi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>16.2</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789751411778</t>
+          <t>9789751402790</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabıcı ve Küçük Cinler</t>
+          <t>Baş ve Portre Çizme Sanatı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>11.57</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789751405753</t>
+          <t>9789751411129</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığının İzinde</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>20.83</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789751402677</t>
+          <t>9789751410115</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Avutucular</t>
+          <t>Bahçem ve Ben</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>13.89</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789751411907</t>
+          <t>9789751407429</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Aurora’nın İncileri</t>
+          <t>Bağdat Yollarında</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>16.2</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789751410900</t>
+          <t>9789751414212</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Ateş Şarkısı Ateş Rüzgârı 3. Kitap</t>
+          <t>Baba Olmak</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>16.2</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789751414175</t>
+          <t>9789751412065</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Ardından</t>
+          <t>Ayvalık’tan Cunda’dan</t>
         </is>
       </c>
       <c r="C705" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789751412843</t>
+          <t>9789751412867</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Yeniden Düşünmek</t>
+          <t>Ayvalık’ı Gezerken</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789751492180</t>
+          <t>9789751414311</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Anmak Yaşamı, Çeşitli Yönleri, Düşünceleri, Anılar, Şiirler, Yabancılara Göre Atatürk</t>
+          <t>Ayrılmadan Önce</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789751411914</t>
+          <t>9789751412287</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Günümüze Cumhurbaşkanı Seçimleri</t>
+          <t>Aylin</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>27.78</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789751409942</t>
+          <t>9789751422170</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le 30 Yıl</t>
+          <t>Ayla’yı Dinler Misiniz?</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>27.78</v>
+        <v>390</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789751411310</t>
+          <t>9789751407900</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Liderlik Sırları</t>
+          <t>Ayıcık Masalları</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789751414144</t>
+          <t>9789751411778</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Ayakkabıcı ve Küçük Cinler</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789751413833</t>
+          <t>9789751405753</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Aşka Şeytan Karışır</t>
+          <t>Ay Işığının İzinde</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>13.89</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789751492272</t>
+          <t>9789751402677</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Antolojisi</t>
+          <t>Avutucular</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789751409447</t>
+          <t>9789751411907</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Şekiller Eğitimde İlk Adımlar</t>
+          <t>Aurora’nın İncileri</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789751409430</t>
+          <t>9789751410900</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Sayılar Eğitimde İlk Adımlar</t>
+          <t>Ateş Şarkısı Ateş Rüzgârı 3. Kitap</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789751409423</t>
+          <t>9789751414175</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Renkler Eğitimde İlk Adımlar</t>
+          <t>Atatürk’ün Ardından</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789751405807</t>
+          <t>9789751412843</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sözler</t>
+          <t>Atatürk’ü Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789751415165</t>
+          <t>9789751492180</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Depremzadeler Mahallesi - Pusulamı Ayarlar mısınız?</t>
+          <t>Atatürk’ü Anmak Yaşamı, Çeşitli Yönleri, Düşünceleri, Anılar, Şiirler, Yabancılara Göre Atatürk</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>17.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789751415288</t>
+          <t>9789751411914</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Çeyiz Sandığı</t>
+          <t>Atatürk’ten Günümüze Cumhurbaşkanı Seçimleri</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>17.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789751415349</t>
+          <t>9789751409942</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Çeşme ve Rüzgar</t>
+          <t>Atatürk’le 30 Yıl</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789751491138</t>
+          <t>9789751411310</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Canlılar Sorununa Giriş</t>
+          <t>Atatürk’ün Liderlik Sırları</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789751409126</t>
+          <t>9789751414144</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789751413468</t>
+          <t>9789751413833</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Bir Terapistin Arka Bahçesi</t>
+          <t>Aşka Şeytan Karışır</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>20.83</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789751409928</t>
+          <t>9789751492272</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bin Renk Bir Ömür</t>
+          <t>Divan Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>20.83</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789751408778</t>
+          <t>9789751409447</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Bin Gezegen İmparatorluğu</t>
+          <t>Çıkartmalı Şekiller Eğitimde İlk Adımlar</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>16.2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789751411273</t>
+          <t>9789751409430</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Canlı Yem</t>
+          <t>Çıkartmalı Sayılar Eğitimde İlk Adımlar</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>32.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789751417169</t>
+          <t>9789751409423</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Empresyonizm (İzlenimcilik)</t>
+          <t>Çıkartmalı Renkler Eğitimde İlk Adımlar</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>110</v>
+        <v>15</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789751417077</t>
+          <t>9789751405807</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Aperitif Mönüler</t>
+          <t>Büyük Sözler</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789751417640</t>
+          <t>9789751415165</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Depremzadeler Mahallesi - Pusulamı Ayarlar mısınız?</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>12.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789751417633</t>
+          <t>9789751415288</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
+          <t>Çeyiz Sandığı</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>65</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789751416735</t>
+          <t>9789751415349</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Paris'e Son Tren</t>
+          <t>Çeşme ve Rüzgar</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789751416322</t>
+          <t>9789751491138</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Yapıştır ve Öğren Sözcükler</t>
+          <t>Canlılar Sorununa Giriş</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789751416315</t>
+          <t>9789751409126</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Yapıştır ve Öğren Sayılar</t>
+          <t>Bir Yaz Gecesi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789751416339</t>
+          <t>9789751413468</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Yapıştır ve Öğren Hayvanlar</t>
+          <t>Bir Terapistin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>9.26</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789751416278</t>
+          <t>9789751409928</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım Sözcükler</t>
+          <t>Bin Renk Bir Ömür</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>16.2</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789751416292</t>
+          <t>9789751408778</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım Sayılar</t>
+          <t>Bin Gezegen İmparatorluğu</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789751416285</t>
+          <t>9789751411273</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım Renkler (Ciltli)</t>
+          <t>Canlı Yem</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>13.89</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789751416384</t>
+          <t>9789751417169</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Çınarlı Yol</t>
+          <t>Empresyonizm (İzlenimcilik)</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789751491312</t>
+          <t>9789751417077</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Cumhuriyeti</t>
+          <t>Aperitif Mönüler</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>2.31</v>
+        <v>60</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789751416513</t>
+          <t>9789751417640</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2014</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>150</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789751416551</t>
+          <t>9789751417633</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Bir Ceset Bir Söz</t>
+          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>30.09</v>
+        <v>65</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789751416872</t>
+          <t>9789751416735</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Gizli Aşklar</t>
+          <t>Paris'e Son Tren</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>27.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789751406927</t>
+          <t>9789751416322</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Çikolatalı Tatlılar ve Pastalar (Ciltli)</t>
+          <t>Yapıştır ve Öğren Sözcükler</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>34.72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789751407887</t>
+          <t>9789751416315</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Makarnalar (Ciltli)</t>
+          <t>Yapıştır ve Öğren Sayılar</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>70</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789751416056</t>
+          <t>9789751416339</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Yapıştır ve Öğren Hayvanlar</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789751415158</t>
+          <t>9789751416278</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlık Seti (3 Kitap Takım)</t>
+          <t>İlk Kitabım Sözcükler</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>32.41</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789751414076</t>
+          <t>9789751416292</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Miffy Öykü Seti (3 Kitap Takım)</t>
+          <t>İlk Kitabım Sayılar</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789751415660</t>
+          <t>9789751416285</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Ayşe ve Ailesi Sınava Hazırlanıyor</t>
+          <t>İlk Kitabım Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>17.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789751417008</t>
+          <t>9789751416384</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kodin</t>
+          <t>Çınarlı Yol</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789751416759</t>
+          <t>9789751491312</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - 100 Yıl Öncesine Bir Bakış</t>
+          <t>Çağımızın Cumhuriyeti</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>30</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789751415837</t>
+          <t>9789751416513</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Ne Bir Eksik Ne Bir Fazla</t>
+          <t>Remzi Kitap Gazetesi 2014</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>25.46</v>
+        <v>150</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789751400604</t>
+          <t>9789751416551</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Kül Kedisi</t>
+          <t>Bir Ceset Bir Söz</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>4.63</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789751406446</t>
+          <t>9789751416872</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Altı Ayakkabılı Uygulama Tekniği</t>
+          <t>Gizli Aşklar</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>25</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789751413758</t>
+          <t>9789751406927</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>All Sports Cafe’den Sevgiyle</t>
+          <t>Resimleriyle Adım Adım Çikolatalı Tatlılar ve Pastalar (Ciltli)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>37.04</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789751401175</t>
+          <t>9789751407887</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Heidi Mutlu</t>
+          <t>Resimleriyle Adım Adım Makarnalar (Ciltli)</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>4.63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789751401151</t>
+          <t>9789751416056</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Heidi Kentte</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>4.63</v>
+        <v>10</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789751401168</t>
+          <t>9789751415158</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Heidi Eve Dönüyor</t>
+          <t>Okula Hazırlık Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>2.31</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789751414229</t>
+          <t>9789751414076</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Miffy Öykü Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789751491237</t>
+          <t>9789751415660</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kültür Konusu ve Sorunlarımız</t>
+          <t>Ayşe ve Ailesi Sınava Hazırlanıyor</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>4.63</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789751416483</t>
+          <t>9789751417008</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlük</t>
+          <t>Kodin</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789751417206</t>
+          <t>9789751416759</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Öyküsü</t>
+          <t>İstanbul - 100 Yıl Öncesine Bir Bakış</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789751419286</t>
+          <t>9789751415837</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Asteriks (Tek Ciltte Üç Macera) (Ciltli)</t>
+          <t>Ne Bir Eksik Ne Bir Fazla</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>80</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789751409775</t>
+          <t>9789751400604</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Öyküsü</t>
+          <t>Kül Kedisi</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>110</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789751411143</t>
+          <t>9789751406446</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler 2</t>
+          <t>Altı Ayakkabılı Uygulama Tekniği</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789751411150</t>
+          <t>9789751413758</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler 1</t>
+          <t>All Sports Cafe’den Sevgiyle</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>11.57</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789751405203</t>
+          <t>9789751401175</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Heidi Mutlu</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>50</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789751412997</t>
+          <t>9789751401151</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Ölü Oyuncaklar</t>
+          <t>Heidi Kentte</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>16.2</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789751413055</t>
+          <t>9789751401168</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Gücü</t>
+          <t>Heidi Eve Dönüyor</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>16.2</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789751414298</t>
+          <t>9789751414229</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmede İlk Adım - 6 Kitap</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789751405234</t>
+          <t>9789751491237</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Ödüller</t>
+          <t>Kültür Konusu ve Sorunlarımız</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>75</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789751414526</t>
+          <t>9789751416483</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Gerçek Özgürlük</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>6.94</v>
+        <v>60</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789751407795</t>
+          <t>9789751417206</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Ustası</t>
+          <t>Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>23.15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789751406422</t>
+          <t>9789751419286</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu</t>
+          <t>Asteriks (Tek Ciltte Üç Macera) (Ciltli)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>30.09</v>
+        <v>80</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789751414335</t>
+          <t>9789751409775</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Otoyolda Piknik, Padişah-ı Hali Osman, Uluğ Bey</t>
+          <t>Modern Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>23.15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789751408365</t>
+          <t>9789751411143</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayı</t>
+          <t>Ömer Seyfettin’den Seçmeler 2</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>45</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789751411945</t>
+          <t>9789751411150</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Sonu II. Abdülhamit’ten Mustafa Kemal’e</t>
+          <t>Ömer Seyfettin’den Seçmeler 1</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789751408150</t>
+          <t>9789751405203</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>50.93</v>
+        <v>50</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789751406286</t>
+          <t>9789751412997</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Ortak</t>
+          <t>Ölü Oyuncaklar</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789944305099</t>
+          <t>9789751413055</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Dönemeç</t>
+          <t>Öğrenmenin Gücü</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>25</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789751407528</t>
+          <t>9789751414298</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Eski Dostlar</t>
+          <t>Öğrenmede İlk Adım - 6 Kitap</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789751418753</t>
+          <t>9789751405234</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Asteriks - Tek Ciltte Üç Macera 2</t>
+          <t>Ödüller</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789751422088</t>
+          <t>9789751414526</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Kuş</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>210</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789751422033</t>
+          <t>9789751407795</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi - Saraylar, Sefaretler, Yalılar</t>
+          <t>Oyunun Ustası</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>1000</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789751421333</t>
+          <t>9789751406422</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Devrimin ve Karşı Devrimin Yüz Yılı (Kutulu Takım)</t>
+          <t>Oyuncu</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>1300</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789751418739</t>
+          <t>9789751414335</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Müşteri Nasıl Kaybedilir? (Ciltsiz)</t>
+          <t>Otoyolda Piknik, Padişah-ı Hali Osman, Uluğ Bey</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>360</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789751405739</t>
+          <t>9789751408365</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Nino Manhattan Prensesi</t>
+          <t>Osmanlı Sarayı</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789751406033</t>
+          <t>9789751411945</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Nino Büyük Ejder</t>
+          <t>Osmanlı İmparatorluğu’nun Sonu II. Abdülhamit’ten Mustafa Kemal’e</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>230</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789751405524</t>
+          <t>9789751408150</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Nino Amerika Macerası</t>
+          <t>Oscar Wilde</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>230</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789751415325</t>
+          <t>9789751406286</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk (2 Cilt Takım)</t>
+          <t>Ortak</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>820</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789751409935</t>
+          <t>9789944305099</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun İçi</t>
+          <t>Dönemeç</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>440</v>
+        <v>25</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789751407672</t>
+          <t>9789751407528</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Eski Dostlar</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789751409973</t>
+          <t>9789751418753</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Loş Sokağın Kadınları  Ankara İstasyonu</t>
+          <t>Asteriks - Tek Ciltte Üç Macera 2</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789751415226</t>
+          <t>9789751422088</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kuzular Vadisi</t>
+          <t>Alaycı Kuş</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789751414328</t>
+          <t>9789751422033</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kurum İçi Koçluk</t>
+          <t>Boğaziçi - Saraylar, Sefaretler, Yalılar</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>255</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789751412584</t>
+          <t>9789751421333</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kulağınıza Küpe Olsun</t>
+          <t>Devrimin ve Karşı Devrimin Yüz Yılı (Kutulu Takım)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>465</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789751411105</t>
+          <t>9789751418739</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Sofralar İçin 50 Pratik Mönü</t>
+          <t>Eş ve Müşteri Nasıl Kaybedilir? (Ciltsiz)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789751411228</t>
+          <t>9789751405739</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kemalistler İslamcı Hareket ve Laik Türkiye’nin Geleceği</t>
+          <t>Nino Manhattan Prensesi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789751408341</t>
+          <t>9789751406033</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kaptan June ve Kaplumbağalar</t>
+          <t>Nino Büyük Ejder</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789751411242</t>
+          <t>9789751405524</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kaktüsler ve Diğer Etli (Sukulent) Bitkiler</t>
+          <t>Nino Amerika Macerası</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789751414663</t>
+          <t>9789751415325</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kaçın! Demokrasi Geliyor!</t>
+          <t>Mustafa Kemal Atatürk (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>220</v>
+        <v>820</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789751406170</t>
+          <t>9789751409935</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Jüri</t>
+          <t>Madalyonun İçi</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789751409911</t>
+          <t>9789751407672</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Joseph Pulitzer</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789751411624</t>
+          <t>9789751409973</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Ekip Yönetimi</t>
+          <t>Loş Sokağın Kadınları  Ankara İstasyonu</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789751414168</t>
+          <t>9789751415226</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Tarihi Yarımadası Zeyrek-Fatih</t>
+          <t>Kuzular Vadisi</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>420</v>
+        <v>165</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789751414410</t>
+          <t>9789751414328</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Korunakları 2 - Mimari</t>
+          <t>Kurum İçi Koçluk</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>360</v>
+        <v>255</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789751414571</t>
+          <t>9789751412584</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Gizli Belgelerinde Türk-Yunan İlişkileri</t>
+          <t>Kulağınıza Küpe Olsun</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>500</v>
+        <v>465</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789751410924</t>
+          <t>9789751411105</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Sözcük (Ciltli)</t>
+          <t>Keyifli Sofralar İçin 50 Pratik Mönü</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>625</v>
+        <v>650</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789751408570</t>
+          <t>9789751411228</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler</t>
+          <t>Kemalistler İslamcı Hareket ve Laik Türkiye’nin Geleceği</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789751407917</t>
+          <t>9789751408341</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>İki Boğazın Suları (Ciltli)</t>
+          <t>Kaptan June ve Kaplumbağalar</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789751414267</t>
+          <t>9789751411242</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>İfiyenya Sevda</t>
+          <t>Kaktüsler ve Diğer Etli (Sukulent) Bitkiler</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789751407559</t>
+          <t>9789751414663</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Işığın Gölgesi</t>
+          <t>Kaçın! Demokrasi Geliyor!</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789751405654</t>
+          <t>9789751406170</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Kız</t>
+          <t>Jüri</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>165</v>
+        <v>410</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789751401441</t>
+          <t>9789751409911</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Hocaefendi’nin Sandukası</t>
+          <t>Joseph Pulitzer</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789751409348</t>
+          <t>9789751411624</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Her Sabah Bir Lütuftur</t>
+          <t>Bir Solukta Ekip Yönetimi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789751411525</t>
+          <t>9789751414168</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Harbiye’den Dersim’e (1890-1914) / Tuğgeneral Ziya Yergök’ün Anıları</t>
+          <t>İstanbul’un Tarihi Yarımadası Zeyrek-Fatih</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789751407610</t>
+          <t>9789751414410</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kraliçe Tutankhamon’un Sevgilisi</t>
+          <t>İnsanın Korunakları 2 - Mimari</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789751400192</t>
+          <t>9789751414571</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfağından Seçme Yemekler</t>
+          <t>İngiliz Gizli Belgelerinde Türk-Yunan İlişkileri</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>780</v>
+        <v>500</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789751402882</t>
+          <t>9789751410924</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sözlüğü</t>
+          <t>İlk 100 Sözcük (Ciltli)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>650</v>
+        <v>625</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789751412263</t>
+          <t>9789751408570</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Suluboya</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>870</v>
+        <v>360</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789751410078</t>
+          <t>9789751407917</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Trajikomik</t>
+          <t>İki Boğazın Suları (Ciltli)</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789751413482</t>
+          <t>9789751414267</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Theodora</t>
+          <t>İfiyenya Sevda</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789751406835</t>
+          <t>9789751407559</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Miras</t>
+          <t>Işığın Gölgesi</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789751410689</t>
+          <t>9789751405654</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Tavcan</t>
+          <t>Huysuz Kız</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789751407115</t>
+          <t>9789751401441</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Tapınağın Öbür Yüzü Bağlılık ve Bağımlılık Üzerine</t>
+          <t>Hocaefendi’nin Sandukası</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789751410290</t>
+          <t>9789751409348</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Son Jüri Üyesi</t>
+          <t>Her Sabah Bir Lütuftur</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>380</v>
+        <v>265</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789751401786</t>
+          <t>9789751411525</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Başaçıkma Yolları</t>
+          <t>Harbiye’den Dersim’e (1890-1914) / Tuğgeneral Ziya Yergök’ün Anıları</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789751409683</t>
+          <t>9789751407610</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Güneş Kraliçe Tutankhamon’un Sevgilisi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789751410979</t>
+          <t>9789751400192</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Oyunu</t>
+          <t>Türk Mutfağından Seçme Yemekler</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>410</v>
+        <v>780</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789751412782</t>
+          <t>9789751402882</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Selin Uçurtma Yarışmasında</t>
+          <t>Türk Dili Sözlüğü</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789751412720</t>
+          <t>9789751412263</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Selin Paten Kayıyor (Ciltli)</t>
+          <t>Tüm Yönleriyle Suluboya</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>160</v>
+        <v>870</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789751412744</t>
+          <t>9789751410078</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Selin Göl Kıyısında (Ciltli)</t>
+          <t>Trajikomik</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789751411921</t>
+          <t>9789751413482</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Satışta İletişim ve Bedenin Dili</t>
+          <t>Theodora</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789751412218</t>
+          <t>9789751406835</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılar İçin İnsan Anatomisi</t>
+          <t>Tehlikeli Miras</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>625</v>
+        <v>385</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789751412560</t>
+          <t>9789751410689</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Renkler, Şekiller, Sözcükler (Ciltli)</t>
+          <t>Tavcan</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>625</v>
+        <v>300</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789751413567</t>
+          <t>9789751407115</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle 100 Hayvan (Ciltli)</t>
+          <t>Tapınağın Öbür Yüzü Bağlılık ve Bağımlılık Üzerine</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>625</v>
+        <v>265</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789751406460</t>
+          <t>9789751410290</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçsız Geçti Yaz</t>
+          <t>Son Jüri Üyesi</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789751413024</t>
+          <t>9789751401786</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Kara Çığlık</t>
+          <t>Stres ve Başaçıkma Yolları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789751402325</t>
+          <t>9789751409683</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Romanımla Sana Bir Ses...</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789751400475</t>
+          <t>9789751410979</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Türk Tatlı Sanatı</t>
+          <t>Sıfır Oyunu</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789751415851</t>
+          <t>9789751412782</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politikası</t>
+          <t>Selin Uçurtma Yarışmasında</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789751415967</t>
+          <t>9789751412720</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Selin Paten Kayıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789751406200</t>
+          <t>9789751412744</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Öpücükler</t>
+          <t>Selin Göl Kıyısında (Ciltli)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789751412393</t>
+          <t>9789751411921</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>ÖSS - OKS’de Sınav Kaygısı ve Baş Etme Yolları</t>
+          <t>Satışta İletişim ve Bedenin Dili</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789751407221</t>
+          <t>9789751412218</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Son Osmanlılar Mediha Sultan ve Damat Ferit</t>
+          <t>Sanatçılar İçin İnsan Anatomisi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>390</v>
+        <v>625</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789751412249</t>
+          <t>9789751412560</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Kurşun</t>
+          <t>Renkler, Şekiller, Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>350</v>
+        <v>625</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789751416070</t>
+          <t>9789751413567</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Türk Filmi</t>
+          <t>Resimlerle 100 Hayvan (Ciltli)</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>450</v>
+        <v>625</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789751415547</t>
+          <t>9789751406460</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim Yaşadıklarım</t>
+          <t>Kırlangıçsız Geçti Yaz</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789751416186</t>
+          <t>9789751413024</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Sonu İyi Bitsin</t>
+          <t>Kara Çığlık</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789751416032</t>
+          <t>9789751402325</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Çatışmak - Sorunları Çözer Mi?</t>
+          <t>Romanımla Sana Bir Ses...</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789751415615</t>
+          <t>9789751400475</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Pratik Yüz Okuma Sanatı</t>
+          <t>Türk Tatlı Sanatı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789751409409</t>
+          <t>9789751415851</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Arabalarım</t>
+          <t>Ekonomi Politikası</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789751414595</t>
+          <t>9789751415967</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Ana Babanın Eğitimi Elkitabı</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789751490490</t>
+          <t>9789751406200</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Duyu</t>
+          <t>Öpücükler</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789751403452</t>
+          <t>9789751412393</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>4. Henry</t>
+          <t>ÖSS - OKS’de Sınav Kaygısı ve Baş Etme Yolları</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789751407450</t>
+          <t>9789751407221</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat ve Demokrasi</t>
+          <t>Paris’te Son Osmanlılar Mediha Sultan ve Damat Ferit</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789751418982</t>
+          <t>9789751412249</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Koca Bir Yalan</t>
+          <t>Özgürlüğe Kurşun</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789751418050</t>
+          <t>9789751416070</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Renkler Sayılar Şekiller (Sürprizli 25 Kapak)</t>
+          <t>100 Yılın 100 Türk Filmi</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789751418777</t>
+          <t>9789751415547</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Hangisi Doğru - Duru ile Doruk</t>
+          <t>Gördüklerim Yaşadıklarım</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789751421050</t>
+          <t>9789751416186</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Yeter ki Sonu İyi Bitsin</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789751417374</t>
+          <t>9789751416032</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>İnsan Fotoğrafı Çekmek İçin Bu Kitabı Okuyun</t>
+          <t>Çatışmak - Sorunları Çözer Mi?</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>535</v>
+        <v>160</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789751418999</t>
+          <t>9789751415615</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Portre</t>
+          <t>Kolay ve Pratik Yüz Okuma Sanatı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789751418449</t>
+          <t>9789751409409</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Nevbahar</t>
+          <t>Arabalarım</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789751416858</t>
+          <t>9789751414595</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>İlk 50 Sözcük</t>
+          <t>Ana Babanın Eğitimi Elkitabı</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789751416865</t>
+          <t>9789751490490</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>İlk 20 Sayı</t>
+          <t>Altıncı Duyu</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789751418203</t>
+          <t>9789751403452</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>4. Henry</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>520</v>
+        <v>255</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789751418807</t>
+          <t>9789751407450</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>28 Şubat ve Demokrasi</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789751418043</t>
+          <t>9789751418982</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Leonardo</t>
+          <t>Koca Bir Yalan</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>580</v>
+        <v>255</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789751418623</t>
+          <t>9789751418050</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Seçmeler (Cep Boy)</t>
+          <t>Renkler Sayılar Şekiller (Sürprizli 25 Kapak)</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>145</v>
+        <v>480</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789751417190</t>
+          <t>9789751418777</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan</t>
+          <t>Hangisi Doğru - Duru ile Doruk</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789751416889</t>
+          <t>9789751421050</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Four İstanbuls</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>495</v>
+        <v>350</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789751416940</t>
+          <t>9789751417374</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>The History of the Byzantine Empire (Byzantium 330-1453)</t>
+          <t>İnsan Fotoğrafı Çekmek İçin Bu Kitabı Okuyun</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>715</v>
+        <v>535</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789751417978</t>
+          <t>9789751418999</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Karşılıklarıyla Atasözleri ve Deyimler</t>
+          <t>Portre</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789751417596</t>
+          <t>9789751418449</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Nevbahar</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789751417275</t>
+          <t>9789751416858</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ı Anlamak</t>
+          <t>İlk 50 Sözcük</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789751417886</t>
+          <t>9789751416865</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Muhbir</t>
+          <t>İlk 20 Sayı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789751417039</t>
+          <t>9789751418203</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789751417909</t>
+          <t>9789751418807</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Kitabı: Hayvanlar</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789751409133</t>
+          <t>9789751418043</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Yuva Rare Class</t>
+          <t>Leonardo</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>310</v>
+        <v>580</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789751415370</t>
+          <t>9789751418623</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenlik</t>
+          <t>Nasrettin Hoca'dan Seçmeler (Cep Boy)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>720</v>
+        <v>145</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789751409805</t>
+          <t>9789751417190</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Yorgun ve Yaralı</t>
+          <t>Arka Plan</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>385</v>
+        <v>520</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789751406545</t>
+          <t>9789751416889</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Yok Yere Yaygara</t>
+          <t>Four İstanbuls</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>165</v>
+        <v>495</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789751413253</t>
+          <t>9789751416940</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Yıl Boyunca Korsan Gemisi (Ciltli)</t>
+          <t>The History of the Byzantine Empire (Byzantium 330-1453)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>310</v>
+        <v>715</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789751408914</t>
+          <t>9789751417978</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Yıl 2binyüz2</t>
+          <t>İngilizce Karşılıklarıyla Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789751401359</t>
+          <t>9789751417596</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Yemek Pişirme Teknikleri-Çeşitleri Beslenme Yemek Görgü Kuralları</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>690</v>
+        <v>200</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789751403988</t>
+          <t>9789751417275</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıklar Komedyası</t>
+          <t>Bizans’ı Anlamak</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789751407214</t>
+          <t>9789751417886</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Windsor’un Şen Kadınları</t>
+          <t>Muhbir</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789751412621</t>
+          <t>9789751417039</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Veronalı İki Beyzade</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789751414755</t>
+          <t>9789751417909</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İletişimin Elkitabı 1: Vazgeçmek Özgürlüktür (Ciltli)</t>
+          <t>Bebeğimin İlk Kitabı: Hayvanlar</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>410</v>
+        <v>390</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789751411600</t>
+          <t>9789751409133</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kadın</t>
+          <t>Yuva Rare Class</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789751490223</t>
+          <t>9789751415370</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Umut Zamanı</t>
+          <t>Yönetmenlik</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>205</v>
+        <v>720</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789751407818</t>
+          <t>9789751409805</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Umut Sokağındaki Ev</t>
+          <t>Yorgun ve Yaralı</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>235</v>
+        <v>385</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789751411259</t>
+          <t>9789751406545</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Türklerim Diken Diken Oldu</t>
+          <t>Yok Yere Yaygara</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789751410184</t>
+          <t>9789751413253</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Türkler  1938’den Günümüze</t>
+          <t>Yıl Boyunca Korsan Gemisi (Ciltli)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789751414700</t>
+          <t>9789751408914</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Kısa Bir Tarih</t>
+          <t>Yıl 2binyüz2</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789751415356</t>
+          <t>9789751401359</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Batı Mutfağından Yemek Tarifleri</t>
+          <t>Yemek Pişirme Teknikleri-Çeşitleri Beslenme Yemek Görgü Kuralları</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>650</v>
+        <v>690</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789751415806</t>
+          <t>9789751403988</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>On İkinci Gece</t>
+          <t>Yanlışlıklar Komedyası</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789751412874</t>
+          <t>9789751407214</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Günahın Üç Rengi - Madalyonun Öteki Yüzü</t>
+          <t>Windsor’un Şen Kadınları</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>360</v>
+        <v>165</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789751405975</t>
+          <t>9789751412621</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Görev Devretme Yöneticinin Kılavuzu</t>
+          <t>Veronalı İki Beyzade</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789751415134</t>
+          <t>9789751414755</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçının Zihni</t>
+          <t>Türkiye'de İletişimin Elkitabı 1: Vazgeçmek Özgürlüktür (Ciltli)</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>720</v>
+        <v>410</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789751414748</t>
+          <t>9789751411600</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Forty Thorns</t>
+          <t>Üçüncü Kadın</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789751414922</t>
+          <t>9789751490223</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Evlillik Aşkı Öldürür mü?</t>
+          <t>Umut Zamanı</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789751414588</t>
+          <t>9789751407818</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Umut Sokağındaki Ev</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789751418661</t>
+          <t>9789751411259</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Türklerim Diken Diken Oldu</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>435</v>
+        <v>255</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789751410535</t>
+          <t>9789751410184</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Dosyası</t>
+          <t>Türkiye ve Türkler  1938’den Günümüze</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789751408211</t>
+          <t>9789751414700</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Elişi Fotoğraflar</t>
+          <t>Türkiye - Kısa Bir Tarih</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789751408976</t>
+          <t>9789751422255</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Vampirler</t>
+          <t>Türk ve Batı Mutfağından Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789751405814</t>
+          <t>9789751415806</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Laiklik</t>
+          <t>On İkinci Gece</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789751403186</t>
+          <t>9789751412874</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Kültür</t>
+          <t>Günahın Üç Rengi - Madalyonun Öteki Yüzü</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789751411174</t>
+          <t>9789751405975</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Çifte Kartal</t>
+          <t>Görev Devretme Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789751404640</t>
+          <t>9789751415134</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Coriolanus</t>
+          <t>Fotoğrafçının Zihni</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>195</v>
+        <v>720</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789751413703</t>
+          <t>9789751414748</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Büyükada Cuisine - My Grandfather's Table</t>
+          <t>Forty Thorns</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>980</v>
+        <v>350</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789751408051</t>
+          <t>9789751414922</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Boyalı Ev</t>
+          <t>Evlillik Aşkı Öldürür mü?</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789751408853</t>
+          <t>9789751414588</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıtadan Öbürüne Yaşam ve Ölüm Kentleri</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789751410962</t>
+          <t>9789751418661</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtında Çankaya Köşkü Yılları</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>350</v>
+        <v>435</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789751407979</t>
+          <t>9789751410535</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Dili İletişim Becerinizin Anahtarı, Sessiz Diliniz</t>
+          <t>Ermeni Dosyası</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789751418555</t>
+          <t>9789751408211</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Balık ve Olta</t>
+          <t>Elişi Fotoğraflar</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>560</v>
+        <v>160</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789751413284</t>
+          <t>9789751408976</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Avrasyalı Olmak</t>
+          <t>Demokrasi ve Vampirler</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>445</v>
+        <v>400</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789751411372</t>
+          <t>9789751405814</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Demokrasi ve Laiklik</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789751410894</t>
+          <t>9789751403186</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Atinalı Timon</t>
+          <t>Demokrasi ve Kültür</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789751410177</t>
+          <t>9789751411174</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Aşklar da Değişti</t>
+          <t>Çifte Kartal</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789751417718</t>
+          <t>9789751404640</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Özgür Şehit</t>
+          <t>Coriolanus</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789751402646</t>
+          <t>9789751413703</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Cam Hançer</t>
+          <t>Büyükada Cuisine - My Grandfather's Table</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>250</v>
+        <v>980</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789751416681</t>
+          <t>9789751408051</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>IŞİD ve Irak</t>
+          <t>Boyalı Ev</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>595</v>
+        <v>330</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789751417336</t>
+          <t>9789751408853</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Dali</t>
+          <t>Bir Kıtadan Öbürüne Yaşam ve Ölüm Kentleri</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>580</v>
+        <v>375</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789751416773</t>
+          <t>9789751410962</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>İyi Fotoğraflar Çekmek İçin Bu Kitabı Okuyun</t>
+          <t>Bıçak Sırtında Çankaya Köşkü Yılları</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>535</v>
+        <v>350</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789751417404</t>
+          <t>9789751407979</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar (Cep Boy)</t>
+          <t>Bedenin Dili İletişim Becerinizin Anahtarı, Sessiz Diliniz</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>145</v>
+        <v>390</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789751417084</t>
+          <t>9789751418555</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Balık ve Olta</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789751416780</t>
+          <t>9789751413284</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Avrasyalı Olmak</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789751416216</t>
+          <t>9789751411372</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>150</v>
+        <v>385</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789751416537</t>
+          <t>9789751410894</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Yemini</t>
+          <t>Atinalı Timon</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789751416827</t>
+          <t>9789751410177</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Maden (Gray Mountain)</t>
+          <t>Aşklar da Değişti</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>415</v>
+        <v>190</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789751416568</t>
+          <t>9789751417718</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Doktorası</t>
+          <t>Özgür Şehit</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789751415998</t>
+          <t>9789751402646</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kültür</t>
+          <t>Cam Hançer</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789751417251</t>
+          <t>9789751416681</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Yaşantıların Psikolojisi ve Biyolojisi</t>
+          <t>IŞİD ve Irak</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>325</v>
+        <v>595</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789751417268</t>
+          <t>9789751417336</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Dali</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>190</v>
+        <v>580</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789751416346</t>
+          <t>9789751416773</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Mevsiminde Yemek</t>
+          <t>İyi Fotoğraflar Çekmek İçin Bu Kitabı Okuyun</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>565</v>
+        <v>535</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789751417381</t>
+          <t>9789751417404</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Zorlayan ve Zorlanan Çocuklar</t>
+          <t>Küçük Kadınlar (Cep Boy)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789751416957</t>
+          <t>9789751417084</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Yolculuğu</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789751416704</t>
+          <t>9789751416780</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Alman Cihadı ve Ermeni Sürgünü</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789751415752</t>
+          <t>9789751416216</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Herkesten Bir Şey Öğrendim</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789751417060</t>
+          <t>9789751416537</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Taşıt ve Diğer Araçlar (Sürpriz Kapaklı)</t>
+          <t>Kraliçenin Yemini</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>685</v>
+        <v>400</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789751416575</t>
+          <t>9789751416827</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Kral Kaybederse</t>
+          <t>Maden (Gray Mountain)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>440</v>
+        <v>415</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789751415929</t>
+          <t>9789751416568</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Diyabetik Ziyafet</t>
+          <t>Yalnızlık Doktorası</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789751407092</t>
+          <t>9789751415998</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Ali Kutu Kutu İçinde</t>
+          <t>Kurumsal Kültür</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789751410023</t>
+          <t>9789751417251</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Yaşantıların Psikolojisi ve Biyolojisi</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789751401281</t>
+          <t>9789751417268</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Kültür Üzerine</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789751419736</t>
+          <t>9789751416346</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Evde Şarap El Kitabı</t>
+          <t>Mevsiminde Yemek</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>430</v>
+        <v>565</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789751413536</t>
+          <t>9789751417381</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermenileri</t>
+          <t>Zorlayan ve Zorlanan Çocuklar</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789751410863</t>
+          <t>9789751416957</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Oynamak İster misin?</t>
+          <t>Dönüşüm Yolculuğu</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789751419408</t>
+          <t>9789751416704</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Bedenle Konuşan Zihin</t>
+          <t>Alman Cihadı ve Ermeni Sürgünü</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789751422231</t>
+          <t>9789751415752</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Ekran Çocukları</t>
+          <t>Herkesten Bir Şey Öğrendim</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>195</v>
+        <v>540</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789751419644</t>
+          <t>9789751417060</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri</t>
+          <t>İlk 100 Taşıt ve Diğer Araçlar (Sürpriz Kapaklı)</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>270</v>
+        <v>685</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789751419583</t>
+          <t>9789751416575</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Kral Kaybederse</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789751419088</t>
+          <t>9789751415929</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>İlk Renkler Kitabım (Ciltli)</t>
+          <t>Diyabetik Ziyafet</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>385</v>
+        <v>360</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789751422057</t>
+          <t>9789751407092</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yatırım Fonları</t>
+          <t>Ali Kutu Kutu İçinde</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789751422064</t>
+          <t>9789751410023</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sorumluluk</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789751409492</t>
+          <t>9789751401281</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Rekabette Fark Yaratan Ekip Çalışması Ekip Liderinin El Kitabı</t>
+          <t>Kültür Üzerine</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789751411853</t>
+          <t>9789751419736</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yöneticinin El Kitabı</t>
+          <t>Evde Şarap El Kitabı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>315</v>
+        <v>430</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789751408518</t>
+          <t>9789751413536</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Şirketleri Yaratan İş Liderleri İş Liderlerinin El Kitabı</t>
+          <t>Osmanlı Ermenileri</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789751420657</t>
+          <t>9789751410863</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce veya Politik İktisadın Evrimi</t>
+          <t>Oynamak İster misin?</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789751413789</t>
+          <t>9789751419408</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumbilimcileri</t>
+          <t>Bedenle Konuşan Zihin</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>1020</v>
+        <v>285</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789751416582</t>
+          <t>9789751422231</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar, Mezarlar ve Bilginler</t>
+          <t>Ekran Çocukları</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>600</v>
+        <v>195</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789751421142</t>
+          <t>9789751419644</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım - Dört Mevsimlik Akıl Defterim</t>
+          <t>Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>615</v>
+        <v>270</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789751413826</t>
+          <t>9789751419583</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Sakin Cennet</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789751419859</t>
+          <t>9789751419088</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Antakya ve Yemekleri</t>
+          <t>İlk Renkler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>660</v>
+        <v>385</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789751422026</t>
+          <t>9789751422057</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Korsan Macerası Etkinlik Kitabı</t>
+          <t>Herkes İçin Yatırım Fonları</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789751422019</t>
+          <t>9789751422064</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Haydi Yola Çıkıyoruz!</t>
+          <t>Kurumsal Sorumluluk</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789751422453</t>
+          <t>9789751409492</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Başöğretmenin Yolunda</t>
+          <t>Rekabette Fark Yaratan Ekip Çalışması Ekip Liderinin El Kitabı</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789751421999</t>
+          <t>9789751411853</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bir Aliye Rona Vardı</t>
+          <t>Yeni Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>280</v>
+        <v>315</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789751421982</t>
+          <t>9789751408518</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Güçlü Şirketleri Yaratan İş Liderleri İş Liderlerinin El Kitabı</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789751421975</t>
+          <t>9789751420657</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Flores Kadınlarının Laneti</t>
+          <t>İktisadi Düşünce veya Politik İktisadın Evrimi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789751421715</t>
+          <t>9789751413789</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Hatasız Sınıf</t>
+          <t>Türk Toplumbilimcileri</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>410</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789751421968</t>
+          <t>9789751416582</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>İlter Türkmen</t>
+          <t>Tanrılar, Mezarlar ve Bilginler</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789751421951</t>
+          <t>9789751421142</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Yatırım</t>
+          <t>Yol Arkadaşım - Dört Mevsimlik Akıl Defterim</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>570</v>
+        <v>615</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789751420671</t>
+          <t>9789751413826</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında İletişim</t>
+          <t>Sakin Cennet</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789751421500</t>
+          <t>9789751419859</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam Cilt: 2 1938-1950</t>
+          <t>Antakya ve Yemekleri</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>495</v>
+        <v>660</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789751414977</t>
+          <t>9789751422026</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Ağlama Smyrna, Döneceğim</t>
+          <t>Korsan Macerası Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789751415011</t>
+          <t>9789751422019</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Siyasal İslam’la Dansı</t>
+          <t>Haydi Yola Çıkıyoruz!</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789751408334</t>
+          <t>9789751422453</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Bir Ada</t>
+          <t>Başöğretmenin Yolunda</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789751414137</t>
+          <t>9789751421999</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji</t>
+          <t>Bir Aliye Rona Vardı</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>355</v>
+        <v>280</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789751419149</t>
+          <t>9789751421982</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Saygılı Anne Baba Saygılı Çocuk</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789751418128</t>
+          <t>9789751421975</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İki Devir İki Kadın</t>
+          <t>Flores Kadınlarının Laneti</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>355</v>
+        <v>320</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789751416896</t>
+          <t>9789751421715</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Akılsız Duyguların Cezasını Kararlar Çeker</t>
+          <t>Hatasız Sınıf</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>325</v>
+        <v>410</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789751417602</t>
+          <t>9789751421968</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>İlter Türkmen</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789751418845</t>
+          <t>9789751421951</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Bana Hazır mısın Anne?</t>
+          <t>Dijital Çağda Yatırım</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>390</v>
+        <v>570</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789751418883</t>
+          <t>9789751420671</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Bak Dokun Hisset (Ciltli)</t>
+          <t>İş Yaşamında İletişim</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>590</v>
+        <v>210</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789751419903</t>
+          <t>9789751421500</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Bak, Dokun, Hisset: Haydi Oynayalım (Ciltli)</t>
+          <t>İkinci Adam Cilt: 2 1938-1950</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>590</v>
+        <v>495</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789751421944</t>
+          <t>9789751414977</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi 'Satan' Adam</t>
+          <t>Ağlama Smyrna, Döneceğim</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789751415578</t>
+          <t>9789751415011</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Sözcük (Küçük Boy) (Ciltli)</t>
+          <t>ABD’nin Siyasal İslam’la Dansı</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789751418166</t>
+          <t>9789751408334</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe İlk 100 Sözcük (Ciltli)</t>
+          <t>Cehennemde Bir Ada</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>685</v>
+        <v>430</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789751416407</t>
+          <t>9789751414137</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Kapaklı İlk 100 Sözcük</t>
+          <t>Çevre ve Ekoloji</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>685</v>
+        <v>355</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789751417107</t>
+          <t>9789751419149</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Renkler Şekiller</t>
+          <t>Saygılı Anne Baba Saygılı Çocuk</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>385</v>
+        <v>360</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789751417053</t>
+          <t>9789751418128</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Kapaklı İlk 100 Hayvan</t>
+          <t>İki Devir İki Kadın</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>685</v>
+        <v>355</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789751421074</t>
+          <t>9789751416896</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze Kartları</t>
+          <t>Akılsız Duyguların Cezasını Kararlar Çeker</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>625</v>
+        <v>325</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789751410948</t>
+          <t>9789751417602</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile İlgili Cevaplar Kitabı (Ciltli)</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789751421937</t>
+          <t>9789751418845</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevgili '6 Silahşörler'im</t>
+          <t>Bana Hazır mısın Anne?</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789751416841</t>
+          <t>9789751418883</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Gençleri Anlamak</t>
+          <t>Bak Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>270</v>
+        <v>590</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789751421913</t>
+          <t>9789751419903</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Güneşte Geçmiş (Ciltli)</t>
+          <t>Bak, Dokun, Hisset: Haydi Oynayalım (Ciltli)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>400</v>
+        <v>590</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789751421906</t>
+          <t>9789751421944</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Plaj Macerası Etkinlik Kitabı</t>
+          <t>Türkiye'yi 'Satan' Adam</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789751419576</t>
+          <t>9789751415578</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam 3 Cilt Takım (Büyük Boy)</t>
+          <t>İlk 100 Sözcük (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>1875</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789751421876</t>
+          <t>9789751418166</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Öyküsü</t>
+          <t>İngilizce - Türkçe İlk 100 Sözcük (Ciltli)</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>1180</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789751421883</t>
+          <t>9789751416407</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Vatanı Anadolu</t>
+          <t>Sürpriz Kapaklı İlk 100 Sözcük</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>315</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050603835</t>
+          <t>9789751417107</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dönüşümün Kalbi</t>
+          <t>Sayılar Renkler Şekiller</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>100</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050603859</t>
+          <t>9789751417053</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Şefkatle Öğretmek</t>
+          <t>Sürpriz Kapaklı İlk 100 Hayvan</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>100</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786050603842</t>
+          <t>9789751421074</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Pratik Maneviyat</t>
+          <t>Yüz Yüze Kartları</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>100</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786050603866</t>
+          <t>9789751410948</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Şaşırtıcı Amacı</t>
+          <t>Aşk ile İlgili Cevaplar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050603897</t>
+          <t>9789751421937</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Kendim Olmak Seni Sevmek</t>
+          <t>Benim Sevgili '6 Silahşörler'im</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786050603873</t>
+          <t>9789751416841</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Şefkatle Yetiştirmek</t>
+          <t>Gençleri Anlamak</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786050603880</t>
+          <t>9789751421913</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Acıyı Geride Bırakmak</t>
+          <t>Güneşte Geçmiş (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789751411983</t>
+          <t>9789751421906</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Üstüne Tırmanırken</t>
+          <t>Plaj Macerası Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789751419538</t>
+          <t>9789751419576</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Kırtasiye Dükkanı</t>
+          <t>Tek Adam 3 Cilt Takım (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>390</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789751408945</t>
+          <t>9789751421876</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Çamlıca'nın Üç Gülü</t>
+          <t>Modern Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>385</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789751419569</t>
+          <t>9789751421883</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 1 (Büyük Boy)</t>
+          <t>Tanrıların Vatanı Anadolu</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>500</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789751421869</t>
+          <t>9786050603835</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Toplumsal Dönüşümün Kalbi</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789751421852</t>
+          <t>9786050603859</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Milli Meclis</t>
+          <t>Şefkatle Öğretmek</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>740</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789751421845</t>
+          <t>9786050603842</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Ayağımın Tozuyla Aşk</t>
+          <t>Pratik Maneviyat</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789751421821</t>
+          <t>9786050603866</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Annemle Konuşmalar</t>
+          <t>Öfkenin Şaşırtıcı Amacı</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789751413666</t>
+          <t>9786050603897</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Makro-Ekonomi</t>
+          <t>Kendim Olmak Seni Sevmek</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789751421814</t>
+          <t>9786050603873</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Verda</t>
+          <t>Çocukları Şefkatle Yetiştirmek</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789751421777</t>
+          <t>9786050603880</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Aramızdaki Acıyı Geride Bırakmak</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789751421784</t>
+          <t>9789751411983</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomi - 21. Yüzyıla Özgü Yaklaşımlar</t>
+          <t>Bulutların Üstüne Tırmanırken</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789751421739</t>
+          <t>9789751419538</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Değişimi</t>
+          <t>Kırtasiye Dükkanı</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>540</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789751421760</t>
+          <t>9789751408945</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Şaheserim</t>
+          <t>Milli Mücadele'de Çamlıca'nın Üç Gülü</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>205</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789751421753</t>
+          <t>9789751419569</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Gölgesine Tutsak</t>
+          <t>Tek Adam Cilt 1 (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789751419064</t>
+          <t>9789751421869</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'te Beyoğlu</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789751418746</t>
+          <t>9789751421852</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Milli Meclis</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>150</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789751419026</t>
+          <t>9789751421845</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Yerel'den Global'e</t>
+          <t>Ayağımın Tozuyla Aşk</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789751412966</t>
+          <t>9789751421821</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Cyrano de Bergerac</t>
+          <t>Annemle Konuşmalar</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789751413147</t>
+          <t>9789751413666</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Politikaları Bugün de Aynı: Böl ve Yut</t>
+          <t>Makro-Ekonomi</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789751421562</t>
+          <t>9789751421814</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Örneklerle Ekonomi Politikası</t>
+          <t>Verda</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789751421708</t>
+          <t>9789751421777</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>470</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789751421722</t>
+          <t>9789751421784</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler ve İnsanlar</t>
+          <t>Yeni Ekonomi - 21. Yüzyıla Özgü Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789751421678</t>
+          <t>9789751421739</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Çocukları</t>
+          <t>Türkiye'nin Değişimi</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789751421685</t>
+          <t>9789751421760</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Kulüp, Stadyum</t>
+          <t>Benim Küçük Şaheserim</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>715</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789751421692</t>
+          <t>9789751421753</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Anda Kalmak</t>
+          <t>Gölgesine Tutsak</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789751421661</t>
+          <t>9789751419064</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara ve Büyüklere Masallar</t>
+          <t>Cumhuriyet'te Beyoğlu</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789751421630</t>
+          <t>9789751418746</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsimlik Günlüğüm (Ciltli)</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>615</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789751421623</t>
+          <t>9789751419026</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Doğru 52 Hafta</t>
+          <t>Yerel'den Global'e</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>520</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789751421517</t>
+          <t>9789751412966</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam (Cilt 3) 1950 - 1964</t>
+          <t>Cyrano de Bergerac</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>590</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789751421616</t>
+          <t>9789751413147</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yapay Zekâ, Ben İnsan!</t>
+          <t>Batı’nın Politikaları Bugün de Aynı: Böl ve Yut</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789751421609</t>
+          <t>9789751421562</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Türkiye'den Örneklerle Ekonomi Politikası</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>420</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789751421593</t>
+          <t>9789751421708</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Son Yüzyıl</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>650</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789751421579</t>
+          <t>9789751421722</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Teknik Resim</t>
+          <t>Kelebekler ve İnsanlar</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>900</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789751421586</t>
+          <t>9789751421678</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Günlerine Doğru Sanat ve Siyaset</t>
+          <t>Savaşın Çocukları</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789751421494</t>
+          <t>9789751421685</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam Cilt: 1 1884-1938</t>
+          <t>Siyaset, Kulüp, Stadyum</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>500</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789751421531</t>
+          <t>9789751421692</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yaşamanın İmkansızlığı Üzerine Bir Diyalog</t>
+          <t>Anda Kalmak</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789751421524</t>
+          <t>9789751421661</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Konuşmanın İmkansızlığı Üzerine Bir Diyalog</t>
+          <t>Çocuklara ve Büyüklere Masallar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789751421487</t>
+          <t>9789751421630</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kuzenler</t>
+          <t>Dört Mevsimlik Günlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>280</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789751421470</t>
+          <t>9789751421623</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Cumhuriyet'e Doğru 52 Hafta</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>195</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789751421463</t>
+          <t>9789751421517</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>İkinci Adam (Cilt 3) 1950 - 1964</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>195</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789751421418</t>
+          <t>9789751421616</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt 3</t>
+          <t>Merhaba Yapay Zekâ, Ben İnsan!</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789751421456</t>
+          <t>9789751421609</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Yargıcın Listesi</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789751421449</t>
+          <t>9789751421593</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Fon</t>
+          <t>Son Yüzyıl</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>355</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789751421432</t>
+          <t>9789751421579</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Yol Yakınken</t>
+          <t>Mimarlıkta Teknik Resim</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>470</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789751421425</t>
+          <t>9789751421586</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Aklın Uçurumunda</t>
+          <t>Pandemi Günlerine Doğru Sanat ve Siyaset</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789751421401</t>
+          <t>9789751421494</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>İkinci Adam Cilt: 1 1884-1938</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789751421302</t>
+          <t>9789751421531</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Müzik</t>
+          <t>Yaşamanın İmkansızlığı Üzerine Bir Diyalog</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>1170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789751420893</t>
+          <t>9789751421524</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa (1. Cilt)</t>
+          <t>Konuşmanın İmkansızlığı Üzerine Bir Diyalog</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>615</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789751421371</t>
+          <t>9789751421487</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt 2</t>
+          <t>Muhteşem Kuzenler</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>580</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789751421395</t>
+          <t>9789751421470</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Anda Kalarak Olmak Üzere Yaşamak</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789751421166</t>
+          <t>9789751421463</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C1061" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789751421227</t>
+          <t>9789751421418</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim Yardımcı El Kitabı</t>
+          <t>Enver Paşa Cilt 3</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>270</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789751421340</t>
+          <t>9789751421456</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Stalingrad'da Kar Topu</t>
+          <t>Yargıcın Listesi</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789751421357</t>
+          <t>9789751421449</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Toprak Uyanırsa</t>
+          <t>Fon</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>460</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789751421319</t>
+          <t>9789751421432</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmede Psikolojik Taktikler</t>
+          <t>Yol Yakınken</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>270</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789751421326</t>
+          <t>9789751421425</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Devrimin ve Karşı Devrimin Yüz Yılı</t>
+          <t>Aklın Uçurumunda</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789751421296</t>
+          <t>9789751421401</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Selanik</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789751421272</t>
+          <t>9789751421302</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu</t>
+          <t>Zaman İçinde Müzik</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>195</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789751421289</t>
+          <t>9789751420893</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Enver Paşa (1. Cilt)</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>195</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789751421258</t>
+          <t>9789751421371</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Figür Çizimi</t>
+          <t>Enver Paşa Cilt 2</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>1180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789751421265</t>
+          <t>9789751421395</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Övgüler, Yergiler, Atışmalar</t>
+          <t>Anda Kalarak Olmak Üzere Yaşamak</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789751421234</t>
+          <t>9789751421166</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim (Kutulu Takım)</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>610</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789751421241</t>
+          <t>9789751421227</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sokağı</t>
+          <t>Şiddetsiz İletişim Yardımcı El Kitabı</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789751421203</t>
+          <t>9789751421340</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaş</t>
+          <t>Stalingrad'da Kar Topu</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>745</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789751421180</t>
+          <t>9789751421357</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Türkiye Sınavı</t>
+          <t>Toprak Uyanırsa</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789751421159</t>
+          <t>9789751421319</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Yazmak... Zamanı Aşmak</t>
+          <t>Çocuk Yetiştirmede Psikolojik Taktikler</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789751421197</t>
+          <t>9789751421326</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Devrimin ve Karşı Devrimin Yüz Yılı</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789751421173</t>
+          <t>9789751421296</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Selanik</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>195</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789751421135</t>
+          <t>9789751421272</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Bana İyi Bir Finansçı Bulun!</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789751421104</t>
+          <t>9789751421289</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1080" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789751421098</t>
+          <t>9789751421258</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Figür Çizimi</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>195</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789751421128</t>
+          <t>9789751421265</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Devrimin ve Karşı Devrimin Yüz Yılı - 2: Karşı Devrim Filizleri ve Darbeleri 1971-2002</t>
+          <t>Övgüler, Yergiler, Atışmalar</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>615</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789751421081</t>
+          <t>9789751421234</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlığa Övgü</t>
+          <t>Şiddetsiz İletişim (Kutulu Takım)</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>230</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789751421067</t>
+          <t>9789751421241</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Olives and Olive Oil (Ciltli)</t>
+          <t>Hayat Sokağı</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>1470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789751421012</t>
+          <t>9789751421203</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Muazzez - 110 Yaşın Sırları ve Hayata Dair Tavsiyeler</t>
+          <t>Büyük Savaş</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>285</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789751421029</t>
+          <t>9789751421180</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Çöküşten Zafere Lozan</t>
+          <t>Avrupa Birliği’nin Türkiye Sınavı</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789751420992</t>
+          <t>9789751421159</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi Cephesi</t>
+          <t>Yazmak... Zamanı Aşmak</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789751419507</t>
+          <t>9789751421197</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>İş Görür Düşler</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789751420695</t>
+          <t>9789751421173</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>New York'u Yaşamak</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>410</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789751420862</t>
+          <t>9789751421135</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Ana - Baba El Kitabı</t>
+          <t>Bana İyi Bir Finansçı Bulun!</t>
         </is>
       </c>
       <c r="C1090" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789751419675</t>
+          <t>9789751421104</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Gelişim Özellikleriyle Okul Çağı Çocuğu</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789751420022</t>
+          <t>9789751421098</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>1000 İngilizce Türkçe Sözcük</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>600</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789751421005</t>
+          <t>9789751421128</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalar, Polemikler, Kavgalar</t>
+          <t>Devrimin ve Karşı Devrimin Yüz Yılı - 2: Karşı Devrim Filizleri ve Darbeleri 1971-2002</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>385</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789751421043</t>
+          <t>9789751421081</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Emine</t>
+          <t>Başarısızlığa Övgü</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>385</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789751421036</t>
+          <t>9789751421067</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kreutzer Sonat</t>
+          <t>Olives and Olive Oil (Ciltli)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>160</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789751420985</t>
+          <t>9789751421012</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Nüzhet</t>
+          <t>Muazzam Muazzez - 110 Yaşın Sırları ve Hayata Dair Tavsiyeler</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789751420978</t>
+          <t>9789751421029</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynin Rehberi</t>
+          <t>Çöküşten Zafere Lozan</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>270</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789751420947</t>
+          <t>9789751420992</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları - İstanbul’un Öteki Yüzü</t>
+          <t>Diplomasi Cephesi</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789751420961</t>
+          <t>9789751419507</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Ruh-u Revan: Şemseddin Sami ve Ali Sami'nin Romanı</t>
+          <t>İş Görür Düşler</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>690</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789751420954</t>
+          <t>9789751420695</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Devrimin ve Karşı Devrimin Yüz Yılı 1: Savaş, Devrim ve Tepkiler 1919 - 1971</t>
+          <t>New York'u Yaşamak</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>430</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789751420923</t>
+          <t>9789751420862</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi’nde Yanan Meşale</t>
+          <t>Ana - Baba El Kitabı</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789751420725</t>
+          <t>9789751419675</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Ekonomik Yemekler</t>
+          <t>Eğitim ve Gelişim Özellikleriyle Okul Çağı Çocuğu</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789751420916</t>
+          <t>9789751420022</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Zeytinyağı - Derin Köklerin Meyvesi (Ciltli)</t>
+          <t>1000 İngilizce Türkçe Sözcük</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>1360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789751420909</t>
+          <t>9789751421005</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Tartışmalar, Polemikler, Kavgalar</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>150</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789751420886</t>
+          <t>9789751421043</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Reformlar ve Türkiye</t>
+          <t>Emine</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789751420855</t>
+          <t>9789751421036</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Deneyimler (Ciltli)</t>
+          <t>Kreutzer Sonat</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>865</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789751420602</t>
+          <t>9789751420985</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Diyaloglar</t>
+          <t>Nüzhet</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>595</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789751420879</t>
+          <t>9789751420978</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Seçen Kadın</t>
+          <t>Ebeveynin Rehberi</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789751420848</t>
+          <t>9789751420947</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Deneyimler</t>
+          <t>Zamanın Kapıları - İstanbul’un Öteki Yüzü</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>560</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789751420831</t>
+          <t>9789751420961</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Ruh-u Revan: Şemseddin Sami ve Ali Sami'nin Romanı</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>175</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789751420817</t>
+          <t>9789751420954</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Beden Çalanlar</t>
+          <t>Devrimin ve Karşı Devrimin Yüz Yılı 1: Savaş, Devrim ve Tepkiler 1919 - 1971</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789751420824</t>
+          <t>9789751420923</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Sahte Kupon</t>
+          <t>Boğaziçi’nde Yanan Meşale</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789751420800</t>
+          <t>9789751420725</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Bir Tıp Şehidi : Salâhattin Mehmet Erk</t>
+          <t>Kolay ve Ekonomik Yemekler</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789751420787</t>
+          <t>9789751420916</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Buluşmalar</t>
+          <t>Zeytinyağı - Derin Köklerin Meyvesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>255</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789751420794</t>
+          <t>9789751420909</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Sahte Sultan</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789751420756</t>
+          <t>9789751420886</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti 1946 - 1960</t>
+          <t>Yapısal Reformlar ve Türkiye</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>740</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789751419491</t>
+          <t>9789751420855</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Neredeyse,Tanrı Oradadır</t>
+          <t>Deneyimler (Ciltli)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>150</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789751420749</t>
+          <t>9789751420602</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk</t>
+          <t>Diyaloglar</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>150</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789751420701</t>
+          <t>9789751420879</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Aynaya Bakma Cesareti</t>
+          <t>Hayatını Seçen Kadın</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>235</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789751420732</t>
+          <t>9789751420848</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Ona Ne Danışacağız ki</t>
+          <t>Deneyimler</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>220</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789751420688</t>
+          <t>9789751420831</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Polikuşka</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789751420664</t>
+          <t>9789751420817</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Yaşatan ve Yok Eden Normlar</t>
+          <t>Beden Çalanlar</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789751420626</t>
+          <t>9789751420824</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Nathalie’nin Mutfak Hikayeleri (Ciltli)</t>
+          <t>Sahte Kupon</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>1740</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789751420640</t>
+          <t>9789751420800</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Hatırda Kalanlar</t>
+          <t>Bir Tıp Şehidi : Salâhattin Mehmet Erk</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>470</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789751420619</t>
+          <t>9789751420787</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Afyon Mutfağından Dünya Mutfağına Lezzet Yolculuğu</t>
+          <t>Buluşmalar</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>705</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789751420633</t>
+          <t>9789751420794</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçinin Gözünden Suriye</t>
+          <t>Sahte Sultan</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789751421210</t>
+          <t>9789751420756</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>İlk 1000 Sözcük</t>
+          <t>Demokrat Parti 1946 - 1960</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>565</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789751419934</t>
+          <t>9789751419491</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>İzmirli Dario</t>
+          <t>Sevgi Neredeyse,Tanrı Oradadır</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789751420107</t>
+          <t>9789751420749</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Gerçeği Görür Ama Bekler</t>
+          <t>Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C1129" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789751420046</t>
+          <t>9789751420701</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Aydınlatan Muhteşem Kadın Dostlarım</t>
+          <t>Aynaya Bakma Cesareti</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>470</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789751420084</t>
+          <t>9789751420732</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Mülakata Giderken</t>
+          <t>Ona Ne Danışacağız ki</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789751420053</t>
+          <t>9789751420688</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ruhunun Cevheri Ruhsal Dayanıklılık</t>
+          <t>Polikuşka</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789751420077</t>
+          <t>9789751420664</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Vitaminli Ekonomiks</t>
+          <t>Yaşatan ve Yok Eden Normlar</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789751420060</t>
+          <t>9789751420626</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Pelikülden Dijitale Yolculuğum...</t>
+          <t>Nathalie’nin Mutfak Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>210</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789751419965</t>
+          <t>9789751420640</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Galata</t>
+          <t>Hatırda Kalanlar</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>580</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789751420015</t>
+          <t>9789751420619</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Onkolojide Çocuk Beslenmesi ve Yemek Tarifleri</t>
+          <t>Afyon Mutfağından Dünya Mutfağına Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>780</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789751420008</t>
+          <t>9789751420633</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Arkabahçe</t>
+          <t>Büyükelçinin Gözünden Suriye</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>175</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789751419989</t>
+          <t>9789751421210</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Efendi ve Uşak</t>
+          <t>İlk 1000 Sözcük</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>150</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789751418579</t>
+          <t>9789751419934</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Çek, Düzenle Paylaş</t>
+          <t>İzmirli Dario</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>355</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789751419972</t>
+          <t>9789751420107</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Senin, Meliha</t>
+          <t>Tanrı Gerçeği Görür Ama Bekler</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789751419958</t>
+          <t>9789751420046</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Mağazacılık</t>
+          <t>Hayatımızı Aydınlatan Muhteşem Kadın Dostlarım</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>285</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789751419927</t>
+          <t>9789751420084</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca</t>
+          <t>Mülakata Giderken</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789751419910</t>
+          <t>9789751420053</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Amok</t>
+          <t>İnsan Ruhunun Cevheri Ruhsal Dayanıklılık</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789751419897</t>
+          <t>9789751420077</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Vitaminli Ekonomiks</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789751419880</t>
+          <t>9789751420060</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Şirket - Quo Vadis?</t>
+          <t>Pelikülden Dijitale Yolculuğum...</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>870</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789751419873</t>
+          <t>9789751419965</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Galata</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789751419866</t>
+          <t>9789751420015</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Onkolojide Çocuk Beslenmesi ve Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>150</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789751419842</t>
+          <t>9789751420008</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler 2015 - 2020</t>
+          <t>Arkabahçe</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>680</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789751419804</t>
+          <t>9789751419989</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>O Muydu?</t>
+          <t>Efendi ve Uşak</t>
         </is>
       </c>
       <c r="C1149" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789751419828</t>
+          <t>9789751418579</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Adalet Peşinde</t>
+          <t>Çek, Düzenle Paylaş</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789751419811</t>
+          <t>9789751419972</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomi Düzeni</t>
+          <t>Senin, Meliha</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789751419774</t>
+          <t>9789751419958</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Inferis</t>
+          <t>Mağazacılık</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>430</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789751419798</t>
+          <t>9789751419927</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Bana Hazır mısın? (Kutulu 2 Kitap Takım)</t>
+          <t>Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>680</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789751419705</t>
+          <t>9789751419910</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Amok</t>
         </is>
       </c>
       <c r="C1154" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789751419767</t>
+          <t>9789751419897</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Bana Hazır mısın Baba?</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789751419750</t>
+          <t>9789751419880</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Endekslerle Türkiye Ekonomisi</t>
+          <t>Şirket - Quo Vadis?</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>475</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789751419729</t>
+          <t>9789751419873</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789751419699</t>
+          <t>9789751419866</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kalıcı Mutluluğun 7 Yolu</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789751419743</t>
+          <t>9789751419842</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Açılan Sinemamız ve Yeni Bir Kuşak</t>
+          <t>Hayatımızı Değiştiren Filmler 2015 - 2020</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>500</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789751419712</t>
+          <t>9789751419804</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Yazgısı</t>
+          <t>O Muydu?</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789751419651</t>
+          <t>9789751419828</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği</t>
+          <t>Adalet Peşinde</t>
         </is>
       </c>
       <c r="C1161" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789751419668</t>
+          <t>9789751419811</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Homeros Odysseia</t>
+          <t>Küresel Ekonomi Düzeni</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789751419682</t>
+          <t>9789751419774</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Inferis</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789751419385</t>
+          <t>9789751419798</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Parkta Eğlenelim (Ciltli)</t>
+          <t>Bana Hazır mısın? (Kutulu 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>480</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789751419392</t>
+          <t>9789751419705</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Yatmaya Hazırlanalım (Ciltli)</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789751419620</t>
+          <t>9789751419767</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Dile ki Uzun Sürsün Yolun</t>
+          <t>Bana Hazır mısın Baba?</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789751419545</t>
+          <t>9789751419750</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 3 (Büyük Boy)</t>
+          <t>Endekslerle Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>685</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789751419552</t>
+          <t>9789751419729</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 2 (Büyük Boy)</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>690</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789751419484</t>
+          <t>9789751419699</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Mektuplar ve Son Yazılar</t>
+          <t>Kalıcı Mutluluğun 7 Yolu</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789751419514</t>
+          <t>9789751419743</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>İşgal</t>
+          <t>Dünyaya Açılan Sinemamız ve Yeni Bir Kuşak</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>740</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789751419521</t>
+          <t>9789751419712</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Herkese Göre Finans</t>
+          <t>Smyrna'nın Yazgısı</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>175</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789751419477</t>
+          <t>9789751419651</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789751419453</t>
+          <t>9789751419668</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>İlk Hamle</t>
+          <t>Homeros Odysseia</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>355</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789751419415</t>
+          <t>9789751419682</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı - Cem Duna</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789751419422</t>
+          <t>9789751419385</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Feride ve Kızları</t>
+          <t>Parkta Eğlenelim (Ciltli)</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9789751419460</t>
+          <t>9789751419392</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşlanmak</t>
+          <t>Yatmaya Hazırlanalım (Ciltli)</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789751419446</t>
+          <t>9789751419620</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamındaki 24 Saat</t>
+          <t>Dile ki Uzun Sürsün Yolun</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9789751418548</t>
+          <t>9789751419545</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist Cep Boy</t>
+          <t>Tek Adam Cilt 3 (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>145</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789751419378</t>
+          <t>9789751419552</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Tek Adam Cilt 2 (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>165</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789751419354</t>
+          <t>9789751419484</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki İnsanlar</t>
+          <t>Kırmızı Mektuplar ve Son Yazılar</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>360</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789751419347</t>
+          <t>9789751419514</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>İşgal</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>435</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789751419316</t>
+          <t>9789751419521</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Herkese Göre Finans</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>740</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789751419323</t>
+          <t>9789751419477</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Abdi İpekçi'nin Dramatik Yaşam Öyküsü</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>360</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9789751419330</t>
+          <t>9789751419453</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>İlk Hamle</t>
         </is>
       </c>
       <c r="C1184" s="1">
         <v>355</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789751419293</t>
+          <t>9789751419415</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Mimariyi Keşfedelim</t>
+          <t>Sıra Dışı - Cem Duna</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789751419309</t>
+          <t>9789751419422</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Kağnı - Ses</t>
+          <t>Feride ve Kızları</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9789751419279</t>
+          <t>9789751419460</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Tadında Yolculuk (Ciltli)</t>
+          <t>Mutlu Yaşlanmak</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>920</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9789751419163</t>
+          <t>9789751419446</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Cep Sözlüğü</t>
+          <t>Bir Kadının Yaşamındaki 24 Saat</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789751419248</t>
+          <t>9789751418548</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Oliver Twist Cep Boy</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>230</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789751419231</t>
+          <t>9789751419378</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>3 Silahşörler</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789751419224</t>
+          <t>9789751419354</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>İçimizdeki İnsanlar</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789751419262</t>
+          <t>9789751419347</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Anı ve Mektuplarda Melih Cevdet Anday</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>250</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789751419255</t>
+          <t>9789751419316</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>150</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789751419200</t>
+          <t>9789751419323</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>50 Unutulmaz Film Daha</t>
+          <t>Gazeteci Abdi İpekçi'nin Dramatik Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789751419187</t>
+          <t>9789751419330</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Özgür - The Free Beloved Hero</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>375</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789751418074</t>
+          <t>9789751419293</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Köyden Biri</t>
+          <t>Mimariyi Keşfedelim</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>230</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789751419194</t>
+          <t>9789751419309</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kağnı - Ses</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789751419170</t>
+          <t>9789751419279</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Tadında Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>250</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789751419156</t>
+          <t>9789751419163</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Mimarlık Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789751419125</t>
+          <t>9789751419248</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Temelleri</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789751419118</t>
+          <t>9789751419231</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Profesör</t>
+          <t>3 Silahşörler</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789751419101</t>
+          <t>9789751419224</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789751419057</t>
+          <t>9789751419262</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Yüzler</t>
+          <t>Anı ve Mektuplarda Melih Cevdet Anday</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789751419033</t>
+          <t>9789751419255</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Yumurta Nasıl Kırılır?</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789751419040</t>
+          <t>9789751419200</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>50 Unutulmaz Film Daha</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789751419019</t>
+          <t>9789751419187</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Özgür - The Free Beloved Hero</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789751418876</t>
+          <t>9789751418074</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Çay</t>
+          <t>Uzaktaki Köyden Biri</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>465</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9789751418968</t>
+          <t>9789751419194</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789751419002</t>
+          <t>9789751419170</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Kitaptan Düşen Kurt</t>
+          <t>Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789751417992</t>
+          <t>9789751419156</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>İlk İşim</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789751418975</t>
+          <t>9789751419125</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Botter Apartmanı</t>
+          <t>Ekonominin Temelleri</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>270</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789751418906</t>
+          <t>9789751419118</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Profesör</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789751418951</t>
+          <t>9789751419101</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Paris Sürgünü</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>235</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789751418920</t>
+          <t>9789751419057</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Varsa Yoksa İletişim</t>
+          <t>Aynadaki Yüzler</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789751418944</t>
+          <t>9789751419033</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürden Seçilmiş Tablolar</t>
+          <t>Yumurta Nasıl Kırılır?</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>470</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789751418890</t>
+          <t>9789751419040</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>1919 Mustafa Kemal Mucizesi</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789751418852</t>
+          <t>9789751419019</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789751418838</t>
+          <t>9789751418876</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal ve Nazım Hikmet</t>
+          <t>Çay</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>175</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789751418821</t>
+          <t>9789751418968</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Bir Yolculuk Olarak Liderlik</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789751418814</t>
+          <t>9789751419002</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Tarihi Yarımadası Yedikule Samatya</t>
+          <t>Kitaptan Düşen Kurt</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789751418760</t>
+          <t>9789751417992</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreç İçinde Dünya Ekonomisi</t>
+          <t>İlk İşim</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789751418715</t>
+          <t>9789751418975</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Zeki Müren</t>
+          <t>Botter Apartmanı</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789751418685</t>
+          <t>9789751418906</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Bakır Tencere</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>1020</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789751418678</t>
+          <t>9789751418951</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Babıali'nin Öteki Yüzü</t>
+          <t>Paris Sürgünü</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789751418524</t>
+          <t>9789751418920</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Varsa Yoksa İletişim</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>145</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789751417794</t>
+          <t>9789751418944</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu</t>
+          <t>Bir Ömürden Seçilmiş Tablolar</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>740</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789751418654</t>
+          <t>9789751418890</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Afrika</t>
+          <t>1919 Mustafa Kemal Mucizesi</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>360</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789751418630</t>
+          <t>9789751418852</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Tao The Ching (Erdem Rehberi)</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789751418616</t>
+          <t>9789751418838</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Yahya Kemal ve Nazım Hikmet</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789751418609</t>
+          <t>9789751418821</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Bir Yolculuk Olarak Liderlik</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789751418586</t>
+          <t>9789751418814</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Kariyer ve Varoluş</t>
+          <t>İstanbul'un Tarihi Yarımadası Yedikule Samatya</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>390</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789751418593</t>
+          <t>9789751418760</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Dalavere</t>
+          <t>Tarihsel Süreç İçinde Dünya Ekonomisi</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>385</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789751418456</t>
+          <t>9789751418715</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Zeki Müren</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789751418319</t>
+          <t>9789751418685</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta Teknik Resim</t>
+          <t>Bakır Tencere</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>840</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789751418531</t>
+          <t>9789751418678</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sürecinde Türkiye</t>
+          <t>Babıali'nin Öteki Yüzü</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789751418517</t>
+          <t>9789751418524</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Emre Kongar Seçkisiyle Nutuk (Atatürk)</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789751418494</t>
+          <t>9789751417794</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Cevaplar Kitabı</t>
+          <t>Beyoğlu</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>450</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789751418463</t>
+          <t>9789751418654</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı</t>
+          <t>Büyülü Afrika</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789751418388</t>
+          <t>9789751418630</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler (Cep Boy)</t>
+          <t>Tao The Ching (Erdem Rehberi)</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789751418395</t>
+          <t>9789751418616</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Hamileyim</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789751418371</t>
+          <t>9789751418609</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Zen Ebeveynliği</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C1241" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789751418296</t>
+          <t>9789751418586</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sömürgesi</t>
+          <t>Kariyer ve Varoluş</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789751418302</t>
+          <t>9789751418593</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Dış Borçları</t>
+          <t>Dalavere</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>255</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789751418197</t>
+          <t>9789751418456</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Altın Çocuk</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789751418081</t>
+          <t>9789751418319</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>İç Mimarlıkta Teknik Resim</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>145</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789751418111</t>
+          <t>9789751418531</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Değişim Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789751418135</t>
+          <t>9789751418517</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Jeopolitik</t>
+          <t>Emre Kongar Seçkisiyle Nutuk (Atatürk)</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789751418142</t>
+          <t>9789751418494</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Zor Rota</t>
+          <t>Cevaplar Kitabı</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>530</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789751418104</t>
+          <t>9789751418463</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>O Güzel Atlara Binip Gidenler</t>
+          <t>Çanakkale Savaşı</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789751418067</t>
+          <t>9789751418388</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Suikast</t>
+          <t>Üç Silahşörler (Cep Boy)</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789751418098</t>
+          <t>9789751418395</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Miras: Atatürk’ün 7 Emaneti</t>
+          <t>Yaşasın Hamileyim</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789751417916</t>
+          <t>9789751418371</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Kitabı: Sözcükler</t>
+          <t>Zen Ebeveynliği</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789751418012</t>
+          <t>9789751418296</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Ceza Sömürgesi</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789751418029</t>
+          <t>9789751418302</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Kış Masalı</t>
+          <t>Osmanlı Devleti Dış Borçları</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789751418005</t>
+          <t>9789751418197</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Sahra 1911</t>
+          <t>Altın Çocuk</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789751417954</t>
+          <t>9789751418081</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Kurt Oyunu Oynayalım Mı? (Ciltli)</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>345</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789751417862</t>
+          <t>9789751418111</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Theo’ya Mektuplar</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789751417947</t>
+          <t>9789751418135</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Oya Başak: Kahkahanın Derinliği</t>
+          <t>Emperyalizm ve Jeopolitik</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789751417930</t>
+          <t>9789751418142</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Nişantaşı’nda</t>
+          <t>Zor Rota</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>235</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789751417893</t>
+          <t>9789751418104</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Gerçek Yaşam Becerileri</t>
+          <t>O Güzel Atlara Binip Gidenler</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789751417855</t>
+          <t>9789751418067</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Güney Postası</t>
+          <t>Suikast</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789751417879</t>
+          <t>9789751418098</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>İşim ve Ben</t>
+          <t>Miras: Atatürk’ün 7 Emaneti</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789751417824</t>
+          <t>9789751417916</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler - 2 (Midi Boy)</t>
+          <t>Bebeğimin İlk Kitabı: Sözcükler</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>145</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789751417770</t>
+          <t>9789751418012</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Güliver'in Seyahatleri (Midi Boy)</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789751417800</t>
+          <t>9789751418029</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Stresinizi Sevin</t>
+          <t>Kış Masalı</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789751417732</t>
+          <t>9789751418005</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in İsyan Muhtırası</t>
+          <t>Sahra 1911</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789751417725</t>
+          <t>9789751417954</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Kanlı Yıllar</t>
+          <t>Kurt Oyunu Oynayalım Mı? (Ciltli)</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>285</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789751417701</t>
+          <t>9789751417862</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Liderin Kitaplığı</t>
+          <t>Theo’ya Mektuplar</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789751417688</t>
+          <t>9789751417947</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Gürer Aykal: Şefle Yüz Yüze (Ciltli)</t>
+          <t>Oya Başak: Kahkahanın Derinliği</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>1170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789751417664</t>
+          <t>9789751417930</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Bir Zamanlar Nişantaşı’nda</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789751417565</t>
+          <t>9789751417893</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Çocuklar İçin Gerçek Yaşam Becerileri</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789751417572</t>
+          <t>9789751417855</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler-1</t>
+          <t>Güney Postası</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789751417657</t>
+          <t>9789751417879</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>İşim ve Ben</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789751417626</t>
+          <t>9789751417824</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Müzeyyen Senar Efsanesi</t>
+          <t>Ömer Seyfettin’den Seçmeler - 2 (Midi Boy)</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789751417534</t>
+          <t>9789751417770</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Gözyaşları</t>
+          <t>Güliver'in Seyahatleri (Midi Boy)</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>385</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789751417435</t>
+          <t>9789751417800</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kızılderili (Ciltli)</t>
+          <t>Stresinizi Sevin</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9789751417428</t>
+          <t>9789751417732</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Zehir Reis (Ciltli)</t>
+          <t>Mustafa Kemal’in İsyan Muhtırası</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>345</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789751417398</t>
+          <t>9789751417725</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Cep Boy)</t>
+          <t>Şanlı Kanlı Yıllar</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>145</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9789751417497</t>
+          <t>9789751417701</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Bulutlardan Yontma Kayalar</t>
+          <t>Liderin Kitaplığı</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789751417527</t>
+          <t>9789751417688</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Rezilyans</t>
+          <t>Gürer Aykal: Şefle Yüz Yüze (Ciltli)</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>270</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9789751417503</t>
+          <t>9789751417664</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Sağdıç</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789751417510</t>
+          <t>9789751417565</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Zemberek</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789751417473</t>
+          <t>9789751417572</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirler</t>
+          <t>Ömer Seyfettin’den Seçmeler-1</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>310</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9789751417459</t>
+          <t>9789751417657</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar Eleştiriler Anılar</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789751417350</t>
+          <t>9789751417626</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Teldolap - Bir Kavanoz Mucize</t>
+          <t>Müzeyyen Senar Efsanesi</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>750</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789751417367</t>
+          <t>9789751417534</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Analiz</t>
+          <t>Smyrna'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789751417312</t>
+          <t>9789751417435</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Dehanın Sesi</t>
+          <t>Küçük Kızılderili (Ciltli)</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789751417343</t>
+          <t>9789751417428</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kuşak Anne-Babalar ve Çocukları</t>
+          <t>Zehir Reis (Ciltli)</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>285</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789751417305</t>
+          <t>9789751417398</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Odak Noktamız Futbol</t>
+          <t>Pinokyo (Cep Boy)</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>435</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789751417282</t>
+          <t>9789751417497</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Küresel Terör ve Türkiye</t>
+          <t>Bulutlardan Yontma Kayalar</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9789751417145</t>
+          <t>9789751417527</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Sesleniyor</t>
+          <t>Çocukta Rezilyans</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789751417237</t>
+          <t>9789751417503</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Angel Dayı</t>
+          <t>Sağdıç</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789751417220</t>
+          <t>9789751417510</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Heykel</t>
+          <t>Zemberek</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9789751417213</t>
+          <t>9789751417473</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Derviş'in Aklı</t>
+          <t>Toplu Şiirler</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9789751420039</t>
+          <t>9789751417459</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltı / Brunch (Ciltli)</t>
+          <t>Yazarlar Eleştiriler Anılar</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>780</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789751417121</t>
+          <t>9789751417350</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Kısasa Kısas</t>
+          <t>Teldolap - Bir Kavanoz Mucize</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>165</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789751417138</t>
+          <t>9789751417367</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Kuşatmak</t>
+          <t>Ekonomide Analiz</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789751417183</t>
+          <t>9789751417312</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tabaklar</t>
+          <t>Dehanın Sesi</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789751416995</t>
+          <t>9789751417343</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Öğrenme</t>
+          <t>Yeni Kuşak Anne-Babalar ve Çocukları</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>315</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789751417091</t>
+          <t>9789751417305</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltı</t>
+          <t>Odak Noktamız Futbol</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>660</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789751417022</t>
+          <t>9789751417282</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Küresel Terör ve Türkiye</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789751407184</t>
+          <t>9789751417145</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Michel Strogoff</t>
+          <t>Atatürk Sesleniyor</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>145</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9789751410702</t>
+          <t>9789751417237</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Mış Gibi Yaşamlar</t>
+          <t>Angel Dayı</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789751407306</t>
+          <t>9789751417220</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Okula Öğrenmede İlk Adımlar</t>
+          <t>Yorgun Heykel</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>540</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789751416902</t>
+          <t>9789751417213</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Mikro Ekonomi</t>
+          <t>Derviş'in Aklı</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789751416988</t>
+          <t>9789751420039</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizle Yüzleşmek</t>
+          <t>Kahvaltı / Brunch (Ciltli)</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>420</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9789751416919</t>
+          <t>9789751417121</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Aşk Döngüleri</t>
+          <t>Kısasa Kısas</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789751416834</t>
+          <t>9789751417138</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Menderes - Irmağın Gölgesi</t>
+          <t>Güneşi Kuşatmak</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789751416933</t>
+          <t>9789751417183</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Sade/ce - Tüketim Olgusu Üzerine Denemeler</t>
+          <t>Neşeli Tabaklar</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789751416926</t>
+          <t>9789751416995</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Alan - Derin Bir Nefes</t>
+          <t>Ah Bu Öğrenme</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789751416797</t>
+          <t>9789751417091</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Anne ve Çocuk</t>
+          <t>Kahvaltı</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>280</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789751416698</t>
+          <t>9789751417022</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Yanılsama</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>1180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789751416766</t>
+          <t>9789751407184</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>0-1- Başla!</t>
+          <t>Michel Strogoff</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>540</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789751416742</t>
+          <t>9789751410702</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Siber Alemin Avatar Çocukları</t>
+          <t>Mış Gibi Yaşamlar</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>165</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789751416803</t>
+          <t>9789751407306</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Damdan Düşen Psikolog</t>
+          <t>Bebeklikten Okula Öğrenmede İlk Adımlar</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>625</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789751416810</t>
+          <t>9789751416902</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Leyla’lı Hikayeler</t>
+          <t>Mikro Ekonomi</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789751416728</t>
+          <t>9789751416988</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Eski Çiçekçi Sokağı</t>
+          <t>Tarihimizle Yüzleşmek</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789751416667</t>
+          <t>9789751416919</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Piknikte...</t>
+          <t>Aşk Döngüleri</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789751416650</t>
+          <t>9789751416834</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gezginler</t>
+          <t>Menderes - Irmağın Gölgesi</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789751416490</t>
+          <t>9789751416933</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Küçük Boy)</t>
+          <t>Sade/ce - Tüketim Olgusu Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9789751416711</t>
+          <t>9789751416926</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Suçlamaları ve Gerçekler</t>
+          <t>Alan - Derin Bir Nefes</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789751416674</t>
+          <t>9789751416797</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Çalışan Anne ve Çocuk</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789751416476</t>
+          <t>9789751416698</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>İki Deniz Arası Siyah Topraklar</t>
+          <t>Sanat ve Yanılsama</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>465</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789751416469</t>
+          <t>9789751416766</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Bir Türk Ressam</t>
+          <t>0-1- Başla!</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789751416971</t>
+          <t>9789751416742</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Dört İstanbul</t>
+          <t>Siber Alemin Avatar Çocukları</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>470</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789751414656</t>
+          <t>9789751416803</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Mememi Seviyorum</t>
+          <t>Damdan Düşen Psikolog</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>220</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789751411341</t>
+          <t>9789751416810</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlık Renkler</t>
+          <t>Leyla’lı Hikayeler</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789751412010</t>
+          <t>9789751416728</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilim Adamlarının Bakış Açısından İslam ve Modernite</t>
+          <t>Eski Çiçekçi Sokağı</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789751409461</t>
+          <t>9789751416667</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Türk Basın Tarihi</t>
+          <t>Piknikte...</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>555</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9789751412027</t>
+          <t>9789751416650</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Ruh Emici</t>
+          <t>Küçük Gezginler</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789751415271</t>
+          <t>9789751416490</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Küçük Prens (Küçük Boy)</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789751413642</t>
+          <t>9789751416711</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Onlar Benim Kahramanım</t>
+          <t>Ermeni Suçlamaları ve Gerçekler</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789751408822</t>
+          <t>9789751416674</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789751416414</t>
+          <t>9789751416476</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Uçmak</t>
+          <t>İki Deniz Arası Siyah Topraklar</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>450</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9789751416223</t>
+          <t>9789751416469</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Noel Hediyesi - Seçme Öyküler</t>
+          <t>Paris’te Bir Türk Ressam</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789751413338</t>
+          <t>9789751416971</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Renkler Cumhuriyeti</t>
+          <t>Dört İstanbul</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>235</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9789751416117</t>
+          <t>9789751414656</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Kolay Ekonomi</t>
+          <t>Mememi Seviyorum</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9789751413215</t>
+          <t>9789751411341</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Sanatta ve Günlük Yaşamda İletişim Çatışmaları ve Empati</t>
+          <t>Okula Hazırlık Renkler</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>445</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9789751404305</t>
+          <t>9789751412010</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Sanat Terimleri Sözlüğü</t>
+          <t>Türk Bilim Adamlarının Bakış Açısından İslam ve Modernite</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789751416391</t>
+          <t>9789751409461</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Mış Gibi Yetişkinler</t>
+          <t>Türk Basın Tarihi</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>270</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789751417817</t>
+          <t>9789751412027</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Resimli Büyük Sözlük</t>
+          <t>Ruh Emici</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>660</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789751406187</t>
+          <t>9789751415271</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Tavuk Yemekleri (Ciltli)</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9789751416179</t>
+          <t>9789751413642</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Dört Kız Kardeş, Dört Kraliçe</t>
+          <t>Onlar Benim Kahramanım</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>480</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9789751416193</t>
+          <t>9789751408822</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Gözlerini Kaçırma</t>
+          <t>Julius Caesar</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789751416162</t>
+          <t>9789751416414</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Elçiye Zeval Olmaz</t>
+          <t>Kanatsız Uçmak</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789751415783</t>
+          <t>9789751416223</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Siyah Sert Berlin</t>
+          <t>Noel Hediyesi - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9789751416124</t>
+          <t>9789751413338</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Kendin Ol, Hayatı Keşfet</t>
+          <t>Renkler Cumhuriyeti</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>165</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789751416612</t>
+          <t>9789751416117</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Siper Mektupları</t>
+          <t>Örneklerle Kolay Ekonomi</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789751416131</t>
+          <t>9789751413215</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Şu Benim Kararsız Hayatım</t>
+          <t>Sanatta ve Günlük Yaşamda İletişim Çatışmaları ve Empati</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>350</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9789751416148</t>
+          <t>9789751404305</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Amerika Büyük Bir Şaka, Sevgili Frank, Ama Ona Ne Kadar Gülebiliriz?</t>
+          <t>Sanat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9789751416155</t>
+          <t>9789751416391</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Bir Propaganda Silahı Olarak Basın</t>
+          <t>Mış Gibi Yetişkinler</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>530</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9789751416520</t>
+          <t>9789751417817</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>İmparator Heraklius</t>
+          <t>Çocuklar İçin Resimli Büyük Sözlük</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>440</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789751416438</t>
+          <t>9789751406187</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Resimleriyle Adım Adım Tavuk Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9789751416353</t>
+          <t>9789751416179</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Dört Kız Kardeş, Dört Kraliçe</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9789751416254</t>
+          <t>9789751416193</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Çılgın ve Özgür</t>
+          <t>Gözlerini Kaçırma</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>360</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9789751416100</t>
+          <t>9789751416162</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Bedia Akarsu</t>
+          <t>Elçiye Zeval Olmaz</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789751416094</t>
+          <t>9789751415783</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Ankara Destanı</t>
+          <t>Siyah Sert Berlin</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789751409058</t>
+          <t>9789751416124</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Akılda ve Yürekte İz Bırakan Sunuş</t>
+          <t>Kendin Ol, Hayatı Keşfet</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9789751412959</t>
+          <t>9789751416612</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Ajan Püf 1 - Savulun Ajan Püf geliyor!</t>
+          <t>Siper Mektupları</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9789751412751</t>
+          <t>9789751416131</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Selin Taşınıyor (Ciltli)</t>
+          <t>Şu Benim Kararsız Hayatım</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9789751413235</t>
+          <t>9789751416148</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Krizler, Para ve İktisatçılar</t>
+          <t>Amerika Büyük Bir Şaka, Sevgili Frank, Ama Ona Ne Kadar Gülebiliriz?</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789751409256</t>
+          <t>9789751416155</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Köye Gelen Aslan</t>
+          <t>Bir Propaganda Silahı Olarak Basın</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9789751403971</t>
+          <t>9789751416520</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Ana - Baba ve Çocuk</t>
+          <t>İmparator Heraklius</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789751406149</t>
+          <t>9789751416438</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Bedensel, Zihinsel ve Sosyal Gelişimiyle Çocuğunuzun İlk 6 Yılı</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>465</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789751416209</t>
+          <t>9789751416353</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Wahrnehmungs Management</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>580</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789751416230</t>
+          <t>9789751416254</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Çoğullarla A’dan Z’ye Yaşam</t>
+          <t>Çılgın ve Özgür</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>580</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789751420091</t>
+          <t>9789751416100</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>6 Şapkalı Düşünme Tekniği</t>
+          <t>Bedia Akarsu</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9789751408587</t>
+          <t>9789751416094</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Ankara Destanı</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789751415790</t>
+          <t>9789751409058</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Vatanı Sattık Bir Pula</t>
+          <t>Akılda ve Yürekte İz Bırakan Sunuş</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>350</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789751403070</t>
+          <t>9789751412959</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Gazeteci Keloğlan</t>
+          <t>Ajan Püf 1 - Savulun Ajan Püf geliyor!</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9789751403087</t>
+          <t>9789751412751</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Gazeteci Deja Vu</t>
+          <t>Selin Taşınıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9789751406385</t>
+          <t>9789751413235</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Sesi Duymadan Yaşamak</t>
+          <t>Krizler, Para ve İktisatçılar</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9789751412546</t>
+          <t>9789751409256</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Hattuşa’dan Kaçış</t>
+          <t>Köye Gelen Aslan</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789751407740</t>
+          <t>9789751403971</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Hatice Sultan</t>
+          <t>Ana - Baba ve Çocuk</t>
         </is>
       </c>
       <c r="C1374" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789751417466</t>
+          <t>9789751406149</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Üzerine</t>
+          <t>Bedensel, Zihinsel ve Sosyal Gelişimiyle Çocuğunuzun İlk 6 Yılı</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>340</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789751409881</t>
+          <t>9789751416209</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Wahrnehmungs Management</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>770</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789751403728</t>
+          <t>9789751416230</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Çoğullarla A’dan Z’ye Yaşam</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789751415066</t>
+          <t>9789751420091</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>How to Lose Wives and Clients</t>
+          <t>6 Şapkalı Düşünme Tekniği</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789751412577</t>
+          <t>9789751408587</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Hep İsmet Paşa’nın Yanında</t>
+          <t>Antonius ve Kleopatra</t>
         </is>
       </c>
       <c r="C1379" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789751407009</t>
+          <t>9789751415790</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Süleyman’ın Hazineleri</t>
+          <t>Vatanı Sattık Bir Pula</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789751410054</t>
+          <t>9789751403070</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcık Öyküleri</t>
+          <t>Hızlı Gazeteci Keloğlan</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9789751413864</t>
+          <t>9789751403087</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba Ateşi</t>
+          <t>Hızlı Gazeteci Deja Vu</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>385</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9789751412980</t>
+          <t>9789751406385</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Yorgun Yaşamayanlar</t>
+          <t>Kurşun Sesi Duymadan Yaşamak</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9789751411112</t>
+          <t>9789751412546</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Kurt</t>
+          <t>Hattuşa’dan Kaçış</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789751417152</t>
+          <t>9789751407740</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Hatice Sultan</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789751409652</t>
+          <t>9789751417466</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Alazda</t>
+          <t>Atatürk Üzerine</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>235</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789751409959</t>
+          <t>9789751409881</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Akvaryum</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>160</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789751416049</t>
+          <t>9789751403728</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Eş Seçiminden Evliliğe</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789751416001</t>
+          <t>9789751415066</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>İnternette - Yolunu şaşırınca</t>
+          <t>How to Lose Wives and Clients</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9789751416018</t>
+          <t>9789751412577</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Çığırından Çıkınca</t>
+          <t>Hep İsmet Paşa’nın Yanında</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789751407481</t>
+          <t>9789751407009</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Baharla Gelen</t>
+          <t>Hazreti Süleyman’ın Hazineleri</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789751490322</t>
+          <t>9789751410054</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Açları</t>
+          <t>Sevimli Ayıcık Öyküleri</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789751415820</t>
+          <t>9789751413864</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Karahindiba Ateşi</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789751415844</t>
+          <t>9789751412980</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Şehir</t>
+          <t>Hayatı Yorgun Yaşamayanlar</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789751415585</t>
+          <t>9789751411112</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle 100 Hayvan (Küçük Boy) (Ciltli)</t>
+          <t>Kardeşim Kurt</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>385</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789751412553</t>
+          <t>9789751417152</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Bungalov 2</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789751414649</t>
+          <t>9789751409652</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Kırk Diken</t>
+          <t>Alazda</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789751415202</t>
+          <t>9789751409959</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yazılar</t>
+          <t>Akvaryum</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789751407290</t>
+          <t>9789751416049</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Saray Meydanı’nda Son Gece</t>
+          <t>Eş Seçiminden Evliliğe</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789751412096</t>
+          <t>9789751416001</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta İşinin Lideri Olmak</t>
+          <t>İnternette - Yolunu şaşırınca</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789751412768</t>
+          <t>9789751416018</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Selin Aşık Oldu</t>
+          <t>Rekabet Çığırından Çıkınca</t>
         </is>
       </c>
       <c r="C1401" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789751403872</t>
+          <t>9789751407481</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Seks ve Yaşam</t>
+          <t>Baharla Gelen</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789751407801</t>
+          <t>9789751490322</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Kızlarıma Mektuplar Yaşamdan Satırbaşları</t>
+          <t>Cennetin Açları</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789751413499</t>
+          <t>9789751415820</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Yemin Bozan</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789751408600</t>
+          <t>9789751415844</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Nerede, Nasıl Yiyelim?</t>
+          <t>Oyuncak Şehir</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>625</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789751406637</t>
+          <t>9789751415585</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Yamyamlara Oy Yok!</t>
+          <t>Resimlerle 100 Hayvan (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>210</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789751411716</t>
+          <t>9789751412553</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Anitta’nın Laneti</t>
+          <t>Bungalov 2</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789751403612</t>
+          <t>9789751414649</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Şatonun Kralı</t>
+          <t>Kırk Diken</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789751409744</t>
+          <t>9789751415202</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Satışta Gelirinizi ve Mutluluğunuzu Katlamanın Yolları: Satışta Başarı Teknikleri</t>
+          <t>Kendime Yazılar</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9789751411655</t>
+          <t>9789751407290</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Önce Bütün Kuralları Yıkın</t>
+          <t>Saray Meydanı’nda Son Gece</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789751413840</t>
+          <t>9789751412096</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet</t>
+          <t>Bir Solukta İşinin Lideri Olmak</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9789751418869</t>
+          <t>9789751412768</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim - Bir Yaşam Dili</t>
+          <t>Selin Aşık Oldu</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9789751406774</t>
+          <t>9789751403872</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Taif'te Ölüm</t>
+          <t>Seks ve Yaşam</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789751408723</t>
+          <t>9789751407801</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Thorgal Kara Kadırga</t>
+          <t>Kızlarıma Mektuplar Yaşamdan Satırbaşları</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789751408280</t>
+          <t>9789751413499</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Thorgal Büyücünün Sırrı</t>
+          <t>Yemin Bozan</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9789751408327</t>
+          <t>9789751408600</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Thorgal Buzlu Denizlerdeki Ada</t>
+          <t>Nerede, Nasıl Yiyelim?</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>230</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789751408594</t>
+          <t>9789751406637</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Thorgal Aran’ın Üç Ermişi</t>
+          <t>Yamyamlara Oy Yok!</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789751409546</t>
+          <t>9789751411716</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Thorgal  Gölgelerin Ötesi</t>
+          <t>Anitta’nın Laneti</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789751412447</t>
+          <t>9789751403612</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Yerleşmek - Küçük Şeyler 3</t>
+          <t>Şatonun Kralı</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789751411389</t>
+          <t>9789751409744</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Organizasyon Yolculuğu</t>
+          <t>Satışta Gelirinizi ve Mutluluğunuzu Katlamanın Yolları: Satışta Başarı Teknikleri</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>205</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9789751401366</t>
+          <t>9789751411655</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Pasta Bisküvi</t>
+          <t>Önce Bütün Kuralları Yıkın</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789751414069</t>
+          <t>9789751413840</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>The Devil Gets The Better Of Love</t>
+          <t>Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9789751408105</t>
+          <t>9789751418869</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Jim Cutlass’ın Serüvenleri - Zor Miras</t>
+          <t>Şiddetsiz İletişim - Bir Yaşam Dili</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789751413734</t>
+          <t>9789751406774</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Zor İnsanlarla Başa Çıkma Yolları</t>
+          <t>Taif'te Ölüm</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789751403827</t>
+          <t>9789751408723</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Thorgal Kara Kadırga</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789751421388</t>
+          <t>9789751408280</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>Thorgal Büyücünün Sırrı</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>735</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789751415981</t>
+          <t>9789751408327</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Zeka (PQ)</t>
+          <t>Thorgal Buzlu Denizlerdeki Ada</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789751413581</t>
+          <t>9789751408594</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Etmeden Yaşamak</t>
+          <t>Thorgal Aran’ın Üç Ermişi</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789751407238</t>
+          <t>9789751409546</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Reis Kara Kartal</t>
+          <t>Thorgal  Gölgelerin Ötesi</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789751415738</t>
+          <t>9789751412447</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Mimolett (Ciltli)</t>
+          <t>Yaşama Yerleşmek - Küçük Şeyler 3</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789751415882</t>
+          <t>9789751411389</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Unutmamak</t>
+          <t>Öğrenen Organizasyon Yolculuğu</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789751415745</t>
+          <t>9789751401366</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Quo Vadis İstanbul?</t>
+          <t>Pasta Bisküvi</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>435</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789751490520</t>
+          <t>9789751414069</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Otomobili Tanıyalım</t>
+          <t>The Devil Gets The Better Of Love</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789751415486</t>
+          <t>9789751408105</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>Jim Cutlass’ın Serüvenleri - Zor Miras</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789751413925</t>
+          <t>9789751413734</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Anne Olmak</t>
+          <t>Zor İnsanlarla Başa Çıkma Yolları</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789751413444</t>
+          <t>9789751403827</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Yürek, Kaplan Akıl</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789751410825</t>
+          <t>9789751421388</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Pışıbba (1860-1926)</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>270</v>
+        <v>735</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789751415110</t>
+          <t>9789751415981</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkasından - Devlet Tiyatrosu Gerçeği</t>
+          <t>Profesyonel Zeka (PQ)</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>435</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9789751404831</t>
+          <t>9789751413581</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Sırlarım</t>
+          <t>Rekabet Etmeden Yaşamak</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789751413192</t>
+          <t>9789751407238</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Arasında</t>
+          <t>Reis Kara Kartal</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>460</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789751404503</t>
+          <t>9789751415738</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Mimolett (Ciltli)</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789751414618</t>
+          <t>9789751415882</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Kestane Kral</t>
+          <t>Unutmamak</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789751415554</t>
+          <t>9789751415745</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi</t>
+          <t>Quo Vadis İstanbul?</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>700</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789751415905</t>
+          <t>9789751490520</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Otomobili Tanıyalım</t>
         </is>
       </c>
       <c r="C1444" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789751415707</t>
+          <t>9789751415486</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C1445" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789751415769</t>
+          <t>9789751413925</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatoru Büyük Theodosius</t>
+          <t>Anne Olmak</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789751415868</t>
+          <t>9789751413444</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Sosyometri ve Psikodrama</t>
+          <t>Kaplan Yürek, Kaplan Akıl</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789751415646</t>
+          <t>9789751410825</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Aydınlanmaya Doğru</t>
+          <t>Pışıbba (1860-1926)</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789751415714</t>
+          <t>9789751415110</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Tangramım Nerede? Pepe mi, Sobe mi? Duru’nun Yıldızları</t>
+          <t>Perde Arkasından - Devlet Tiyatrosu Gerçeği</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>165</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789751409218</t>
+          <t>9789751404831</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşan Medya ve Yozlaşan Türkçe</t>
+          <t>Sırlarım</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>440</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789751407573</t>
+          <t>9789751413192</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Yol Boyunca...</t>
+          <t>Sınırlar Arasında</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789751418036</t>
+          <t>9789751404503</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Dilbilgisi</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789751415509</t>
+          <t>9789751414618</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Yemek Bağımlılığı</t>
+          <t>Kestane Kral</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>465</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789751415240</t>
+          <t>9789751415554</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Gün</t>
+          <t>Bizans İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>165</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789751410849</t>
+          <t>9789751415905</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Yedi Evin Sırları</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789751413895</t>
+          <t>9789751415707</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Yaşanan Mimari</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789751402615</t>
+          <t>9789751415769</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlamı</t>
+          <t>Bizans İmparatoru Büyük Theodosius</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789751403797</t>
+          <t>9789751415868</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Sosyometri ve Psikodrama</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789751413697</t>
+          <t>9789751415646</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Evrenle Uyumlaşma Sürecinde Varolmak, Gelişmek, Uzlaşmak</t>
+          <t>Yeni Bir Aydınlanmaya Doğru</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>385</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789751401465</t>
+          <t>9789751415714</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Tangramım Nerede? Pepe mi, Sobe mi? Duru’nun Yıldızları</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789751403551</t>
+          <t>9789751409218</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Stres Altında Ezilmeden Öğrenmede ve Sınavlarda Üstün Başarı</t>
+          <t>Yozlaşan Medya ve Yozlaşan Türkçe</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>375</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789751417749</t>
+          <t>9789751407573</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Çıkarlar</t>
+          <t>Yol Boyunca...</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>555</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789751415264</t>
+          <t>9789751418036</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kenarında Dış Politika</t>
+          <t>Yeni Türk Dilbilgisi</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>345</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789751491992</t>
+          <t>9789751415509</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kleopatra</t>
+          <t>Yemek Bağımlılığı</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>130</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789751415219</t>
+          <t>9789751415240</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Tütün İskelesi’nde Bir Köhne Vapur</t>
+          <t>Yedinci Gün</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789751416636</t>
+          <t>9789751410849</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı</t>
+          <t>Yedi Evin Sırları</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>720</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789751404800</t>
+          <t>9789751413895</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme Kuramları ve Türkiye Gerçeği</t>
+          <t>Yaşanan Mimari</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>615</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789751412881</t>
+          <t>9789751402615</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Temyiz</t>
+          <t>Yaşamın Anlamı</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789751415455</t>
+          <t>9789751403797</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Dili</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789751401373</t>
+          <t>9789751413697</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Evrenle Uyumlaşma Sürecinde Varolmak, Gelişmek, Uzlaşmak</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>120</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789751413123</t>
+          <t>9789751401465</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Şahane Serseri</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C1471" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789751413079</t>
+          <t>9789751403551</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Stres Altında Ezilmeden Öğrenmede ve Sınavlarda Üstün Başarı</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789751421111</t>
+          <t>9789751417749</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Suyu Arayan Adam</t>
+          <t>Ulusal Çıkarlar</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>400</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789751411549</t>
+          <t>9789751415264</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Söz Söyleme ve Diksiyon</t>
+          <t>Uçurumun Kenarında Dış Politika</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789751405128</t>
+          <t>9789751491992</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Size Nasıl Geliyorsa</t>
+          <t>Uçan Kleopatra</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789751410092</t>
+          <t>9789751415219</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Sinemamızda Çöküş ve Rönesans Yılları</t>
+          <t>Tütün İskelesi’nde Bir Köhne Vapur</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>465</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789751412638</t>
+          <t>9789751416636</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Sinema... ve Unutulmayanlar</t>
+          <t>Türk Sanatı</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>490</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789751407641</t>
+          <t>9789751404800</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Kadın</t>
+          <t>Toplumsal Değişme Kuramları ve Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>465</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789751412706</t>
+          <t>9789751412881</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Selin Kuklacıda (Ciltli)</t>
+          <t>Temyiz</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789751412690</t>
+          <t>9789751415455</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Selin Fırtına Kopuyor (Ciltli)</t>
+          <t>Şiddet Dili</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789751410382</t>
+          <t>9789751401373</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarı</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789751414427</t>
+          <t>9789751413123</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kavram ve Terimleri Sözlüğü</t>
+          <t>Şahane Serseri</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789751415097</t>
+          <t>9789751413079</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Sahilde Buluşalım</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789751411594</t>
+          <t>9789751421111</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Ruh Gezgini Tarih Öncesi Günlükleri</t>
+          <t>Suyu Arayan Adam</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789751400802</t>
+          <t>9789751411549</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Çocuk</t>
+          <t>Söz Söyleme ve Diksiyon</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>510</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789751406750</t>
+          <t>9789751405128</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Meyveli Tatlılar ve Pastalar (Ciltli)</t>
+          <t>Size Nasıl Geliyorsa</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789751412478</t>
+          <t>9789751410092</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2007 Tüm Sayıları</t>
+          <t>Sinemamızda Çöküş ve Rönesans Yılları</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>150</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789751415080</t>
+          <t>9789751412638</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Raya’nın İtirafı</t>
+          <t>Sinema... ve Unutulmayanlar</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789751412607</t>
+          <t>9789751407641</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Psi-Kom Sayı: 1</t>
+          <t>Sinema ve Kadın</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>195</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789751418937</t>
+          <t>9789751412706</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Selin Kuklacıda (Ciltli)</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9789751415592</t>
+          <t>9789751412690</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Perception Management</t>
+          <t>Selin Fırtına Kopuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>465</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789751415028</t>
+          <t>9789751410382</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Paris, Ecekent</t>
+          <t>Satışta Başarı</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9789751415387</t>
+          <t>9789751414427</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Ölmez Ağacın Evi</t>
+          <t>Sanat Kavram ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9789751415127</t>
+          <t>9789751415097</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Nisan'a Mektuplar</t>
+          <t>Sahilde Buluşalım</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789751408143</t>
+          <t>9789751411594</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>New Orleans Geceleri Jim Cutlass’ın Serüvenleri</t>
+          <t>Ruh Gezgini Tarih Öncesi Günlükleri</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9789751409638</t>
+          <t>9789751400802</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Neşe’nin Şarkıları</t>
+          <t>Resimleriyle Çocuk</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>210</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789751410955</t>
+          <t>9789751406750</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Nereye Yüreğim</t>
+          <t>Resimleriyle Adım Adım Meyveli Tatlılar ve Pastalar (Ciltli)</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>235</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789751409089</t>
+          <t>9789751412478</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Ne Şurup-Şeker Şarkılardı Onlar...</t>
+          <t>Remzi Kitap Gazetesi 2007 Tüm Sayıları</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>580</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789751414960</t>
+          <t>9789751415080</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terimleri Sözlüğü</t>
+          <t>Raya’nın İtirafı</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789751415523</t>
+          <t>9789751412607</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Psi-Kom Sayı: 1</t>
         </is>
       </c>
       <c r="C1500" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789751417329</t>
+          <t>9789751418937</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Moltke’nin Türkiye Mektupları</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9789751403919</t>
+          <t>9789751415592</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Perception Management</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>480</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789751406279</t>
+          <t>9789751415028</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Meyyale</t>
+          <t>Paris, Ecekent</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789751413949</t>
+          <t>9789751415387</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Meridian - Son Kucaklaşma</t>
+          <t>Ölmez Ağacın Evi</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9789751414113</t>
+          <t>9789751415127</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Bebek</t>
+          <t>Nisan'a Mektuplar</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9789751419132</t>
+          <t>9789751408143</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Düşünme</t>
+          <t>New Orleans Geceleri Jim Cutlass’ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9789751409249</t>
+          <t>9789751409638</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Çin’de Gizemli Yolculuk</t>
+          <t>Neşe’nin Şarkıları</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789751415394</t>
+          <t>9789751410955</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Kanser</t>
+          <t>Nereye Yüreğim</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9789751417558</t>
+          <t>9789751409089</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu</t>
+          <t>Ne Şurup-Şeker Şarkılardı Onlar...</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>530</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9789751411648</t>
+          <t>9789751414960</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Felsefesi</t>
+          <t>Müzik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9789751410870</t>
+          <t>9789751415523</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9789751411303</t>
+          <t>9789751417329</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Büyükada Yemekleri Dedemin Sofrası (Ciltli)</t>
+          <t>Moltke’nin Türkiye Mektupları</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>980</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9789751413345</t>
+          <t>9789751403919</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Boşan/ma Meleği</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9789751403445</t>
+          <t>9789751406279</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi Rüyası</t>
+          <t>Meyyale</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9789751411631</t>
+          <t>9789751413949</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Ses</t>
+          <t>Meridian - Son Kucaklaşma</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789751412119</t>
+          <t>9789751414113</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Var idi</t>
+          <t>Merhaba Bebek</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9789751408655</t>
+          <t>9789751419132</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Bir Erkek Ağladığında</t>
+          <t>Matematiksel Düşünme</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789751406897</t>
+          <t>9789751409249</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Bir Cadı Masalı</t>
+          <t>Çin’de Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789751402974</t>
+          <t>9789751415394</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyülü Ortamda</t>
+          <t>Çıplak Kanser</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9789751417244</t>
+          <t>9789751417558</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi</t>
+          <t>Çıkış Yolu</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>430</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789751408310</t>
+          <t>9789751411648</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Timsah</t>
+          <t>Çağdaş Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9789751408297</t>
+          <t>9789751410870</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Saray Baskını</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9789751414243</t>
+          <t>9789751411303</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Fırın’dan Yeni Çıkmış Kurabiyeler</t>
+          <t>Büyükada Yemekleri Dedemin Sofrası (Ciltli)</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>735</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9789751409232</t>
+          <t>9789751413345</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diyet: Diyet ve Beslenme El Kitabı</t>
+          <t>Boşan/ma Meleği</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9789751411501</t>
+          <t>9789751403445</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Başın Öne Eğilmesin Sabahattin Ali’nin Romanı</t>
+          <t>Bir Yaz Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>355</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789751416544</t>
+          <t>9789751411631</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Bana Atatürk’ü Anlattılar</t>
+          <t>Bir Kadın Bir Ses</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789751409393</t>
+          <t>9789751412119</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Babam, Oğlum, Torunum 100 Yıllık Öykü</t>
+          <t>Bir İstanbul Var idi</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>465</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789751413116</t>
+          <t>9789751408655</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntıdaki Şeytan</t>
+          <t>Bir Erkek Ağladığında</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789751407603</t>
+          <t>9789751406897</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Ayna Ayna Söyle Bana</t>
+          <t>Bir Cadı Masalı</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789751414441</t>
+          <t>9789751402974</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’ya Hayır Diyebilen Türkiye</t>
+          <t>Bir Büyülü Ortamda</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9789751404756</t>
+          <t>9789751417244</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Celladı ve Diğer Psikoterapi Öyküleri</t>
+          <t>Bilim Tarihi</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>385</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9789751405364</t>
+          <t>9789751408310</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar</t>
+          <t>Beyaz Timsah</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>435</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9789751410337</t>
+          <t>9789751408297</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Arayaların Kutsal Ağacı</t>
+          <t>Beyaz Saray Baskını</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9789751414717</t>
+          <t>9789751414243</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Anka ve Sultana</t>
+          <t>Beyaz Fırın’dan Yeni Çıkmış Kurabiyeler</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>235</v>
+        <v>735</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9789751418159</t>
+          <t>9789751409232</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Ana-Baba Okulu</t>
+          <t>Beyaz Diyet: Diyet ve Beslenme El Kitabı</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9789751419996</t>
+          <t>9789751411501</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Algılama Yönetimi (Ciltli)</t>
+          <t>Başın Öne Eğilmesin Sabahattin Ali’nin Romanı</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>680</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789751415516</t>
+          <t>9789751416544</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Akrep Yuvası</t>
+          <t>Bana Atatürk’ü Anlattılar</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9789751414991</t>
+          <t>9789751409393</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Arzular</t>
+          <t>Babam, Oğlum, Torunum 100 Yıllık Öykü</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>175</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9789751409713</t>
+          <t>9789751413116</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>3. Richard</t>
+          <t>Ayrıntıdaki Şeytan</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9789751406248</t>
+          <t>9789751407603</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türkiye</t>
+          <t>Ayna Ayna Söyle Bana</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>895</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9789751415103</t>
+          <t>9789751414441</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın En Büyük Lideri: Mustafa Kemal</t>
+          <t>Avrupa’ya Hayır Diyebilen Türkiye</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9789751415295</t>
+          <t>9789751404756</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın En Büyük Lideri: Atatürk</t>
+          <t>Aşkın Celladı ve Diğer Psikoterapi Öyküleri</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>390</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9789751404251</t>
+          <t>9789751405364</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Kültürü</t>
+          <t>Aşıklar</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>375</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9789751412140</t>
+          <t>9789751410337</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Light Günlük</t>
+          <t>Arayaların Kutsal Ağacı</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9789751413475</t>
+          <t>9789751414717</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Liderin Takım Çantası</t>
+          <t>Anka ve Sultana</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789751413208</t>
+          <t>9789751418159</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Küresel Finans Krizi</t>
+          <t>Ana-Baba Okulu</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9789751409782</t>
+          <t>9789751419996</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Kum Gülü</t>
+          <t>Algılama Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>160</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9789751414885</t>
+          <t>9789751415516</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Köşe Ofis</t>
+          <t>Akrep Yuvası</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9789751407412</t>
+          <t>9789751414991</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Köpek Psikolojisi</t>
+          <t>Akıllı Arzular</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>355</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9789751417619</t>
+          <t>9789751409713</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Korku Kültürü</t>
+          <t>3. Richard</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9789751413321</t>
+          <t>9789751406248</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Kadın</t>
+          <t>21. Yüzyılda Türkiye</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>320</v>
+        <v>895</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9789751411051</t>
+          <t>9789751415103</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>20. Yüzyılın En Büyük Lideri: Mustafa Kemal</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>315</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789751418692</t>
+          <t>9789751415295</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Davranışı</t>
+          <t>20. Yüzyılın En Büyük Lideri: Atatürk</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>825</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9789751415189</t>
+          <t>9789751404251</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>İktidar Yalnızlıktır (Ciltli)</t>
+          <t>12 Eylül Kültürü</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>430</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789751408662</t>
+          <t>9789751412140</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>İki Boy Ufak Pabuç - Sağlıklı Depresif Tepkiler</t>
+          <t>Light Günlük</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789751414366</t>
+          <t>9789751413475</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Zalim</t>
+          <t>Liderin Takım Çantası</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>355</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9789751408402</t>
+          <t>9789751413208</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Biz</t>
+          <t>Küresel Finans Krizi</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9789751411891</t>
+          <t>9789751409782</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Horlama Kitabı</t>
+          <t>Kum Gülü</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>355</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9789751413819</t>
+          <t>9789751414885</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Hep Sevgili Kalalım</t>
+          <t>Köşe Ofis</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9789751414953</t>
+          <t>9789751407412</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Hayata Uyanış</t>
+          <t>Köpek Psikolojisi</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>270</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9789751414403</t>
+          <t>9789751417619</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Avcısı</t>
+          <t>Korku Kültürü</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9789751413710</t>
+          <t>9789751413321</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Gerçeğe Mutluluk</t>
+          <t>İyi Bir Kadın</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9789751414557</t>
+          <t>9789751411051</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Haset ve Rekabet</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9789751413659</t>
+          <t>9789751418692</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Hangi Dünya Düzeni?</t>
+          <t>İnsan ve Davranışı</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>220</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9789751413048</t>
+          <t>9789751415189</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Hangi Avrupa?</t>
+          <t>İktidar Yalnızlıktır (Ciltli)</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>460</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9789751407139</t>
+          <t>9789751408662</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>İki Boy Ufak Pabuç - Sağlıklı Depresif Tepkiler</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9789751418722</t>
+          <t>9789751414366</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sözler</t>
+          <t>İçimizdeki Zalim</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>230</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9789751408686</t>
+          <t>9789751408402</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Güney’de Fırtına Jim Cutlass’ın Serüvenleri</t>
+          <t>İçimizdeki Biz</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9789751413277</t>
+          <t>9789751411891</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Güneş Hanım veya Kar</t>
+          <t>Horlama Kitabı</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>270</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9789751415332</t>
+          <t>9789751413819</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Gün O Gün’dür!</t>
+          <t>Hep Sevgili Kalalım</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>410</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9789751414533</t>
+          <t>9789751414953</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Gideon’un Savaşı</t>
+          <t>Hayata Uyanış</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9789751409034</t>
+          <t>9789751414403</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Gırtlağına Kadar Jim Cutlass’ın Serüvenleri</t>
+          <t>Hayalet Avcısı</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9789751414908</t>
+          <t>9789751413710</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz Dünya</t>
+          <t>Hayalden Gerçeğe Mutluluk</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789751409362</t>
+          <t>9789751414557</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Avı</t>
+          <t>Haset ve Rekabet</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9789751408068</t>
+          <t>9789751413659</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Beni Duyuyor musun?</t>
+          <t>Hangi Dünya Düzeni?</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9789751409386</t>
+          <t>9789751413048</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Genç Vikingler</t>
+          <t>Hangi Avrupa?</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9789751408952</t>
+          <t>9789751407139</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yalnızlığında</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9789751408228</t>
+          <t>9789751418722</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Gazi ve Fikriye</t>
+          <t>Güzel Sözler</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>385</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9789751413352</t>
+          <t>9789751408686</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Gamsız İkizler 1. Kitap</t>
+          <t>Güney’de Fırtına Jim Cutlass’ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9789751414434</t>
+          <t>9789751413277</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçının Gözü</t>
+          <t>Güneş Hanım veya Kar</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>720</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9789751404428</t>
+          <t>9789751415332</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Gün O Gün’dür!</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9789751420718</t>
+          <t>9789751414533</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Fırın Yemekleri</t>
+          <t>Gideon’un Savaşı</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9789751419217</t>
+          <t>9789751409034</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Gırtlağına Kadar Jim Cutlass’ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>565</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9789751413505</t>
+          <t>9789751414908</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Okulu</t>
+          <t>Gezegenimiz Dünya</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9789751491756</t>
+          <t>9789751409362</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Etoburlar</t>
+          <t>Gezegen Avı</t>
         </is>
       </c>
       <c r="C1585" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9789751407849</t>
+          <t>9789751408068</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Türk Fotoğrafı 1923-1960</t>
+          <t>Gerçekten Beni Duyuyor musun?</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>465</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9789751406828</t>
+          <t>9789751409386</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Psikolojisi</t>
+          <t>Genç Vikingler</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9789751415004</t>
+          <t>9789751408952</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Elbet Sabah Olacaktır</t>
+          <t>Gecenin Yalnızlığında</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9789751410573</t>
+          <t>9789751408228</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Ekip Çalışması ve Liderlik</t>
+          <t>Gazi ve Fikriye</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9789751415677</t>
+          <t>9789751413352</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ölmelidir!</t>
+          <t>Gamsız İkizler 1. Kitap</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9789751421364</t>
+          <t>9789751414434</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Tarihi</t>
+          <t>Fotoğrafçının Gözü</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>565</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9789751407825</t>
+          <t>9789751404428</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Düşen Yapraklar Geçen Yıllar Işık ve Gölge Yazıları</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9789751413741</t>
+          <t>9789751420718</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sanat Tarihi</t>
+          <t>Fırın Yemekleri</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>1105</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9789751414373</t>
+          <t>9789751419217</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Düğünler ve İstanbul</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>540</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9789751413611</t>
+          <t>9789751413505</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Sofrası</t>
+          <t>Evlilik Okulu</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9789751413932</t>
+          <t>9789751491756</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Diyetle Gelen Sağlık</t>
+          <t>Etoburlar</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9789751404879</t>
+          <t>9789751407849</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Diyete Davet Diyet ve Beslenme El Kitabı</t>
+          <t>Erken Cumhuriyet Dönemi Türk Fotoğrafı 1923-1960</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>195</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9789751408969</t>
+          <t>9789751406828</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Dinozorun Kuyruğu... Eylül ve Yeni Roma</t>
+          <t>Ergenlik Psikolojisi</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789751414151</t>
+          <t>9789751415004</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Diğer Müslümanlar</t>
+          <t>Elbet Sabah Olacaktır</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9789751407054</t>
+          <t>9789751410573</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Devrim Tarihi ve Toplumbilim Açısından Atatürk</t>
+          <t>Ekip Çalışması ve Liderlik</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>475</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789751410221</t>
+          <t>9789751415677</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiye Kitakse İletişim, Özgürlük ve Medya Yazıları</t>
+          <t>Edebiyat Ölmelidir!</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789751412300</t>
+          <t>9789751421364</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizle Yüzleşmek</t>
+          <t>Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>390</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9789751414472</t>
+          <t>9789751407825</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiden Diktatörlüğe</t>
+          <t>Düşen Yapraklar Geçen Yıllar Işık ve Gölge Yazıları</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9789751404855</t>
+          <t>9789751413741</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Doğrultusu</t>
+          <t>Dünya Sanat Tarihi</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>235</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9789751409157</t>
+          <t>9789751414373</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Değer Katan Ekip Çalışması</t>
+          <t>Düğünler ve İstanbul</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>255</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9789751418470</t>
+          <t>9789751413611</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Damdaki Kemancı</t>
+          <t>Dostlar Sofrası</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>165</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9789751400321</t>
+          <t>9789751413932</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Suç</t>
+          <t>Diyetle Gelen Sağlık</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>355</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9789751416445</t>
+          <t>9789751404879</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Diyete Davet Diyet ve Beslenme El Kitabı</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9789751405142</t>
+          <t>9789751408969</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi El Kitabı</t>
+          <t>Dinozorun Kuyruğu... Eylül ve Yeni Roma</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
+          <t>9789751414151</t>
+        </is>
+      </c>
+      <c r="B1610" s="1" t="inlineStr">
+        <is>
+          <t>Diğer Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C1610" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:3">
+      <c r="A1611" s="1" t="inlineStr">
+        <is>
+          <t>9789751407054</t>
+        </is>
+      </c>
+      <c r="B1611" s="1" t="inlineStr">
+        <is>
+          <t>Devrim Tarihi ve Toplumbilim Açısından Atatürk</t>
+        </is>
+      </c>
+      <c r="C1611" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:3">
+      <c r="A1612" s="1" t="inlineStr">
+        <is>
+          <t>9789751410221</t>
+        </is>
+      </c>
+      <c r="B1612" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasiye Kitakse İletişim, Özgürlük ve Medya Yazıları</t>
+        </is>
+      </c>
+      <c r="C1612" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:3">
+      <c r="A1613" s="1" t="inlineStr">
+        <is>
+          <t>9789751412300</t>
+        </is>
+      </c>
+      <c r="B1613" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasimizle Yüzleşmek</t>
+        </is>
+      </c>
+      <c r="C1613" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:3">
+      <c r="A1614" s="1" t="inlineStr">
+        <is>
+          <t>9789751414472</t>
+        </is>
+      </c>
+      <c r="B1614" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasiden Diktatörlüğe</t>
+        </is>
+      </c>
+      <c r="C1614" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:3">
+      <c r="A1615" s="1" t="inlineStr">
+        <is>
+          <t>9789751404855</t>
+        </is>
+      </c>
+      <c r="B1615" s="1" t="inlineStr">
+        <is>
+          <t>Değişimin Doğrultusu</t>
+        </is>
+      </c>
+      <c r="C1615" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:3">
+      <c r="A1616" s="1" t="inlineStr">
+        <is>
+          <t>9789751409157</t>
+        </is>
+      </c>
+      <c r="B1616" s="1" t="inlineStr">
+        <is>
+          <t>Değer Katan Ekip Çalışması</t>
+        </is>
+      </c>
+      <c r="C1616" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1617" spans="1:3">
+      <c r="A1617" s="1" t="inlineStr">
+        <is>
+          <t>9789751418470</t>
+        </is>
+      </c>
+      <c r="B1617" s="1" t="inlineStr">
+        <is>
+          <t>Damdaki Kemancı</t>
+        </is>
+      </c>
+      <c r="C1617" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:3">
+      <c r="A1618" s="1" t="inlineStr">
+        <is>
+          <t>9789751400321</t>
+        </is>
+      </c>
+      <c r="B1618" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Suç</t>
+        </is>
+      </c>
+      <c r="C1618" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:3">
+      <c r="A1619" s="1" t="inlineStr">
+        <is>
+          <t>9789751416445</t>
+        </is>
+      </c>
+      <c r="B1619" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1619" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:3">
+      <c r="A1620" s="1" t="inlineStr">
+        <is>
+          <t>9789751405142</t>
+        </is>
+      </c>
+      <c r="B1620" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitimi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1620" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:3">
+      <c r="A1621" s="1" t="inlineStr">
+        <is>
           <t>9789751409188</t>
         </is>
       </c>
-      <c r="B1610" s="1" t="inlineStr">
+      <c r="B1621" s="1" t="inlineStr">
         <is>
           <t>Çocuğu Tanımak ve Anlamak</t>
         </is>
       </c>
-      <c r="C1610" s="1">
+      <c r="C1621" s="1">
         <v>660</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>