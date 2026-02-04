--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,24340 +85,24385 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789751422637</t>
+          <t>9789751422712</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Benim Yılım (Ciltli)</t>
+          <t>Easy Economics</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>615</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789751422620</t>
+          <t>9789751422699</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Söylemeli?</t>
+          <t>Hayatın Rüzgarında Buluşmak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789751422552</t>
+          <t>9789751422682</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>İstanbul'un Hayaletleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789751422538</t>
+          <t>9789751422637</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler Dizisi</t>
+          <t>Benim Yılım (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>890</v>
+        <v>710</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789751422606</t>
+          <t>9789751422620</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler - 2020- 2025</t>
+          <t>Nasıl Söylemeli?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>465</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789751422613</t>
+          <t>9789751422552</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ey Türk Genci!</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789751422590</t>
+          <t>9789751422538</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ladesçi</t>
+          <t>Küçük Şeyler Dizisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789751422569</t>
+          <t>9789751422606</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yalıda Bir Gece</t>
+          <t>Hayatımızı Değiştiren Filmler - 2020- 2025</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>535</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789751422545</t>
+          <t>9789751422613</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nathalie’den Yaşanmış Tarifler (Ciltli)</t>
+          <t>Ey Türk Genci!</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789751422293</t>
+          <t>9789751422590</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Duygularla Tanışalım</t>
+          <t>Ladesçi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789751422521</t>
+          <t>9789751422569</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatı ve Yöneticilikte EQ</t>
+          <t>Yalıda Bir Gece</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789751422361</t>
+          <t>9789751422545</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçının Gözü</t>
+          <t>Nathalie’den Yaşanmış Tarifler (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>720</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789751422514</t>
+          <t>9789751422293</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yaşadığına Değsin</t>
+          <t>Duygularla Tanışalım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789751422491</t>
+          <t>9789751422521</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tahran'ın Aslan Kadınları</t>
+          <t>İş Hayatı ve Yöneticilikte EQ</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789751422484</t>
+          <t>9789751422361</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eğer 100 Yaşına Kadar Yaşayacaksan En Azından Mutlu Olmasını Bil</t>
+          <t>Fotoğrafçının Gözü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789751408860</t>
+          <t>9789751422514</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İletişim Donanımları</t>
+          <t>Hayat Yaşadığına Değsin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751414465</t>
+          <t>9789751422491</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Terör Örgütlerinin Sonu</t>
+          <t>Tahran'ın Aslan Kadınları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>255</v>
+        <v>520</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789751422507</t>
+          <t>9789751422484</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçanın Serzenişi</t>
+          <t>Eğer 100 Yaşına Kadar Yaşayacaksan En Azından Mutlu Olmasını Bil</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751413062</t>
+          <t>9789751408860</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler 2</t>
+          <t>İletişim Donanımları</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751422477</t>
+          <t>9789751414465</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Tenceresinden</t>
+          <t>Terör Örgütlerinin Sonu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789751422422</t>
+          <t>9789751422507</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dalgalardan Döngülere Krizlerin Anatomisi</t>
+          <t>Tanrıçanın Serzenişi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789751400918</t>
+          <t>9789751413062</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Menderes’in Dramı</t>
+          <t>Küçük Şeyler 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>555</v>
+        <v>255</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789751413000</t>
+          <t>9789751422477</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları - Küçük Şeyler 1</t>
+          <t>Tarihin Tenceresinden</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>445</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789751422439</t>
+          <t>9789751422422</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyürken Kartları</t>
+          <t>Dalgalardan Döngülere Krizlerin Anatomisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>620</v>
+        <v>750</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751422156</t>
+          <t>9789751400918</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Karşıtlar - 3 Boyutlu Kitaplar (Ciltli)</t>
+          <t>Menderes’in Dramı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>380</v>
+        <v>640</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751422149</t>
+          <t>9789751413000</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - 3 Boyutlu Kitaplar (Ciltli)</t>
+          <t>Deniz Kabukları - Küçük Şeyler 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>380</v>
+        <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751422132</t>
+          <t>9789751422439</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - 3 Boyutlu Kitaplar (Ciltli)</t>
+          <t>Ben Büyürken Kartları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>720</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789751422125</t>
+          <t>9789751422156</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Renkler - 3 Boyutlu Kitaplar (Ciltli)</t>
+          <t>Karşıtlar - 3 Boyutlu Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789751422187</t>
+          <t>9789751422149</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zaman Durdukça</t>
+          <t>Şekiller - 3 Boyutlu Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751421791</t>
+          <t>9789751422132</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Klasikler Dizisi (4 Kitap Kutulu)</t>
+          <t>Sayılar - 3 Boyutlu Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>850</v>
+        <v>440</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789751414687</t>
+          <t>9789751422125</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Kız</t>
+          <t>Renkler - 3 Boyutlu Kitaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789751403643</t>
+          <t>9789751422187</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Çocuk</t>
+          <t>Zaman Durdukça</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>285</v>
+        <v>255</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789751408259</t>
+          <t>9789751421791</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Çizgi Klasikler Dizisi (4 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>325</v>
+        <v>980</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789751409812</t>
+          <t>9789751414687</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kardelenler</t>
+          <t>Kaçırılan Kız</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>235</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789751412614</t>
+          <t>9789751403643</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sofraları (Ciltli)</t>
+          <t>İçimizdeki Çocuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>980</v>
+        <v>285</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789751414946</t>
+          <t>9789751408259</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Yorganına Göre Uzat</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>270</v>
+        <v>325</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789751414458</t>
+          <t>9789751409812</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hava Kurşun Gibi Ağır</t>
+          <t>Kardelenler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789751412270</t>
+          <t>9789751412614</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Yağlıboya</t>
+          <t>İstanbul Sofraları (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>870</v>
+        <v>980</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789751406804</t>
+          <t>9789751414946</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anafor</t>
+          <t>Hayalini Yorganına Göre Uzat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789751413574</t>
+          <t>9789751414458</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Abdülmecit</t>
+          <t>Hava Kurşun Gibi Ağır</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>285</v>
+        <v>460</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789751418784</t>
+          <t>9789751412270</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Köy Gezisi - Duru ile Doruk</t>
+          <t>Tüm Yönleriyle Yağlıboya</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>975</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789751418432</t>
+          <t>9789751406804</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>0-2 Yaş Doğru Beslenme</t>
+          <t>Anafor</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>435</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789751417695</t>
+          <t>9789751413574</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>50 Unutulmaz Film</t>
+          <t>Abdülmecit</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>355</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789751408747</t>
+          <t>9789751418784</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Verimli İş Hayatının Sırrı: Stres</t>
+          <t>Köy Gezisi - Duru ile Doruk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789751409904</t>
+          <t>9789751418432</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yılları</t>
+          <t>0-2 Yaş Doğru Beslenme</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>385</v>
+        <v>505</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789751418791</t>
+          <t>9789751417695</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Yakalamak</t>
+          <t>50 Unutulmaz Film</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>625</v>
+        <v>410</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789751422392</t>
+          <t>9789751408747</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İnferis - Sahte Sultan - Fon (Kutulu Takım)</t>
+          <t>Verimli İş Hayatının Sırrı: Stres</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>990</v>
+        <v>315</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789751422446</t>
+          <t>9789751409904</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Devrim Yılları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>130</v>
+        <v>445</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789751415424</t>
+          <t>9789751418791</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Metrestepe</t>
+          <t>Geleceği Yakalamak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>690</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789751418708</t>
+          <t>9789751422392</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>İnferis - Sahte Sultan - Fon (Kutulu Takım)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789751422385</t>
+          <t>9789751422446</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Eczanedeki Kırmızı Dolap</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751422378</t>
+          <t>9789751415424</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Anda Kalmak</t>
+          <t>Metrestepe</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789751418913</t>
+          <t>9789751418708</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Öyküsü</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>2490</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751413956</t>
+          <t>9789751422385</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Yönetmek</t>
+          <t>Eczanedeki Kırmızı Dolap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789751422330</t>
+          <t>9789751422378</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kuartet</t>
+          <t>İlişkilerde Anda Kalmak</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789751421807</t>
+          <t>9789751418913</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Öyküsü (Ciltli)</t>
+          <t>Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1185</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789751417848</t>
+          <t>9789751413956</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin Beslenme Kitabı</t>
+          <t>Türk Kültüründe Yönetmek</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1185</v>
+        <v>375</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751422040</t>
+          <t>9789751422330</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Köstebeğin Yolculuğu (Ciltli)</t>
+          <t>Kuartet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>420</v>
+        <v>545</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789751421890</t>
+          <t>9789751421807</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Sanatın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751413314</t>
+          <t>9789751417848</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler 4 Eşitler Evi</t>
+          <t>Bebeğimin Beslenme Kitabı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751419781</t>
+          <t>9789751422040</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Baskılara Direnirken</t>
+          <t>Köstebeğin Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>485</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789751422316</t>
+          <t>9789751421890</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Merkez Bankası</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789751422323</t>
+          <t>9789751413314</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Sevgilim</t>
+          <t>Küçük Şeyler 4 Eşitler Evi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789751422286</t>
+          <t>9789751419781</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Pastacılık 101 (Ciltli)</t>
+          <t>Baskılara Direnirken</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>2340</v>
+        <v>575</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789751422309</t>
+          <t>9789751422316</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Roman</t>
+          <t>Merkez Bankası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751422248</t>
+          <t>9789751422323</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Markiz’deki Kadın</t>
+          <t>Beyoğlu Sevgilim</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>335</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789751422279</t>
+          <t>9789751422286</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Geri Dön Büyükanne</t>
+          <t>Pastacılık 101 (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751422262</t>
+          <t>9789751422309</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Can Okula Gidiyor</t>
+          <t>Kaçak Roman</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751422217</t>
+          <t>9789751422248</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İlk Ansiklopedi (Ciltli)</t>
+          <t>Markiz’deki Kadın</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>835</v>
+        <v>405</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789751422224</t>
+          <t>9789751422279</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yandığın Ateş Yoluna Işık Olur - Güç, Güçlükten Doğar</t>
+          <t>Geri Dön Büyükanne</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>435</v>
+        <v>345</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789751422200</t>
+          <t>9789751422262</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kitapçının Kızı</t>
+          <t>Can Okula Gidiyor</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789751422194</t>
+          <t>9789751422217</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>50 Unutulmaz Film/ Bir Daha</t>
+          <t>Çocuklar İçin İlk Ansiklopedi (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>285</v>
+        <v>900</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259977034</t>
+          <t>9789751422224</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Zenginleştiren Eğitim</t>
+          <t>Yandığın Ateş Yoluna Işık Olur - Güç, Güçlükten Doğar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>505</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259977027</t>
+          <t>9789751422200</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kızgınlık, Suçluluk &amp; Utanç</t>
+          <t>Kitapçının Kızı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>405</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789751422163</t>
+          <t>9789751422194</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Kahvesi</t>
+          <t>50 Unutulmaz Film/ Bir Daha</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>105</v>
+        <v>330</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259977010</t>
+          <t>9786259977034</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim’in Kalbi</t>
+          <t>Hayatı Zenginleştiren Eğitim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789751422118</t>
+          <t>9786259977027</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Üç Dokumacısı /Bir Galata Masalı</t>
+          <t>Kızgınlık, Suçluluk &amp; Utanç</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789751422101</t>
+          <t>9789751422163</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Alemdağ’da Var Bir Yılan</t>
+          <t>Mahalle Kahvesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789751422095</t>
+          <t>9786259977010</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar</t>
+          <t>Şiddetsiz İletişim’in Kalbi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>105</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789751422071</t>
+          <t>9789751422118</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şakir Paşa Köşkü</t>
+          <t>Kaderin Üç Dokumacısı /Bir Galata Masalı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>445</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789751421555</t>
+          <t>9789751422101</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Yarım Yüzyıl</t>
+          <t>Alemdağ’da Var Bir Yılan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789751421548</t>
+          <t>9789751422095</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Versailles Tuluatı</t>
+          <t>Son Kuşlar</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789751415301</t>
+          <t>9789751422071</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Algılama Yönetimi</t>
+          <t>Şakir Paşa Köşkü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>345</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789751409621</t>
+          <t>9789751421555</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Çocuk</t>
+          <t>İş Dünyasında Yarım Yüzyıl</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>9</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789751411730</t>
+          <t>9789751421548</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi Tüm Sayılar 2006</t>
+          <t>Versailles Tuluatı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789751418562</t>
+          <t>9789751415301</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve İtalya Yarışı</t>
+          <t>Algılama Yönetimi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>25</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751409270</t>
+          <t>9789751409621</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ortadakiler</t>
+          <t>Mutsuz Çocuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>92.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751412805</t>
+          <t>9789751411730</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları</t>
+          <t>Remzi Kitap Gazetesi Tüm Sayılar 2006</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>11.57</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751411754</t>
+          <t>9789751418562</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Orada Ne Var Miffy?</t>
+          <t>Asteriks ve İtalya Yarışı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>8.33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751411747</t>
+          <t>9789751409270</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Orada Kim Var Miffy?</t>
+          <t>Ortadakiler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>8.33</v>
+        <v>92.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789751406361</t>
+          <t>9789751412805</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Devrimin El Kitabı</t>
+          <t>Orman Hayvanları</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>11.57</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751411426</t>
+          <t>9789751411754</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Orada Ne Var Miffy?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>12.5</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751402950</t>
+          <t>9789751411747</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Okulda Başarı</t>
+          <t>Orada Kim Var Miffy?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>11.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751411334</t>
+          <t>9789751406361</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlık Sayılar 1</t>
+          <t>Olumlu Devrimin El Kitabı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751411358</t>
+          <t>9789751411426</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlık - Sözcükler</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789751409584</t>
+          <t>9789751402950</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Nüveyre Yüz Yılın Masalı</t>
+          <t>Okulda Başarı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>20.83</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751409874</t>
+          <t>9789751411334</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nöbet</t>
+          <t>Okula Hazırlık Sayılar 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789751402769</t>
+          <t>9789751411358</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nezleli Karga</t>
+          <t>Okula Hazırlık - Sözcükler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789751409065</t>
+          <t>9789751409584</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>New York’u Yaşamak</t>
+          <t>Nüveyre Yüz Yılın Masalı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>340</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789751402202</t>
+          <t>9789751409874</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>New York Köleleri</t>
+          <t>Nöbet</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>11.57</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751412942</t>
+          <t>9789751402769</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nefertiti</t>
+          <t>Nezleli Karga</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751405593</t>
+          <t>9789751409065</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ne Kötü Bir Rüya</t>
+          <t>New York’u Yaşamak</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>6.94</v>
+        <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789751408006</t>
+          <t>9789751402202</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Son Yılları</t>
+          <t>New York Köleleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789751410160</t>
+          <t>9789751412942</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca’dan Seçmeler</t>
+          <t>Nefertiti</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751415684</t>
+          <t>9789751405593</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazar Olunur?</t>
+          <t>Ne Kötü Bir Rüya</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>25.46</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751405661</t>
+          <t>9789751408006</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nasıl mısın İyi misin?</t>
+          <t>Nazım Hikmet’in Son Yılları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751414540</t>
+          <t>9789751410160</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nannakos’un Gözyaşları</t>
+          <t>Nasrettin Hoca’dan Seçmeler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751411471</t>
+          <t>9789751415684</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Müzmin Bekarlar</t>
+          <t>Nasıl Yazar Olunur?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>37.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751405258</t>
+          <t>9789751405661</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Müzik Ansiklopedik Sözlük</t>
+          <t>Nasıl mısın İyi misin?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>46.3</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789751410993</t>
+          <t>9789751414540</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Müşteri</t>
+          <t>Nannakos’un Gözyaşları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>45</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789751413635</t>
+          <t>9789751411471</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Müzmin Bekarlar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>9.17</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789751409003</t>
+          <t>9789751405258</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Müzik Ansiklopedik Sözlük</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>18.52</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789751410122</t>
+          <t>9789751410993</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Müşteri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>13.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789751406972</t>
+          <t>9789751413635</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Yahudilik</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>40</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789751413154</t>
+          <t>9789751409003</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mucit Dedemin Müthiş İcatları</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789751414670</t>
+          <t>9789751410122</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu'nun Kuruluşu</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>37.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789751413598</t>
+          <t>9789751406972</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Miyase’nin Kuzuları</t>
+          <t>Musa ve Yahudilik</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>16.2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789751407870</t>
+          <t>9789751413154</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Mucit Dedemin Müthiş İcatları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>32.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751412973</t>
+          <t>9789751414670</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Miletoslu Aspasia</t>
+          <t>Modern Ortadoğu'nun Kuruluşu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>13.89</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751412133</t>
+          <t>9789751413598</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Miffy’nin Tatil Günü</t>
+          <t>Miyase’nin Kuzuları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>25</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789751411686</t>
+          <t>9789751407870</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Miffy Okula Gidiyor (Ciltli)</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>13.89</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751411662</t>
+          <t>9789751412973</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Miffy Hayvanat Bahçesinde (Ciltli)</t>
+          <t>Miletoslu Aspasia</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789751411693</t>
+          <t>9789751412133</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Miffy</t>
+          <t>Miffy’nin Tatil Günü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>11.57</v>
+        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789751415257</t>
+          <t>9789751411686</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Meyyale (Cep Boy)</t>
+          <t>Miffy Okula Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789751409645</t>
+          <t>9789751411662</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Yenikapı Cinayeti</t>
+          <t>Miffy Hayvanat Bahçesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789751414939</t>
+          <t>9789751411693</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Merdivenden Korkan Köpek</t>
+          <t>Miffy</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789751415639</t>
+          <t>9789751415257</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>Meyyale (Cep Boy)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>11.57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751408082</t>
+          <t>9789751409645</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mazhar Osman Kapalı Kutudaki Fırtına</t>
+          <t>Meşhur Yenikapı Cinayeti</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>20.83</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789751402783</t>
+          <t>9789751414939</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mavisakal Haklı</t>
+          <t>Merdivenden Korkan Köpek</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789751412195</t>
+          <t>9789751415639</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Masum Adam</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>37.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789751413451</t>
+          <t>9789751408082</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Maraz</t>
+          <t>Mazhar Osman Kapalı Kutudaki Fırtına</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>18.52</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751417299</t>
+          <t>9789751402783</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Managing in Turkish Culture</t>
+          <t>Mavisakal Haklı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>45</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789751411976</t>
+          <t>9789751412195</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Miffy Çıkartma Kitabı 3: Birlikle Sayalım</t>
+          <t>Masum Adam</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>20</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751412294</t>
+          <t>9789751413451</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Madame Curie</t>
+          <t>Maraz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751407320</t>
+          <t>9789751417299</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Loş Ayna</t>
+          <t>Managing in Turkish Culture</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>11.57</v>
+        <v>45</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751406064</t>
+          <t>9789751411976</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Lider ve Demagog</t>
+          <t>Miffy Çıkartma Kitabı 3: Birlikle Sayalım</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789751411235</t>
+          <t>9789751412294</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Evi</t>
+          <t>Madame Curie</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789751413765</t>
+          <t>9789751407320</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ladesçi</t>
+          <t>Loş Ayna</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789751410030</t>
+          <t>9789751406064</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenses</t>
+          <t>Lider ve Demagog</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>6.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789751412089</t>
+          <t>9789751411235</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Leyla’nın Evi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789751411211</t>
+          <t>9789751413765</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Küçük Erkekler</t>
+          <t>Ladesçi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789751414496</t>
+          <t>9789751410030</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Küçük Avukat Theodore Boone</t>
+          <t>Küçük Prenses</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789751408761</t>
+          <t>9789751412089</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kuvvetler Ayrılığı</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>34.72</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789751403742</t>
+          <t>9789751411211</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kutu Adam</t>
+          <t>Küçük Erkekler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789751491824</t>
+          <t>9789751414496</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar</t>
+          <t>Küçük Avukat Theodore Boone</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>22.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789751408617</t>
+          <t>9789751408761</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar ya da Ayvalık Yaşantısı</t>
+          <t>Kuvvetler Ayrılığı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>16.2</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789751409225</t>
+          <t>9789751403742</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kurutulmuş Çiçek Bahçesi</t>
+          <t>Kutu Adam</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789751408525</t>
+          <t>9789751491824</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Krizde Fırsatlar Görmek</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>20</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789751403476</t>
+          <t>9789751408617</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Kuşaklar ya da Ayvalık Yaşantısı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>11.57</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789751410634</t>
+          <t>9789751409225</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerde Davranış Sorunları</t>
+          <t>Kurutulmuş Çiçek Bahçesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>11.57</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789751414199</t>
+          <t>9789751408525</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Köpekbalıklarının Dengesi</t>
+          <t>Krizde Fırsatlar Görmek</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>47.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789751407016</t>
+          <t>9789751403476</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Köleler ve Tutkular</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>39.35</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789751411969</t>
+          <t>9789751410634</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Miffy Çıkartma Kitabı 2: Hayvanat Bahçesinde</t>
+          <t>Köpeklerde Davranış Sorunları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>20</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789751403049</t>
+          <t>9789751414199</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Deyimler ve Atasözleri Deyimler / Söz Grupları / Atasözleri</t>
+          <t>Köpekbalıklarının Dengesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>50</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789751407047</t>
+          <t>9789751407016</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Konsantremi Bozma!</t>
+          <t>Köleler ve Tutkular</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>19</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789751413796</t>
+          <t>9789751411969</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Komşu Köyün Delisi - Nokta Nokta Hanım’ın Hayatı</t>
+          <t>Miffy Çıkartma Kitabı 2: Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789751414984</t>
+          <t>9789751403049</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kolay Ekonomi</t>
+          <t>Konuşan Deyimler ve Atasözleri Deyimler / Söz Grupları / Atasözleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>11.57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789751490346</t>
+          <t>9789751407047</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Koca Denizde İki Nokta</t>
+          <t>Konsantremi Bozma!</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>4.63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789751414014</t>
+          <t>9789751413796</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kluge</t>
+          <t>Komşu Köyün Delisi - Nokta Nokta Hanım’ın Hayatı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789751413260</t>
+          <t>9789751414984</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kitap Gazetesi 2008 Tüm Sayılar</t>
+          <t>Kolay Ekonomi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789751413673</t>
+          <t>9789751490346</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Kurumların Kaderi</t>
+          <t>Koca Denizde İki Nokta</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>47.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789751410788</t>
+          <t>9789751414014</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Çocuk</t>
+          <t>Kluge</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789751411518</t>
+          <t>9789751413260</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kırık Küp / Kırk Hikaye</t>
+          <t>Kitap Gazetesi 2008 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>18.52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789751408792</t>
+          <t>9789751413673</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kır Evi</t>
+          <t>Kişilik ve Kurumların Kaderi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>27.78</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789751402455</t>
+          <t>9789751410788</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kır Ağı</t>
+          <t>Kimsesiz Çocuk</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>10</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789751410108</t>
+          <t>9789751411518</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Girit Olmasın</t>
+          <t>Kırk Kırık Küp / Kırk Hikaye</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789751402080</t>
+          <t>9789751408792</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kent Masalları</t>
+          <t>Kır Evi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789751405449</t>
+          <t>9789751402455</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yönetme Yöneticinin Kılavuzu</t>
+          <t>Kır Ağı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789751403780</t>
+          <t>9789751410108</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kendini Öldüren Adam</t>
+          <t>Kıbrıs Girit Olmasın</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789751412102</t>
+          <t>9789751402080</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kendine Düşünmeyi Öğret</t>
+          <t>Kent Masalları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>16.2</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789751404930</t>
+          <t>9789751405449</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Kadın Virginia Woolf</t>
+          <t>Kendini Yönetme Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>2.31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789751411952</t>
+          <t>9789751403780</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Miffy Çıkartma Kitabı 1: Kendim Yapabilirim</t>
+          <t>Kendini Öldüren Adam</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>16.2</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789751403223</t>
+          <t>9789751412102</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kendim Çizebilirim Boyama Kitabı</t>
+          <t>Kendine Düşünmeyi Öğret</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789751408815</t>
+          <t>9789751404930</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mesih Sabetay Sevi’nin İzini Sürerken</t>
+          <t>Kendine Ait Bir Kadın Virginia Woolf</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>30.09</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789751405432</t>
+          <t>9789751411952</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünya</t>
+          <t>Miffy Çıkartma Kitabı 1: Kendim Yapabilirim</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>23.15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789751415363</t>
+          <t>9789751403223</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Yıllar</t>
+          <t>Kendim Çizebilirim Boyama Kitabı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>41.67</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789751490230</t>
+          <t>9789751408815</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kayabaşı Uygarlığının Yükselişi ve Birdenbire Çöküşü</t>
+          <t>Kayıp Mesih Sabetay Sevi’nin İzini Sürerken</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>4.63</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789751408020</t>
+          <t>9789751405432</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kıyının Işıkları</t>
+          <t>Kayıp Dünya</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>17.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789751410672</t>
+          <t>9789751415363</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Karkot Deresi</t>
+          <t>Kaygılı Yıllar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>13.89</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789751407566</t>
+          <t>9789751490230</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler</t>
+          <t>Kayabaşı Uygarlığının Yükselişi ve Birdenbire Çöküşü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>37.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789751406262</t>
+          <t>9789751408020</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Gibiydiler</t>
+          <t>Karşı Kıyının Işıkları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>25.46</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789751406347</t>
+          <t>9789751410672</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dünya  Ekilmemiş Topraklar</t>
+          <t>Karkot Deresi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789751411136</t>
+          <t>9789751407566</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>Kardeşler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>6.94</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789751409799</t>
+          <t>9789751406262</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kanseri Beslenerek Yenebilirsiniz</t>
+          <t>Kardeş Gibiydiler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>11.57</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789751407474</t>
+          <t>9789751406347</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kane ve Abel</t>
+          <t>Karanlık Dünya  Ekilmemiş Topraklar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>27.78</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>3990000006309</t>
+          <t>9789751411136</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kalypso Dolunay</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>2.78</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789751402530</t>
+          <t>9789751409799</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kalp Taşları</t>
+          <t>Kanseri Beslenerek Yenebilirsiniz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>4.63</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789751408198</t>
+          <t>9789751407474</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kah Orada Kah Burada</t>
+          <t>Kane ve Abel</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>65</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789751403100</t>
+          <t>3990000006309</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Göre Değil</t>
+          <t>Kalypso Dolunay</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>6.94</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789751408884</t>
+          <t>9789751402530</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Kalp Taşları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789751410009</t>
+          <t>9789751408198</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kadın Matematikçiler</t>
+          <t>Kah Orada Kah Burada</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>18.52</v>
+        <v>65</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789751412850</t>
+          <t>9789751403100</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kadın Doğmak Kadın Olmak</t>
+          <t>Kadınlara Göre Değil</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789751409577</t>
+          <t>9789751408884</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Yemekli Misafirden!</t>
+          <t>Kadınlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789751412188</t>
+          <t>9789751410009</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kader Kitabı</t>
+          <t>Kadın Matematikçiler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789751410146</t>
+          <t>9789751412850</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Çocuk</t>
+          <t>Kadın Doğmak Kadın Olmak</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>6.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789751408648</t>
+          <t>9789751409577</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>K.</t>
+          <t>Kim Korkar Yemekli Misafirden!</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>30.09</v>
+        <v>50</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789751409478</t>
+          <t>9789751412188</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Janson Talimatı</t>
+          <t>Kader Kitabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789751400628</t>
+          <t>9789751410146</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Farecik</t>
+          <t>Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>4.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789751410771</t>
+          <t>9789751408648</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>K.</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>6.94</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789751414274</t>
+          <t>9789751409478</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Janson Talimatı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>32.41</v>
+        <v>65</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789751412461</t>
+          <t>9789751400628</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Pisliklere Hayır Kuralı</t>
+          <t>Kibirli Farecik</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>16.2</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751404848</t>
+          <t>9789751410771</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İş Ararken Etkili Özgeçmiş Yazmanın ve Başarılı Görüşmeler Yapmanın Yolları</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789751404657</t>
+          <t>9789751414274</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Bodrum Barları</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>30</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751404442</t>
+          <t>9789751412461</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İslam İnançları Sözlüğü</t>
+          <t>İşyerinde Pisliklere Hayır Kuralı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>69.44</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789751405494</t>
+          <t>9789751404848</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İnsan Seçme Yöneticinin Kılavuzu</t>
+          <t>İş Ararken Etkili Özgeçmiş Yazmanın ve Başarılı Görüşmeler Yapmanın Yolları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789751403285</t>
+          <t>9789751404657</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İnsan Figürü Çizimi</t>
+          <t>İstanbul ve Bodrum Barları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>46.3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789751491206</t>
+          <t>9789751404442</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İnsan Açısından Edebiyat</t>
+          <t>İslam İnançları Sözlüğü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>4.63</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789751401847</t>
+          <t>9789751405494</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İnkılap ve Kadro</t>
+          <t>İnsan Seçme Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789751408372</t>
+          <t>9789751403285</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Hukuk Terimleri Sözlüğü (İngilizce - Türkçe) (Ciltli)</t>
+          <t>İnsan Figürü Çizimi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>37.04</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751410313</t>
+          <t>9789751491206</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Köleleri Ateş Rüzgârı 2. Kitap</t>
+          <t>İnsan Açısından Edebiyat</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>16.2</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789751411532</t>
+          <t>9789751401847</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İmbatta Karanfil Kokusu</t>
+          <t>İnkılap ve Kadro</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789751412164</t>
+          <t>9789751408372</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedi</t>
+          <t>Ekonomi ve Hukuk Terimleri Sözlüğü (İngilizce - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>42.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751414861</t>
+          <t>9789751410313</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Sayı (Ciltli)</t>
+          <t>İmparatorluğun Köleleri Ateş Rüzgârı 2. Kitap</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>60</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751415530</t>
+          <t>9789751411532</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin Günlük Hayatı</t>
+          <t>İmbatta Karanfil Kokusu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>37.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751405791</t>
+          <t>9789751412164</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İletişim Yöneticinin Kılavuzu</t>
+          <t>İlk Ansiklopedi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>6.94</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789751400376</t>
+          <t>9789751414861</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam Cilt: 3 1950-1964</t>
+          <t>İlk 100 Sayı (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789751400369</t>
+          <t>9789751415530</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam Cilt: 1 1884-1938</t>
+          <t>İlişkilerin Günlük Hayatı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>227.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751410351</t>
+          <t>9789751405791</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>İletişim Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751401854</t>
+          <t>9789751400376</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İhtilalin Mantığı ve 27 Mayıs İhtilali</t>
+          <t>İkinci Adam Cilt: 3 1950-1964</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>37.04</v>
+        <v>280</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789751404862</t>
+          <t>9789751400369</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hırsızların Onuru</t>
+          <t>İkinci Adam Cilt: 1 1884-1938</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>25.46</v>
+        <v>227.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751405036</t>
+          <t>9789751410351</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Fotoğraf Sanatı</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>27.78</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789751402479</t>
+          <t>9789751401854</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Her Rind Bilir</t>
+          <t>İhtilalin Mantığı ve 27 Mayıs İhtilali</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>4.63</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789751410528</t>
+          <t>9789751404862</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Mücadeleden Yaşamaya Geçiş</t>
+          <t>Hırsızların Onuru</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>22.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789751411488</t>
+          <t>9789751405036</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler 1995 - 2005</t>
+          <t>Her Yönüyle Fotoğraf Sanatı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>46.3</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789751406224</t>
+          <t>9789751402479</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler 1985 - 1995</t>
+          <t>Her Rind Bilir</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751414601</t>
+          <t>9789751410528</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dön</t>
+          <t>Hayatla Mücadeleden Yaşamaya Geçiş</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>65</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789751405340</t>
+          <t>9789751411488</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Işık ve Gölge</t>
+          <t>Hayatımızı Değiştiren Filmler 1995 - 2005</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>120</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789751407696</t>
+          <t>9789751406224</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hatırladıklarım</t>
+          <t>Hayatımızı Değiştiren Filmler 1985 - 1995</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789751403179</t>
+          <t>9789751414601</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hastalanmadan Yaşamak Bizim Elimizde</t>
+          <t>Hayata Dön</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>18.52</v>
+        <v>65</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789751413628</t>
+          <t>9789751405340</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Işık ve Gölge</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>18.52</v>
+        <v>120</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789751405838</t>
+          <t>9789751407696</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Hatırladıklarım</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789751403469</t>
+          <t>9789751403179</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Etkili Konuşma Sanatı</t>
+          <t>Hastalanmadan Yaşamak Bizim Elimizde</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789751412058</t>
+          <t>9789751413628</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Güzel Akıl Nasıl Edinilir?</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789751411082</t>
+          <t>9789751405838</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türk Kadınlarından Başarı Öyküleri</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>41.67</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789751404596</t>
+          <t>9789751403469</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Güneyli Bayan’ın Özel Defteri</t>
+          <t>Güzel ve Etkili Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789751406118</t>
+          <t>9789751412058</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yiyen Çingene</t>
+          <t>Güzel Akıl Nasıl Edinilir?</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789751408839</t>
+          <t>9789751411082</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hamamböceği Sendromu Meraklısına TV Röportaj Notları</t>
+          <t>Günümüz Türk Kadınlarından Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>13.89</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789751401557</t>
+          <t>9789751404596</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Türk Resminde Yeni Dönem</t>
+          <t>Güneyli Bayan’ın Özel Defteri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789751491275</t>
+          <t>9789751406118</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Yahya Kemal</t>
+          <t>Güneş Yiyen Çingene</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789751492296</t>
+          <t>9789751408839</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Edebiyatı Antolojisi</t>
+          <t>Hamamböceği Sendromu Meraklısına TV Röportaj Notları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789751492289</t>
+          <t>9789751401557</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Servetifunun Dönemi Türk Edebiyatı Antolojisi</t>
+          <t>Türk Resminde Yeni Dönem</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789751411365</t>
+          <t>9789751491275</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Çizim Sanatı</t>
+          <t>Türk Edebiyatında Yahya Kemal</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>85</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789751410597</t>
+          <t>9789751492296</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Tanzimat Dönemi Türk Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>360</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751404244</t>
+          <t>9789751492289</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tuğralar Lirik Şiirler 1973-1984</t>
+          <t>Servetifunun Dönemi Türk Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789751401618</t>
+          <t>9789751411365</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Toprak Uyanırsa</t>
+          <t>Tüm Yönleriyle Çizim Sanatı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>275</v>
+        <v>85</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789751404770</t>
+          <t>9789751410597</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Toplumbilim Sözlüğü</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>41.67</v>
+        <v>415</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789751405116</t>
+          <t>9789751404244</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Maceramız 1</t>
+          <t>Tuğralar Lirik Şiirler 1973-1984</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789751411396</t>
+          <t>9789751401618</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Toprak Uyanırsa</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789751406293</t>
+          <t>9789751404770</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Titanik</t>
+          <t>Toplumbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>20.83</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789751404046</t>
+          <t>9789751405116</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Sözlüğü</t>
+          <t>İstanbul Maceramız 1</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>61</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789751409010</t>
+          <t>9789751411396</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tırtıllara Özgürlük</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789751491688</t>
+          <t>9789751406293</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Sağlık Ansiklopedisi</t>
+          <t>Titanik</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>37.04</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789759675929</t>
+          <t>9789751404046</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>The Guide to Turkish Wines</t>
+          <t>Ticaret Sözlüğü</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>13.89</v>
+        <v>61</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789751414205</t>
+          <t>9789751409010</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Terapide 5 Soluk</t>
+          <t>Tırtıllara Özgürlük</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789751410306</t>
+          <t>9789751491688</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Teodora’nın Düşmanları</t>
+          <t>Tıp ve Sağlık Ansiklopedisi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>25</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789751413161</t>
+          <t>9789759675929</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Teneke Orman</t>
+          <t>The Guide to Turkish Wines</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789751408631</t>
+          <t>9789751414205</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Telesafir</t>
+          <t>Terapide 5 Soluk</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>20.83</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789751411761</t>
+          <t>9789751410306</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuz Karaboğdan Voyvodası Dimitri Kantemir</t>
+          <t>Teodora’nın Düşmanları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789751406729</t>
+          <t>9789751413161</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 3</t>
+          <t>Teneke Orman</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789751406712</t>
+          <t>9789751408631</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 2</t>
+          <t>Telesafir</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>50</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789751406705</t>
+          <t>9789751411761</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 1</t>
+          <t>Tekboynuz Karaboğdan Voyvodası Dimitri Kantemir</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789751409829</t>
+          <t>9789751406729</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tazminat Kralı</t>
+          <t>Tek Adam Cilt 3</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>23.15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789751402622</t>
+          <t>9789751406712</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Taştan Hüküm</t>
+          <t>Tek Adam Cilt 2</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789751408495</t>
+          <t>9789751406705</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Taşkın Sular Kenti Uzay - Zaman Ajanı Valerian</t>
+          <t>Tek Adam Cilt 1</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>16.2</v>
+        <v>45</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789751414489</t>
+          <t>9789751409829</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Taş Sektirirken Anıların Suyunda</t>
+          <t>Tazminat Kralı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>16.2</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789751403391</t>
+          <t>9789751402622</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tarot ile Kehanet Sanatı</t>
+          <t>Taştan Hüküm</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789751403568</t>
+          <t>9789751408495</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Vatanı Anadolu</t>
+          <t>Taşkın Sular Kenti Uzay - Zaman Ajanı Valerian</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789751400499</t>
+          <t>9789751414489</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Mustafa Kemal (3 Cilt Takım - Kutulu)</t>
+          <t>Taş Sektirirken Anıların Suyunda</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>145</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789751408679</t>
+          <t>9789751403391</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkadın</t>
+          <t>Tarot ile Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789751406798</t>
+          <t>9789751403568</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şölen Sofrası Kadın-Erkek İlişkilerine ve Benliğe Dair Denemeler</t>
+          <t>Tanrıların Vatanı Anadolu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789751413291</t>
+          <t>9789751400499</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şirket</t>
+          <t>Tek Adam Mustafa Kemal (3 Cilt Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>480</v>
+        <v>145</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789751415417</t>
+          <t>9789751408679</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şekersiz</t>
+          <t>Tanrıkadın</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>46.3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789751409690</t>
+          <t>9789751406798</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Şarapla Tanışma (Ciltli)</t>
+          <t>Şölen Sofrası Kadın-Erkek İlişkilerine ve Benliğe Dair Denemeler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>37.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789751492166</t>
+          <t>9789751413291</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Şairler, Edipler, Muharrirler</t>
+          <t>Şirket</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>9.26</v>
+        <v>555</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789751404404</t>
+          <t>9789751415417</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şairler Şehri</t>
+          <t>Şekersiz</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>13.89</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789751402158</t>
+          <t>9789751409690</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Koltuğu</t>
+          <t>Şarapla Tanışma (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>6.94</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789751406125</t>
+          <t>9789751492166</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sümbül Sokağın Tutsak Kadını</t>
+          <t>Şairler, Edipler, Muharrirler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789751401427</t>
+          <t>9789751404404</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi</t>
+          <t>Şairler Şehri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789751490391</t>
+          <t>9789751402158</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Öncülerinden Robert Owen Yaşamı-Öğretisi-Eylemi</t>
+          <t>Sürücü Koltuğu</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>3990000014101</t>
+          <t>9789751406125</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm</t>
+          <t>Sümbül Sokağın Tutsak Kadını</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>2.31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>3990000012048</t>
+          <t>9789751401427</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sınıflar</t>
+          <t>Sosyoloji Tarihi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>2.31</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789751405784</t>
+          <t>9789751490391</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sorun Çözme Yöneticinin Kılavuzu</t>
+          <t>Sosyalizmin Öncülerinden Robert Owen Yaşamı-Öğretisi-Eylemi</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789751408099</t>
+          <t>3990000014101</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Yaprakları</t>
+          <t>Sosyalizm</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>30</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789751415608</t>
+          <t>3990000012048</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Son Haçlılar</t>
+          <t>Sosyal Sınıflar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>82.5</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789751411846</t>
+          <t>9789751405784</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Son Çağrı</t>
+          <t>Sorun Çözme Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789751414106</t>
+          <t>9789751408099</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Son Ada</t>
+          <t>Sonbahar Yaprakları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>6.39</v>
+        <v>30</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789751413109</t>
+          <t>9789751415608</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Son Ada</t>
+          <t>Son Haçlılar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>11.57</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789751406620</t>
+          <t>9789751411846</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sokak Avukatı</t>
+          <t>Son Çağrı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789751407511</t>
+          <t>9789751414106</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarihimizde Kırk Yıllık Hariciye Anıları</t>
+          <t>Son Ada</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>22.5</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789751406484</t>
+          <t>9789751413109</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Siyah - Beyaz Fotoğraf Sanatı ve Karanlık Oda Teknikleri</t>
+          <t>Son Ada</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789751406910</t>
+          <t>9789751406620</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sisli Yaz</t>
+          <t>Sokak Avukatı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789751414342</t>
+          <t>9789751407511</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sinemamızda Değişim Rüzgarları</t>
+          <t>Siyasi Tarihimizde Kırk Yıllık Hariciye Anıları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>90</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789751406613</t>
+          <t>9789751406484</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sinan’ın Mayası</t>
+          <t>Siyah - Beyaz Fotoğraf Sanatı ve Karanlık Oda Teknikleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789751416599</t>
+          <t>9789751406910</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Silahsız Savaş Bir Mücadele Sanatı Olarak Diplomasi</t>
+          <t>Sisli Yaz</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>50</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789751403308</t>
+          <t>9789751414342</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sözlü - Yazılı Anlatım Sanatı (Kompozisyon)</t>
+          <t>Sinemamızda Değişim Rüzgarları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>18.52</v>
+        <v>90</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789751411808</t>
+          <t>9789751406613</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasulye</t>
+          <t>Sinan’ın Mayası</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789751404268</t>
+          <t>9789751416599</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Si Minör Ortaköy</t>
+          <t>Silahsız Savaş Bir Mücadele Sanatı Olarak Diplomasi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>6.94</v>
+        <v>50</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789751412409</t>
+          <t>9789751403308</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sırça Tuzak</t>
+          <t>Sözlü - Yazılı Anlatım Sanatı (Kompozisyon)</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789751410887</t>
+          <t>9789751411808</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Sihirli Fasulye</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>25.46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789751412317</t>
+          <t>9789751404268</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sevdalım Hayat</t>
+          <t>Si Minör Ortaköy</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>20.83</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789751409195</t>
+          <t>9789751412409</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Sinema</t>
+          <t>Sırça Tuzak</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>37.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789751408532</t>
+          <t>9789751410887</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Semiramis</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>37.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789751400024</t>
+          <t>9789751412317</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sembolizm  Sanat Ansiklopedisi</t>
+          <t>Sevdalım Hayat</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>55</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789751412676</t>
+          <t>9789751409195</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Selin Ve Köpeği (Ciltli)</t>
+          <t>Seni Seviyorum Sinema</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>15</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789751412775</t>
+          <t>9789751408532</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Selin Pastacıda (Ciltli)</t>
+          <t>Semiramis</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>27.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789751414359</t>
+          <t>9789751400024</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Selin Dizisi 2 / (6 Yeni Macera) (Ciltli)</t>
+          <t>Sembolizm  Sanat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>41.67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789751413802</t>
+          <t>9789751412676</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Selin Dizisi 1 / (6 Macera Bir Arada) (Ciltli)</t>
+          <t>Selin Ve Köpeği (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>27.78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789751406651</t>
+          <t>9789751412775</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Seçme Masallar</t>
+          <t>Selin Pastacıda (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>13.89</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789751406194</t>
+          <t>9789751414359</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sebze Yemekleri Günümüzün En Sevilen Yemekleri, Adım Adım, En Kolay Tariflerle (Ciltli)</t>
+          <t>Selin Dizisi 2 / (6 Yeni Macera) (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>34.72</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789751405821</t>
+          <t>9789751413802</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Savrulmalar</t>
+          <t>Selin Dizisi 1 / (6 Macera Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789751408471</t>
+          <t>9789751406651</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Çocukları Girit’ten Sonra Ayvalık</t>
+          <t>Seçme Masallar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789751410542</t>
+          <t>9789751406194</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Doktorun İzinde Kırım, Sarıkamış, Esaret Yılları ve Kurtuluş Savaşı</t>
+          <t>Sebze Yemekleri Günümüzün En Sevilen Yemekleri, Adım Adım, En Kolay Tariflerle (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>18.52</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789751412737</t>
+          <t>9789751405821</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Selin Ata Biniyor (Ciltli)</t>
+          <t>Savrulmalar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>27.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789751412201</t>
+          <t>9789751408471</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarının 55 Anahtarı</t>
+          <t>Savaşın Çocukları Girit’ten Sonra Ayvalık</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789751410757</t>
+          <t>9789751410542</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış’tan Esarete (1915-1920)</t>
+          <t>Savaşçı Doktorun İzinde Kırım, Sarıkamış, Esaret Yılları ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789751402721</t>
+          <t>9789751412737</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sanki Cennetti Görünen</t>
+          <t>Selin Ata Biniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>4.63</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789751415448</t>
+          <t>9789751412201</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sanık</t>
+          <t>Satışta Başarının 55 Anahtarı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>25</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789751410917</t>
+          <t>9789751410757</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Söz Yaşlarım</t>
+          <t>Sarıkamış’tan Esarete (1915-1920)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>13.89</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789751413987</t>
+          <t>9789751402721</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sanat Uzun Hayat Kısa</t>
+          <t>Sanki Cennetti Görünen</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>27.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789751405845</t>
+          <t>9789751415448</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı ve Uzun Yaşama Kılavuzu</t>
+          <t>Sanık</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789751407344</t>
+          <t>9789751410917</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Psikolojisi</t>
+          <t>Söz Yaşlarım</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789751408907</t>
+          <t>9789751413987</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sağlığımızın Yapıtaşları Sebze ve Meyveler</t>
+          <t>Sanat Uzun Hayat Kısa</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789751407856</t>
+          <t>9789751405845</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sağlığımız İçin Yararlı Bitkiler</t>
+          <t>Sağlıklı ve Uzun Yaşama Kılavuzu</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>30.09</v>
+        <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789751409379</t>
+          <t>9789751407344</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sadettin Paşanın Anıları</t>
+          <t>Sağlık Psikolojisi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789751409560</t>
+          <t>9789751408907</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sadece Anı Değil</t>
+          <t>Sağlığımızın Yapıtaşları Sebze ve Meyveler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789751410061</t>
+          <t>9789751407856</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sabiha</t>
+          <t>Sağlığımız İçin Yararlı Bitkiler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>9.26</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789751409676</t>
+          <t>9789751409379</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Çalgısı Ateş Rüzgârı 1. Kitap</t>
+          <t>Sadettin Paşanın Anıları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>13.89</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789751403216</t>
+          <t>9789751409560</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Rusya Nasıl Kurtulur?</t>
+          <t>Sadece Anı Değil</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>2.31</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789751409140</t>
+          <t>9789751410061</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Benimdi</t>
+          <t>Sabiha</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789751400055</t>
+          <t>9789751409676</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ruhbilim Sözlüğü</t>
+          <t>Rüzgar Çalgısı Ateş Rüzgârı 1. Kitap</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789751406767</t>
+          <t>9789751403216</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Salatalar (Günümüzün En Sevilen Yemekleri Adım Adım En Kolay Tarifleriyle) (Ciltli)</t>
+          <t>Rusya Nasıl Kurtulur?</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>70</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789751401946</t>
+          <t>9789751409140</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Resimde Renk ve Uygulanışı</t>
+          <t>Rumeli Benimdi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>46.3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789751402905</t>
+          <t>9789751400055</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatının Tarihi</t>
+          <t>Ruhbilim Sözlüğü</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789751415400</t>
+          <t>9789751406767</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2012 Tüm Sayılar</t>
+          <t>Resimleriyle Adım Adım Salatalar (Günümüzün En Sevilen Yemekleri Adım Adım En Kolay Tarifleriyle) (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789751414854</t>
+          <t>9789751401946</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2011 Tüm Sayılar</t>
+          <t>Resimde Renk ve Uygulanışı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>30</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789751414250</t>
+          <t>9789751402905</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2010 Tüm Sayılar</t>
+          <t>Resim Sanatının Tarihi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789751403117</t>
+          <t>9789751415400</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sevda ve Süprüntü</t>
+          <t>Remzi Kitap Gazetesi 2012 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>4.63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789751405395</t>
+          <t>9789751414854</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Asteriks’in Oğlu</t>
+          <t>Remzi Kitap Gazetesi 2011 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789751405418</t>
+          <t>9789751414250</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Şehrazad</t>
+          <t>Remzi Kitap Gazetesi 2010 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789751414281</t>
+          <t>9789751403117</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Oburiks’in Doğum Günü (Altın Kitap)</t>
+          <t>Sevda ve Süprüntü</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789751407160</t>
+          <t>9789751405395</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Normanlar</t>
+          <t>Asteriks’in Oğlu</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789751406040</t>
+          <t>9789751405418</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Oburiks ve Şirketi</t>
+          <t>Asteriks ve Şehrazad</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789751404619</t>
+          <t>9789751414281</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Lejyoner</t>
+          <t>Asteriks ve Oburiks’in Doğum Günü (Altın Kitap)</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789751404992</t>
+          <t>9789751407160</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Korsika’da</t>
+          <t>Asteriks ve Normanlar</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789751404886</t>
+          <t>9789751406040</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Kahin</t>
+          <t>Asteriks Oburiks ve Şirketi</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789751404725</t>
+          <t>9789751404619</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Asteriks İsviçre’de</t>
+          <t>Asteriks Lejyoner</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789751406156</t>
+          <t>9789751404992</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Asteriks İspanya’da</t>
+          <t>Asteriks Korsika’da</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789751405401</t>
+          <t>9789751404886</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Gül ve Kılıç</t>
+          <t>Asteriks Kahin</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789751404602</t>
+          <t>9789751404725</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Gladyatör</t>
+          <t>Asteriks İsviçre’de</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789751405227</t>
+          <t>9789751406156</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Kara Altın</t>
+          <t>Asteriks İspanya’da</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789751408501</t>
+          <t>9789751405401</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Gotlar</t>
+          <t>Asteriks Gül ve Kılıç</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789751407986</t>
+          <t>9789751404602</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Altın Orak</t>
+          <t>Asteriks Gladyatör</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789751406453</t>
+          <t>9789751405227</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Tanrılar Sitesi</t>
+          <t>Asteriks ve Kara Altın</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789751404510</t>
+          <t>9789751408501</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Şefler Savaşı</t>
+          <t>Asteriks ve Gotlar</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789751406514</t>
+          <t>9789751407986</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Sezar’ın Tacı</t>
+          <t>Asteriks ve Altın Orak</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789751414007</t>
+          <t>9789751406453</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç Altında</t>
+          <t>Asteriks Tanrılar Sitesi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>25.46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789751404923</t>
+          <t>9789751404510</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Sezar’ın Hediyesi</t>
+          <t>Asteriks Şefler Savaşı</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789751401472</t>
+          <t>9789751406514</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Asteriks Sezar’ın Tacı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>25.46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789751411785</t>
+          <t>9789751414007</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Kıskaç Altında</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789751407146</t>
+          <t>9789751404923</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Olimpiyatlarda</t>
+          <t>Asteriks Sezar’ın Hediyesi</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789751405425</t>
+          <t>9789751401472</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Oburiks Zor Durumda</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>25</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789751411167</t>
+          <t>9789751411785</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kara Lale</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789751411495</t>
+          <t>9789751407146</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kara Güneş</t>
+          <t>Asteriks Olimpiyatlarda</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>42.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789751411884</t>
+          <t>9789751405425</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Latraviata</t>
+          <t>Asteriks Oburiks Zor Durumda</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789751404527</t>
+          <t>9789751411167</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Kleopatra</t>
+          <t>Kara Lale</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789751405609</t>
+          <t>9789751411495</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Maceramız 2</t>
+          <t>Kara Güneş</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>13.89</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789751406163</t>
+          <t>9789751411884</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Kazan</t>
+          <t>Asteriks ve Latraviata</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789751409614</t>
+          <t>9789751404527</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Suluboya Resim Sanatı</t>
+          <t>Asteriks ve Kleopatra</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789751400529</t>
+          <t>9789751405609</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Romantizm Sanat Ansiklopedisi</t>
+          <t>İstanbul Maceramız 2</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>65</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789751410726</t>
+          <t>9789751406163</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Asteriks ve Kazan</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789751412898</t>
+          <t>9789751409614</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Rising Above The Clouds</t>
+          <t>Suluboya Resim Sanatı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789751413550</t>
+          <t>9789751400529</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözcükler (Ciltli)</t>
+          <t>Romantizm Sanat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>18.52</v>
+        <v>65</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789751491053</t>
+          <t>9789751410726</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İslamda Ahlak</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789751412713</t>
+          <t>9789751412898</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Selin Denizde (Ciltli)</t>
+          <t>Rising Above The Clouds</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789751412683</t>
+          <t>9789751413550</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Selin Çiftlikte (Ciltli)</t>
+          <t>Resimli Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789751407283</t>
+          <t>9789751491053</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bordamıza Vuran Deniz - Yedinci Gün</t>
+          <t>İslamda Ahlak</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789751416643</t>
+          <t>9789751412713</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aşka Şeytan Karışır</t>
+          <t>Selin Denizde (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789751401137</t>
+          <t>9789751412683</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfak Sanatı</t>
+          <t>Selin Çiftlikte (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789751408266</t>
+          <t>9789751407283</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün Doğru Karar Ver</t>
+          <t>Bordamıza Vuran Deniz - Yedinci Gün</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789751408235</t>
+          <t>9789751416643</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Engereğin Gözündeki Kamaşma</t>
+          <t>Aşka Şeytan Karışır</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789751415950</t>
+          <t>9789751401137</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hayal</t>
+          <t>Türk Mutfak Sanatı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789751415813</t>
+          <t>9789751408266</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Müzik (Özel Kutu ve 10 Adet CD) (Ciltli)</t>
+          <t>İyi Düşün Doğru Karar Ver</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>231.48</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789751415875</t>
+          <t>9789751408235</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Vurguncu</t>
+          <t>Engereğin Gözündeki Kamaşma</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789751415059</t>
+          <t>9789751415950</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Okulda Başarı</t>
+          <t>Hayal</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>20.83</v>
+        <v>35</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789751416629</t>
+          <t>9789751415813</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Fasulyenin Günlüğü</t>
+          <t>Zaman İçinde Müzik (Özel Kutu ve 10 Adet CD) (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>30</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789751412041</t>
+          <t>9789751415875</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Bizans</t>
+          <t>Vurguncu</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>23.15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789751405333</t>
+          <t>9789751415059</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Rekabetüstü</t>
+          <t>Okulda Başarı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>13.89</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789751411266</t>
+          <t>9789751416629</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Reiki ve Dynamic Rebirthing Şifaya Giden İki Yol</t>
+          <t>Fasulyenin Günlüğü</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>16.2</v>
+        <v>30</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789751415691</t>
+          <t>9789751412041</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Reiki</t>
+          <t>Şu Bizim Bizans</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>20.83</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789751414823</t>
+          <t>9789751405333</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Kadeş Savaşı</t>
+          <t>Rekabetüstü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789751406569</t>
+          <t>9789751411266</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Kadeş Savaşı</t>
+          <t>Reiki ve Dynamic Rebirthing Şifaya Giden İki Yol</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>23.15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789751414809</t>
+          <t>9789751415691</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Işığın Oğlu</t>
+          <t>Reiki</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>9.17</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789751406323</t>
+          <t>9789751414823</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Işığın Oğlu</t>
+          <t>Ramses - Kadeş Savaşı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>23.15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789751406811</t>
+          <t>9789751406569</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Ebu Simbel’in Kraliçesi</t>
+          <t>Ramses - Kadeş Savaşı</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789751414830</t>
+          <t>9789751414809</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Ebu Simbel´in Kraliçesi</t>
+          <t>Ramses - Işığın Oğlu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>20.83</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789751414915</t>
+          <t>9789751406323</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ramses (5 Kitap Takım)</t>
+          <t>Ramses - Işığın Oğlu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>45.83</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789751406842</t>
+          <t>9789751406811</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Batı Akasyası’nın Altında</t>
+          <t>Ramses - Ebu Simbel’in Kraliçesi</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789751414847</t>
+          <t>9789751414830</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Batı Akasyası´nın Altında</t>
+          <t>Ramses - Ebu Simbel´in Kraliçesi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>9.17</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789751403346</t>
+          <t>9789751414915</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Ragazzi "Oğlanlar"</t>
+          <t>Ramses (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>9.26</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789751407191</t>
+          <t>9789751406842</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Radyo ve Televizyon Günleri Olaylar, İnsanlar, Anılar</t>
+          <t>Ramses - Batı Akasyası’nın Altında</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789751410658</t>
+          <t>9789751414847</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Afet İnan</t>
+          <t>Ramses - Batı Akasyası´nın Altında</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>27.78</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789751411419</t>
+          <t>9789751403346</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna (Tam Metin)</t>
+          <t>Ragazzi "Oğlanlar"</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789751410139</t>
+          <t>9789751407191</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Radyo ve Televizyon Günleri Olaylar, İnsanlar, Anılar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>8.33</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789751405487</t>
+          <t>9789751410658</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Planlama Yöneticinin Kılavuzu</t>
+          <t>Prof. Dr. Afet İnan</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>6.94</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789751414625</t>
+          <t>9789751411419</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Pollyanna (Tam Metin)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789751411877</t>
+          <t>9789751410139</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ping Yeni Bir Göl Arayan Kurbağa</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789751403384</t>
+          <t>9789751405487</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Perişey Şiirler 1985-1992</t>
+          <t>Planlama Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>4.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789751406552</t>
+          <t>9789751414625</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kitap</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789751412485</t>
+          <t>9789751411877</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Pelikan Dosyası</t>
+          <t>Ping Yeni Bir Göl Arayan Kurbağa</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>440</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789751415035</t>
+          <t>9789751403384</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Paris’teki Eş</t>
+          <t>Perişey Şiirler 1985-1992</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>34.72</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789751406354</t>
+          <t>9789751406552</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Diyet Zamanı</t>
+          <t>Pembe Kitap</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>11.57</v>
+        <v>25</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789751403629</t>
+          <t>9789751412485</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Rehber</t>
+          <t>Pelikan Dosyası</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>9.26</v>
+        <v>500</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789751407122</t>
+          <t>9789751415035</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Ra’nın Maskesi</t>
+          <t>Paris’teki Eş</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>20.83</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789751406941</t>
+          <t>9789751406354</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ramses (5 Kitap Takım) Işığın Oğlu / Milyonlarca Yılın Tapınağı / Kadeş Savaşı / Ebu-Simbel’in Kraliçesi / Batı Akasyası’nın Altında</t>
+          <t>Diyet Zamanı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>115.74</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789751414816</t>
+          <t>9789751403629</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Milyonlarca Yılın Tapınağı</t>
+          <t>Rehber</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789751406538</t>
+          <t>9789751407122</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ramses - Milyonlarca Yılın Tapınağı</t>
+          <t>Ra’nın Maskesi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>23.15</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789751491848</t>
+          <t>9789751406941</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Para Bankalar Ve Ekonomi</t>
+          <t>Ramses (5 Kitap Takım) Işığın Oğlu / Milyonlarca Yılın Tapınağı / Kadeş Savaşı / Ebu-Simbel’in Kraliçesi / Batı Akasyası’nın Altında</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>22.5</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789751400598</t>
+          <t>9789751414816</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Ramses - Milyonlarca Yılın Tapınağı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>4.63</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789751400079</t>
+          <t>9789751406538</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Kültür</t>
+          <t>Ramses - Milyonlarca Yılın Tapınağı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789751405616</t>
+          <t>9789751491848</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Ülkesi</t>
+          <t>Para Bankalar Ve Ekonomi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>20.83</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789751407382</t>
+          <t>9789751400598</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Öykünmece</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789751491909</t>
+          <t>9789751400079</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Atasözleri</t>
+          <t>Özgürlük ve Kültür</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>6.94</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789751402035</t>
+          <t>9789751405616</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Sahipleri</t>
+          <t>Özgürlük Ülkesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>2.78</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789751416087</t>
+          <t>9789751407382</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Öykünmece</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>9.17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789751415776</t>
+          <t>9789751491909</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim Yaşadıklarım (Ciltli)</t>
+          <t>Öykülerle Atasözleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>46.3</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789751416360</t>
+          <t>9789751402035</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Anahtar Sahipleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>19</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789751416377</t>
+          <t>9789751416087</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Butterflies and People</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>25.46</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789751415721</t>
+          <t>9789751415776</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>36 Baharı</t>
+          <t>Gördüklerim Yaşadıklarım (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>25</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789751400086</t>
+          <t>9789751416360</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Seçmeler</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>4.63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789751416025</t>
+          <t>9789751416377</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Video Oyunlarinda Aşırıya Kaçınca</t>
+          <t>Butterflies and People</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>27.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789751416063</t>
+          <t>9789751415721</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Machiavelli</t>
+          <t>36 Baharı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>37.04</v>
+        <v>25</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789751416261</t>
+          <t>9789751400086</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ve Piktler</t>
+          <t>Seçmeler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789751415936</t>
+          <t>9789751416025</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sinematografi</t>
+          <t>Video Oyunlarinda Aşırıya Kaçınca</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>60.19</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789751416308</t>
+          <t>9789751416063</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Mi Var Derdin Var</t>
+          <t>Machiavelli</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>13.89</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789751405289</t>
+          <t>9789751416261</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Belçika’da</t>
+          <t>Asteriks ve Piktler</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789751412522</t>
+          <t>9789751415936</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Asteriks  Galya’da Okullar Açılıyor</t>
+          <t>Sinematografi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>25</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789751405081</t>
+          <t>9789751416308</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Asteriks - Büyük Yolculuk</t>
+          <t>Kişiliğin Mi Var Derdin Var</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789751412591</t>
+          <t>9789751405289</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Arzın Merkezine Seyahat</t>
+          <t>Asteriks Belçika’da</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789751415431</t>
+          <t>9789751412522</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Ardından Yıllar Geçti</t>
+          <t>Asteriks  Galya’da Okullar Açılıyor</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>20.83</v>
+        <v>25</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789751409706</t>
+          <t>9789751405081</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Arafat’ta Bir Çocuk</t>
+          <t>Asteriks - Büyük Yolculuk</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789751413222</t>
+          <t>9789751412591</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Aperitif Mönüler</t>
+          <t>Arzın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>55.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789751410467</t>
+          <t>9789751415431</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Anti - Aging</t>
+          <t>Ardından Yıllar Geçti</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>95</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789751415172</t>
+          <t>9789751409706</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Annenin Rehberi</t>
+          <t>Arafat’ta Bir Çocuk</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>27.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789751413970</t>
+          <t>9789751413222</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Anneler ve Kızları</t>
+          <t>Aperitif Mönüler</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>18.52</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789751413390</t>
+          <t>9789751410467</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Anneee! Anne Oluyorum!</t>
+          <t>Anti - Aging</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>27.78</v>
+        <v>95</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789751401403</t>
+          <t>9789751415172</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Çocuk</t>
+          <t>Annenin Rehberi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>20.83</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789751417961</t>
+          <t>9789751413970</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Anne Bu Ne?</t>
+          <t>Anneler ve Kızları</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>12.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789751413512</t>
+          <t>9789751413390</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Anıtsal İstanbul</t>
+          <t>Anneee! Anne Oluyorum!</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789751414779</t>
+          <t>9789751401403</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Resimli Andersen Masalları (Ciltli)</t>
+          <t>Anne ve Çocuk</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>45</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789751411556</t>
+          <t>9789751417961</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Anne Bu Ne?</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>10</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789751405722</t>
+          <t>9789751413512</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Altın Kuş</t>
+          <t>Anıtsal İstanbul</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>6.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789751400574</t>
+          <t>9789751414779</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Alaettin’in Lambası</t>
+          <t>Resimli Andersen Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789751415561</t>
+          <t>9789751411556</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ah Bre Sevda Ah Bre Vatan</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>65</v>
+        <v>10</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789751412836</t>
+          <t>9789751405722</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Afrika Hayvanları</t>
+          <t>Altın Kuş</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789751409836</t>
+          <t>9789751400574</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Adalı Bir Derya Öyküsü</t>
+          <t>Alaettin’in Lambası</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>57.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789751410733</t>
+          <t>9789751415561</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Ah Bre Sevda Ah Bre Vatan</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>6.94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789751412157</t>
+          <t>9789751412836</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>6 Değer Madalyası</t>
+          <t>Afrika Hayvanları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789751409980</t>
+          <t>9789751409836</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>30 Saniyede Bush Amerika’da Medya ve Siyaset</t>
+          <t>Adalı Bir Derya Öyküsü</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>9.26</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789751406132</t>
+          <t>9789751410733</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>200 Türk Kokteyli</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789751406644</t>
+          <t>9789751412157</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>1000 Kelime ve Resim</t>
+          <t>6 Değer Madalyası</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789751406903</t>
+          <t>9789751409980</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 150 Oyuncusu</t>
+          <t>30 Saniyede Bush Amerika’da Medya ve Siyaset</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>41.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789751405135</t>
+          <t>9789751406132</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Yönetmeni</t>
+          <t>200 Türk Kokteyli</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>32.41</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789751411860</t>
+          <t>9789751406644</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ambler Uyarısı</t>
+          <t>1000 Kelime ve Resim</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789751414021</t>
+          <t>9789751406903</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Antakya -Antioch- City and Cuisine</t>
+          <t>100 Yılın 150 Oyuncusu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>55</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789751415233</t>
+          <t>9789751405135</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Filmi</t>
+          <t>100 Yılın 100 Yönetmeni</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>41.67</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789751407658</t>
+          <t>9789751411860</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>100 İstanbul (Ciltli)</t>
+          <t>Ambler Uyarısı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>32.41</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789751413093</t>
+          <t>9789751414021</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>100 Dolap</t>
+          <t>Antakya -Antioch- City and Cuisine</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>18.52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789751404817</t>
+          <t>9789751415233</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>100 Alkolsüz Kokteyl</t>
+          <t>100 Yılın 100 Filmi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>18.52</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789751402073</t>
+          <t>9789751407658</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bir Mayıs</t>
+          <t>100 İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>4.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789751407993</t>
+          <t>9789751413093</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Galyalı Asteriks</t>
+          <t>100 Dolap</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789751408983</t>
+          <t>9789751404817</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Galya Turu</t>
+          <t>100 Alkolsüz Kokteyl</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789751407153</t>
+          <t>9789751402073</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Galya Kalkanı</t>
+          <t>Bir Mayıs</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789751406880</t>
+          <t>9789751407993</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Fitneci</t>
+          <t>Asteriks Galyalı Asteriks</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789751405180</t>
+          <t>9789751408983</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Büyük Hendek</t>
+          <t>Asteriks Galya Turu</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789751404732</t>
+          <t>9789751407153</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Britanya’da</t>
+          <t>Asteriks Galya Kalkanı</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789751402134</t>
+          <t>9789751406880</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Asteriks Fitneci</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789751418180</t>
+          <t>9789751405180</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Sayılar Renkler Şekiller</t>
+          <t>Asteriks Büyük Hendek</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789751418173</t>
+          <t>9789751404732</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı İlk 50 Sözcük</t>
+          <t>Asteriks Britanya’da</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789751417480</t>
+          <t>9789751402134</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Anne-Baba</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>42.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789751417923</t>
+          <t>9789751418180</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem (Midi Boy)</t>
+          <t>Çıkartmalı Sayılar Renkler Şekiller</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>85</v>
+        <v>30</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789751417756</t>
+          <t>9789751418173</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sezar'ın Papirüsü</t>
+          <t>Çıkartmalı İlk 50 Sözcük</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789751418487</t>
+          <t>9789751417480</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sakın Bu Kitabı Okuma</t>
+          <t>Geliştiren Anne-Baba</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>30</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789751417015</t>
+          <t>9789751417923</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin İstanbulu</t>
+          <t>80 Günde Devrialem (Midi Boy)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>30</v>
+        <v>85</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789751418227</t>
+          <t>9789751417756</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeden Önce</t>
+          <t>Sezar'ın Papirüsü</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789751417985</t>
+          <t>9789751418487</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Seti - 3 (6 Kitap Takım)</t>
+          <t>Sakın Bu Kitabı Okuma</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>115</v>
+        <v>30</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789751417671</t>
+          <t>9789751417015</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2016 Tüm Sayılar</t>
+          <t>Cinlerin İstanbulu</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052456798</t>
+          <t>9789751418227</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Indian Gypsies</t>
+          <t>Evlenmeden Önce</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789751418500</t>
+          <t>9789751417985</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Hikayenin Gücü</t>
+          <t>Asteriks Seti - 3 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>17.5</v>
+        <v>115</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789751417787</t>
+          <t>9789751417671</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (Midi Boy)</t>
+          <t>Remzi Kitap Gazetesi 2016 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>12.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789751417442</t>
+          <t>9786052456798</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kitaptan Düşen Kurt (Ciltli)</t>
+          <t>Indian Gypsies</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>26</v>
+        <v>100</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789751417831</t>
+          <t>9789751418500</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Gelişmek İçin Değişim</t>
+          <t>İş Dünyasında Hikayenin Gücü</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>13.89</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789751417411</t>
+          <t>9789751417787</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dünya Masalları (Ciltli)</t>
+          <t>Ezop Masalları (Midi Boy)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>45</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789751418272</t>
+          <t>9789751417442</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Kitaptan Düşen Kurt (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>12.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789751418234</t>
+          <t>9789751417831</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Asteriks - Tek Ciltte Üç Macera</t>
+          <t>Gelişmek İçin Değişim</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>80</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789751492197</t>
+          <t>9789751417411</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Resimli Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789751417541</t>
+          <t>9789751418272</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İkna Mühendisliği</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>20</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789751417176</t>
+          <t>9789751418234</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Liberalizmden Neoliberalizme</t>
+          <t>Asteriks - Tek Ciltte Üç Macera</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789751417763</t>
+          <t>9789751492197</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Asteriks - 2 (6 Kitap Takım)</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>115</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789751416506</t>
+          <t>9789751417541</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Büyük Boy)</t>
+          <t>İkna Mühendisliği</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789751417046</t>
+          <t>9789751417176</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kitap Gazetesi 2015 Tüm Sayılar</t>
+          <t>Liberalizmden Neoliberalizme</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789751418289</t>
+          <t>9789751417763</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Asteriks Seti - 4 (6 Kitap Takım)</t>
+          <t>Asteriks - 2 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789751415943</t>
+          <t>9789751416506</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2013 Tüm Sayılar</t>
+          <t>Küçük Prens (Büyük Boy)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789751416452</t>
+          <t>9789751417046</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler 2005 - 2015</t>
+          <t>Kitap Gazetesi 2015 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789751417589</t>
+          <t>9789751418289</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Asteriks (6 Kitap Takım)</t>
+          <t>Asteriks Seti - 4 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789751415912</t>
+          <t>9789751415943</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kaygıdan Korkuya</t>
+          <t>Remzi Kitap Gazetesi 2013 Tüm Sayılar</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>23.15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789751411723</t>
+          <t>9789751416452</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Hayatımızı Değiştiren Filmler 2005 - 2015</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>18.52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789751490889</t>
+          <t>9789751417589</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Asteriks (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>11.57</v>
+        <v>115</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789751402707</t>
+          <t>9789751415912</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Zeytinli Labirent</t>
+          <t>Kaygıdan Korkuya</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786056243103</t>
+          <t>9789751411723</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Zeytini Kuşlar Diker (Ciltli)</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>46.3</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789751403056</t>
+          <t>9789751490889</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Zaragoza’da Bulunmuş El Yazması</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>4.63</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789751403025</t>
+          <t>9789751402707</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Sorgulamak</t>
+          <t>Zeytinli Labirent</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789751413185</t>
+          <t>9786056243103</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Müzik Özel Kutu ve 10 Adet Cd</t>
+          <t>Zeytini Kuşlar Diker (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>138.89</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789751412331</t>
+          <t>9789751403056</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Zafere Giden Yol</t>
+          <t>Zaragoza’da Bulunmuş El Yazması</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>50.93</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789751413420</t>
+          <t>9789751403025</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Çınar</t>
+          <t>Zamanı Sorgulamak</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789751413017</t>
+          <t>9789751413185</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Dinle</t>
+          <t>Zaman İçinde Müzik Özel Kutu ve 10 Adet Cd</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>30</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789751406996</t>
+          <t>9789751412331</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yüzük</t>
+          <t>Zafere Giden Yol</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>35</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789751408419</t>
+          <t>9789751413420</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Çocuklar</t>
+          <t>Yürüyen Çınar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789751400154</t>
+          <t>9789751413017</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Sonu İyi Bitsin</t>
+          <t>Yüreğini Dinle</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>11.57</v>
+        <v>30</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789751402967</t>
+          <t>9789751406996</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana</t>
+          <t>Yüzük</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>57.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789751410399</t>
+          <t>9789751408419</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yeniden 12’ye 5 Kala</t>
+          <t>Yetişkin Çocuklar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789751413376</t>
+          <t>9789751400154</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yeni İK</t>
+          <t>Yeter ki Sonu İyi Bitsin</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>35</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789751402776</t>
+          <t>9789751402967</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ders Notları</t>
+          <t>İnsan İnsana</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>2.31</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789751408877</t>
+          <t>9789751410399</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Yeni Binyılda İş Başarısının 12 Anahtarı</t>
+          <t>Yeniden 12’ye 5 Kala</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789751414892</t>
+          <t>9789751413376</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Yazgıcılar</t>
+          <t>Yeni İK</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789751412034</t>
+          <t>9789751402776</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yaralısın Türkiye Toplum ve Siyaset Üstüne Aykırı Sorular</t>
+          <t>Yeni Ders Notları</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>11.57</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789751406378</t>
+          <t>9789751408877</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Aşklar</t>
+          <t>Yeni Binyılda İş Başarısının 12 Anahtarı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>16.2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789751409263</t>
+          <t>9789751414892</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Numara</t>
+          <t>Yazgıcılar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>20.83</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789751410245</t>
+          <t>9789751412034</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yankılar</t>
+          <t>Yaralısın Türkiye Toplum ve Siyaset Üstüne Aykırı Sorular</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>35</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789751407948</t>
+          <t>9789751406378</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar</t>
+          <t>Yaralı Aşklar</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>23.15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789751411327</t>
+          <t>9789751409263</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yağmurcu</t>
+          <t>Yanlış Numara</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>47.5</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789751404534</t>
+          <t>9789751410245</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yağlıboya Resim Sanatı</t>
+          <t>Yankılar</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789751412829</t>
+          <t>9789751407948</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Yaban Hayvanları</t>
+          <t>Yalnızlar</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>15</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789751405692</t>
+          <t>9789751411327</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Vietnam'a Sevgiler</t>
+          <t>Yağmurcu</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>6.94</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789751413871</t>
+          <t>9789751404534</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Veda</t>
+          <t>Yağlıboya Resim Sanatı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>13.89</v>
+        <v>55</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789751407108</t>
+          <t>9789751412829</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Vasiyetname</t>
+          <t>Yaban Hayvanları</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>42.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789751401595</t>
+          <t>9789751405692</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Psikiyatri</t>
+          <t>Vietnam'a Sevgiler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789751413406</t>
+          <t>9789751413871</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Vardar Rüzgarı</t>
+          <t>Veda</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789751415493</t>
+          <t>9789751407108</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Cesaret İster</t>
+          <t>Vasiyetname</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>25</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789751406866</t>
+          <t>9789751401595</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Ürkek Kuşlar</t>
+          <t>Varoluş ve Psikiyatri</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789751406668</t>
+          <t>9789751413406</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Masallar</t>
+          <t>Vardar Rüzgarı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789751408396</t>
+          <t>9789751415493</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Seçenek</t>
+          <t>Var Olmak Cesaret İster</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789751411563</t>
+          <t>9789751406866</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Ürkek Kuşlar</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789751410153</t>
+          <t>9789751406668</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Robinson</t>
+          <t>Ünlü Masallar</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789751411792</t>
+          <t>9789751408396</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Domuzcuk</t>
+          <t>Üçüncü Seçenek</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789751412232</t>
+          <t>9789751411563</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Üç Jöntürk’ün Ölümü</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>30.09</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789751413727</t>
+          <t>9789751410153</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Garip Ziyaretçiler</t>
+          <t>Üç Küçük Robinson</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789751410498</t>
+          <t>9789751411792</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Utanmış Sessizlik</t>
+          <t>Üç Küçük Domuzcuk</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789751409454</t>
+          <t>9789751412232</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Gücü</t>
+          <t>Üç Jöntürk’ün Ölümü</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>32.41</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789751405500</t>
+          <t>9789751413727</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Araştırmalar</t>
+          <t>Uzaydan Gelen Garip Ziyaretçiler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>32.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789751413086</t>
+          <t>9789751410498</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Unutkan Erkekler ’Hadi’leyen Anneler</t>
+          <t>Utanmış Sessizlik</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789751412256</t>
+          <t>9789751409454</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Zenginleşir?</t>
+          <t>Türkiye’nin Gücü</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>16.2</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789751491121</t>
+          <t>9789751405500</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatçıları Cilt: 4 (R-Z)</t>
+          <t>Türkiye Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>18.52</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789751491114</t>
+          <t>9789751413086</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatçıları Cilt: 3 (L-Q)</t>
+          <t>Unutkan Erkekler ’Hadi’leyen Anneler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789751491107</t>
+          <t>9789751412256</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatçıları Cilt: 2 (E-K)</t>
+          <t>Türkiye Nasıl Zenginleşir?</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789751491091</t>
+          <t>9789751491121</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatçıları Cilt: 1 (A-D)</t>
+          <t>Türk ve Dünya Edebiyatçıları Cilt: 4 (R-Z)</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789759675936</t>
+          <t>9789751491114</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Türk Şarapları</t>
+          <t>Türk ve Dünya Edebiyatçıları Cilt: 3 (L-Q)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789751401939</t>
+          <t>9789751491107</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Yavrutürk Şiirleri</t>
+          <t>Türk ve Dünya Edebiyatçıları Cilt: 2 (E-K)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789751412508</t>
+          <t>9789751491091</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Altında Ne Var?</t>
+          <t>Türk ve Dünya Edebiyatçıları Cilt: 1 (A-D)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789751413246</t>
+          <t>9789759675936</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Gün Boyunca Hayvanat Bahçesi (Ciltli)</t>
+          <t>Türk Şarapları</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>55</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789751408129</t>
+          <t>9789751401939</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Gümüşlü Martı</t>
+          <t>Yavrutürk Şiirleri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789751414052</t>
+          <t>9789751412508</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Anılar</t>
+          <t>Yatağın Altında Ne Var?</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789751411570</t>
+          <t>9789751413246</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Seyahatleri</t>
+          <t>Gün Boyunca Hayvanat Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>6.94</v>
+        <v>55</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789751408136</t>
+          <t>9789751408129</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Güç Sınırı</t>
+          <t>Gümüşlü Martı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789751408037</t>
+          <t>9789751414052</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Gülümseyen Anılar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>6.94</v>
+        <v>35</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789751490599</t>
+          <t>9789751411570</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Gurur Dünyası</t>
+          <t>Güliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789751414786</t>
+          <t>9789751408136</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masalları</t>
+          <t>Güç Sınırı</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>45</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789751405210</t>
+          <t>9789751408037</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Grek Estetik'i</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789751413888</t>
+          <t>9789751490599</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Sarayı</t>
+          <t>Gurur Dünyası</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789751410375</t>
+          <t>9789751414786</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Yaşı Tuna Selidir Şimdi</t>
+          <t>Grimm Masalları</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789751413857</t>
+          <t>9789751405210</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Gök Başımıza Yıkılacak!</t>
+          <t>Grek Estetik'i</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789751409287</t>
+          <t>9789751413888</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Gorbaçov’la Devrim Üstüne Konuşmalar</t>
+          <t>Gözyaşı Sarayı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789751405241</t>
+          <t>9789751410375</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Gizli Tarih</t>
+          <t>Gözüm Yaşı Tuna Selidir Şimdi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789751411402</t>
+          <t>9789751413857</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Gök Başımıza Yıkılacak!</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789751408938</t>
+          <t>9789751409287</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Girit’ten Cunda’ya</t>
+          <t>Gorbaçov’la Devrim Üstüne Konuşmalar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789751409720</t>
+          <t>9789751405241</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Gene Annen Geldi, Bütün Günüm Mahvoldu!</t>
+          <t>Gizli Tarih</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>11.57</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789751409201</t>
+          <t>9789751411402</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalma Sanatı Doğal Gençlik Kaynakları</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789751491763</t>
+          <t>9789751408938</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Gemiler</t>
+          <t>Girit’ten Cunda’ya</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>6.94</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789751407504</t>
+          <t>9789751409720</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Yakalamak Türkiye’de ve Dünyada Küreselleşme ve Devlet Reformu</t>
+          <t>Gene Annen Geldi, Bütün Günüm Mahvoldu!</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>37.04</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789751405746</t>
+          <t>9789751409201</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzleri</t>
+          <t>Genç Kalma Sanatı Doğal Gençlik Kaynakları</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>20.83</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789751409355</t>
+          <t>9789751491763</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmış Romantik</t>
+          <t>Gemiler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>11.57</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789751408921</t>
+          <t>9789751407504</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalan Öyküler</t>
+          <t>Geleceği Yakalamak Türkiye’de ve Dünyada Küreselleşme ve Devlet Reformu</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>20</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789751404411</t>
+          <t>9789751405746</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Notları</t>
+          <t>Geçmişin İzleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>11.57</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789751402318</t>
+          <t>9789751409355</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Fiti Fiti Tek Başına</t>
+          <t>Geç Kalmış Romantik</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>2.78</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789751411822</t>
+          <t>9789751408921</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Fesatlar Sarmalında Türkiye</t>
+          <t>Geç Kalan Öyküler</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789751400666</t>
+          <t>9789751404411</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Geceyarısı Notları</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789751408549</t>
+          <t>9789751402318</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Gangster</t>
+          <t>Fiti Fiti Tek Başına</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789751413178</t>
+          <t>9789751411822</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Işığında Modern Resim</t>
+          <t>Fesatlar Sarmalında Türkiye</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789751409997</t>
+          <t>9789751400666</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Fyodor Dostoyevski Bir Yaşam - Anılar</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789751410603</t>
+          <t>9789751408549</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kadınlar Niçin Kilo Almaz? Keyif İçin Yemenin Sırrı</t>
+          <t>Gangster</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789751410559</t>
+          <t>9789751413178</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Gençleri Anlamak Ana-Babaların En Çok Sorduğu Sorular ve Cevaplarıyla</t>
+          <t>Felsefenin Işığında Modern Resim</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789751400895</t>
+          <t>9789751409997</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Fyodor Dostoyevski Bir Yaşam - Anılar</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>47</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789751403407</t>
+          <t>9789751410603</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ansiklopedisi (9 Cilt Takım)</t>
+          <t>Fransız Kadınlar Niçin Kilo Almaz? Keyif İçin Yemenin Sırrı</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>212.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789751411204</t>
+          <t>9789751410559</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Gençleri Anlamak Ana-Babaların En Çok Sorduğu Sorular ve Cevaplarıyla</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789751408785</t>
+          <t>9789751400895</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde Dünyanın En Güzel Masalları 1 (Ciltli)</t>
+          <t>Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>37.04</v>
+        <v>47</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789751412812</t>
+          <t>9789751403407</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar</t>
+          <t>Felsefe Ansiklopedisi (9 Cilt Takım)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>11.57</v>
+        <v>212.96</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789751402172</t>
+          <t>9789751411204</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ev Doktoru Aile İçin Sağlık Danışmanı</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789751414236</t>
+          <t>9789751408785</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Müşteri Nasıl Kaybedilir? (Ciltli)</t>
+          <t>Evvel Zaman İçinde Dünyanın En Güzel Masalları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>41.67</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789751414045</t>
+          <t>9789751412812</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Estetik Beğeni</t>
+          <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789751407627</t>
+          <t>9789751402172</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Balerin</t>
+          <t>Ev Doktoru Aile İçin Sağlık Danışmanı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789751411709</t>
+          <t>9789751414236</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Erken Akıllan, Geç Yaşlan</t>
+          <t>Eş ve Müşteri Nasıl Kaybedilir? (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>13.89</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789751413130</t>
+          <t>9789751414045</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Erkek Doğmak Adam Olmak</t>
+          <t>Estetik Beğeni</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789751409867</t>
+          <t>9789751407627</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Er Oyunu</t>
+          <t>Eski Bir Balerin</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>55</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789751403322</t>
+          <t>9789751411709</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt: 1 1860-1908 Makedonya’dan Ortaasya’ya</t>
+          <t>Erken Akıllan, Geç Yaşlan</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789751402516</t>
+          <t>9789751413130</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Empresyonizm Sanat Ansiklopedisi</t>
+          <t>Erkek Doğmak Adam Olmak</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>27.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789751410238</t>
+          <t>9789751409867</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Elveda Afrika Hoşça Kal Paris</t>
+          <t>Er Oyunu</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789751404893</t>
+          <t>9789751403322</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaş Korkusu</t>
+          <t>Enver Paşa Cilt: 1 1860-1908 Makedonya’dan Ortaasya’ya</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>20.83</v>
+        <v>175</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789751402929</t>
+          <t>9789751402516</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Ekspresyonizm Sanat Ansiklopedisi</t>
+          <t>Empresyonizm Sanat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789751404053</t>
+          <t>9789751410238</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü</t>
+          <t>Elveda Afrika Hoşça Kal Paris</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>53.24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789751403964</t>
+          <t>9789751404893</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt: 2 1908-1914 Makedonya’dan Ortaasya’ya</t>
+          <t>Elli Yaş Korkusu</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>180</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789751410986</t>
+          <t>9789751402929</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Efe Başvekil</t>
+          <t>Ekspresyonizm Sanat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789751415653</t>
+          <t>9789751404053</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ölmelidir! - Nasıl Yazar Olunur? (2 Kitap Takım - Kutulu)</t>
+          <t>Ekonomi Sözlüğü</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>50.93</v>
+        <v>53.24</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789751401502</t>
+          <t>9789751403964</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgileri Sözlüğü</t>
+          <t>Enver Paşa Cilt: 2 1908-1914 Makedonya’dan Ortaasya’ya</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>18.52</v>
+        <v>180</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789751404435</t>
+          <t>9789751410986</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Düşleri Gerçekleşen Adam</t>
+          <t>Efe Başvekil</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789751403339</t>
+          <t>9789751415653</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt 3</t>
+          <t>Edebiyat Ölmelidir! - Nasıl Yazar Olunur? (2 Kitap Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>215</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789751403636</t>
+          <t>9789751401502</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Dünya İnançları Sözlüğü Dinler, Mezhepler, Tarikatlar, Efsaneler</t>
+          <t>Edebiyat Bilgileri Sözlüğü</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>50.93</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789751415042</t>
+          <t>9789751404435</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Dünya (Ciltli)</t>
+          <t>Düşleri Gerçekleşen Adam</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>20.83</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789751400635</t>
+          <t>9789751403339</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye’de Yabancı Dil</t>
+          <t>Enver Paşa Cilt 3</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>18.52</v>
+        <v>215</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789751402660</t>
+          <t>9789751403636</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Düğünün Bir Üyesi</t>
+          <t>Dünya İnançları Sözlüğü Dinler, Mezhepler, Tarikatlar, Efsaneler</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>4.63</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789751411464</t>
+          <t>9789751415042</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Durma Kaç! Ormanda Onları Korkunç Bir Sır Bekliyor</t>
+          <t>Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>16.2</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789751406521</t>
+          <t>9789751400635</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Güç</t>
+          <t>Dünden Bugüne Türkiye’de Yabancı Dil</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>41.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789751409751</t>
+          <t>9789751402660</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Dönüşler</t>
+          <t>Düğünün Bir Üyesi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789751415622</t>
+          <t>9789751411464</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Durma Kaç! Ormanda Onları Korkunç Bir Sır Bekliyor</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>25.46</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789751413604</t>
+          <t>9789751406521</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Dorsay’ın Penceresinden</t>
+          <t>Dördüncü Güç</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>13.89</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789751409416</t>
+          <t>9789751409751</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Domuz</t>
+          <t>Dönüşler</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>11.57</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789751412072</t>
+          <t>9789751415622</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Çağrısı</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>6.94</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789751403162</t>
+          <t>9789751413604</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Doğal Bir Ölüm</t>
+          <t>Dorsay’ın Penceresinden</t>
         </is>
       </c>
       <c r="C627" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789751410610</t>
+          <t>9789751409416</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Dışavurumculuk Ekspresyonizm</t>
+          <t>Domuz</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789751410641</t>
+          <t>9789751412072</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Bir Nefes</t>
+          <t>Doğanın Çağrısı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>50</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789751410368</t>
+          <t>9789751403162</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Devlet İnşası 21. Yüzyılda Dünya Düzeni ve Yönetişim</t>
+          <t>Doğal Bir Ölüm</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789751409515</t>
+          <t>9789751410610</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Dev Şalgam</t>
+          <t>Dışavurumculuk Ekspresyonizm</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789751405715</t>
+          <t>9789751410641</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Dev Çocuk</t>
+          <t>Dış Politikada Bir Nefes</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789751414182</t>
+          <t>9789751410368</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Deriden Kültüre</t>
+          <t>Devlet İnşası 21. Yüzyılda Dünya Düzeni ve Yönetişim</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>25</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789751403599</t>
+          <t>9789751409515</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Depresyon ve Başaçıkma Yolları</t>
+          <t>Dev Şalgam</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789751400062</t>
+          <t>9789751405715</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Dev Çocuk</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789751411679</t>
+          <t>9789751414182</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Deriden Kültüre</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789751408990</t>
+          <t>9789751403599</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Demir Mızrak</t>
+          <t>Depresyon ve Başaçıkma Yolları</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789751408488</t>
+          <t>9789751400062</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Değişimde Değer Yaratmak</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>20</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789751411587</t>
+          <t>9789751411679</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789751405937</t>
+          <t>9789751408990</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin Kılavuzu - Davranışları Anlama</t>
+          <t>Demir Mızrak</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>6.94</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789751408808</t>
+          <t>9789751408488</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Davet</t>
+          <t>Değişimde Değer Yaratmak</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789751415073</t>
+          <t>9789751411587</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Davacı</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789751410856</t>
+          <t>9789751405937</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Darboğaz</t>
+          <t>Yöneticinin Kılavuzu - Davranışları Anlama</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>62.5</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789751406965</t>
+          <t>9789751408808</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Çölde Uyuyan Sır</t>
+          <t>Davet</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>27.78</v>
+        <v>415</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789751412799</t>
+          <t>9789751415073</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Çöküş Yılları</t>
+          <t>Davacı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>18.52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789751412416</t>
+          <t>9789751410856</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Darboğaz</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>9.26</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789751404282</t>
+          <t>9789751406965</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Çizim ve Resim Sanatı</t>
+          <t>Çölde Uyuyan Sır</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>55</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789751413529</t>
+          <t>9789751412799</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Çaylak</t>
+          <t>Çöküş Yılları</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789751414038</t>
+          <t>9789751412416</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Çağrışımlar, Tanıklıklar, Dostluklar</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789751402219</t>
+          <t>9789751404282</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Sanatı</t>
+          <t>Çizim ve Resim Sanatı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>41.67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789751413413</t>
+          <t>9789751413529</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Cunda Yolu Ayvalık’tan Geçer</t>
+          <t>Çaylak</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789751410474</t>
+          <t>9789751414038</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Divası Müzeyyen Senar</t>
+          <t>Çağrışımlar, Tanıklıklar, Dostluklar</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>18.52</v>
+        <v>75</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789751410719</t>
+          <t>9789751402219</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Cevaplar Kitabı (Ciltli)</t>
+          <t>Çağdaş Türk Sanatı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>37.04</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789751403377</t>
+          <t>9789751413413</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Cennette Bir Şeytan</t>
+          <t>Cunda Yolu Ayvalık’tan Geçer</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>2.31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789751413369</t>
+          <t>9789751410474</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa ve Ermeni Göçmenler</t>
+          <t>Cumhuriyet’in Divası Müzeyyen Senar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789751403209</t>
+          <t>9789751410719</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Carol</t>
+          <t>Cevaplar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>18.52</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789751406392</t>
+          <t>9789751403377</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Büyük Balıklar / Oyun</t>
+          <t>Cennette Bir Şeytan</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>20</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789751408440</t>
+          <t>9789751413369</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Bürokratlar</t>
+          <t>Cemal Paşa ve Ermeni Göçmenler</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>34.72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789751405159</t>
+          <t>9789751403209</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Buzlar Arasında</t>
+          <t>Carol</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789751410665</t>
+          <t>9789751406392</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Butterfly’dan Özel Tatlar</t>
+          <t>Büyük Balıklar / Oyun</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>50.93</v>
+        <v>20</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789751415318</t>
+          <t>9789751408440</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Butik Pastacılık (Ciltli)</t>
+          <t>Bürokratlar</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>64.81</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789751408891</t>
+          <t>9789751405159</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Bulimia Sokağı</t>
+          <t>Buzlar Arasında</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789751410276</t>
+          <t>9789751410665</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehr-i Stanbul ki... Osmanlının İstanbul Macerası</t>
+          <t>Butterfly’dan Özel Tatlar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>11.57</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789751407634</t>
+          <t>9789751415318</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Böcek</t>
+          <t>Butik Pastacılık (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>11.57</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789751401007</t>
+          <t>9789751408891</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Oyunlar ve Oyuncaklar</t>
+          <t>Bulimia Sokağı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789751400994</t>
+          <t>9789751410276</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Okulumuz</t>
+          <t>Bu Şehr-i Stanbul ki... Osmanlının İstanbul Macerası</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789751401021</t>
+          <t>9789751407634</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Mevsimler</t>
+          <t>Böcek</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>4.63</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789751400970</t>
+          <t>9789751401007</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Hayvanlar ve Bitkiler</t>
+          <t>Boyama Kitabı Oyunlar ve Oyuncaklar</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>4.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789751400987</t>
+          <t>9789751400994</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Evimiz - Ailemiz</t>
+          <t>Boyama Kitabı Okulumuz</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789751401014</t>
+          <t>9789751401021</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı Çevremiz</t>
+          <t>Boyama Kitabı Mevsimler</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>6.94</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789751413031</t>
+          <t>9789751400970</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’daki Kırmızı Köşk</t>
+          <t>Boyama Kitabı Hayvanlar ve Bitkiler</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789751405319</t>
+          <t>9789751400987</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Bizim Oyun</t>
+          <t>Boyama Kitabı Evimiz - Ailemiz</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789751410269</t>
+          <t>9789751401014</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Bir Kimlik Arayışının Hikayesi</t>
+          <t>Boyama Kitabı Çevremiz</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>27.78</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789751409607</t>
+          <t>9789751413031</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, Bir Ölüm</t>
+          <t>Boğaz’daki Kırmızı Köşk</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789751412669</t>
+          <t>9789751405319</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Bir İlişki 50 Günde Nasıl Kurtulur?</t>
+          <t>Bizim Oyun</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789751413963</t>
+          <t>9789751410269</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bir An Bin Parça</t>
+          <t>Bir Kimlik Arayışının Hikayesi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>16.2</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789751402752</t>
+          <t>9789751409607</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Binbir Hece</t>
+          <t>Bir Kedi, Bir Adam, Bir Ölüm</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789751415196</t>
+          <t>9789751412669</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları (Ciltli)</t>
+          <t>Bir İlişki 50 Günde Nasıl Kurtulur?</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>45</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789751413437</t>
+          <t>9789751413963</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Tanrıya</t>
+          <t>Bir An Bin Parça</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789751414519</t>
+          <t>9789751402752</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ansiklopedisi (Ciltli)</t>
+          <t>Binbir Hece</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>55.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789751409119</t>
+          <t>9789751415196</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu’nda Beyaz Ruslar (Ciltli)</t>
+          <t>Binbir Gece Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>13.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789751403360</t>
+          <t>9789751413437</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Beyazlara Mahsus</t>
+          <t>Bilinmeyen Bir Tanrıya</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789751409102</t>
+          <t>9789751414519</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Saray Anıları</t>
+          <t>Bilim Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>23.15</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789751404909</t>
+          <t>9789751409119</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Köpekbalığı</t>
+          <t>Beyoğlu’nda Beyaz Ruslar (Ciltli)</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789751406507</t>
+          <t>9789751403360</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gelişme "Gümledi"</t>
+          <t>Beyazlara Mahsus</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789751415462</t>
+          <t>9789751409102</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakikalık Uykudan Önce Masalları (Ciltli)</t>
+          <t>Beyaz Saray Anıları</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>45</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789751408389</t>
+          <t>9789751404909</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Bernard Shaw: Gülen Düşünceler - Oscar Wilde 2 Kitap Birarada</t>
+          <t>Beyaz Köpekbalığı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>92.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789751407269</t>
+          <t>9789751406507</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Bernard Shaw: Gülen Düşünceler</t>
+          <t>Bilimsel Gelişme "Gümledi"</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>41.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789751412171</t>
+          <t>9789751415462</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Benden Sonra Tufan Olmasın!</t>
+          <t>Beş Dakikalık Uykudan Önce Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>60.19</v>
+        <v>45</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789751411099</t>
+          <t>9789751408389</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Ben, RTÜK Başkanıyken</t>
+          <t>Bernard Shaw: Gülen Düşünceler - Oscar Wilde 2 Kitap Birarada</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>15</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789751405296</t>
+          <t>9789751407269</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Ben Müsteşarken</t>
+          <t>Bernard Shaw: Gülen Düşünceler</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>50</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789751411990</t>
+          <t>9789751412171</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Ben 50 Yaşındayım, Oğlum 59</t>
+          <t>Benden Sonra Tufan Olmasın!</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>20.83</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789751411181</t>
+          <t>9789751411099</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Ben 44 Yaşındayım Oğlum 53</t>
+          <t>Ben, RTÜK Başkanıyken</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789751410283</t>
+          <t>9789751405296</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu Öyküleri</t>
+          <t>Ben Müsteşarken</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789751402394</t>
+          <t>9789751411990</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Bay Ripley</t>
+          <t>Ben 50 Yaşındayım, Oğlum 59</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>6.94</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789751414878</t>
+          <t>9789751411181</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimi Büyütürken</t>
+          <t>Ben 44 Yaşındayım Oğlum 53</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789751402745</t>
+          <t>9789751410283</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Bay Muannit Sahtegi’nin Notları</t>
+          <t>Bilimkurgu Öyküleri</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789751411075</t>
+          <t>9789751402394</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Aile</t>
+          <t>Becerikli Bay Ripley</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>125</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789751413383</t>
+          <t>9789751414878</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Yönetimin 12 Temel İlkesi</t>
+          <t>Bebeğimi Büyütürken</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789751402790</t>
+          <t>9789751402745</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Baş ve Portre Çizme Sanatı</t>
+          <t>Bay Muannit Sahtegi’nin Notları</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789751411129</t>
+          <t>9789751411075</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Başarıya Götüren Aile</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>6.94</v>
+        <v>125</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789751410115</t>
+          <t>9789751413383</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bahçem ve Ben</t>
+          <t>Başarılı Yönetimin 12 Temel İlkesi</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>37.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789751407429</t>
+          <t>9789751402790</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Yollarında</t>
+          <t>Baş ve Portre Çizme Sanatı</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>37.04</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789751414212</t>
+          <t>9789751411129</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>17.5</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789751412065</t>
+          <t>9789751410115</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ayvalık’tan Cunda’dan</t>
+          <t>Bahçem ve Ben</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>13.89</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789751412867</t>
+          <t>9789751407429</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Ayvalık’ı Gezerken</t>
+          <t>Bağdat Yollarında</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>16.2</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789751414311</t>
+          <t>9789751414212</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmadan Önce</t>
+          <t>Baba Olmak</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>9.26</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789751412287</t>
+          <t>9789751412065</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Aylin</t>
+          <t>Ayvalık’tan Cunda’dan</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789751422170</t>
+          <t>9789751412867</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Ayla’yı Dinler Misiniz?</t>
+          <t>Ayvalık’ı Gezerken</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>390</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789751407900</t>
+          <t>9789751414311</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Masalları</t>
+          <t>Ayrılmadan Önce</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>16.2</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789751411778</t>
+          <t>9789751412287</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabıcı ve Küçük Cinler</t>
+          <t>Aylin</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>11.57</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789751405753</t>
+          <t>9789751422170</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığının İzinde</t>
+          <t>Ayla’yı Dinler Misiniz?</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>20.83</v>
+        <v>415</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789751402677</t>
+          <t>9789751407900</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Avutucular</t>
+          <t>Ayıcık Masalları</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789751411907</t>
+          <t>9789751411778</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Aurora’nın İncileri</t>
+          <t>Ayakkabıcı ve Küçük Cinler</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789751410900</t>
+          <t>9789751405753</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Ateş Şarkısı Ateş Rüzgârı 3. Kitap</t>
+          <t>Ay Işığının İzinde</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>16.2</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789751414175</t>
+          <t>9789751402677</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Ardından</t>
+          <t>Avutucular</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789751412843</t>
+          <t>9789751411907</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Yeniden Düşünmek</t>
+          <t>Aurora’nın İncileri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789751492180</t>
+          <t>9789751410900</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Anmak Yaşamı, Çeşitli Yönleri, Düşünceleri, Anılar, Şiirler, Yabancılara Göre Atatürk</t>
+          <t>Ateş Şarkısı Ateş Rüzgârı 3. Kitap</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>4.63</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789751411914</t>
+          <t>9789751414175</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Günümüze Cumhurbaşkanı Seçimleri</t>
+          <t>Atatürk’ün Ardından</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789751409942</t>
+          <t>9789751412843</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le 30 Yıl</t>
+          <t>Atatürk’ü Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789751411310</t>
+          <t>9789751492180</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Liderlik Sırları</t>
+          <t>Atatürk’ü Anmak Yaşamı, Çeşitli Yönleri, Düşünceleri, Anılar, Şiirler, Yabancılara Göre Atatürk</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789751414144</t>
+          <t>9789751411914</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Atatürk’ten Günümüze Cumhurbaşkanı Seçimleri</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789751413833</t>
+          <t>9789751409942</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Aşka Şeytan Karışır</t>
+          <t>Atatürk’le 30 Yıl</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789751492272</t>
+          <t>9789751411310</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Antolojisi</t>
+          <t>Atatürk’ün Liderlik Sırları</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789751409447</t>
+          <t>9789751414144</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Şekiller Eğitimde İlk Adımlar</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789751409430</t>
+          <t>9789751413833</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Sayılar Eğitimde İlk Adımlar</t>
+          <t>Aşka Şeytan Karışır</t>
         </is>
       </c>
       <c r="C726" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789751409423</t>
+          <t>9789751492272</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Renkler Eğitimde İlk Adımlar</t>
+          <t>Divan Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789751405807</t>
+          <t>9789751409447</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sözler</t>
+          <t>Çıkartmalı Şekiller Eğitimde İlk Adımlar</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789751415165</t>
+          <t>9789751409430</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Depremzadeler Mahallesi - Pusulamı Ayarlar mısınız?</t>
+          <t>Çıkartmalı Sayılar Eğitimde İlk Adımlar</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>17.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789751415288</t>
+          <t>9789751409423</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Çeyiz Sandığı</t>
+          <t>Çıkartmalı Renkler Eğitimde İlk Adımlar</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>17.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789751415349</t>
+          <t>9789751405807</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Çeşme ve Rüzgar</t>
+          <t>Büyük Sözler</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789751491138</t>
+          <t>9789751415165</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Canlılar Sorununa Giriş</t>
+          <t>Depremzadeler Mahallesi - Pusulamı Ayarlar mısınız?</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>4.63</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789751409126</t>
+          <t>9789751415288</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi</t>
+          <t>Çeyiz Sandığı</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789751413468</t>
+          <t>9789751415349</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Bir Terapistin Arka Bahçesi</t>
+          <t>Çeşme ve Rüzgar</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>20.83</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789751409928</t>
+          <t>9789751491138</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Bin Renk Bir Ömür</t>
+          <t>Canlılar Sorununa Giriş</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>20.83</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789751408778</t>
+          <t>9789751409126</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bin Gezegen İmparatorluğu</t>
+          <t>Bir Yaz Gecesi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>16.2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789751411273</t>
+          <t>9789751413468</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Canlı Yem</t>
+          <t>Bir Terapistin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>32.5</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789751417169</t>
+          <t>9789751409928</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Empresyonizm (İzlenimcilik)</t>
+          <t>Bin Renk Bir Ömür</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>110</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789751417077</t>
+          <t>9789751408778</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Aperitif Mönüler</t>
+          <t>Bin Gezegen İmparatorluğu</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>60</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789751417640</t>
+          <t>9789751411273</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Canlı Yem</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>12.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789751417633</t>
+          <t>9789751417169</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
+          <t>Empresyonizm (İzlenimcilik)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789751416735</t>
+          <t>9789751417077</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Paris'e Son Tren</t>
+          <t>Aperitif Mönüler</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>23.15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789751416322</t>
+          <t>9789751417640</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Yapıştır ve Öğren Sözcükler</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>9.26</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789751416315</t>
+          <t>9789751417633</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Yapıştır ve Öğren Sayılar</t>
+          <t>Elçin Oflaz'la Raw Food Mucizesi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>9.26</v>
+        <v>65</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789751416339</t>
+          <t>9789751416735</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Yapıştır ve Öğren Hayvanlar</t>
+          <t>Paris'e Son Tren</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789751416278</t>
+          <t>9789751416322</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım Sözcükler</t>
+          <t>Yapıştır ve Öğren Sözcükler</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>16.2</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789751416292</t>
+          <t>9789751416315</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım Sayılar</t>
+          <t>Yapıştır ve Öğren Sayılar</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789751416285</t>
+          <t>9789751416339</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım Renkler (Ciltli)</t>
+          <t>Yapıştır ve Öğren Hayvanlar</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789751416384</t>
+          <t>9789751416278</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Çınarlı Yol</t>
+          <t>İlk Kitabım Sözcükler</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>50</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789751491312</t>
+          <t>9789751416292</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Cumhuriyeti</t>
+          <t>İlk Kitabım Sayılar</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>2.31</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789751416513</t>
+          <t>9789751416285</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2014</t>
+          <t>İlk Kitabım Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789751416551</t>
+          <t>9789751416384</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bir Ceset Bir Söz</t>
+          <t>Çınarlı Yol</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>30.09</v>
+        <v>50</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789751416872</t>
+          <t>9789751491312</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Gizli Aşklar</t>
+          <t>Çağımızın Cumhuriyeti</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>27.5</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789751406927</t>
+          <t>9789751416513</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Çikolatalı Tatlılar ve Pastalar (Ciltli)</t>
+          <t>Remzi Kitap Gazetesi 2014</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>34.72</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789751407887</t>
+          <t>9789751416551</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Makarnalar (Ciltli)</t>
+          <t>Bir Ceset Bir Söz</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>70</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789751416056</t>
+          <t>9789751416872</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Gizli Aşklar</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>10</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789751415158</t>
+          <t>9789751406927</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlık Seti (3 Kitap Takım)</t>
+          <t>Resimleriyle Adım Adım Çikolatalı Tatlılar ve Pastalar (Ciltli)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>32.41</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789751414076</t>
+          <t>9789751407887</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Miffy Öykü Seti (3 Kitap Takım)</t>
+          <t>Resimleriyle Adım Adım Makarnalar (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>9.26</v>
+        <v>70</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789751415660</t>
+          <t>9789751416056</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Ayşe ve Ailesi Sınava Hazırlanıyor</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>17.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789751417008</t>
+          <t>9789751415158</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kodin</t>
+          <t>Okula Hazırlık Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>15</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789751416759</t>
+          <t>9789751414076</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - 100 Yıl Öncesine Bir Bakış</t>
+          <t>Miffy Öykü Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789751415837</t>
+          <t>9789751415660</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Ne Bir Eksik Ne Bir Fazla</t>
+          <t>Ayşe ve Ailesi Sınava Hazırlanıyor</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>25.46</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789751400604</t>
+          <t>9789751417008</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kül Kedisi</t>
+          <t>Kodin</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789751406446</t>
+          <t>9789751416759</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Altı Ayakkabılı Uygulama Tekniği</t>
+          <t>İstanbul - 100 Yıl Öncesine Bir Bakış</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789751413758</t>
+          <t>9789751415837</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>All Sports Cafe’den Sevgiyle</t>
+          <t>Ne Bir Eksik Ne Bir Fazla</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>37.04</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789751401175</t>
+          <t>9789751400604</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Heidi Mutlu</t>
+          <t>Kül Kedisi</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789751401151</t>
+          <t>9789751406446</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Heidi Kentte</t>
+          <t>Altı Ayakkabılı Uygulama Tekniği</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>4.63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789751401168</t>
+          <t>9789751413758</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Heidi Eve Dönüyor</t>
+          <t>All Sports Cafe’den Sevgiyle</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>2.31</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789751414229</t>
+          <t>9789751401175</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Heidi Mutlu</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789751491237</t>
+          <t>9789751401151</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Kültür Konusu ve Sorunlarımız</t>
+          <t>Heidi Kentte</t>
         </is>
       </c>
       <c r="C770" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789751416483</t>
+          <t>9789751401168</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Özgürlük</t>
+          <t>Heidi Eve Dönüyor</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>60</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789751417206</t>
+          <t>9789751414229</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Öyküsü</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>125</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789751419286</t>
+          <t>9789751491237</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Asteriks (Tek Ciltte Üç Macera) (Ciltli)</t>
+          <t>Kültür Konusu ve Sorunlarımız</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>80</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789751409775</t>
+          <t>9789751416483</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Öyküsü</t>
+          <t>Gerçek Özgürlük</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789751411143</t>
+          <t>9789751417206</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler 2</t>
+          <t>Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>6.94</v>
+        <v>125</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789751411150</t>
+          <t>9789751419286</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler 1</t>
+          <t>Asteriks (Tek Ciltte Üç Macera) (Ciltli)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>11.57</v>
+        <v>80</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789751405203</t>
+          <t>9789751409775</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Modern Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789751412997</t>
+          <t>9789751411143</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Ölü Oyuncaklar</t>
+          <t>Ömer Seyfettin’den Seçmeler 2</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789751413055</t>
+          <t>9789751411150</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Gücü</t>
+          <t>Ömer Seyfettin’den Seçmeler 1</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789751414298</t>
+          <t>9789751405203</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmede İlk Adım - 6 Kitap</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>27.78</v>
+        <v>50</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789751405234</t>
+          <t>9789751412997</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Ödüller</t>
+          <t>Ölü Oyuncaklar</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>75</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789751414526</t>
+          <t>9789751413055</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Öğrenmenin Gücü</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789751407795</t>
+          <t>9789751414298</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Ustası</t>
+          <t>Öğrenmede İlk Adım - 6 Kitap</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789751406422</t>
+          <t>9789751405234</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu</t>
+          <t>Ödüller</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>30.09</v>
+        <v>75</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789751414335</t>
+          <t>9789751414526</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Otoyolda Piknik, Padişah-ı Hali Osman, Uluğ Bey</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789751408365</t>
+          <t>9789751407795</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayı</t>
+          <t>Oyunun Ustası</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>45</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789751411945</t>
+          <t>9789751406422</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Sonu II. Abdülhamit’ten Mustafa Kemal’e</t>
+          <t>Oyuncu</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>18.52</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789751408150</t>
+          <t>9789751414335</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde</t>
+          <t>Otoyolda Piknik, Padişah-ı Hali Osman, Uluğ Bey</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>50.93</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789751406286</t>
+          <t>9789751408365</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Ortak</t>
+          <t>Osmanlı Sarayı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>18.52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789944305099</t>
+          <t>9789751411945</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Dönemeç</t>
+          <t>Osmanlı İmparatorluğu’nun Sonu II. Abdülhamit’ten Mustafa Kemal’e</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789751407528</t>
+          <t>9789751408150</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Eski Dostlar</t>
+          <t>Oscar Wilde</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>15</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789751418753</t>
+          <t>9789751406286</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Asteriks - Tek Ciltte Üç Macera 2</t>
+          <t>Ortak</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>80</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789751422088</t>
+          <t>9789944305099</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Kuş</t>
+          <t>Dönemeç</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789751422033</t>
+          <t>9789751407528</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi - Saraylar, Sefaretler, Yalılar</t>
+          <t>Eski Dostlar</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>1000</v>
+        <v>15</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789751421333</t>
+          <t>9789751418753</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Devrimin ve Karşı Devrimin Yüz Yılı (Kutulu Takım)</t>
+          <t>Asteriks - Tek Ciltte Üç Macera 2</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>1300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789751418739</t>
+          <t>9789751422088</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Müşteri Nasıl Kaybedilir? (Ciltsiz)</t>
+          <t>Alaycı Kuş</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>360</v>
+        <v>245</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789751405739</t>
+          <t>9789751422033</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Nino Manhattan Prensesi</t>
+          <t>Boğaziçi - Saraylar, Sefaretler, Yalılar</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>230</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789751406033</t>
+          <t>9789751421333</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Nino Büyük Ejder</t>
+          <t>Devrimin ve Karşı Devrimin Yüz Yılı (Kutulu Takım)</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>230</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789751405524</t>
+          <t>9789751418739</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Nino Amerika Macerası</t>
+          <t>Eş ve Müşteri Nasıl Kaybedilir? (Ciltsiz)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>230</v>
+        <v>415</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789751415325</t>
+          <t>9789751405739</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk (2 Cilt Takım)</t>
+          <t>Nino Manhattan Prensesi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>820</v>
+        <v>265</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789751409935</t>
+          <t>9789751406033</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun İçi</t>
+          <t>Nino Büyük Ejder</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>440</v>
+        <v>265</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789751407672</t>
+          <t>9789751405524</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Nino Amerika Macerası</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789751409973</t>
+          <t>9789751415325</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Loş Sokağın Kadınları  Ankara İstasyonu</t>
+          <t>Mustafa Kemal Atatürk (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789751415226</t>
+          <t>9789751409935</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Kuzular Vadisi</t>
+          <t>Madalyonun İçi</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>165</v>
+        <v>440</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789751414328</t>
+          <t>9789751407672</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kurum İçi Koçluk</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>255</v>
+        <v>185</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789751412584</t>
+          <t>9789751409973</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kulağınıza Küpe Olsun</t>
+          <t>Loş Sokağın Kadınları  Ankara İstasyonu</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>465</v>
+        <v>225</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789751411105</t>
+          <t>9789751415226</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Sofralar İçin 50 Pratik Mönü</t>
+          <t>Kuzular Vadisi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789751411228</t>
+          <t>9789751414328</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kemalistler İslamcı Hareket ve Laik Türkiye’nin Geleceği</t>
+          <t>Kurum İçi Koçluk</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789751408341</t>
+          <t>9789751412584</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kaptan June ve Kaplumbağalar</t>
+          <t>Kulağınıza Küpe Olsun</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>240</v>
+        <v>535</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789751411242</t>
+          <t>9789751411105</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kaktüsler ve Diğer Etli (Sukulent) Bitkiler</t>
+          <t>Keyifli Sofralar İçin 50 Pratik Mönü</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789751414663</t>
+          <t>9789751411228</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kaçın! Demokrasi Geliyor!</t>
+          <t>Kemalistler İslamcı Hareket ve Laik Türkiye’nin Geleceği</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>220</v>
+        <v>555</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789751406170</t>
+          <t>9789751408341</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Jüri</t>
+          <t>Kaptan June ve Kaplumbağalar</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789751409911</t>
+          <t>9789751411242</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Joseph Pulitzer</t>
+          <t>Kaktüsler ve Diğer Etli (Sukulent) Bitkiler</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789751411624</t>
+          <t>9789751414663</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Ekip Yönetimi</t>
+          <t>Kaçın! Demokrasi Geliyor!</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789751414168</t>
+          <t>9789751406170</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Tarihi Yarımadası Zeyrek-Fatih</t>
+          <t>Jüri</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789751414410</t>
+          <t>9789751409911</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Korunakları 2 - Mimari</t>
+          <t>Joseph Pulitzer</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789751414571</t>
+          <t>9789751411624</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Gizli Belgelerinde Türk-Yunan İlişkileri</t>
+          <t>Bir Solukta Ekip Yönetimi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789751410924</t>
+          <t>9789751414168</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Sözcük (Ciltli)</t>
+          <t>İstanbul’un Tarihi Yarımadası Zeyrek-Fatih</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>625</v>
+        <v>420</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789751408570</t>
+          <t>9789751414410</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler</t>
+          <t>İnsanın Korunakları 2 - Mimari</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>360</v>
+        <v>415</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789751407917</t>
+          <t>9789751414571</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İki Boğazın Suları (Ciltli)</t>
+          <t>İngiliz Gizli Belgelerinde Türk-Yunan İlişkileri</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>470</v>
+        <v>575</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789751414267</t>
+          <t>9789751410924</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>İfiyenya Sevda</t>
+          <t>İlk 100 Sözcük (Ciltli)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789751407559</t>
+          <t>9789751408570</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Işığın Gölgesi</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>350</v>
+        <v>415</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789751405654</t>
+          <t>9789751407917</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Kız</t>
+          <t>İki Boğazın Suları (Ciltli)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>165</v>
+        <v>470</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789751401441</t>
+          <t>9789751414267</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Hocaefendi’nin Sandukası</t>
+          <t>İfiyenya Sevda</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789751409348</t>
+          <t>9789751407559</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Her Sabah Bir Lütuftur</t>
+          <t>Işığın Gölgesi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>265</v>
+        <v>405</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789751411525</t>
+          <t>9789751405654</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Harbiye’den Dersim’e (1890-1914) / Tuğgeneral Ziya Yergök’ün Anıları</t>
+          <t>Huysuz Kız</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789751407610</t>
+          <t>9789751401441</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kraliçe Tutankhamon’un Sevgilisi</t>
+          <t>Hocaefendi’nin Sandukası</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>500</v>
+        <v>255</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789751400192</t>
+          <t>9789751409348</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfağından Seçme Yemekler</t>
+          <t>Her Sabah Bir Lütuftur</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>780</v>
+        <v>305</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789751402882</t>
+          <t>9789751411525</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sözlüğü</t>
+          <t>Harbiye’den Dersim’e (1890-1914) / Tuğgeneral Ziya Yergök’ün Anıları</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789751412263</t>
+          <t>9789751407610</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Suluboya</t>
+          <t>Güneş Kraliçe Tutankhamon’un Sevgilisi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>870</v>
+        <v>500</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789751410078</t>
+          <t>9789751400192</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Trajikomik</t>
+          <t>Türk Mutfağından Seçme Yemekler</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>210</v>
+        <v>900</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789751413482</t>
+          <t>9789751402882</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Theodora</t>
+          <t>Türk Dili Sözlüğü</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>430</v>
+        <v>750</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789751406835</t>
+          <t>9789751412263</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Miras</t>
+          <t>Tüm Yönleriyle Suluboya</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>385</v>
+        <v>975</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789751410689</t>
+          <t>9789751410078</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Tavcan</t>
+          <t>Trajikomik</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789751407115</t>
+          <t>9789751413482</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Tapınağın Öbür Yüzü Bağlılık ve Bağımlılık Üzerine</t>
+          <t>Theodora</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>265</v>
+        <v>495</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789751410290</t>
+          <t>9789751406835</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Son Jüri Üyesi</t>
+          <t>Tehlikeli Miras</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>380</v>
+        <v>445</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789751401786</t>
+          <t>9789751410689</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Başaçıkma Yolları</t>
+          <t>Tavcan</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>390</v>
+        <v>345</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789751409683</t>
+          <t>9789751407115</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Tapınağın Öbür Yüzü Bağlılık ve Bağımlılık Üzerine</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>350</v>
+        <v>305</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789751410979</t>
+          <t>9789751410290</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Oyunu</t>
+          <t>Son Jüri Üyesi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789751412782</t>
+          <t>9789751401786</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Selin Uçurtma Yarışmasında</t>
+          <t>Stres ve Başaçıkma Yolları</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789751412720</t>
+          <t>9789751409683</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Selin Paten Kayıyor (Ciltli)</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789751412744</t>
+          <t>9789751410979</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Selin Göl Kıyısında (Ciltli)</t>
+          <t>Sıfır Oyunu</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789751411921</t>
+          <t>9789751412782</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Satışta İletişim ve Bedenin Dili</t>
+          <t>Selin Uçurtma Yarışmasında</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789751412218</t>
+          <t>9789751412720</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılar İçin İnsan Anatomisi</t>
+          <t>Selin Paten Kayıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>625</v>
+        <v>160</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789751412560</t>
+          <t>9789751412744</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Renkler, Şekiller, Sözcükler (Ciltli)</t>
+          <t>Selin Göl Kıyısında (Ciltli)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>625</v>
+        <v>160</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789751413567</t>
+          <t>9789751411921</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle 100 Hayvan (Ciltli)</t>
+          <t>Satışta İletişim ve Bedenin Dili</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>625</v>
+        <v>345</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789751406460</t>
+          <t>9789751412218</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçsız Geçti Yaz</t>
+          <t>Sanatçılar İçin İnsan Anatomisi</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789751413024</t>
+          <t>9789751412560</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Kara Çığlık</t>
+          <t>Renkler, Şekiller, Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>295</v>
+        <v>720</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789751402325</t>
+          <t>9789751413567</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Romanımla Sana Bir Ses...</t>
+          <t>Resimlerle 100 Hayvan (Ciltli)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>265</v>
+        <v>720</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789751400475</t>
+          <t>9789751406460</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Türk Tatlı Sanatı</t>
+          <t>Kırlangıçsız Geçti Yaz</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>410</v>
+        <v>185</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789751415851</t>
+          <t>9789751413024</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politikası</t>
+          <t>Kara Çığlık</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789751415967</t>
+          <t>9789751402325</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Romanımla Sana Bir Ses...</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789751406200</t>
+          <t>9789751400475</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Öpücükler</t>
+          <t>Türk Tatlı Sanatı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789751412393</t>
+          <t>9789751415851</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>ÖSS - OKS’de Sınav Kaygısı ve Baş Etme Yolları</t>
+          <t>Ekonomi Politikası</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789751407221</t>
+          <t>9789751415967</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Son Osmanlılar Mediha Sultan ve Damat Ferit</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>390</v>
+        <v>345</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789751412249</t>
+          <t>9789751406200</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Kurşun</t>
+          <t>Öpücükler</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789751416070</t>
+          <t>9789751412393</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın 100 Türk Filmi</t>
+          <t>ÖSS - OKS’de Sınav Kaygısı ve Baş Etme Yolları</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789751415547</t>
+          <t>9789751407221</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim Yaşadıklarım</t>
+          <t>Paris’te Son Osmanlılar Mediha Sultan ve Damat Ferit</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789751416186</t>
+          <t>9789751412249</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Sonu İyi Bitsin</t>
+          <t>Özgürlüğe Kurşun</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>165</v>
+        <v>405</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789751416032</t>
+          <t>9789751416070</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Çatışmak - Sorunları Çözer Mi?</t>
+          <t>100 Yılın 100 Türk Filmi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789751415615</t>
+          <t>9789751415547</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Pratik Yüz Okuma Sanatı</t>
+          <t>Gördüklerim Yaşadıklarım</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>310</v>
+        <v>690</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789751409409</t>
+          <t>9789751416186</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Arabalarım</t>
+          <t>Yeter ki Sonu İyi Bitsin</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789751414595</t>
+          <t>9789751416032</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ana Babanın Eğitimi Elkitabı</t>
+          <t>Çatışmak - Sorunları Çözer Mi?</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789751490490</t>
+          <t>9789751415615</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Duyu</t>
+          <t>Kolay ve Pratik Yüz Okuma Sanatı</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789751403452</t>
+          <t>9789751409409</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>4. Henry</t>
+          <t>Arabalarım</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>255</v>
+        <v>405</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789751407450</t>
+          <t>9789751414595</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat ve Demokrasi</t>
+          <t>Ana Babanın Eğitimi Elkitabı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789751418982</t>
+          <t>9789751490490</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Koca Bir Yalan</t>
+          <t>Altıncı Duyu</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789751418050</t>
+          <t>9789751403452</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Renkler Sayılar Şekiller (Sürprizli 25 Kapak)</t>
+          <t>4. Henry</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789751418777</t>
+          <t>9789751407450</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Hangisi Doğru - Duru ile Doruk</t>
+          <t>28 Şubat ve Demokrasi</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789751421050</t>
+          <t>9789751418982</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Koca Bir Yalan</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>350</v>
+        <v>255</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789751417374</t>
+          <t>9789751418050</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>İnsan Fotoğrafı Çekmek İçin Bu Kitabı Okuyun</t>
+          <t>Renkler Sayılar Şekiller (Sürprizli 25 Kapak)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>535</v>
+        <v>555</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789751418999</t>
+          <t>9789751418777</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Portre</t>
+          <t>Hangisi Doğru - Duru ile Doruk</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789751418449</t>
+          <t>9789751421050</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Nevbahar</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>265</v>
+        <v>405</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789751416858</t>
+          <t>9789751417374</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>İlk 50 Sözcük</t>
+          <t>İnsan Fotoğrafı Çekmek İçin Bu Kitabı Okuyun</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>480</v>
+        <v>620</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789751416865</t>
+          <t>9789751418999</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>İlk 20 Sayı</t>
+          <t>Portre</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>480</v>
+        <v>175</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789751418203</t>
+          <t>9789751418449</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Nevbahar</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>520</v>
+        <v>305</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789751418807</t>
+          <t>9789751416858</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>İlk 50 Sözcük</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>360</v>
+        <v>555</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789751418043</t>
+          <t>9789751416865</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Leonardo</t>
+          <t>İlk 20 Sayı</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>580</v>
+        <v>555</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789751418623</t>
+          <t>9789751418203</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Seçmeler (Cep Boy)</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>145</v>
+        <v>520</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789751417190</t>
+          <t>9789751418807</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>520</v>
+        <v>415</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789751416889</t>
+          <t>9789751418043</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Four İstanbuls</t>
+          <t>Leonardo</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>495</v>
+        <v>670</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789751416940</t>
+          <t>9789751418623</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>The History of the Byzantine Empire (Byzantium 330-1453)</t>
+          <t>Nasrettin Hoca'dan Seçmeler (Cep Boy)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>715</v>
+        <v>170</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789751417978</t>
+          <t>9789751417190</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Karşılıklarıyla Atasözleri ve Deyimler</t>
+          <t>Arka Plan</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789751417596</t>
+          <t>9789751416889</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Four İstanbuls</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789751417275</t>
+          <t>9789751416940</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ı Anlamak</t>
+          <t>The History of the Byzantine Empire (Byzantium 330-1453)</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>380</v>
+        <v>825</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789751417886</t>
+          <t>9789751417978</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Muhbir</t>
+          <t>İngilizce Karşılıklarıyla Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789751417039</t>
+          <t>9789751417596</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789751417909</t>
+          <t>9789751417275</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Kitabı: Hayvanlar</t>
+          <t>Bizans’ı Anlamak</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789751409133</t>
+          <t>9789751417886</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Yuva Rare Class</t>
+          <t>Muhbir</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789751415370</t>
+          <t>9789751417039</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenlik</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>720</v>
+        <v>415</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789751409805</t>
+          <t>9789751417909</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Yorgun ve Yaralı</t>
+          <t>Bebeğimin İlk Kitabı: Hayvanlar</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789751406545</t>
+          <t>9789751409133</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Yok Yere Yaygara</t>
+          <t>Yuva Rare Class</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789751413253</t>
+          <t>9789751415370</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Yıl Boyunca Korsan Gemisi (Ciltli)</t>
+          <t>Yönetmenlik</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>310</v>
+        <v>720</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789751408914</t>
+          <t>9789751409805</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Yıl 2binyüz2</t>
+          <t>Yorgun ve Yaralı</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>190</v>
+        <v>445</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789751401359</t>
+          <t>9789751406545</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Yemek Pişirme Teknikleri-Çeşitleri Beslenme Yemek Görgü Kuralları</t>
+          <t>Yok Yere Yaygara</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>690</v>
+        <v>190</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789751403988</t>
+          <t>9789751413253</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıklar Komedyası</t>
+          <t>Yıl Boyunca Korsan Gemisi (Ciltli)</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789751407214</t>
+          <t>9789751408914</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Windsor’un Şen Kadınları</t>
+          <t>Yıl 2binyüz2</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789751412621</t>
+          <t>9789751401359</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Veronalı İki Beyzade</t>
+          <t>Yemek Pişirme Teknikleri-Çeşitleri Beslenme Yemek Görgü Kuralları</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789751414755</t>
+          <t>9789751403988</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İletişimin Elkitabı 1: Vazgeçmek Özgürlüktür (Ciltli)</t>
+          <t>Yanlışlıklar Komedyası</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>410</v>
+        <v>175</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789751411600</t>
+          <t>9789751407214</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kadın</t>
+          <t>Windsor’un Şen Kadınları</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789751490223</t>
+          <t>9789751412621</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Umut Zamanı</t>
+          <t>Veronalı İki Beyzade</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789751407818</t>
+          <t>9789751414755</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Umut Sokağındaki Ev</t>
+          <t>Türkiye'de İletişimin Elkitabı 1: Vazgeçmek Özgürlüktür (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>235</v>
+        <v>475</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789751411259</t>
+          <t>9789751411600</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Türklerim Diken Diken Oldu</t>
+          <t>Üçüncü Kadın</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789751410184</t>
+          <t>9789751490223</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Türkler  1938’den Günümüze</t>
+          <t>Umut Zamanı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789751414700</t>
+          <t>9789751407818</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Kısa Bir Tarih</t>
+          <t>Umut Sokağındaki Ev</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789751422255</t>
+          <t>9789751411259</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Batı Mutfağından Yemek Tarifleri</t>
+          <t>Türklerim Diken Diken Oldu</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>650</v>
+        <v>295</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789751415806</t>
+          <t>9789751410184</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>On İkinci Gece</t>
+          <t>Türkiye ve Türkler  1938’den Günümüze</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>165</v>
+        <v>435</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789751412874</t>
+          <t>9789751414700</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Günahın Üç Rengi - Madalyonun Öteki Yüzü</t>
+          <t>Türkiye - Kısa Bir Tarih</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789751405975</t>
+          <t>9789751422255</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Görev Devretme Yöneticinin Kılavuzu</t>
+          <t>Türk ve Batı Mutfağından Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789751415134</t>
+          <t>9789751415806</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçının Zihni</t>
+          <t>On İkinci Gece</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>720</v>
+        <v>190</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789751414748</t>
+          <t>9789751412874</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Forty Thorns</t>
+          <t>Günahın Üç Rengi - Madalyonun Öteki Yüzü</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789751414922</t>
+          <t>9789751405975</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Evlillik Aşkı Öldürür mü?</t>
+          <t>Görev Devretme Yöneticinin Kılavuzu</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789751414588</t>
+          <t>9789751415134</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Fotoğrafçının Zihni</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>350</v>
+        <v>720</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789751418661</t>
+          <t>9789751414748</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Forty Thorns</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>435</v>
+        <v>405</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789751410535</t>
+          <t>9789751414922</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Dosyası</t>
+          <t>Evlillik Aşkı Öldürür mü?</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789751408211</t>
+          <t>9789751414588</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Elişi Fotoğraflar</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>160</v>
+        <v>405</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789751408976</t>
+          <t>9789751418661</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Vampirler</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>400</v>
+        <v>505</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789751405814</t>
+          <t>9789751410535</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Laiklik</t>
+          <t>Ermeni Dosyası</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>200</v>
+        <v>575</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789751403186</t>
+          <t>9789751408211</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Kültür</t>
+          <t>Elişi Fotoğraflar</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789751411174</t>
+          <t>9789751408976</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Çifte Kartal</t>
+          <t>Demokrasi ve Vampirler</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789751404640</t>
+          <t>9789751405814</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Coriolanus</t>
+          <t>Demokrasi ve Laiklik</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789751413703</t>
+          <t>9789751403186</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Büyükada Cuisine - My Grandfather's Table</t>
+          <t>Demokrasi ve Kültür</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>980</v>
+        <v>330</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789751408051</t>
+          <t>9789751411174</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Boyalı Ev</t>
+          <t>Çifte Kartal</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789751408853</t>
+          <t>9789751404640</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıtadan Öbürüne Yaşam ve Ölüm Kentleri</t>
+          <t>Coriolanus</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789751410962</t>
+          <t>9789751413703</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtında Çankaya Köşkü Yılları</t>
+          <t>Büyükada Cuisine - My Grandfather's Table</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>350</v>
+        <v>980</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789751407979</t>
+          <t>9789751408051</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Dili İletişim Becerinizin Anahtarı, Sessiz Diliniz</t>
+          <t>Boyalı Ev</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789751418555</t>
+          <t>9789751408853</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Balık ve Olta</t>
+          <t>Bir Kıtadan Öbürüne Yaşam ve Ölüm Kentleri</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>560</v>
+        <v>435</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789751413284</t>
+          <t>9789751410962</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Avrasyalı Olmak</t>
+          <t>Bıçak Sırtında Çankaya Köşkü Yılları</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>445</v>
+        <v>405</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789751411372</t>
+          <t>9789751407979</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Bedenin Dili İletişim Becerinizin Anahtarı, Sessiz Diliniz</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789751410894</t>
+          <t>9789751418555</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Atinalı Timon</t>
+          <t>Balık ve Olta</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>165</v>
+        <v>645</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789751410177</t>
+          <t>9789751413284</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Aşklar da Değişti</t>
+          <t>Avrasyalı Olmak</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>190</v>
+        <v>515</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789751417718</t>
+          <t>9789751411372</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Özgür Şehit</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>400</v>
+        <v>445</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789751402646</t>
+          <t>9789751410894</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Cam Hançer</t>
+          <t>Atinalı Timon</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789751416681</t>
+          <t>9789751410177</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>IŞİD ve Irak</t>
+          <t>Aşklar da Değişti</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>595</v>
+        <v>220</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789751417336</t>
+          <t>9789751417718</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Dali</t>
+          <t>Özgür Şehit</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789751416773</t>
+          <t>9789751402646</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>İyi Fotoğraflar Çekmek İçin Bu Kitabı Okuyun</t>
+          <t>Cam Hançer</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>535</v>
+        <v>290</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789751417404</t>
+          <t>9789751416681</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar (Cep Boy)</t>
+          <t>IŞİD ve Irak</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>145</v>
+        <v>595</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789751417084</t>
+          <t>9789751417336</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Dali</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>240</v>
+        <v>670</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789751416780</t>
+          <t>9789751416773</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>İyi Fotoğraflar Çekmek İçin Bu Kitabı Okuyun</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>195</v>
+        <v>620</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789751416216</t>
+          <t>9789751417404</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Küçük Kadınlar (Cep Boy)</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789751416537</t>
+          <t>9789751417084</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Yemini</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789751416827</t>
+          <t>9789751416780</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Maden (Gray Mountain)</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>415</v>
+        <v>225</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789751416568</t>
+          <t>9789751416216</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Doktorası</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C943" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789751415998</t>
+          <t>9789751416537</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kültür</t>
+          <t>Kraliçenin Yemini</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789751417251</t>
+          <t>9789751416827</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Yaşantıların Psikolojisi ve Biyolojisi</t>
+          <t>Maden (Gray Mountain)</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>325</v>
+        <v>415</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789751417268</t>
+          <t>9789751416568</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Yalnızlık Doktorası</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789751416346</t>
+          <t>9789751415998</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Mevsiminde Yemek</t>
+          <t>Kurumsal Kültür</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>565</v>
+        <v>280</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789751417381</t>
+          <t>9789751417251</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Zorlayan ve Zorlanan Çocuklar</t>
+          <t>Yaşantıların Psikolojisi ve Biyolojisi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789751416957</t>
+          <t>9789751417268</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Yolculuğu</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789751416704</t>
+          <t>9789751416346</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Alman Cihadı ve Ermeni Sürgünü</t>
+          <t>Mevsiminde Yemek</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789751415752</t>
+          <t>9789751417381</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Herkesten Bir Şey Öğrendim</t>
+          <t>Zorlayan ve Zorlanan Çocuklar</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>540</v>
+        <v>290</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789751417060</t>
+          <t>9789751416957</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Taşıt ve Diğer Araçlar (Sürpriz Kapaklı)</t>
+          <t>Dönüşüm Yolculuğu</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>685</v>
+        <v>380</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789751416575</t>
+          <t>9789751416704</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kral Kaybederse</t>
+          <t>Alman Cihadı ve Ermeni Sürgünü</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789751415929</t>
+          <t>9789751415752</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Diyabetik Ziyafet</t>
+          <t>Herkesten Bir Şey Öğrendim</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>360</v>
+        <v>625</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789751407092</t>
+          <t>9789751417060</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Ali Kutu Kutu İçinde</t>
+          <t>İlk 100 Taşıt ve Diğer Araçlar (Sürpriz Kapaklı)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>195</v>
+        <v>790</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789751410023</t>
+          <t>9789751416575</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Kral Kaybederse</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789751401281</t>
+          <t>9789751415929</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Kültür Üzerine</t>
+          <t>Diyabetik Ziyafet</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>270</v>
+        <v>415</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789751419736</t>
+          <t>9789751407092</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Evde Şarap El Kitabı</t>
+          <t>Ali Kutu Kutu İçinde</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>430</v>
+        <v>225</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789751413536</t>
+          <t>9789751410023</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermenileri</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>500</v>
+        <v>245</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789751410863</t>
+          <t>9789751401281</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Oynamak İster misin?</t>
+          <t>Kültür Üzerine</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789751419408</t>
+          <t>9789751419736</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Bedenle Konuşan Zihin</t>
+          <t>Evde Şarap El Kitabı</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>285</v>
+        <v>430</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789751422231</t>
+          <t>9789751413536</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Ekran Çocukları</t>
+          <t>Osmanlı Ermenileri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>195</v>
+        <v>575</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789751419644</t>
+          <t>9789751410863</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri</t>
+          <t>Oynamak İster misin?</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>270</v>
+        <v>415</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789751419583</t>
+          <t>9789751419408</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Bedenle Konuşan Zihin</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789751419088</t>
+          <t>9789751422231</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>İlk Renkler Kitabım (Ciltli)</t>
+          <t>Ekran Çocukları</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>385</v>
+        <v>225</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789751422057</t>
+          <t>9789751419644</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yatırım Fonları</t>
+          <t>Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>220</v>
+        <v>315</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789751422064</t>
+          <t>9789751419583</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sorumluluk</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789751409492</t>
+          <t>9789751419088</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Rekabette Fark Yaratan Ekip Çalışması Ekip Liderinin El Kitabı</t>
+          <t>İlk Renkler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>315</v>
+        <v>445</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789751411853</t>
+          <t>9789751422057</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yöneticinin El Kitabı</t>
+          <t>Herkes İçin Yatırım Fonları</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789751408518</t>
+          <t>9789751422064</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Şirketleri Yaratan İş Liderleri İş Liderlerinin El Kitabı</t>
+          <t>Kurumsal Sorumluluk</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>240</v>
+        <v>305</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789751420657</t>
+          <t>9789751409492</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce veya Politik İktisadın Evrimi</t>
+          <t>Rekabette Fark Yaratan Ekip Çalışması Ekip Liderinin El Kitabı</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>650</v>
+        <v>365</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789751413789</t>
+          <t>9789751411853</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumbilimcileri</t>
+          <t>Yeni Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>1020</v>
+        <v>365</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789751416582</t>
+          <t>9789751408518</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar, Mezarlar ve Bilginler</t>
+          <t>Güçlü Şirketleri Yaratan İş Liderleri İş Liderlerinin El Kitabı</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789751421142</t>
+          <t>9789751420657</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım - Dört Mevsimlik Akıl Defterim</t>
+          <t>İktisadi Düşünce veya Politik İktisadın Evrimi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>615</v>
+        <v>750</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789751413826</t>
+          <t>9789751413789</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Sakin Cennet</t>
+          <t>Türk Toplumbilimcileri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>240</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789751419859</t>
+          <t>9789751416582</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Antakya ve Yemekleri</t>
+          <t>Tanrılar, Mezarlar ve Bilginler</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>660</v>
+        <v>690</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789751422026</t>
+          <t>9789751421142</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Korsan Macerası Etkinlik Kitabı</t>
+          <t>Yol Arkadaşım - Dört Mevsimlik Akıl Defterim</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>360</v>
+        <v>710</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789751422019</t>
+          <t>9789751413826</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Haydi Yola Çıkıyoruz!</t>
+          <t>Sakin Cennet</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789751422453</t>
+          <t>9789751419859</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Başöğretmenin Yolunda</t>
+          <t>Antakya ve Yemekleri</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>360</v>
+        <v>660</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789751421999</t>
+          <t>9789751422026</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Bir Aliye Rona Vardı</t>
+          <t>Korsan Macerası Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>280</v>
+        <v>415</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789751421982</t>
+          <t>9789751422019</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Haydi Yola Çıkıyoruz!</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789751421975</t>
+          <t>9789751422453</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Flores Kadınlarının Laneti</t>
+          <t>Başöğretmenin Yolunda</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>320</v>
+        <v>415</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789751421715</t>
+          <t>9789751421999</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Hatasız Sınıf</t>
+          <t>Bir Aliye Rona Vardı</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789751421968</t>
+          <t>9789751421982</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>İlter Türkmen</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789751421951</t>
+          <t>9789751421975</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Yatırım</t>
+          <t>Flores Kadınlarının Laneti</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>570</v>
+        <v>370</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789751420671</t>
+          <t>9789751421715</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında İletişim</t>
+          <t>Hatasız Sınıf</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>210</v>
+        <v>475</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789751421500</t>
+          <t>9789751421968</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam Cilt: 2 1938-1950</t>
+          <t>İlter Türkmen</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>495</v>
+        <v>520</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789751414977</t>
+          <t>9789751421951</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Ağlama Smyrna, Döneceğim</t>
+          <t>Dijital Çağda Yatırım</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>290</v>
+        <v>660</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789751415011</t>
+          <t>9789751420671</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Siyasal İslam’la Dansı</t>
+          <t>İş Yaşamında İletişim</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789751408334</t>
+          <t>9789751421500</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Bir Ada</t>
+          <t>İkinci Adam Cilt: 2 1938-1950</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>430</v>
+        <v>570</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789751414137</t>
+          <t>9789751414977</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekoloji</t>
+          <t>Ağlama Smyrna, Döneceğim</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>355</v>
+        <v>335</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789751419149</t>
+          <t>9789751415011</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Saygılı Anne Baba Saygılı Çocuk</t>
+          <t>ABD’nin Siyasal İslam’la Dansı</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789751418128</t>
+          <t>9789751408334</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>İki Devir İki Kadın</t>
+          <t>Cehennemde Bir Ada</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>355</v>
+        <v>495</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789751416896</t>
+          <t>9789751414137</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Akılsız Duyguların Cezasını Kararlar Çeker</t>
+          <t>Çevre ve Ekoloji</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>325</v>
+        <v>410</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789751417602</t>
+          <t>9789751419149</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Saygılı Anne Baba Saygılı Çocuk</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>150</v>
+        <v>415</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789751418845</t>
+          <t>9789751418128</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Bana Hazır mısın Anne?</t>
+          <t>İki Devir İki Kadın</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789751418883</t>
+          <t>9789751416896</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Bak Dokun Hisset (Ciltli)</t>
+          <t>Akılsız Duyguların Cezasını Kararlar Çeker</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>590</v>
+        <v>375</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789751419903</t>
+          <t>9789751417602</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Bak, Dokun, Hisset: Haydi Oynayalım (Ciltli)</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>590</v>
+        <v>175</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789751421944</t>
+          <t>9789751418845</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi 'Satan' Adam</t>
+          <t>Bana Hazır mısın Anne?</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789751415578</t>
+          <t>9789751418883</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Sözcük (Küçük Boy) (Ciltli)</t>
+          <t>Bak Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>385</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789751418166</t>
+          <t>9789751419903</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe İlk 100 Sözcük (Ciltli)</t>
+          <t>Bak, Dokun, Hisset: Haydi Oynayalım (Ciltli)</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>685</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789751416407</t>
+          <t>9789751421944</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Kapaklı İlk 100 Sözcük</t>
+          <t>Türkiye'yi 'Satan' Adam</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>685</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789751417107</t>
+          <t>9789751415578</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Renkler Şekiller</t>
+          <t>İlk 100 Sözcük (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>385</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789751417053</t>
+          <t>9789751418166</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Kapaklı İlk 100 Hayvan</t>
+          <t>İngilizce - Türkçe İlk 100 Sözcük (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>685</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789751421074</t>
+          <t>9789751416407</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze Kartları</t>
+          <t>Sürpriz Kapaklı İlk 100 Sözcük</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>625</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789751410948</t>
+          <t>9789751417107</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile İlgili Cevaplar Kitabı (Ciltli)</t>
+          <t>Sayılar Renkler Şekiller</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>310</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789751421937</t>
+          <t>9789751417053</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevgili '6 Silahşörler'im</t>
+          <t>Sürpriz Kapaklı İlk 100 Hayvan</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>235</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789751416841</t>
+          <t>9789751421074</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Gençleri Anlamak</t>
+          <t>Yüz Yüze Kartları</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>270</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789751421913</t>
+          <t>9789751410948</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Güneşte Geçmiş (Ciltli)</t>
+          <t>Aşk ile İlgili Cevaplar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789751421906</t>
+          <t>9789751421937</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Plaj Macerası Etkinlik Kitabı</t>
+          <t>Benim Sevgili '6 Silahşörler'im</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789751419576</t>
+          <t>9789751416841</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam 3 Cilt Takım (Büyük Boy)</t>
+          <t>Gençleri Anlamak</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>1875</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789751421876</t>
+          <t>9789751421913</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Öyküsü</t>
+          <t>Güneşte Geçmiş (Ciltli)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>1180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789751421883</t>
+          <t>9789751421906</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Vatanı Anadolu</t>
+          <t>Plaj Macerası Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>315</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786050603835</t>
+          <t>9789751419576</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dönüşümün Kalbi</t>
+          <t>Tek Adam 3 Cilt Takım (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>100</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786050603859</t>
+          <t>9789751421876</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Şefkatle Öğretmek</t>
+          <t>Modern Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>100</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786050603842</t>
+          <t>9789751421883</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Pratik Maneviyat</t>
+          <t>Tanrıların Vatanı Anadolu</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>100</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050603866</t>
+          <t>9786050603835</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Şaşırtıcı Amacı</t>
+          <t>Toplumsal Dönüşümün Kalbi</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786050603897</t>
+          <t>9786050603859</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kendim Olmak Seni Sevmek</t>
+          <t>Şefkatle Öğretmek</t>
         </is>
       </c>
       <c r="C1018" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786050603873</t>
+          <t>9786050603842</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Şefkatle Yetiştirmek</t>
+          <t>Pratik Maneviyat</t>
         </is>
       </c>
       <c r="C1019" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786050603880</t>
+          <t>9786050603866</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Acıyı Geride Bırakmak</t>
+          <t>Öfkenin Şaşırtıcı Amacı</t>
         </is>
       </c>
       <c r="C1020" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789751411983</t>
+          <t>9786050603897</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Üstüne Tırmanırken</t>
+          <t>Kendim Olmak Seni Sevmek</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789751419538</t>
+          <t>9786050603873</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Kırtasiye Dükkanı</t>
+          <t>Çocukları Şefkatle Yetiştirmek</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789751408945</t>
+          <t>9786050603880</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Çamlıca'nın Üç Gülü</t>
+          <t>Aramızdaki Acıyı Geride Bırakmak</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>385</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789751419569</t>
+          <t>9789751411983</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 1 (Büyük Boy)</t>
+          <t>Bulutların Üstüne Tırmanırken</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789751421869</t>
+          <t>9789751419538</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Kırtasiye Dükkanı</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789751421852</t>
+          <t>9789751408945</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Milli Meclis</t>
+          <t>Milli Mücadele'de Çamlıca'nın Üç Gülü</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>740</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789751421845</t>
+          <t>9789751419569</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Ayağımın Tozuyla Aşk</t>
+          <t>Tek Adam Cilt 1 (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>280</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789751421821</t>
+          <t>9789751421869</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Annemle Konuşmalar</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>250</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789751413666</t>
+          <t>9789751421852</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Makro-Ekonomi</t>
+          <t>Milli Meclis</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>390</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789751421814</t>
+          <t>9789751421845</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Verda</t>
+          <t>Ayağımın Tozuyla Aşk</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789751421777</t>
+          <t>9789751421821</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Annemle Konuşmalar</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789751421784</t>
+          <t>9789751413666</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomi - 21. Yüzyıla Özgü Yaklaşımlar</t>
+          <t>Makro-Ekonomi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789751421739</t>
+          <t>9789751421814</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Değişimi</t>
+          <t>Verda</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>540</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789751421760</t>
+          <t>9789751421777</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Şaheserim</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>205</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789751421753</t>
+          <t>9789751421784</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Gölgesine Tutsak</t>
+          <t>Yeni Ekonomi - 21. Yüzyıla Özgü Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789751419064</t>
+          <t>9789751421739</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'te Beyoğlu</t>
+          <t>Türkiye'nin Değişimi</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>650</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789751418746</t>
+          <t>9789751421760</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Benim Küçük Şaheserim</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789751419026</t>
+          <t>9789751421753</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Yerel'den Global'e</t>
+          <t>Gölgesine Tutsak</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>470</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789751412966</t>
+          <t>9789751419064</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Cyrano de Bergerac</t>
+          <t>Cumhuriyet'te Beyoğlu</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>265</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789751413147</t>
+          <t>9789751418746</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Politikaları Bugün de Aynı: Böl ve Yut</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789751421562</t>
+          <t>9789751419026</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Örneklerle Ekonomi Politikası</t>
+          <t>Yerel'den Global'e</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>375</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789751421708</t>
+          <t>9789751412966</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Cyrano de Bergerac</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>470</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789751421722</t>
+          <t>9789751413147</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler ve İnsanlar</t>
+          <t>Batı’nın Politikaları Bugün de Aynı: Böl ve Yut</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>310</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789751421678</t>
+          <t>9789751421562</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Çocukları</t>
+          <t>Türkiye'den Örneklerle Ekonomi Politikası</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>190</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789751421685</t>
+          <t>9789751421708</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Kulüp, Stadyum</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>715</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789751421692</t>
+          <t>9789751421722</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Anda Kalmak</t>
+          <t>Kelebekler ve İnsanlar</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789751421661</t>
+          <t>9789751421678</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara ve Büyüklere Masallar</t>
+          <t>Savaşın Çocukları</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789751421630</t>
+          <t>9789751421685</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsimlik Günlüğüm (Ciltli)</t>
+          <t>Siyaset, Kulüp, Stadyum</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>615</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789751421623</t>
+          <t>9789751421692</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Doğru 52 Hafta</t>
+          <t>Anda Kalmak</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789751421517</t>
+          <t>9789751421661</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam (Cilt 3) 1950 - 1964</t>
+          <t>Çocuklara ve Büyüklere Masallar</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>590</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789751421616</t>
+          <t>9789751421630</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yapay Zekâ, Ben İnsan!</t>
+          <t>Dört Mevsimlik Günlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>360</v>
+        <v>710</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789751421609</t>
+          <t>9789751421623</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Cumhuriyet'e Doğru 52 Hafta</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789751421593</t>
+          <t>9789751421517</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Son Yüzyıl</t>
+          <t>İkinci Adam (Cilt 3) 1950 - 1964</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>650</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789751421579</t>
+          <t>9789751421616</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Teknik Resim</t>
+          <t>Merhaba Yapay Zekâ, Ben İnsan!</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>900</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789751421586</t>
+          <t>9789751421609</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Günlerine Doğru Sanat ve Siyaset</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>320</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789751421494</t>
+          <t>9789751421593</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adam Cilt: 1 1884-1938</t>
+          <t>Son Yüzyıl</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789751421531</t>
+          <t>9789751421579</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Yaşamanın İmkansızlığı Üzerine Bir Diyalog</t>
+          <t>Mimarlıkta Teknik Resim</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>150</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789751421524</t>
+          <t>9789751421586</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Konuşmanın İmkansızlığı Üzerine Bir Diyalog</t>
+          <t>Pandemi Günlerine Doğru Sanat ve Siyaset</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789751421487</t>
+          <t>9789751421494</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kuzenler</t>
+          <t>İkinci Adam Cilt: 1 1884-1938</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>280</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789751421470</t>
+          <t>9789751421531</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Yaşamanın İmkansızlığı Üzerine Bir Diyalog</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789751421463</t>
+          <t>9789751421524</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Konuşmanın İmkansızlığı Üzerine Bir Diyalog</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789751421418</t>
+          <t>9789751421487</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt 3</t>
+          <t>Muhteşem Kuzenler</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>700</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789751421456</t>
+          <t>9789751421470</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Yargıcın Listesi</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C1063" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789751421449</t>
+          <t>9789751421463</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Fon</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>355</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789751421432</t>
+          <t>9789751421418</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Yol Yakınken</t>
+          <t>Enver Paşa Cilt 3</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>470</v>
+        <v>805</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789751421425</t>
+          <t>9789751421456</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Aklın Uçurumunda</t>
+          <t>Yargıcın Listesi</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789751421401</t>
+          <t>9789751421449</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Fon</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789751421302</t>
+          <t>9789751421432</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Müzik</t>
+          <t>Yol Yakınken</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>1170</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789751420893</t>
+          <t>9789751421425</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa (1. Cilt)</t>
+          <t>Aklın Uçurumunda</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>615</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789751421371</t>
+          <t>9789751421401</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa Cilt 2</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789751421395</t>
+          <t>9789751421302</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Anda Kalarak Olmak Üzere Yaşamak</t>
+          <t>Zaman İçinde Müzik</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>235</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789751421166</t>
+          <t>9789751420893</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Enver Paşa (1. Cilt)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>195</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789751421227</t>
+          <t>9789751421371</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim Yardımcı El Kitabı</t>
+          <t>Enver Paşa Cilt 2</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>270</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789751421340</t>
+          <t>9789751421395</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Stalingrad'da Kar Topu</t>
+          <t>Anda Kalarak Olmak Üzere Yaşamak</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789751421357</t>
+          <t>9789751421166</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Toprak Uyanırsa</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>460</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789751421319</t>
+          <t>9789751421227</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmede Psikolojik Taktikler</t>
+          <t>Şiddetsiz İletişim Yardımcı El Kitabı</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789751421326</t>
+          <t>9789751421340</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Devrimin ve Karşı Devrimin Yüz Yılı</t>
+          <t>Stalingrad'da Kar Topu</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>495</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789751421296</t>
+          <t>9789751421357</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Selanik</t>
+          <t>Toprak Uyanırsa</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>580</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789751421272</t>
+          <t>9789751421319</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu</t>
+          <t>Çocuk Yetiştirmede Psikolojik Taktikler</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789751421289</t>
+          <t>9789751421326</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Devrimin ve Karşı Devrimin Yüz Yılı</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>195</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789751421258</t>
+          <t>9789751421296</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Figür Çizimi</t>
+          <t>Selanik</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>1180</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789751421265</t>
+          <t>9789751421272</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Övgüler, Yergiler, Atışmalar</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789751421234</t>
+          <t>9789751421289</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim (Kutulu Takım)</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>610</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789751421241</t>
+          <t>9789751421258</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sokağı</t>
+          <t>Figür Çizimi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>260</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789751421203</t>
+          <t>9789751421265</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaş</t>
+          <t>Övgüler, Yergiler, Atışmalar</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>745</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789751421180</t>
+          <t>9789751421234</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Türkiye Sınavı</t>
+          <t>Şiddetsiz İletişim (Kutulu Takım)</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>400</v>
+        <v>710</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789751421159</t>
+          <t>9789751421241</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Yazmak... Zamanı Aşmak</t>
+          <t>Hayat Sokağı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789751421197</t>
+          <t>9789751421203</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Büyük Savaş</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>150</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789751421173</t>
+          <t>9789751421180</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Avrupa Birliği’nin Türkiye Sınavı</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>195</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789751421135</t>
+          <t>9789751421159</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Bana İyi Bir Finansçı Bulun!</t>
+          <t>Yazmak... Zamanı Aşmak</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789751421104</t>
+          <t>9789751421197</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789751421098</t>
+          <t>9789751421173</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789751421128</t>
+          <t>9789751421135</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Devrimin ve Karşı Devrimin Yüz Yılı - 2: Karşı Devrim Filizleri ve Darbeleri 1971-2002</t>
+          <t>Bana İyi Bir Finansçı Bulun!</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>615</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789751421081</t>
+          <t>9789751421104</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlığa Övgü</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789751421067</t>
+          <t>9789751421098</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Olives and Olive Oil (Ciltli)</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>1470</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789751421012</t>
+          <t>9789751421128</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Muazzez - 110 Yaşın Sırları ve Hayata Dair Tavsiyeler</t>
+          <t>Devrimin ve Karşı Devrimin Yüz Yılı - 2: Karşı Devrim Filizleri ve Darbeleri 1971-2002</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>285</v>
+        <v>710</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789751421029</t>
+          <t>9789751421081</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Çöküşten Zafere Lozan</t>
+          <t>Başarısızlığa Övgü</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>590</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789751420992</t>
+          <t>9789751421067</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi Cephesi</t>
+          <t>Olives and Olive Oil (Ciltli)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>450</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789751419507</t>
+          <t>9789751421012</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>İş Görür Düşler</t>
+          <t>Muazzam Muazzez - 110 Yaşın Sırları ve Hayata Dair Tavsiyeler</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>165</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789751420695</t>
+          <t>9789751421029</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>New York'u Yaşamak</t>
+          <t>Çöküşten Zafere Lozan</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>410</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789751420862</t>
+          <t>9789751420992</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Ana - Baba El Kitabı</t>
+          <t>Diplomasi Cephesi</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789751419675</t>
+          <t>9789751419507</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Gelişim Özellikleriyle Okul Çağı Çocuğu</t>
+          <t>İş Görür Düşler</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789751420022</t>
+          <t>9789751420695</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>1000 İngilizce Türkçe Sözcük</t>
+          <t>New York'u Yaşamak</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>600</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789751421005</t>
+          <t>9789751420862</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalar, Polemikler, Kavgalar</t>
+          <t>Ana - Baba El Kitabı</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>385</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789751421043</t>
+          <t>9789751419675</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Emine</t>
+          <t>Eğitim ve Gelişim Özellikleriyle Okul Çağı Çocuğu</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>385</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789751421036</t>
+          <t>9789751420022</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Kreutzer Sonat</t>
+          <t>1000 İngilizce Türkçe Sözcük</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>160</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789751420985</t>
+          <t>9789751421005</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Nüzhet</t>
+          <t>Tartışmalar, Polemikler, Kavgalar</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789751420978</t>
+          <t>9789751421043</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynin Rehberi</t>
+          <t>Emine</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>270</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789751420947</t>
+          <t>9789751421036</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları - İstanbul’un Öteki Yüzü</t>
+          <t>Kreutzer Sonat</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789751420961</t>
+          <t>9789751420985</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Ruh-u Revan: Şemseddin Sami ve Ali Sami'nin Romanı</t>
+          <t>Nüzhet</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>690</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789751420954</t>
+          <t>9789751420978</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Devrimin ve Karşı Devrimin Yüz Yılı 1: Savaş, Devrim ve Tepkiler 1919 - 1971</t>
+          <t>Ebeveynin Rehberi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>430</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789751420923</t>
+          <t>9789751420947</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi’nde Yanan Meşale</t>
+          <t>Zamanın Kapıları - İstanbul’un Öteki Yüzü</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789751420725</t>
+          <t>9789751420961</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Ekonomik Yemekler</t>
+          <t>Ruh-u Revan: Şemseddin Sami ve Ali Sami'nin Romanı</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>330</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789751420916</t>
+          <t>9789751420954</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Zeytinyağı - Derin Köklerin Meyvesi (Ciltli)</t>
+          <t>Devrimin ve Karşı Devrimin Yüz Yılı 1: Savaş, Devrim ve Tepkiler 1919 - 1971</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>1360</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789751420909</t>
+          <t>9789751420923</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Boğaziçi’nde Yanan Meşale</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>150</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789751420886</t>
+          <t>9789751420725</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Reformlar ve Türkiye</t>
+          <t>Kolay ve Ekonomik Yemekler</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789751420855</t>
+          <t>9789751420916</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Deneyimler (Ciltli)</t>
+          <t>Zeytinyağı - Derin Köklerin Meyvesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>865</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789751420602</t>
+          <t>9789751420909</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Diyaloglar</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>595</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789751420879</t>
+          <t>9789751420886</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Seçen Kadın</t>
+          <t>Yapısal Reformlar ve Türkiye</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>480</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789751420848</t>
+          <t>9789751420855</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Deneyimler</t>
+          <t>Deneyimler (Ciltli)</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>560</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789751420831</t>
+          <t>9789751420602</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Diyaloglar</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>175</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789751420817</t>
+          <t>9789751420879</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Beden Çalanlar</t>
+          <t>Hayatını Seçen Kadın</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>350</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789751420824</t>
+          <t>9789751420848</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Sahte Kupon</t>
+          <t>Deneyimler</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>150</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789751420800</t>
+          <t>9789751420831</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Bir Tıp Şehidi : Salâhattin Mehmet Erk</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789751420787</t>
+          <t>9789751420817</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Buluşmalar</t>
+          <t>Beden Çalanlar</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>255</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789751420794</t>
+          <t>9789751420824</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Sahte Sultan</t>
+          <t>Sahte Kupon</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>390</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789751420756</t>
+          <t>9789751420800</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti 1946 - 1960</t>
+          <t>Bir Tıp Şehidi : Salâhattin Mehmet Erk</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>740</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789751419491</t>
+          <t>9789751420787</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Neredeyse,Tanrı Oradadır</t>
+          <t>Buluşmalar</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789751420749</t>
+          <t>9789751420794</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk</t>
+          <t>Sahte Sultan</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789751420701</t>
+          <t>9789751420756</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Aynaya Bakma Cesareti</t>
+          <t>Demokrat Parti 1946 - 1960</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>235</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789751420732</t>
+          <t>9789751419491</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Ona Ne Danışacağız ki</t>
+          <t>Sevgi Neredeyse,Tanrı Oradadır</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789751420688</t>
+          <t>9789751420749</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Polikuşka</t>
+          <t>Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789751420664</t>
+          <t>9789751420701</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Yaşatan ve Yok Eden Normlar</t>
+          <t>Aynaya Bakma Cesareti</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789751420626</t>
+          <t>9789751420732</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Nathalie’nin Mutfak Hikayeleri (Ciltli)</t>
+          <t>Ona Ne Danışacağız ki</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>1740</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789751420640</t>
+          <t>9789751420688</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Hatırda Kalanlar</t>
+          <t>Polikuşka</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>470</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789751420619</t>
+          <t>9789751420664</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Afyon Mutfağından Dünya Mutfağına Lezzet Yolculuğu</t>
+          <t>Yaşatan ve Yok Eden Normlar</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>705</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789751420633</t>
+          <t>9789751420626</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçinin Gözünden Suriye</t>
+          <t>Nathalie’nin Mutfak Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>520</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789751421210</t>
+          <t>9789751420640</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>İlk 1000 Sözcük</t>
+          <t>Hatırda Kalanlar</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>565</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789751419934</t>
+          <t>9789751420619</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>İzmirli Dario</t>
+          <t>Afyon Mutfağından Dünya Mutfağına Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>410</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789751420107</t>
+          <t>9789751420633</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Gerçeği Görür Ama Bekler</t>
+          <t>Büyükelçinin Gözünden Suriye</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789751420046</t>
+          <t>9789751421210</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Aydınlatan Muhteşem Kadın Dostlarım</t>
+          <t>İlk 1000 Sözcük</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789751420084</t>
+          <t>9789751419934</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Mülakata Giderken</t>
+          <t>İzmirli Dario</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>175</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789751420053</t>
+          <t>9789751420107</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ruhunun Cevheri Ruhsal Dayanıklılık</t>
+          <t>Tanrı Gerçeği Görür Ama Bekler</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789751420077</t>
+          <t>9789751420046</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Vitaminli Ekonomiks</t>
+          <t>Hayatımızı Aydınlatan Muhteşem Kadın Dostlarım</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>325</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789751420060</t>
+          <t>9789751420084</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Pelikülden Dijitale Yolculuğum...</t>
+          <t>Mülakata Giderken</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789751419965</t>
+          <t>9789751420053</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Galata</t>
+          <t>İnsan Ruhunun Cevheri Ruhsal Dayanıklılık</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>580</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789751420015</t>
+          <t>9789751420077</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Onkolojide Çocuk Beslenmesi ve Yemek Tarifleri</t>
+          <t>Vitaminli Ekonomiks</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>780</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789751420008</t>
+          <t>9789751420060</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Arkabahçe</t>
+          <t>Pelikülden Dijitale Yolculuğum...</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789751419989</t>
+          <t>9789751419965</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Efendi ve Uşak</t>
+          <t>Galata</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>150</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789751418579</t>
+          <t>9789751420015</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Çek, Düzenle Paylaş</t>
+          <t>Onkolojide Çocuk Beslenmesi ve Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>355</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789751419972</t>
+          <t>9789751420008</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Senin, Meliha</t>
+          <t>Arkabahçe</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789751419958</t>
+          <t>9789751419989</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Mağazacılık</t>
+          <t>Efendi ve Uşak</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>285</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789751419927</t>
+          <t>9789751418579</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca</t>
+          <t>Çek, Düzenle Paylaş</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789751419910</t>
+          <t>9789751419972</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Amok</t>
+          <t>Senin, Meliha</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789751419897</t>
+          <t>9789751419958</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Mağazacılık</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789751419880</t>
+          <t>9789751419927</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Şirket - Quo Vadis?</t>
+          <t>Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>870</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789751419873</t>
+          <t>9789751419910</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Amok</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789751419866</t>
+          <t>9789751419897</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789751419842</t>
+          <t>9789751419880</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Değiştiren Filmler 2015 - 2020</t>
+          <t>Şirket - Quo Vadis?</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>680</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789751419804</t>
+          <t>9789751419873</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>O Muydu?</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789751419828</t>
+          <t>9789751419866</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Adalet Peşinde</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789751419811</t>
+          <t>9789751419842</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomi Düzeni</t>
+          <t>Hayatımızı Değiştiren Filmler 2015 - 2020</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>440</v>
+        <v>785</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789751419774</t>
+          <t>9789751419804</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Inferis</t>
+          <t>O Muydu?</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>430</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789751419798</t>
+          <t>9789751419828</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Bana Hazır mısın? (Kutulu 2 Kitap Takım)</t>
+          <t>Adalet Peşinde</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>680</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789751419705</t>
+          <t>9789751419811</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Küresel Ekonomi Düzeni</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789751419767</t>
+          <t>9789751419774</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Bana Hazır mısın Baba?</t>
+          <t>Inferis</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789751419750</t>
+          <t>9789751419798</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Endekslerle Türkiye Ekonomisi</t>
+          <t>Bana Hazır mısın? (Kutulu 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>475</v>
+        <v>785</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789751419729</t>
+          <t>9789751419705</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789751419699</t>
+          <t>9789751419767</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Kalıcı Mutluluğun 7 Yolu</t>
+          <t>Bana Hazır mısın Baba?</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>235</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789751419743</t>
+          <t>9789751419750</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Açılan Sinemamız ve Yeni Bir Kuşak</t>
+          <t>Endekslerle Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789751419712</t>
+          <t>9789751419729</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Yazgısı</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>460</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789751419651</t>
+          <t>9789751419699</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği</t>
+          <t>Kalıcı Mutluluğun 7 Yolu</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789751419668</t>
+          <t>9789751419743</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Homeros Odysseia</t>
+          <t>Dünyaya Açılan Sinemamız ve Yeni Bir Kuşak</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789751419682</t>
+          <t>9789751419712</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Smyrna'nın Yazgısı</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789751419385</t>
+          <t>9789751419651</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Parkta Eğlenelim (Ciltli)</t>
+          <t>Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>480</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9789751419392</t>
+          <t>9789751419668</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Yatmaya Hazırlanalım (Ciltli)</t>
+          <t>Homeros Odysseia</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>480</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789751419620</t>
+          <t>9789751419682</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Dile ki Uzun Sürsün Yolun</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9789751419545</t>
+          <t>9789751419385</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 3 (Büyük Boy)</t>
+          <t>Parkta Eğlenelim (Ciltli)</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>685</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789751419552</t>
+          <t>9789751419392</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Tek Adam Cilt 2 (Büyük Boy)</t>
+          <t>Yatmaya Hazırlanalım (Ciltli)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>690</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789751419484</t>
+          <t>9789751419620</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Mektuplar ve Son Yazılar</t>
+          <t>Dile ki Uzun Sürsün Yolun</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>195</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789751419514</t>
+          <t>9789751419545</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>İşgal</t>
+          <t>Tek Adam Cilt 3 (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>740</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789751419521</t>
+          <t>9789751419552</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Herkese Göre Finans</t>
+          <t>Tek Adam Cilt 2 (Büyük Boy)</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>175</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789751419477</t>
+          <t>9789751419484</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Kırmızı Mektuplar ve Son Yazılar</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9789751419453</t>
+          <t>9789751419514</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>İlk Hamle</t>
+          <t>İşgal</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>355</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789751419415</t>
+          <t>9789751419521</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı - Cem Duna</t>
+          <t>Herkese Göre Finans</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789751419422</t>
+          <t>9789751419477</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Feride ve Kızları</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9789751419460</t>
+          <t>9789751419453</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşlanmak</t>
+          <t>İlk Hamle</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9789751419446</t>
+          <t>9789751419415</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamındaki 24 Saat</t>
+          <t>Sıra Dışı - Cem Duna</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789751418548</t>
+          <t>9789751419422</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist Cep Boy</t>
+          <t>Feride ve Kızları</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>145</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789751419378</t>
+          <t>9789751419460</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Mutlu Yaşlanmak</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789751419354</t>
+          <t>9789751419446</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki İnsanlar</t>
+          <t>Bir Kadının Yaşamındaki 24 Saat</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789751419347</t>
+          <t>9789751418548</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Oliver Twist Cep Boy</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>435</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789751419316</t>
+          <t>9789751419378</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>740</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789751419323</t>
+          <t>9789751419354</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Abdi İpekçi'nin Dramatik Yaşam Öyküsü</t>
+          <t>İçimizdeki İnsanlar</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>360</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789751419330</t>
+          <t>9789751419347</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>355</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789751419293</t>
+          <t>9789751419316</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Mimariyi Keşfedelim</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>410</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789751419309</t>
+          <t>9789751419323</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kağnı - Ses</t>
+          <t>Gazeteci Abdi İpekçi'nin Dramatik Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>175</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789751419279</t>
+          <t>9789751419330</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Tadında Yolculuk (Ciltli)</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>920</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789751419163</t>
+          <t>9789751419293</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Cep Sözlüğü</t>
+          <t>Mimariyi Keşfedelim</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>290</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789751419248</t>
+          <t>9789751419309</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Kağnı - Ses</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789751419231</t>
+          <t>9789751419279</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>3 Silahşörler</t>
+          <t>Tadında Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>350</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789751419224</t>
+          <t>9789751419163</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Mimarlık Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>350</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789751419262</t>
+          <t>9789751419248</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Anı ve Mektuplarda Melih Cevdet Anday</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789751419255</t>
+          <t>9789751419231</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>3 Silahşörler</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>150</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789751419200</t>
+          <t>9789751419224</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>50 Unutulmaz Film Daha</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>285</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789751419187</t>
+          <t>9789751419262</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Özgür - The Free Beloved Hero</t>
+          <t>Anı ve Mektuplarda Melih Cevdet Anday</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789751418074</t>
+          <t>9789751419255</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Köyden Biri</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9789751419194</t>
+          <t>9789751419200</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>50 Unutulmaz Film Daha</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789751419170</t>
+          <t>9789751419187</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Özgür - The Free Beloved Hero</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>250</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789751419156</t>
+          <t>9789751418074</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Uzaktaki Köyden Biri</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789751419125</t>
+          <t>9789751419194</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Temelleri</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>460</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789751419118</t>
+          <t>9789751419170</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Profesör</t>
+          <t>Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789751419101</t>
+          <t>9789751419156</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789751419057</t>
+          <t>9789751419125</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Yüzler</t>
+          <t>Ekonominin Temelleri</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>350</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789751419033</t>
+          <t>9789751419118</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Yumurta Nasıl Kırılır?</t>
+          <t>Profesör</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789751419040</t>
+          <t>9789751419101</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789751419019</t>
+          <t>9789751419057</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Aynadaki Yüzler</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789751418876</t>
+          <t>9789751419033</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Çay</t>
+          <t>Yumurta Nasıl Kırılır?</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>465</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789751418968</t>
+          <t>9789751419040</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789751419002</t>
+          <t>9789751419019</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Kitaptan Düşen Kurt</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789751417992</t>
+          <t>9789751418876</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>İlk İşim</t>
+          <t>Çay</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>350</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789751418975</t>
+          <t>9789751418968</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Botter Apartmanı</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789751418906</t>
+          <t>9789751419002</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kitaptan Düşen Kurt</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789751418951</t>
+          <t>9789751417992</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Paris Sürgünü</t>
+          <t>İlk İşim</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>235</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789751418920</t>
+          <t>9789751418975</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Varsa Yoksa İletişim</t>
+          <t>Botter Apartmanı</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>285</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789751418944</t>
+          <t>9789751418906</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürden Seçilmiş Tablolar</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>470</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789751418890</t>
+          <t>9789751418951</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>1919 Mustafa Kemal Mucizesi</t>
+          <t>Paris Sürgünü</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789751418852</t>
+          <t>9789751418920</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Varsa Yoksa İletişim</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789751418838</t>
+          <t>9789751418944</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal ve Nazım Hikmet</t>
+          <t>Bir Ömürden Seçilmiş Tablolar</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>175</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789751418821</t>
+          <t>9789751418890</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Bir Yolculuk Olarak Liderlik</t>
+          <t>1919 Mustafa Kemal Mucizesi</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789751418814</t>
+          <t>9789751418852</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Tarihi Yarımadası Yedikule Samatya</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>595</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789751418760</t>
+          <t>9789751418838</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreç İçinde Dünya Ekonomisi</t>
+          <t>Yahya Kemal ve Nazım Hikmet</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789751418715</t>
+          <t>9789751418821</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Zeki Müren</t>
+          <t>Bir Yolculuk Olarak Liderlik</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>470</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789751418685</t>
+          <t>9789751418814</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Bakır Tencere</t>
+          <t>İstanbul'un Tarihi Yarımadası Yedikule Samatya</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>1020</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789751418678</t>
+          <t>9789751418760</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Babıali'nin Öteki Yüzü</t>
+          <t>Tarihsel Süreç İçinde Dünya Ekonomisi</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789751418524</t>
+          <t>9789751418715</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Zeki Müren</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>145</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789751417794</t>
+          <t>9789751418685</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu</t>
+          <t>Bakır Tencere</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>740</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789751418654</t>
+          <t>9789751418678</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Afrika</t>
+          <t>Babıali'nin Öteki Yüzü</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>360</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789751418630</t>
+          <t>9789751418524</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Tao The Ching (Erdem Rehberi)</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789751418616</t>
+          <t>9789751417794</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Beyoğlu</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>160</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789751418609</t>
+          <t>9789751418654</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Büyülü Afrika</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>190</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789751418586</t>
+          <t>9789751418630</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Kariyer ve Varoluş</t>
+          <t>Tao The Ching (Erdem Rehberi)</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789751418593</t>
+          <t>9789751418616</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Dalavere</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>385</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789751418456</t>
+          <t>9789751418609</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789751418319</t>
+          <t>9789751418586</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlıkta Teknik Resim</t>
+          <t>Kariyer ve Varoluş</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>840</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789751418531</t>
+          <t>9789751418593</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sürecinde Türkiye</t>
+          <t>Dalavere</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>320</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789751418517</t>
+          <t>9789751418456</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Emre Kongar Seçkisiyle Nutuk (Atatürk)</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789751418494</t>
+          <t>9789751418319</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Cevaplar Kitabı</t>
+          <t>İç Mimarlıkta Teknik Resim</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>450</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789751418463</t>
+          <t>9789751418531</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı</t>
+          <t>Değişim Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789751418388</t>
+          <t>9789751418517</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler (Cep Boy)</t>
+          <t>Emre Kongar Seçkisiyle Nutuk (Atatürk)</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>145</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789751418395</t>
+          <t>9789751418494</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Hamileyim</t>
+          <t>Cevaplar Kitabı</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789751418371</t>
+          <t>9789751418463</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Zen Ebeveynliği</t>
+          <t>Çanakkale Savaşı</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789751418296</t>
+          <t>9789751418388</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sömürgesi</t>
+          <t>Üç Silahşörler (Cep Boy)</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789751418302</t>
+          <t>9789751418395</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Dış Borçları</t>
+          <t>Yaşasın Hamileyim</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789751418197</t>
+          <t>9789751418371</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Altın Çocuk</t>
+          <t>Zen Ebeveynliği</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789751418081</t>
+          <t>9789751418296</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Ceza Sömürgesi</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789751418111</t>
+          <t>9789751418302</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Osmanlı Devleti Dış Borçları</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789751418135</t>
+          <t>9789751418197</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Jeopolitik</t>
+          <t>Altın Çocuk</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>235</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789751418142</t>
+          <t>9789751418081</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Zor Rota</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>530</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789751418104</t>
+          <t>9789751418111</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>O Güzel Atlara Binip Gidenler</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789751418067</t>
+          <t>9789751418135</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Suikast</t>
+          <t>Emperyalizm ve Jeopolitik</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789751418098</t>
+          <t>9789751418142</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Miras: Atatürk’ün 7 Emaneti</t>
+          <t>Zor Rota</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>285</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789751417916</t>
+          <t>9789751418104</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Kitabı: Sözcükler</t>
+          <t>O Güzel Atlara Binip Gidenler</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789751418012</t>
+          <t>9789751418067</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Suikast</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789751418029</t>
+          <t>9789751418098</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Kış Masalı</t>
+          <t>Miras: Atatürk’ün 7 Emaneti</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789751418005</t>
+          <t>9789751417916</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Sahra 1911</t>
+          <t>Bebeğimin İlk Kitabı: Sözcükler</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789751417954</t>
+          <t>9789751418012</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Kurt Oyunu Oynayalım Mı? (Ciltli)</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>345</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789751417862</t>
+          <t>9789751418029</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Theo’ya Mektuplar</t>
+          <t>Kış Masalı</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789751417947</t>
+          <t>9789751418005</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Oya Başak: Kahkahanın Derinliği</t>
+          <t>Sahra 1911</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>220</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789751417930</t>
+          <t>9789751417954</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Nişantaşı’nda</t>
+          <t>Kurt Oyunu Oynayalım Mı? (Ciltli)</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>235</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789751417893</t>
+          <t>9789751417862</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Gerçek Yaşam Becerileri</t>
+          <t>Theo’ya Mektuplar</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789751417855</t>
+          <t>9789751417947</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Güney Postası</t>
+          <t>Oya Başak: Kahkahanın Derinliği</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789751417879</t>
+          <t>9789751417930</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>İşim ve Ben</t>
+          <t>Bir Zamanlar Nişantaşı’nda</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789751417824</t>
+          <t>9789751417893</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler - 2 (Midi Boy)</t>
+          <t>Çocuklar İçin Gerçek Yaşam Becerileri</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>145</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789751417770</t>
+          <t>9789751417855</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Güliver'in Seyahatleri (Midi Boy)</t>
+          <t>Güney Postası</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789751417800</t>
+          <t>9789751417879</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Stresinizi Sevin</t>
+          <t>İşim ve Ben</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9789751417732</t>
+          <t>9789751417824</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in İsyan Muhtırası</t>
+          <t>Ömer Seyfettin’den Seçmeler - 2 (Midi Boy)</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789751417725</t>
+          <t>9789751417770</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Kanlı Yıllar</t>
+          <t>Güliver'in Seyahatleri (Midi Boy)</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>285</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9789751417701</t>
+          <t>9789751417800</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Liderin Kitaplığı</t>
+          <t>Stresinizi Sevin</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789751417688</t>
+          <t>9789751417732</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Gürer Aykal: Şefle Yüz Yüze (Ciltli)</t>
+          <t>Mustafa Kemal’in İsyan Muhtırası</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>1170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9789751417664</t>
+          <t>9789751417725</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Şanlı Kanlı Yıllar</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789751417565</t>
+          <t>9789751417701</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Liderin Kitaplığı</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789751417572</t>
+          <t>9789751417688</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler-1</t>
+          <t>Gürer Aykal: Şefle Yüz Yüze (Ciltli)</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>145</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9789751417657</t>
+          <t>9789751417664</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>145</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789751417626</t>
+          <t>9789751417565</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Müzeyyen Senar Efsanesi</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>285</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789751417534</t>
+          <t>9789751417572</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Gözyaşları</t>
+          <t>Ömer Seyfettin’den Seçmeler-1</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>385</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789751417435</t>
+          <t>9789751417657</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kızılderili (Ciltli)</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>345</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789751417428</t>
+          <t>9789751417626</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Zehir Reis (Ciltli)</t>
+          <t>Müzeyyen Senar Efsanesi</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>345</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789751417398</t>
+          <t>9789751417534</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Cep Boy)</t>
+          <t>Smyrna'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>145</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789751417497</t>
+          <t>9789751417435</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Bulutlardan Yontma Kayalar</t>
+          <t>Küçük Kızılderili (Ciltli)</t>
         </is>
       </c>
       <c r="C1290" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9789751417527</t>
+          <t>9789751417428</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Rezilyans</t>
+          <t>Zehir Reis (Ciltli)</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789751417503</t>
+          <t>9789751417398</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Sağdıç</t>
+          <t>Pinokyo (Cep Boy)</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789751417510</t>
+          <t>9789751417497</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Zemberek</t>
+          <t>Bulutlardan Yontma Kayalar</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9789751417473</t>
+          <t>9789751417527</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirler</t>
+          <t>Çocukta Rezilyans</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9789751417459</t>
+          <t>9789751417503</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar Eleştiriler Anılar</t>
+          <t>Sağdıç</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789751417350</t>
+          <t>9789751417510</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Teldolap - Bir Kavanoz Mucize</t>
+          <t>Zemberek</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>750</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789751417367</t>
+          <t>9789751417473</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Analiz</t>
+          <t>Toplu Şiirler</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789751417312</t>
+          <t>9789751417459</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Dehanın Sesi</t>
+          <t>Yazarlar Eleştiriler Anılar</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>385</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789751417343</t>
+          <t>9789751417350</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kuşak Anne-Babalar ve Çocukları</t>
+          <t>Teldolap - Bir Kavanoz Mucize</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>285</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789751417305</t>
+          <t>9789751417367</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Odak Noktamız Futbol</t>
+          <t>Ekonomide Analiz</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>435</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789751417282</t>
+          <t>9789751417312</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Küresel Terör ve Türkiye</t>
+          <t>Dehanın Sesi</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>270</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789751417145</t>
+          <t>9789751417343</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Sesleniyor</t>
+          <t>Yeni Kuşak Anne-Babalar ve Çocukları</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9789751417237</t>
+          <t>9789751417305</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Angel Dayı</t>
+          <t>Odak Noktamız Futbol</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>160</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789751417220</t>
+          <t>9789751417282</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Heykel</t>
+          <t>Küresel Terör ve Türkiye</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>285</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789751417213</t>
+          <t>9789751417145</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Derviş'in Aklı</t>
+          <t>Atatürk Sesleniyor</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>390</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789751420039</t>
+          <t>9789751417237</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltı / Brunch (Ciltli)</t>
+          <t>Angel Dayı</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>780</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9789751417121</t>
+          <t>9789751417220</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Kısasa Kısas</t>
+          <t>Yorgun Heykel</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>165</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789751417138</t>
+          <t>9789751417213</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Kuşatmak</t>
+          <t>Derviş'in Aklı</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789751417183</t>
+          <t>9789751420039</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tabaklar</t>
+          <t>Kahvaltı / Brunch (Ciltli)</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789751416995</t>
+          <t>9789751417121</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Öğrenme</t>
+          <t>Kısasa Kısas</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789751417091</t>
+          <t>9789751417138</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltı</t>
+          <t>Güneşi Kuşatmak</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>660</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789751417022</t>
+          <t>9789751417183</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Neşeli Tabaklar</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>150</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789751407184</t>
+          <t>9789751416995</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Michel Strogoff</t>
+          <t>Ah Bu Öğrenme</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>145</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789751410702</t>
+          <t>9789751417091</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Mış Gibi Yaşamlar</t>
+          <t>Kahvaltı</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>335</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789751407306</t>
+          <t>9789751417022</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Okula Öğrenmede İlk Adımlar</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>540</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789751416902</t>
+          <t>9789751407184</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Mikro Ekonomi</t>
+          <t>Michel Strogoff</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789751416988</t>
+          <t>9789751410702</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizle Yüzleşmek</t>
+          <t>Mış Gibi Yaşamlar</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>420</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789751416919</t>
+          <t>9789751407306</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Aşk Döngüleri</t>
+          <t>Bebeklikten Okula Öğrenmede İlk Adımlar</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>310</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789751416834</t>
+          <t>9789751416902</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Menderes - Irmağın Gölgesi</t>
+          <t>Mikro Ekonomi</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>390</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789751416933</t>
+          <t>9789751416988</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Sade/ce - Tüketim Olgusu Üzerine Denemeler</t>
+          <t>Tarihimizle Yüzleşmek</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>350</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9789751416926</t>
+          <t>9789751416919</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Alan - Derin Bir Nefes</t>
+          <t>Aşk Döngüleri</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789751416797</t>
+          <t>9789751416834</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Anne ve Çocuk</t>
+          <t>Menderes - Irmağın Gölgesi</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789751416698</t>
+          <t>9789751416933</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Yanılsama</t>
+          <t>Sade/ce - Tüketim Olgusu Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>1180</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789751416766</t>
+          <t>9789751416926</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>0-1- Başla!</t>
+          <t>Alan - Derin Bir Nefes</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>540</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789751416742</t>
+          <t>9789751416797</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Siber Alemin Avatar Çocukları</t>
+          <t>Çalışan Anne ve Çocuk</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789751416803</t>
+          <t>9789751416698</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Damdan Düşen Psikolog</t>
+          <t>Sanat ve Yanılsama</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>625</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789751416810</t>
+          <t>9789751416766</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Leyla’lı Hikayeler</t>
+          <t>0-1- Başla!</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>220</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789751416728</t>
+          <t>9789751416742</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Eski Çiçekçi Sokağı</t>
+          <t>Siber Alemin Avatar Çocukları</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789751416667</t>
+          <t>9789751416803</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Piknikte...</t>
+          <t>Damdan Düşen Psikolog</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>200</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9789751416650</t>
+          <t>9789751416810</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gezginler</t>
+          <t>Leyla’lı Hikayeler</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789751416490</t>
+          <t>9789751416728</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Küçük Boy)</t>
+          <t>Eski Çiçekçi Sokağı</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>145</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789751416711</t>
+          <t>9789751416667</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Suçlamaları ve Gerçekler</t>
+          <t>Piknikte...</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789751416674</t>
+          <t>9789751416650</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Küçük Gezginler</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789751416476</t>
+          <t>9789751416490</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>İki Deniz Arası Siyah Topraklar</t>
+          <t>Küçük Prens (Küçük Boy)</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>465</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9789751416469</t>
+          <t>9789751416711</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Bir Türk Ressam</t>
+          <t>Ermeni Suçlamaları ve Gerçekler</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789751416971</t>
+          <t>9789751416674</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Dört İstanbul</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>470</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9789751414656</t>
+          <t>9789751416476</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Mememi Seviyorum</t>
+          <t>İki Deniz Arası Siyah Topraklar</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>220</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9789751411341</t>
+          <t>9789751416469</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Okula Hazırlık Renkler</t>
+          <t>Paris’te Bir Türk Ressam</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>200</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9789751412010</t>
+          <t>9789751416971</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilim Adamlarının Bakış Açısından İslam ve Modernite</t>
+          <t>Dört İstanbul</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>235</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789751409461</t>
+          <t>9789751414656</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Türk Basın Tarihi</t>
+          <t>Mememi Seviyorum</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>555</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789751412027</t>
+          <t>9789751411341</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Ruh Emici</t>
+          <t>Okula Hazırlık Renkler</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789751415271</t>
+          <t>9789751412010</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Türk Bilim Adamlarının Bakış Açısından İslam ve Modernite</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9789751413642</t>
+          <t>9789751409461</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Onlar Benim Kahramanım</t>
+          <t>Türk Basın Tarihi</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>285</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9789751408822</t>
+          <t>9789751412027</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Ruh Emici</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789751416414</t>
+          <t>9789751415271</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Uçmak</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>450</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789751416223</t>
+          <t>9789751413642</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Noel Hediyesi - Seçme Öyküler</t>
+          <t>Onlar Benim Kahramanım</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9789751413338</t>
+          <t>9789751408822</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Renkler Cumhuriyeti</t>
+          <t>Julius Caesar</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789751416117</t>
+          <t>9789751416414</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Kolay Ekonomi</t>
+          <t>Kanatsız Uçmak</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789751413215</t>
+          <t>9789751416223</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Sanatta ve Günlük Yaşamda İletişim Çatışmaları ve Empati</t>
+          <t>Noel Hediyesi - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>445</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9789751404305</t>
+          <t>9789751413338</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Sanat Terimleri Sözlüğü</t>
+          <t>Renkler Cumhuriyeti</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9789751416391</t>
+          <t>9789751416117</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Mış Gibi Yetişkinler</t>
+          <t>Örneklerle Kolay Ekonomi</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9789751417817</t>
+          <t>9789751413215</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Resimli Büyük Sözlük</t>
+          <t>Sanatta ve Günlük Yaşamda İletişim Çatışmaları ve Empati</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>660</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789751406187</t>
+          <t>9789751404305</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Tavuk Yemekleri (Ciltli)</t>
+          <t>Sanat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>600</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9789751416179</t>
+          <t>9789751416391</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Dört Kız Kardeş, Dört Kraliçe</t>
+          <t>Mış Gibi Yetişkinler</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9789751416193</t>
+          <t>9789751417817</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Gözlerini Kaçırma</t>
+          <t>Çocuklar İçin Resimli Büyük Sözlük</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>255</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9789751416162</t>
+          <t>9789751406187</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Elçiye Zeval Olmaz</t>
+          <t>Resimleriyle Adım Adım Tavuk Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>295</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789751415783</t>
+          <t>9789751416179</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Siyah Sert Berlin</t>
+          <t>Dört Kız Kardeş, Dört Kraliçe</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789751416124</t>
+          <t>9789751416193</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Kendin Ol, Hayatı Keşfet</t>
+          <t>Gözlerini Kaçırma</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9789751416612</t>
+          <t>9789751416162</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Siper Mektupları</t>
+          <t>Elçiye Zeval Olmaz</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9789751416131</t>
+          <t>9789751415783</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Şu Benim Kararsız Hayatım</t>
+          <t>Siyah Sert Berlin</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9789751416148</t>
+          <t>9789751416124</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Amerika Büyük Bir Şaka, Sevgili Frank, Ama Ona Ne Kadar Gülebiliriz?</t>
+          <t>Kendin Ol, Hayatı Keşfet</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789751416155</t>
+          <t>9789751416612</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Bir Propaganda Silahı Olarak Basın</t>
+          <t>Siper Mektupları</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>530</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9789751416520</t>
+          <t>9789751416131</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>İmparator Heraklius</t>
+          <t>Şu Benim Kararsız Hayatım</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>440</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789751416438</t>
+          <t>9789751416148</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Amerika Büyük Bir Şaka, Sevgili Frank, Ama Ona Ne Kadar Gülebiliriz?</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789751416353</t>
+          <t>9789751416155</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Bir Propaganda Silahı Olarak Basın</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>150</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789751416254</t>
+          <t>9789751416520</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Çılgın ve Özgür</t>
+          <t>İmparator Heraklius</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>360</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789751416100</t>
+          <t>9789751416438</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Bedia Akarsu</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9789751416094</t>
+          <t>9789751416353</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Ankara Destanı</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789751409058</t>
+          <t>9789751416254</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Akılda ve Yürekte İz Bırakan Sunuş</t>
+          <t>Çılgın ve Özgür</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>255</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789751412959</t>
+          <t>9789751416100</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Ajan Püf 1 - Savulun Ajan Püf geliyor!</t>
+          <t>Bedia Akarsu</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9789751412751</t>
+          <t>9789751416094</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Selin Taşınıyor (Ciltli)</t>
+          <t>Ankara Destanı</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9789751413235</t>
+          <t>9789751409058</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Krizler, Para ve İktisatçılar</t>
+          <t>Akılda ve Yürekte İz Bırakan Sunuş</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9789751409256</t>
+          <t>9789751412959</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Köye Gelen Aslan</t>
+          <t>Ajan Püf 1 - Savulun Ajan Püf geliyor!</t>
         </is>
       </c>
       <c r="C1373" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789751403971</t>
+          <t>9789751412751</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Ana - Baba ve Çocuk</t>
+          <t>Selin Taşınıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>340</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789751406149</t>
+          <t>9789751413235</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Bedensel, Zihinsel ve Sosyal Gelişimiyle Çocuğunuzun İlk 6 Yılı</t>
+          <t>Krizler, Para ve İktisatçılar</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>465</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789751416209</t>
+          <t>9789751409256</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Wahrnehmungs Management</t>
+          <t>Köye Gelen Aslan</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>580</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789751416230</t>
+          <t>9789751403971</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Çoğullarla A’dan Z’ye Yaşam</t>
+          <t>Ana - Baba ve Çocuk</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>580</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789751420091</t>
+          <t>9789751406149</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>6 Şapkalı Düşünme Tekniği</t>
+          <t>Bedensel, Zihinsel ve Sosyal Gelişimiyle Çocuğunuzun İlk 6 Yılı</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>265</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789751408587</t>
+          <t>9789751416209</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Wahrnehmungs Management</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>220</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789751415790</t>
+          <t>9789751416230</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Vatanı Sattık Bir Pula</t>
+          <t>Çoğullarla A’dan Z’ye Yaşam</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>350</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789751403070</t>
+          <t>9789751420091</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Gazeteci Keloğlan</t>
+          <t>6 Şapkalı Düşünme Tekniği</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>150</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9789751403087</t>
+          <t>9789751408587</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Gazeteci Deja Vu</t>
+          <t>Antonius ve Kleopatra</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>120</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9789751406385</t>
+          <t>9789751415790</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Sesi Duymadan Yaşamak</t>
+          <t>Vatanı Sattık Bir Pula</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9789751412546</t>
+          <t>9789751403070</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Hattuşa’dan Kaçış</t>
+          <t>Hızlı Gazeteci Keloğlan</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789751407740</t>
+          <t>9789751403087</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Hatice Sultan</t>
+          <t>Hızlı Gazeteci Deja Vu</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789751417466</t>
+          <t>9789751406385</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Üzerine</t>
+          <t>Kurşun Sesi Duymadan Yaşamak</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789751409881</t>
+          <t>9789751412546</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Hattuşa’dan Kaçış</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>770</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789751403728</t>
+          <t>9789751407740</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Hatice Sultan</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789751415066</t>
+          <t>9789751417466</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>How to Lose Wives and Clients</t>
+          <t>Atatürk Üzerine</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>360</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9789751412577</t>
+          <t>9789751409881</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Hep İsmet Paşa’nın Yanında</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>220</v>
+        <v>890</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789751407009</t>
+          <t>9789751403728</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Süleyman’ın Hazineleri</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789751410054</t>
+          <t>9789751415066</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcık Öyküleri</t>
+          <t>How to Lose Wives and Clients</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>195</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789751413864</t>
+          <t>9789751412577</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba Ateşi</t>
+          <t>Hep İsmet Paşa’nın Yanında</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>385</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789751412980</t>
+          <t>9789751407009</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Yorgun Yaşamayanlar</t>
+          <t>Hazreti Süleyman’ın Hazineleri</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789751411112</t>
+          <t>9789751410054</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Kurt</t>
+          <t>Sevimli Ayıcık Öyküleri</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789751417152</t>
+          <t>9789751413864</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Karahindiba Ateşi</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>420</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789751409652</t>
+          <t>9789751412980</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Alazda</t>
+          <t>Hayatı Yorgun Yaşamayanlar</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789751409959</t>
+          <t>9789751411112</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Akvaryum</t>
+          <t>Kardeşim Kurt</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789751416049</t>
+          <t>9789751417152</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Eş Seçiminden Evliliğe</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>310</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789751416001</t>
+          <t>9789751409652</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>İnternette - Yolunu şaşırınca</t>
+          <t>Alazda</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789751416018</t>
+          <t>9789751409959</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Çığırından Çıkınca</t>
+          <t>Akvaryum</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789751407481</t>
+          <t>9789751416049</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Baharla Gelen</t>
+          <t>Eş Seçiminden Evliliğe</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789751490322</t>
+          <t>9789751416001</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Açları</t>
+          <t>İnternette - Yolunu şaşırınca</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>255</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789751415820</t>
+          <t>9789751416018</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Rekabet Çığırından Çıkınca</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789751415844</t>
+          <t>9789751407481</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Şehir</t>
+          <t>Baharla Gelen</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789751415585</t>
+          <t>9789751490322</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle 100 Hayvan (Küçük Boy) (Ciltli)</t>
+          <t>Cennetin Açları</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789751412553</t>
+          <t>9789751415820</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Bungalov 2</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789751414649</t>
+          <t>9789751415844</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Kırk Diken</t>
+          <t>Oyuncak Şehir</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789751415202</t>
+          <t>9789751415585</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yazılar</t>
+          <t>Resimlerle 100 Hayvan (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>325</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9789751407290</t>
+          <t>9789751412553</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Saray Meydanı’nda Son Gece</t>
+          <t>Bungalov 2</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789751412096</t>
+          <t>9789751414649</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta İşinin Lideri Olmak</t>
+          <t>Kırk Diken</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>240</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9789751412768</t>
+          <t>9789751415202</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Selin Aşık Oldu</t>
+          <t>Kendime Yazılar</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9789751403872</t>
+          <t>9789751407290</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Seks ve Yaşam</t>
+          <t>Saray Meydanı’nda Son Gece</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789751407801</t>
+          <t>9789751412096</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Kızlarıma Mektuplar Yaşamdan Satırbaşları</t>
+          <t>Bir Solukta İşinin Lideri Olmak</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789751413499</t>
+          <t>9789751412768</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Yemin Bozan</t>
+          <t>Selin Aşık Oldu</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9789751408600</t>
+          <t>9789751403872</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Nerede, Nasıl Yiyelim?</t>
+          <t>Seks ve Yaşam</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>625</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789751406637</t>
+          <t>9789751407801</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Yamyamlara Oy Yok!</t>
+          <t>Kızlarıma Mektuplar Yaşamdan Satırbaşları</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789751411716</t>
+          <t>9789751413499</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Anitta’nın Laneti</t>
+          <t>Yemin Bozan</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789751403612</t>
+          <t>9789751408600</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Şatonun Kralı</t>
+          <t>Nerede, Nasıl Yiyelim?</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>205</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789751409744</t>
+          <t>9789751406637</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Satışta Gelirinizi ve Mutluluğunuzu Katlamanın Yolları: Satışta Başarı Teknikleri</t>
+          <t>Yamyamlara Oy Yok!</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9789751411655</t>
+          <t>9789751411716</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Önce Bütün Kuralları Yıkın</t>
+          <t>Anitta’nın Laneti</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789751413840</t>
+          <t>9789751403612</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet</t>
+          <t>Şatonun Kralı</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9789751418869</t>
+          <t>9789751409744</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsiz İletişim - Bir Yaşam Dili</t>
+          <t>Satışta Gelirinizi ve Mutluluğunuzu Katlamanın Yolları: Satışta Başarı Teknikleri</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>340</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789751406774</t>
+          <t>9789751411655</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Taif'te Ölüm</t>
+          <t>Önce Bütün Kuralları Yıkın</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>350</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789751408723</t>
+          <t>9789751413840</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Thorgal Kara Kadırga</t>
+          <t>Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789751408280</t>
+          <t>9789751418869</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Thorgal Büyücünün Sırrı</t>
+          <t>Şiddetsiz İletişim - Bir Yaşam Dili</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>230</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789751408327</t>
+          <t>9789751406774</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Thorgal Buzlu Denizlerdeki Ada</t>
+          <t>Taif'te Ölüm</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>230</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789751408594</t>
+          <t>9789751408723</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Thorgal Aran’ın Üç Ermişi</t>
+          <t>Thorgal Kara Kadırga</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789751409546</t>
+          <t>9789751408280</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Thorgal  Gölgelerin Ötesi</t>
+          <t>Thorgal Büyücünün Sırrı</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789751412447</t>
+          <t>9789751408327</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Yerleşmek - Küçük Şeyler 3</t>
+          <t>Thorgal Buzlu Denizlerdeki Ada</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789751411389</t>
+          <t>9789751408594</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Organizasyon Yolculuğu</t>
+          <t>Thorgal Aran’ın Üç Ermişi</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789751401366</t>
+          <t>9789751409546</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Pasta Bisküvi</t>
+          <t>Thorgal  Gölgelerin Ötesi</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>445</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789751414069</t>
+          <t>9789751412447</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>The Devil Gets The Better Of Love</t>
+          <t>Yaşama Yerleşmek - Küçük Şeyler 3</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789751408105</t>
+          <t>9789751411389</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Jim Cutlass’ın Serüvenleri - Zor Miras</t>
+          <t>Öğrenen Organizasyon Yolculuğu</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789751413734</t>
+          <t>9789751401366</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Zor İnsanlarla Başa Çıkma Yolları</t>
+          <t>Pasta Bisküvi</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>235</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789751403827</t>
+          <t>9789751414069</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>The Devil Gets The Better Of Love</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789751421388</t>
+          <t>9789751408105</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>Jim Cutlass’ın Serüvenleri - Zor Miras</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>735</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789751415981</t>
+          <t>9789751413734</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Zeka (PQ)</t>
+          <t>Zor İnsanlarla Başa Çıkma Yolları</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9789751413581</t>
+          <t>9789751403827</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Etmeden Yaşamak</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1439" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789751407238</t>
+          <t>9789751421388</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Reis Kara Kartal</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>145</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789751415738</t>
+          <t>9789751415981</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Mimolett (Ciltli)</t>
+          <t>Profesyonel Zeka (PQ)</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789751415882</t>
+          <t>9789751413581</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Unutmamak</t>
+          <t>Rekabet Etmeden Yaşamak</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789751415745</t>
+          <t>9789751407238</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Quo Vadis İstanbul?</t>
+          <t>Reis Kara Kartal</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>435</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789751490520</t>
+          <t>9789751415738</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Otomobili Tanıyalım</t>
+          <t>Mimolett (Ciltli)</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>150</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789751415486</t>
+          <t>9789751415882</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>Unutmamak</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789751413925</t>
+          <t>9789751415745</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Anne Olmak</t>
+          <t>Quo Vadis İstanbul?</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>190</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789751413444</t>
+          <t>9789751490520</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Yürek, Kaplan Akıl</t>
+          <t>Otomobili Tanıyalım</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789751410825</t>
+          <t>9789751415486</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Pışıbba (1860-1926)</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789751415110</t>
+          <t>9789751413925</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkasından - Devlet Tiyatrosu Gerçeği</t>
+          <t>Anne Olmak</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>435</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789751404831</t>
+          <t>9789751413444</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Sırlarım</t>
+          <t>Kaplan Yürek, Kaplan Akıl</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789751413192</t>
+          <t>9789751410825</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Arasında</t>
+          <t>Pışıbba (1860-1926)</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>460</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789751404503</t>
+          <t>9789751415110</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Perde Arkasından - Devlet Tiyatrosu Gerçeği</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>190</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789751414618</t>
+          <t>9789751404831</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Kestane Kral</t>
+          <t>Sırlarım</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789751415554</t>
+          <t>9789751413192</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi</t>
+          <t>Sınırlar Arasında</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>700</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789751415905</t>
+          <t>9789751404503</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789751415707</t>
+          <t>9789751414618</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Kestane Kral</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>195</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789751415769</t>
+          <t>9789751415554</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatoru Büyük Theodosius</t>
+          <t>Bizans İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>430</v>
+        <v>805</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789751415868</t>
+          <t>9789751415905</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Sosyometri ve Psikodrama</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789751415646</t>
+          <t>9789751415707</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Aydınlanmaya Doğru</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789751415714</t>
+          <t>9789751415769</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Tangramım Nerede? Pepe mi, Sobe mi? Duru’nun Yıldızları</t>
+          <t>Bizans İmparatoru Büyük Theodosius</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>165</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789751409218</t>
+          <t>9789751415868</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşan Medya ve Yozlaşan Türkçe</t>
+          <t>Sosyometri ve Psikodrama</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>440</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789751407573</t>
+          <t>9789751415646</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Yol Boyunca...</t>
+          <t>Yeni Bir Aydınlanmaya Doğru</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789751418036</t>
+          <t>9789751415714</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Dilbilgisi</t>
+          <t>Tangramım Nerede? Pepe mi, Sobe mi? Duru’nun Yıldızları</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789751415509</t>
+          <t>9789751409218</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Yemek Bağımlılığı</t>
+          <t>Yozlaşan Medya ve Yozlaşan Türkçe</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>465</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789751415240</t>
+          <t>9789751407573</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Gün</t>
+          <t>Yol Boyunca...</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789751410849</t>
+          <t>9789751418036</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Yedi Evin Sırları</t>
+          <t>Yeni Türk Dilbilgisi</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789751413895</t>
+          <t>9789751415509</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Yaşanan Mimari</t>
+          <t>Yemek Bağımlılığı</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>320</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789751402615</t>
+          <t>9789751415240</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlamı</t>
+          <t>Yedinci Gün</t>
         </is>
       </c>
       <c r="C1468" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789751403797</t>
+          <t>9789751410849</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Yedi Evin Sırları</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>160</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789751413697</t>
+          <t>9789751413895</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Evrenle Uyumlaşma Sürecinde Varolmak, Gelişmek, Uzlaşmak</t>
+          <t>Yaşanan Mimari</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>385</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789751401465</t>
+          <t>9789751402615</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Yaşamın Anlamı</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789751403551</t>
+          <t>9789751403797</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Stres Altında Ezilmeden Öğrenmede ve Sınavlarda Üstün Başarı</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>375</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789751417749</t>
+          <t>9789751413697</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Çıkarlar</t>
+          <t>Evrenle Uyumlaşma Sürecinde Varolmak, Gelişmek, Uzlaşmak</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>555</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789751415264</t>
+          <t>9789751401465</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kenarında Dış Politika</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C1474" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789751491992</t>
+          <t>9789751403551</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kleopatra</t>
+          <t>Stres Altında Ezilmeden Öğrenmede ve Sınavlarda Üstün Başarı</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>130</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789751415219</t>
+          <t>9789751417749</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Tütün İskelesi’nde Bir Köhne Vapur</t>
+          <t>Ulusal Çıkarlar</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>190</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789751416636</t>
+          <t>9789751415264</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı</t>
+          <t>Uçurumun Kenarında Dış Politika</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>720</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789751404800</t>
+          <t>9789751491992</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme Kuramları ve Türkiye Gerçeği</t>
+          <t>Uçan Kleopatra</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>615</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789751412881</t>
+          <t>9789751415219</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Temyiz</t>
+          <t>Tütün İskelesi’nde Bir Köhne Vapur</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789751415455</t>
+          <t>9789751416636</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Dili</t>
+          <t>Türk Sanatı</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>280</v>
+        <v>830</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789751401373</t>
+          <t>9789751404800</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Toplumsal Değişme Kuramları ve Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>120</v>
+        <v>710</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789751413123</t>
+          <t>9789751412881</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Şahane Serseri</t>
+          <t>Temyiz</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789751413079</t>
+          <t>9789751415455</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Şiddet Dili</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789751421111</t>
+          <t>9789751401373</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Suyu Arayan Adam</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789751411549</t>
+          <t>9789751413123</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Söz Söyleme ve Diksiyon</t>
+          <t>Şahane Serseri</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789751405128</t>
+          <t>9789751413079</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Size Nasıl Geliyorsa</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789751410092</t>
+          <t>9789751421111</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Sinemamızda Çöküş ve Rönesans Yılları</t>
+          <t>Suyu Arayan Adam</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>465</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789751412638</t>
+          <t>9789751411549</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Sinema... ve Unutulmayanlar</t>
+          <t>Söz Söyleme ve Diksiyon</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>490</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789751407641</t>
+          <t>9789751405128</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Kadın</t>
+          <t>Size Nasıl Geliyorsa</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>465</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789751412706</t>
+          <t>9789751410092</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Selin Kuklacıda (Ciltli)</t>
+          <t>Sinemamızda Çöküş ve Rönesans Yılları</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>160</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9789751412690</t>
+          <t>9789751412638</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Selin Fırtına Kopuyor (Ciltli)</t>
+          <t>Sinema... ve Unutulmayanlar</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>160</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789751410382</t>
+          <t>9789751407641</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarı</t>
+          <t>Sinema ve Kadın</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>250</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9789751414427</t>
+          <t>9789751412706</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kavram ve Terimleri Sözlüğü</t>
+          <t>Selin Kuklacıda (Ciltli)</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>360</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9789751415097</t>
+          <t>9789751412690</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Sahilde Buluşalım</t>
+          <t>Selin Fırtına Kopuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>210</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789751411594</t>
+          <t>9789751410382</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Ruh Gezgini Tarih Öncesi Günlükleri</t>
+          <t>Satışta Başarı</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9789751400802</t>
+          <t>9789751414427</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Çocuk</t>
+          <t>Sanat Kavram ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>510</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789751406750</t>
+          <t>9789751415097</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Resimleriyle Adım Adım Meyveli Tatlılar ve Pastalar (Ciltli)</t>
+          <t>Sahilde Buluşalım</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>600</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789751412478</t>
+          <t>9789751411594</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Remzi Kitap Gazetesi 2007 Tüm Sayıları</t>
+          <t>Ruh Gezgini Tarih Öncesi Günlükleri</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>150</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789751415080</t>
+          <t>9789751400802</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Raya’nın İtirafı</t>
+          <t>Resimleriyle Çocuk</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789751412607</t>
+          <t>9789751406750</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Psi-Kom Sayı: 1</t>
+          <t>Resimleriyle Adım Adım Meyveli Tatlılar ve Pastalar (Ciltli)</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>195</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789751418937</t>
+          <t>9789751412478</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Remzi Kitap Gazetesi 2007 Tüm Sayıları</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9789751415592</t>
+          <t>9789751415080</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Perception Management</t>
+          <t>Raya’nın İtirafı</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>465</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789751415028</t>
+          <t>9789751412607</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Paris, Ecekent</t>
+          <t>Psi-Kom Sayı: 1</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789751415387</t>
+          <t>9789751418937</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Ölmez Ağacın Evi</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9789751415127</t>
+          <t>9789751415592</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Nisan'a Mektuplar</t>
+          <t>Perception Management</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>190</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9789751408143</t>
+          <t>9789751415028</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>New Orleans Geceleri Jim Cutlass’ın Serüvenleri</t>
+          <t>Paris, Ecekent</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9789751409638</t>
+          <t>9789751415387</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Neşe’nin Şarkıları</t>
+          <t>Ölmez Ağacın Evi</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789751410955</t>
+          <t>9789751415127</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Nereye Yüreğim</t>
+          <t>Nisan'a Mektuplar</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9789751409089</t>
+          <t>9789751408143</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Ne Şurup-Şeker Şarkılardı Onlar...</t>
+          <t>New Orleans Geceleri Jim Cutlass’ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>580</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9789751414960</t>
+          <t>9789751409638</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terimleri Sözlüğü</t>
+          <t>Neşe’nin Şarkıları</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>310</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9789751415523</t>
+          <t>9789751410955</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Nereye Yüreğim</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9789751417329</t>
+          <t>9789751409089</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Moltke’nin Türkiye Mektupları</t>
+          <t>Ne Şurup-Şeker Şarkılardı Onlar...</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>440</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9789751403919</t>
+          <t>9789751414960</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Müzik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9789751406279</t>
+          <t>9789751415523</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Meyyale</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>310</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9789751413949</t>
+          <t>9789751417329</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Meridian - Son Kucaklaşma</t>
+          <t>Moltke’nin Türkiye Mektupları</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>265</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789751414113</t>
+          <t>9789751403919</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Bebek</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>270</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9789751419132</t>
+          <t>9789751406279</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Düşünme</t>
+          <t>Meyyale</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789751409249</t>
+          <t>9789751413949</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Çin’de Gizemli Yolculuk</t>
+          <t>Meridian - Son Kucaklaşma</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>150</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789751415394</t>
+          <t>9789751414113</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Kanser</t>
+          <t>Merhaba Bebek</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9789751417558</t>
+          <t>9789751419132</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Yolu</t>
+          <t>Matematiksel Düşünme</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>530</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789751411648</t>
+          <t>9789751409249</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Felsefesi</t>
+          <t>Çin’de Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9789751410870</t>
+          <t>9789751415394</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Çıplak Kanser</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9789751411303</t>
+          <t>9789751417558</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Büyükada Yemekleri Dedemin Sofrası (Ciltli)</t>
+          <t>Çıkış Yolu</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>980</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9789751413345</t>
+          <t>9789751411648</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Boşan/ma Meleği</t>
+          <t>Çağdaş Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>220</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9789751403445</t>
+          <t>9789751410870</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Gecesi Rüyası</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789751411631</t>
+          <t>9789751411303</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Ses</t>
+          <t>Büyükada Yemekleri Dedemin Sofrası (Ciltli)</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>250</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789751412119</t>
+          <t>9789751413345</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Var idi</t>
+          <t>Boşan/ma Meleği</t>
         </is>
       </c>
       <c r="C1527" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789751408655</t>
+          <t>9789751403445</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Bir Erkek Ağladığında</t>
+          <t>Bir Yaz Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789751406897</t>
+          <t>9789751411631</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Bir Cadı Masalı</t>
+          <t>Bir Kadın Bir Ses</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789751402974</t>
+          <t>9789751412119</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyülü Ortamda</t>
+          <t>Bir İstanbul Var idi</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9789751417244</t>
+          <t>9789751408655</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi</t>
+          <t>Bir Erkek Ağladığında</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9789751408310</t>
+          <t>9789751406897</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Timsah</t>
+          <t>Bir Cadı Masalı</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9789751408297</t>
+          <t>9789751402974</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Saray Baskını</t>
+          <t>Bir Büyülü Ortamda</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9789751414243</t>
+          <t>9789751417244</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Fırın’dan Yeni Çıkmış Kurabiyeler</t>
+          <t>Bilim Tarihi</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>735</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9789751409232</t>
+          <t>9789751408310</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diyet: Diyet ve Beslenme El Kitabı</t>
+          <t>Beyaz Timsah</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9789751411501</t>
+          <t>9789751408297</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Başın Öne Eğilmesin Sabahattin Ali’nin Romanı</t>
+          <t>Beyaz Saray Baskını</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>355</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789751416544</t>
+          <t>9789751414243</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Bana Atatürk’ü Anlattılar</t>
+          <t>Beyaz Fırın’dan Yeni Çıkmış Kurabiyeler</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9789751409393</t>
+          <t>9789751409232</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Babam, Oğlum, Torunum 100 Yıllık Öykü</t>
+          <t>Beyaz Diyet: Diyet ve Beslenme El Kitabı</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>465</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9789751413116</t>
+          <t>9789751411501</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntıdaki Şeytan</t>
+          <t>Başın Öne Eğilmesin Sabahattin Ali’nin Romanı</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>235</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9789751407603</t>
+          <t>9789751416544</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Ayna Ayna Söyle Bana</t>
+          <t>Bana Atatürk’ü Anlattılar</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>165</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9789751414441</t>
+          <t>9789751409393</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’ya Hayır Diyebilen Türkiye</t>
+          <t>Babam, Oğlum, Torunum 100 Yıllık Öykü</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>300</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9789751404756</t>
+          <t>9789751413116</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Celladı ve Diğer Psikoterapi Öyküleri</t>
+          <t>Ayrıntıdaki Şeytan</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>385</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9789751405364</t>
+          <t>9789751407603</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar</t>
+          <t>Ayna Ayna Söyle Bana</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>435</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9789751410337</t>
+          <t>9789751414441</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Arayaların Kutsal Ağacı</t>
+          <t>Avrupa’ya Hayır Diyebilen Türkiye</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9789751414717</t>
+          <t>9789751404756</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Anka ve Sultana</t>
+          <t>Aşkın Celladı ve Diğer Psikoterapi Öyküleri</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>235</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789751418159</t>
+          <t>9789751405364</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Ana-Baba Okulu</t>
+          <t>Aşıklar</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9789751419996</t>
+          <t>9789751410337</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Algılama Yönetimi (Ciltli)</t>
+          <t>Arayaların Kutsal Ağacı</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>680</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9789751415516</t>
+          <t>9789751414717</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Akrep Yuvası</t>
+          <t>Anka ve Sultana</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9789751414991</t>
+          <t>9789751418159</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Arzular</t>
+          <t>Ana-Baba Okulu</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9789751409713</t>
+          <t>9789751419996</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>3. Richard</t>
+          <t>Algılama Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>200</v>
+        <v>785</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9789751406248</t>
+          <t>9789751415516</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türkiye</t>
+          <t>Akrep Yuvası</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>895</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9789751415103</t>
+          <t>9789751414991</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın En Büyük Lideri: Mustafa Kemal</t>
+          <t>Akıllı Arzular</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>430</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789751415295</t>
+          <t>9789751409713</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın En Büyük Lideri: Atatürk</t>
+          <t>3. Richard</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9789751404251</t>
+          <t>9789751406248</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Kültürü</t>
+          <t>21. Yüzyılda Türkiye</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>375</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789751412140</t>
+          <t>9789751415103</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Light Günlük</t>
+          <t>20. Yüzyılın En Büyük Lideri: Mustafa Kemal</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789751413475</t>
+          <t>9789751415295</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Liderin Takım Çantası</t>
+          <t>20. Yüzyılın En Büyük Lideri: Atatürk</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9789751413208</t>
+          <t>9789751404251</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Küresel Finans Krizi</t>
+          <t>12 Eylül Kültürü</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>240</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9789751409782</t>
+          <t>9789751412140</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Kum Gülü</t>
+          <t>Light Günlük</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9789751414885</t>
+          <t>9789751413475</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Köşe Ofis</t>
+          <t>Liderin Takım Çantası</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9789751407412</t>
+          <t>9789751413208</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Köpek Psikolojisi</t>
+          <t>Küresel Finans Krizi</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>355</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9789751417619</t>
+          <t>9789751409782</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Korku Kültürü</t>
+          <t>Kum Gülü</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>390</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9789751413321</t>
+          <t>9789751414885</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Kadın</t>
+          <t>Köşe Ofis</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9789751411051</t>
+          <t>9789751407412</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Köpek Psikolojisi</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>315</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9789751418692</t>
+          <t>9789751417619</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Davranışı</t>
+          <t>Korku Kültürü</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>825</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9789751415189</t>
+          <t>9789751413321</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>İktidar Yalnızlıktır (Ciltli)</t>
+          <t>İyi Bir Kadın</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9789751408662</t>
+          <t>9789751411051</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>İki Boy Ufak Pabuç - Sağlıklı Depresif Tepkiler</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>340</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9789751414366</t>
+          <t>9789751418692</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Zalim</t>
+          <t>İnsan ve Davranışı</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>355</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9789751408402</t>
+          <t>9789751415189</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Biz</t>
+          <t>İktidar Yalnızlıktır (Ciltli)</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9789751411891</t>
+          <t>9789751408662</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Horlama Kitabı</t>
+          <t>İki Boy Ufak Pabuç - Sağlıklı Depresif Tepkiler</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>355</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9789751413819</t>
+          <t>9789751414366</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Hep Sevgili Kalalım</t>
+          <t>İçimizdeki Zalim</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>165</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9789751414953</t>
+          <t>9789751408402</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Hayata Uyanış</t>
+          <t>İçimizdeki Biz</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9789751414403</t>
+          <t>9789751411891</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Avcısı</t>
+          <t>Horlama Kitabı</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>265</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9789751413710</t>
+          <t>9789751413819</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Gerçeğe Mutluluk</t>
+          <t>Hep Sevgili Kalalım</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789751414557</t>
+          <t>9789751414953</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Haset ve Rekabet</t>
+          <t>Hayata Uyanış</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9789751413659</t>
+          <t>9789751414403</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Hangi Dünya Düzeni?</t>
+          <t>Hayalet Avcısı</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>220</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9789751413048</t>
+          <t>9789751413710</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Hangi Avrupa?</t>
+          <t>Hayalden Gerçeğe Mutluluk</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9789751407139</t>
+          <t>9789751414557</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Haset ve Rekabet</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9789751418722</t>
+          <t>9789751413659</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sözler</t>
+          <t>Hangi Dünya Düzeni?</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9789751408686</t>
+          <t>9789751413048</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Güney’de Fırtına Jim Cutlass’ın Serüvenleri</t>
+          <t>Hangi Avrupa?</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>230</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9789751413277</t>
+          <t>9789751407139</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Güneş Hanım veya Kar</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9789751415332</t>
+          <t>9789751418722</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Gün O Gün’dür!</t>
+          <t>Güzel Sözler</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>410</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9789751414533</t>
+          <t>9789751408686</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Gideon’un Savaşı</t>
+          <t>Güney’de Fırtına Jim Cutlass’ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9789751409034</t>
+          <t>9789751413277</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Gırtlağına Kadar Jim Cutlass’ın Serüvenleri</t>
+          <t>Güneş Hanım veya Kar</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9789751414908</t>
+          <t>9789751415332</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz Dünya</t>
+          <t>Gün O Gün’dür!</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9789751409362</t>
+          <t>9789751414533</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Avı</t>
+          <t>Gideon’un Savaşı</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>150</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9789751408068</t>
+          <t>9789751409034</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Beni Duyuyor musun?</t>
+          <t>Gırtlağına Kadar Jim Cutlass’ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1586" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9789751409386</t>
+          <t>9789751414908</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Genç Vikingler</t>
+          <t>Gezegenimiz Dünya</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>150</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9789751408952</t>
+          <t>9789751409362</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yalnızlığında</t>
+          <t>Gezegen Avı</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9789751408228</t>
+          <t>9789751408068</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Gazi ve Fikriye</t>
+          <t>Gerçekten Beni Duyuyor musun?</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>385</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9789751413352</t>
+          <t>9789751409386</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Gamsız İkizler 1. Kitap</t>
+          <t>Genç Vikingler</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9789751414434</t>
+          <t>9789751408952</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçının Gözü</t>
+          <t>Gecenin Yalnızlığında</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>720</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9789751404428</t>
+          <t>9789751408228</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Gazi ve Fikriye</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>150</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9789751420718</t>
+          <t>9789751413352</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Fırın Yemekleri</t>
+          <t>Gamsız İkizler 1. Kitap</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9789751419217</t>
+          <t>9789751414434</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Fotoğrafçının Gözü</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>565</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9789751413505</t>
+          <t>9789751404428</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Okulu</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9789751491756</t>
+          <t>9789751420718</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Etoburlar</t>
+          <t>Fırın Yemekleri</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9789751407849</t>
+          <t>9789751419217</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Türk Fotoğrafı 1923-1960</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>465</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9789751406828</t>
+          <t>9789751413505</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Psikolojisi</t>
+          <t>Evlilik Okulu</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789751415004</t>
+          <t>9789751491756</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Elbet Sabah Olacaktır</t>
+          <t>Etoburlar</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9789751410573</t>
+          <t>9789751407849</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Ekip Çalışması ve Liderlik</t>
+          <t>Erken Cumhuriyet Dönemi Türk Fotoğrafı 1923-1960</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>310</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789751415677</t>
+          <t>9789751406828</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ölmelidir!</t>
+          <t>Ergenlik Psikolojisi</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>290</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789751421364</t>
+          <t>9789751415004</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Tarihi</t>
+          <t>Elbet Sabah Olacaktır</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>565</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9789751407825</t>
+          <t>9789751410573</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Düşen Yapraklar Geçen Yıllar Işık ve Gölge Yazıları</t>
+          <t>Ekip Çalışması ve Liderlik</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9789751413741</t>
+          <t>9789751415677</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sanat Tarihi</t>
+          <t>Edebiyat Ölmelidir!</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>1105</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9789751414373</t>
+          <t>9789751421364</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Düğünler ve İstanbul</t>
+          <t>Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>540</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9789751413611</t>
+          <t>9789751407825</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Sofrası</t>
+          <t>Düşen Yapraklar Geçen Yıllar Işık ve Gölge Yazıları</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>540</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9789751413932</t>
+          <t>9789751413741</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Diyetle Gelen Sağlık</t>
+          <t>Dünya Sanat Tarihi</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>320</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9789751404879</t>
+          <t>9789751414373</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Diyete Davet Diyet ve Beslenme El Kitabı</t>
+          <t>Düğünler ve İstanbul</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>195</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9789751408969</t>
+          <t>9789751413611</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Dinozorun Kuyruğu... Eylül ve Yeni Roma</t>
+          <t>Dostlar Sofrası</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>190</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9789751414151</t>
+          <t>9789751413932</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Diğer Müslümanlar</t>
+          <t>Diyetle Gelen Sağlık</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9789751407054</t>
+          <t>9789751404879</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Devrim Tarihi ve Toplumbilim Açısından Atatürk</t>
+          <t>Diyete Davet Diyet ve Beslenme El Kitabı</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9789751410221</t>
+          <t>9789751408969</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiye Kitakse İletişim, Özgürlük ve Medya Yazıları</t>
+          <t>Dinozorun Kuyruğu... Eylül ve Yeni Roma</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9789751412300</t>
+          <t>9789751414151</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Demokrasimizle Yüzleşmek</t>
+          <t>Diğer Müslümanlar</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9789751414472</t>
+          <t>9789751407054</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiden Diktatörlüğe</t>
+          <t>Devrim Tarihi ve Toplumbilim Açısından Atatürk</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9789751404855</t>
+          <t>9789751410221</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Doğrultusu</t>
+          <t>Demokrasiye Kitakse İletişim, Özgürlük ve Medya Yazıları</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9789751409157</t>
+          <t>9789751412300</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Değer Katan Ekip Çalışması</t>
+          <t>Demokrasimizle Yüzleşmek</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>255</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9789751418470</t>
+          <t>9789751414472</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Damdaki Kemancı</t>
+          <t>Demokrasiden Diktatörlüğe</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>165</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9789751400321</t>
+          <t>9789751404855</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Suç</t>
+          <t>Değişimin Doğrultusu</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>355</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9789751416445</t>
+          <t>9789751409157</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Değer Katan Ekip Çalışması</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9789751405142</t>
+          <t>9789751418470</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi El Kitabı</t>
+          <t>Damdaki Kemancı</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
+          <t>9789751400321</t>
+        </is>
+      </c>
+      <c r="B1621" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Suç</t>
+        </is>
+      </c>
+      <c r="C1621" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:3">
+      <c r="A1622" s="1" t="inlineStr">
+        <is>
+          <t>9789751416445</t>
+        </is>
+      </c>
+      <c r="B1622" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1622" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1623" spans="1:3">
+      <c r="A1623" s="1" t="inlineStr">
+        <is>
+          <t>9789751405142</t>
+        </is>
+      </c>
+      <c r="B1623" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitimi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1623" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1624" spans="1:3">
+      <c r="A1624" s="1" t="inlineStr">
+        <is>
           <t>9789751409188</t>
         </is>
       </c>
-      <c r="B1621" s="1" t="inlineStr">
+      <c r="B1624" s="1" t="inlineStr">
         <is>
           <t>Çocuğu Tanımak ve Anlamak</t>
         </is>
       </c>
-      <c r="C1621" s="1">
-        <v>660</v>
+      <c r="C1624" s="1">
+        <v>760</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>