--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -85,2245 +85,3010 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255915801</t>
+          <t>9786256943100</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Okumayı Öğreniyor Hikaye Serisi (1. Sınıflar için 10 Kitap)</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255915023</t>
+          <t>9786258318890</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Fırtınası Mira ve Ateşdiyen</t>
+          <t>Eğlenceli Aktivite Kitabım 6 Yaş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255915016</t>
+          <t>9786258318883</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Fırtınası Ellis ve Yolbulan</t>
+          <t>Eğlenceli Aktivite Kitabım 5 Yaş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258318555</t>
+          <t>9786258318876</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Heidi – Ünlü Masallar</t>
+          <t>Eğlenceli Aktivite Kitabım 4 Yaş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255915146</t>
+          <t>9786257500807</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Işığın Çocuğu Nikola Tesla</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057026079</t>
+          <t>9786257500548</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 3 Yaş</t>
+          <t>Macera Adası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256943049</t>
+          <t>9786257500524</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Furbolun Büyük Yıldızları – Neymar</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259446691</t>
+          <t>9786058144057</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Canavar</t>
+          <t>Çantalı Masallar Çilli Bili Bili</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259462103</t>
+          <t>9786052398807</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Katy Okulda Ne Yaptı ?</t>
+          <t>Bilgi Çantam Taşıtlar Meslekler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256943339</t>
+          <t>9786057944757</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Unicornlar</t>
+          <t>Arı ve Ben</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258318739</t>
+          <t>9786057944740</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 5 Yaş</t>
+          <t>Mutluluğu Arıyorum</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258318807</t>
+          <t>9786052398791</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Oyuncaklar Eşyalar</t>
+          <t>Oyuncaklar - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258318791</t>
+          <t>9786058144033</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Meyveler Sebzeler</t>
+          <t>Karga Bilgin - Saygı ve Hoşgörü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059840798</t>
+          <t>9786058144026</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce Sözcüklerim</t>
+          <t>Hızlı Tavşan - Çok Çalışmak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059840866</t>
+          <t>9786058144019</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Boyama 2 Yaş (El Becerisini Geliştiren Kitap)</t>
+          <t>Dans Eden Vak Vak - Sorumluluk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059840552</t>
+          <t>9786058144064</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Matematik 4 Yaş</t>
+          <t>Çalışkan Karınca - Yardım Etmek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257310895</t>
+          <t>9786052398821</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Okulu 11 Yaş</t>
+          <t>Yiyecekler - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257310901</t>
+          <t>9786052398760</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Okulu 10 Yaş</t>
+          <t>Sevimli Hayvanlar - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257310888</t>
+          <t>9786058144040</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Okulu 9 Yaş</t>
+          <t>Kedin Tombiş - Arkadaşlık</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>175</v>
+        <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257310871</t>
+          <t>9786052398784</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Okulu 8 Yaş</t>
+          <t>Sebzeler - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>175</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257310079</t>
+          <t>9786052398838</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 5 Yaş</t>
+          <t>Sayılar Şekiller - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>170</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257310413</t>
+          <t>9786052398814</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 3 Yaş</t>
+          <t>Renkler - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059840880</t>
+          <t>9786052398777</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Boyama 4 Yaş (El Becerisini Geliştiren Kitap)</t>
+          <t>Meyveler - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258318715</t>
+          <t>9786052398753</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 2 Yaş</t>
+          <t>Eşyalar - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059840361</t>
+          <t>9786058144002</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama - Mandala</t>
+          <t>Ben Maskara - Paylaşmak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057944726</t>
+          <t>9786052398999</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atatürk Seti (3 Kitap Takım)</t>
+          <t>Balık Bombom - Sözünde Durmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>295</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057944023</t>
+          <t>9786052398982</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atatürk</t>
+          <t>Ahtapot Pato - Temiz Çevre</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>95</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256079274</t>
+          <t>9786059045797</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Okulun En Şanslı Kızı</t>
+          <t>Arsız Kedi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256079267</t>
+          <t>9786059045179</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Okulun En Popüler Kızı</t>
+          <t>Faydalı Masallar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256079038</t>
+          <t>9786059045162</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Diyar</t>
+          <t>En Ünlü Masallar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259462172</t>
+          <t>9786052398661</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>En Ünlü Masallar</t>
+          <t>Ayça: Eyvah ! Dişler - Ben Büyüyorum Serisi 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259462165</t>
+          <t>9786052398630</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Masallar</t>
+          <t>Ayça: Korkunç Banyo - Ben Büyüyorum Serisi 1</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259428161</t>
+          <t>9786052398647</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Katy Ne Yaptı?</t>
+          <t>Ayça: Hepsi Benim - Ben Büyüyorum Serisi 3</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259877471</t>
+          <t>9786052398654</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>7 Güne 7 Masal 4</t>
+          <t>Ayça: Günaydın Herkese - Ben Büyüyorum Serisi 4</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259877464</t>
+          <t>9786052398326</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>7 Güne 7 Masal 3</t>
+          <t>Üç Boyutlu Masallar : Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259877457</t>
+          <t>9786059840453</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>7 Güne 7 Masal 2</t>
+          <t>Hayvanlar Aleminden Harika Masallar</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259877440</t>
+          <t>9786059840613</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>7 Güne 7 Masal 1</t>
+          <t>En Çok Sevilen Klasik Masallar</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259891422</t>
+          <t>9786257310628</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Okulun En İyi Kızı</t>
+          <t>Sindirella</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>85</v>
+        <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258318166</t>
+          <t>9786257026970</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yangınların Sırrı</t>
+          <t>Penguen ve Ayı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256943520</t>
+          <t>9786057026086</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Çocuklar İçin 10 Klasik Masal</t>
+          <t>Çizgiler 4 Yaş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>750</v>
+        <v>45</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256943230</t>
+          <t>9786057026109</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Efsane Kara Kartalım</t>
+          <t>Kavramlar 5 Yaş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256943223</t>
+          <t>9786257026963</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Efsane Sarı Kanaryam</t>
+          <t>Neden?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256943247</t>
+          <t>9786057026062</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Efsane Aslanım</t>
+          <t>Çizgiler 2 Yaş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256943322</t>
+          <t>9786052398913</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Uzay</t>
+          <t>Matematik 6 Yaş</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256943346</t>
+          <t>9786257310420</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Hayvanlar</t>
+          <t>Etkinliklerle İngilizce Öğreniyorum 2 Yaş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256943353</t>
+          <t>9786257026437</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Dinazorlar</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256943056</t>
+          <t>9786257026246</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hortlak İzciler - Ölüler Kampı’nda Şamata</t>
+          <t>Evde Çocuk Eğitimi Seti 4 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>116</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256943193</t>
+          <t>9786257026239</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Fırtınası - Cara ve Gümüşhırsızı</t>
+          <t>Evde Çocuk Eğitimi Seti 3 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>116</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256943162</t>
+          <t>9786257026222</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sindirella</t>
+          <t>Evde Çocuk Eğitimi Seti 2 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256943117</t>
+          <t>9786257026260</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Evde Çocuk Eğitimi Seti 6 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256943070</t>
+          <t>9786257026253</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Evde Çocuk Eğitimi Seti 5 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256943124</t>
+          <t>9786255915801</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Çiçi Okumayı Öğreniyor Hikaye Serisi (1. Sınıflar için 10 Kitap)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256943131</t>
+          <t>9786255915023</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Ejderha Fırtınası Mira ve Ateşdiyen</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256943148</t>
+          <t>9786255915016</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Ejderha Fırtınası Ellis ve Yolbulan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256943155</t>
+          <t>9786258318555</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Heidi – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256943087</t>
+          <t>9786255915146</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Işığın Çocuğu Nikola Tesla</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256943063</t>
+          <t>9786057026079</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Çizgiler 3 Yaş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258318753</t>
+          <t>9786256943049</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 6 Yaş</t>
+          <t>Furbolun Büyük Yıldızları – Neymar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258318746</t>
+          <t>9786259446691</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 4 Yaş</t>
+          <t>Prenses ve Canavar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258318722</t>
+          <t>9786259462103</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 3 Yaş</t>
+          <t>Katy Okulda Ne Yaptı ?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258318869</t>
+          <t>9786256943339</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 3 Yaş</t>
+          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Unicornlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258318852</t>
+          <t>9786258318739</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 2 Yaş</t>
+          <t>Sevimli Boyama 5 Yaş</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258318821</t>
+          <t>9786258318807</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Taşıtlar</t>
+          <t>Eğitici Öğretici Boyama - Oyuncaklar Eşyalar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258318814</t>
+          <t>9786258318791</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Renkler Şekiller</t>
+          <t>Eğitici Öğretici Boyama - Meyveler Sebzeler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258318784</t>
+          <t>9786059840798</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Meslekler</t>
+          <t>İlk İngilizce Sözcüklerim</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258318777</t>
+          <t>9786059840866</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Hayvanlar</t>
+          <t>Boyama 2 Yaş (El Becerisini Geliştiren Kitap)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258318760 </t>
+          <t>9786059840552</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Harfler</t>
+          <t>Matematik 4 Yaş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258318562</t>
+          <t>9786257310895</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasulye - Ünlü Masallar</t>
+          <t>Sudoku Okulu 11 Yaş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258318531</t>
+          <t>9786257310901</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Ünlü Masallar</t>
+          <t>Sudoku Okulu 10 Yaş</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258318579</t>
+          <t>9786257310888</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk - Ünlü Masallar</t>
+          <t>Sudoku Okulu 9 Yaş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258318586</t>
+          <t>9786257310871</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses – Ünlü Masallar</t>
+          <t>Sudoku Okulu 8 Yaş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258318593</t>
+          <t>9786257310079</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız – Ünlü Masallar</t>
+          <t>Farkı Bul Labirenti Çöz 5 Yaş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258318609</t>
+          <t>9786257310413</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel – Ünlü Masallar</t>
+          <t>Etkinliklerle İngilizce Öğreniyorum 3 Yaş</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258318616</t>
+          <t>9786059840880</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi – Ünlü Masallar</t>
+          <t>Boyama 4 Yaş (El Becerisini Geliştiren Kitap)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>40</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258318623</t>
+          <t>9786258318715</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları – Ünlü Masallar</t>
+          <t>Sevimli Boyama 2 Yaş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258318548</t>
+          <t>9786059840361</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında – Ünlü Masallar</t>
+          <t>Çocuklar İçin Boyama - Mandala</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258318456</t>
+          <t>9786057944726</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yankı Süper Kahraman Olmak İstiyor</t>
+          <t>Çocuklar İçin Atatürk Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258318463</t>
+          <t>9786057944023</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ördek Daki’nin Şarkısı</t>
+          <t>Çocuklar İçin Atatürk</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258318524</t>
+          <t>9786256079274</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yıldızları Cristiano Ronaldo</t>
+          <t>Okulun En Şanslı Kızı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258318333</t>
+          <t>9786256079267</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yıldızları Erling Braut Haaland</t>
+          <t>Okulun En Popüler Kızı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258318340</t>
+          <t>9786256079038</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yıldızları Kylian Mbappe</t>
+          <t>Büyülü Diyar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258318203</t>
+          <t>9786259462172</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Macera Adası - Adanın Keşfi</t>
+          <t>En Ünlü Masallar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258318272</t>
+          <t>9786259462165</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Sihirli Kurabiyeleri</t>
+          <t>Arkadaş Masallar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258318234</t>
+          <t>9786259428161</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Katy Ne Yaptı?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258318180</t>
+          <t>9786259877471</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Maceraları</t>
+          <t>7 Güne 7 Masal 4</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258318111</t>
+          <t>9786259877464</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter</t>
+          <t>7 Güne 7 Masal 3</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257500531</t>
+          <t>9786259877457</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dolittle</t>
+          <t>7 Güne 7 Masal 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257026109</t>
+          <t>9786259877440</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 5 Yaş</t>
+          <t>7 Güne 7 Masal 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257026079</t>
+          <t>9786259891422</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 3 Yaş</t>
+          <t>Okulun En İyi Kızı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>170</v>
+        <v>85</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257026086</t>
+          <t>9786258318166</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 4 Yaş</t>
+          <t>Yangınların Sırrı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257026062</t>
+          <t>9786256943520</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 2 Yaş</t>
+          <t>Sevimli Çocuklar İçin 10 Klasik Masal</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257026123</t>
+          <t>9786256943230</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 6 Yaş</t>
+          <t>Efsane Kara Kartalım</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257026130</t>
+          <t>9786256943223</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 6 Yaş</t>
+          <t>Efsane Sarı Kanaryam</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257026093</t>
+          <t>9786256943247</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 4 Yaş</t>
+          <t>Efsane Aslanım</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257026116</t>
+          <t>9786256943322</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 5 Yaş</t>
+          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Uzay</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257310390</t>
+          <t>9786256943346</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 5 Yaş</t>
+          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Hayvanlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257310406</t>
+          <t>9786256943353</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 4 Yaş</t>
+          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Dinazorlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257310383</t>
+          <t>9786256943056</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 6 Yaş</t>
+          <t>Hortlak İzciler - Ölüler Kampı’nda Şamata</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258318142</t>
+          <t>9786256943193</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Fırtınası Tomas ve Demirderi</t>
+          <t>Ejderha Fırtınası - Cara ve Gümüşhırsızı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258318012</t>
+          <t>9786256943162</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Sindirella</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258318029</t>
+          <t>9786256943117</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258318005</t>
+          <t>9786256943070</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258318036</t>
+          <t>9786256943124</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257500692</t>
+          <t>9786256943131</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257500500</t>
+          <t>9786256943148</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257500050</t>
+          <t>9786256943155</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kayu’nun Keşfi</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257310796</t>
+          <t>9786256943087</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 6 Yaş</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257310765</t>
+          <t>9786256943063</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257310086</t>
+          <t>9786258318753</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 6 Yaş</t>
+          <t>Sevimli Boyama 6 Yaş</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257310048</t>
+          <t>9786258318746</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 2 Yaş</t>
+          <t>Sevimli Boyama 4 Yaş</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257310062</t>
+          <t>9786258318722</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 4 Yaş</t>
+          <t>Sevimli Boyama 3 Yaş</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257310055</t>
+          <t>9786258318869</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 3 Yaş</t>
+          <t>Eğlenceli Aktivite Kitabım 3 Yaş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257310246</t>
+          <t>9786258318852</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Eğlenceli Aktivite Kitabım 2 Yaş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257026987</t>
+          <t>9786258318821</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye</t>
+          <t>Eğitici Öğretici Boyama - Taşıtlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257310178</t>
+          <t>9786258318814</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dali Dali</t>
+          <t>Eğitici Öğretici Boyama - Renkler Şekiller</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257026949</t>
+          <t>9786258318784</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Piki'nin En Güzel Günü</t>
+          <t>Eğitici Öğretici Boyama - Meslekler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257026901</t>
+          <t>9786258318777</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 5 Yaş</t>
+          <t>Eğitici Öğretici Boyama - Hayvanlar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257026895</t>
+          <t>9786258318760 </t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 4 Yaş</t>
+          <t>Eğitici Öğretici Boyama - Harfler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257026888</t>
+          <t>9786258318562</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 3 Yaş</t>
+          <t>Sihirli Fasulye - Ünlü Masallar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257026871</t>
+          <t>9786258318531</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 2 Yaş</t>
+          <t>Peter Pan - Ünlü Masallar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257026864</t>
+          <t>9786258318579</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Parmak Çocuk - Ünlü Masallar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257026444</t>
+          <t>9786258318586</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Virüsten Korkmayın Korunun</t>
+          <t>Pamuk Prenses – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257026376</t>
+          <t>9786258318593</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Kırmızı Başlıklı Kız – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257026307</t>
+          <t>9786258318609</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Depremden Korkmayın Korunun - Depremden Korunma Kılavuzu</t>
+          <t>Hansel ve Gretel – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257026048</t>
+          <t>9786258318616</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 2 Yaş</t>
+          <t>Çizmeli Kedi – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257026055</t>
+          <t>9786258318623</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 3 Yaş</t>
+          <t>Bremen Mızıkacıları – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786058024991</t>
+          <t>9786258318548</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes Seti (5 Kitap)</t>
+          <t>Alice Harikalar Diyarında – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>485</v>
+        <v>95</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786058024977</t>
+          <t>9786258318456</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Mavi Yakut</t>
+          <t>Yankı Süper Kahraman Olmak İstiyor</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786058024946</t>
+          <t>9786258318463</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Gümüş Şimşek</t>
+          <t>Ördek Daki’nin Şarkısı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786058024984</t>
+          <t>9786258318524</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Kızıl Çember</t>
+          <t>Futbolun Yıldızları Cristiano Ronaldo</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786058024960</t>
+          <t>9786258318333</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Emekleyen Adam</t>
+          <t>Futbolun Yıldızları Erling Braut Haaland</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786058024953</t>
+          <t>9786258318340</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Boş Ev</t>
+          <t>Futbolun Yıldızları Kylian Mbappe</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057944917</t>
+          <t>9786258318203</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Fillerin Kanatları Vardır</t>
+          <t>Macera Adası - Adanın Keşfi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057944887</t>
+          <t>9786258318272</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mars'ta Doğum Günü!</t>
+          <t>Deniz’in Sihirli Kurabiyeleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059840378</t>
+          <t>9786258318234</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama - Zendala</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057944641</t>
+          <t>9786258318180</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Cumhuriyet (Resimli Özel Baskı)</t>
+          <t>Tom Sawyer'ın Maceraları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057944184</t>
+          <t>9786258318111</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Tavşan Peter</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057944245</t>
+          <t>9786257500531</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Doktor Dolittle</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059840422</t>
+          <t>9786257026109</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama - Doodle</t>
+          <t>Kavramlar 5 Yaş</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059840705</t>
+          <t>9786257026079</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilmecem Var Çocuklar</t>
+          <t>Çizgiler 3 Yaş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786056868719</t>
+          <t>9786257026086</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Zeka Oyunları</t>
+          <t>Çizgiler 4 Yaş</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052398227</t>
+          <t>9786257026062</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Nutuk</t>
+          <t>Çizgiler 2 Yaş</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059840668</t>
+          <t>9786257026123</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kavramlar 6 Yaş</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>85</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059840538</t>
+          <t>9786257026130</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Matematik 2 Yaş</t>
+          <t>Çizgiler 6 Yaş</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059840545</t>
+          <t>9786257026093</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Matematik 3 Yaş</t>
+          <t>Kavramlar 4 Yaş</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059840569</t>
+          <t>9786257026116</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Matematik 5 Yaş</t>
+          <t>Çizgiler 5 Yaş</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
+          <t>9786257310390</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle İngilizce Öğreniyorum 5 Yaş</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786257310406</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle İngilizce Öğreniyorum 4 Yaş</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786257310383</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle İngilizce Öğreniyorum 6 Yaş</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786258318142</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Fırtınası Tomas ve Demirderi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786258318012</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kadınlar</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786258318029</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Robinson Crusoe</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786258318005</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786258318036</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>80 Günde Devrialem</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786257500692</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Alaaddin’in Sihirli Lambası</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786257500500</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Kurbağa Prens</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786257500050</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Kaplumbağa Kayu’nun Keşfi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786257310796</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Bol Bol Boya 6 Yaş</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786257310765</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Fareli Köyün Kavalcısı</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786257310086</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Farkı Bul Labirenti Çöz 6 Yaş</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786257310048</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Farkı Bul Labirenti Çöz 2 Yaş</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786257310062</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Farkı Bul Labirenti Çöz 4 Yaş</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786257310055</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Farkı Bul Labirenti Çöz 3 Yaş</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786257310246</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeli Kedi</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786257026987</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Şemsiye</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786257310178</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Dali Dali</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786257026949</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Piki'nin En Güzel Günü</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786257026901</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bol Bol Boya 5 Yaş</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786257026895</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Bol Bol Boya 4 Yaş</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786257026888</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Bol Bol Boya 3 Yaş</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786257026871</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Bol Bol Boya 2 Yaş</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786257026864</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786257026444</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar Virüsten Korkmayın Korunun</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786257026376</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786257026307</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar Depremden Korkmayın Korunun - Depremden Korunma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786257026048</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Kavramlar 2 Yaş</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786257026055</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Kavramlar 3 Yaş</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786058024991</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Sherlock Holmes Seti (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786058024977</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Sherlock Holmes - Mavi Yakut</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786058024946</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Sherlock Holmes - Gümüş Şimşek</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786058024984</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Sherlock Holmes - Kızıl Çember</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786058024960</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Sherlock Holmes - Emekleyen Adam</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786058024953</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Sherlock Holmes - Boş Ev</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786057944917</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Fillerin Kanatları Vardır</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786057944887</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Mars'ta Doğum Günü!</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786059840378</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Boyama - Zendala</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786057944641</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Cumhuriyet (Resimli Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786057944184</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786057944245</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786059840422</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Boyama - Doodle</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786059840705</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bilmecem Var Çocuklar</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786056868719</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Zeka Oyunları</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786052398227</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Nutuk</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059840668</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059840538</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 2 Yaş</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786059840545</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 3 Yaş</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786059840569</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 5 Yaş</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
           <t>9786059840385</t>
         </is>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Boyama - Hayvanlar</t>
         </is>
       </c>
-      <c r="C148" s="1">
-        <v>120</v>
+      <c r="C199" s="1">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>