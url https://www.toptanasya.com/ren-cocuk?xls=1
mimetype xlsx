--- v1 (2026-02-04)
+++ v2 (2026-03-29)
@@ -85,3010 +85,3160 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256943100</t>
+          <t>9786255915573</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Çiçi Okumayı Öğreniyor - İyiliksever Çiçi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258318890</t>
+          <t>9786255915603</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 6 Yaş</t>
+          <t>Çiçi Okumayı Öğreniyor - Öğretmen Çiçi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258318883</t>
+          <t>9786255915535</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 5 Yaş</t>
+          <t>Çiçi Okumayı Öğreniyor - Ressam Çiçi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258318876</t>
+          <t>4444444444617</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 4 Yaş</t>
+          <t>Çiçi Okumayı Öğreniyor - Lunapark</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257500807</t>
+          <t>9786255915610</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Çiçi Okumayı Öğreniyor - Çiçi'nin Oyuncakları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257500548</t>
+          <t>9786255915559</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Macera Adası</t>
+          <t>Çiçi Okumayı Öğreniyor - Kusursuz Dost</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257500524</t>
+          <t>9786255915580</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Çiçi Okumayı Öğreniyor - Çiçi'nin Gemisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058144057</t>
+          <t>9786255915542</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çantalı Masallar Çilli Bili Bili</t>
+          <t>Çiçi Okumayı Öğreniyor - Çiçi Kitap Okuyor</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052398807</t>
+          <t>9786255915566</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çantam Taşıtlar Meslekler</t>
+          <t>Çiçi Okumayı Öğreniyor - Çiçi'nin Oyunu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057944757</t>
+          <t>9786255915597</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Arı ve Ben</t>
+          <t>Çiçi Okumayı Öğreniyor - Balonla Gezi</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057944740</t>
+          <t>9786256943100</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Arıyorum</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052398791</t>
+          <t>9786258318890</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar - Bilgi Çantam</t>
+          <t>Eğlenceli Aktivite Kitabım 6 Yaş</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058144033</t>
+          <t>9786258318883</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karga Bilgin - Saygı ve Hoşgörü</t>
+          <t>Eğlenceli Aktivite Kitabım 5 Yaş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058144026</t>
+          <t>9786258318876</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Tavşan - Çok Çalışmak</t>
+          <t>Eğlenceli Aktivite Kitabım 4 Yaş</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058144019</t>
+          <t>9786257500807</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Vak Vak - Sorumluluk</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>59</v>
+        <v>225</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058144064</t>
+          <t>9786257500548</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Karınca - Yardım Etmek</t>
+          <t>Macera Adası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>59</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052398821</t>
+          <t>9786257500524</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Bilgi Çantam</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>59</v>
+        <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052398760</t>
+          <t>9786058144057</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Bilgi Çantam</t>
+          <t>Çantalı Masallar Çilli Bili Bili</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058144040</t>
+          <t>9786052398807</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kedin Tombiş - Arkadaşlık</t>
+          <t>Bilgi Çantam Taşıtlar Meslekler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052398784</t>
+          <t>9786057944757</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - Bilgi Çantam</t>
+          <t>Arı ve Ben</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052398838</t>
+          <t>9786057944740</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Şekiller - Bilgi Çantam</t>
+          <t>Mutluluğu Arıyorum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052398814</t>
+          <t>9786052398791</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Bilgi Çantam</t>
+          <t>Oyuncaklar - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052398777</t>
+          <t>9786058144033</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Bilgi Çantam</t>
+          <t>Karga Bilgin - Saygı ve Hoşgörü</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052398753</t>
+          <t>9786058144026</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eşyalar - Bilgi Çantam</t>
+          <t>Hızlı Tavşan - Çok Çalışmak</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058144002</t>
+          <t>9786058144019</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ben Maskara - Paylaşmak</t>
+          <t>Dans Eden Vak Vak - Sorumluluk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>35</v>
+        <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052398999</t>
+          <t>9786058144064</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Balık Bombom - Sözünde Durmak</t>
+          <t>Çalışkan Karınca - Yardım Etmek</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052398982</t>
+          <t>9786052398821</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Pato - Temiz Çevre</t>
+          <t>Yiyecekler - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059045797</t>
+          <t>9786052398760</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Arsız Kedi</t>
+          <t>Sevimli Hayvanlar - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>8.33</v>
+        <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059045179</t>
+          <t>9786058144040</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Faydalı Masallar</t>
+          <t>Kedin Tombiş - Arkadaşlık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059045162</t>
+          <t>9786052398784</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>En Ünlü Masallar</t>
+          <t>Sebzeler - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>85</v>
+        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052398661</t>
+          <t>9786052398838</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ayça: Eyvah ! Dişler - Ben Büyüyorum Serisi 2</t>
+          <t>Sayılar Şekiller - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052398630</t>
+          <t>9786052398814</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ayça: Korkunç Banyo - Ben Büyüyorum Serisi 1</t>
+          <t>Renkler - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052398647</t>
+          <t>9786052398777</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ayça: Hepsi Benim - Ben Büyüyorum Serisi 3</t>
+          <t>Meyveler - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052398654</t>
+          <t>9786052398753</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ayça: Günaydın Herkese - Ben Büyüyorum Serisi 4</t>
+          <t>Eşyalar - Bilgi Çantam</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>25</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052398326</t>
+          <t>9786058144002</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Masallar : Kırmızı Başlıklı Kız</t>
+          <t>Ben Maskara - Paylaşmak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059840453</t>
+          <t>9786052398999</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Harika Masallar</t>
+          <t>Balık Bombom - Sözünde Durmak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059840613</t>
+          <t>9786052398982</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>En Çok Sevilen Klasik Masallar</t>
+          <t>Ahtapot Pato - Temiz Çevre</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257310628</t>
+          <t>9786059045797</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sindirella</t>
+          <t>Arsız Kedi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>225</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257026970</t>
+          <t>9786059045179</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Penguen ve Ayı</t>
+          <t>Faydalı Masallar</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057026086</t>
+          <t>9786059045162</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 4 Yaş</t>
+          <t>En Ünlü Masallar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057026109</t>
+          <t>9786052398661</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 5 Yaş</t>
+          <t>Ayça: Eyvah ! Dişler - Ben Büyüyorum Serisi 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257026963</t>
+          <t>9786052398630</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Neden?</t>
+          <t>Ayça: Korkunç Banyo - Ben Büyüyorum Serisi 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>225</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057026062</t>
+          <t>9786052398647</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 2 Yaş</t>
+          <t>Ayça: Hepsi Benim - Ben Büyüyorum Serisi 3</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052398913</t>
+          <t>9786052398654</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Matematik 6 Yaş</t>
+          <t>Ayça: Günaydın Herkese - Ben Büyüyorum Serisi 4</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257310420</t>
+          <t>9786052398326</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 2 Yaş</t>
+          <t>Üç Boyutlu Masallar : Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257026437</t>
+          <t>9786059840453</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Hayvanlar Aleminden Harika Masallar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>225</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257026246</t>
+          <t>9786059840613</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Evde Çocuk Eğitimi Seti 4 Yaş (4 Kitap Takım)</t>
+          <t>En Çok Sevilen Klasik Masallar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>116</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257026239</t>
+          <t>9786257310628</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Evde Çocuk Eğitimi Seti 3 Yaş (4 Kitap Takım)</t>
+          <t>Sindirella</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>116</v>
+        <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257026222</t>
+          <t>9786257026970</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Evde Çocuk Eğitimi Seti 2 Yaş (4 Kitap Takım)</t>
+          <t>Penguen ve Ayı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>116</v>
+        <v>85</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257026260</t>
+          <t>9786057026086</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Evde Çocuk Eğitimi Seti 6 Yaş (4 Kitap Takım)</t>
+          <t>Çizgiler 4 Yaş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>116</v>
+        <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257026253</t>
+          <t>9786057026109</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Evde Çocuk Eğitimi Seti 5 Yaş (4 Kitap Takım)</t>
+          <t>Kavramlar 5 Yaş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>116</v>
+        <v>45</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255915801</t>
+          <t>9786257026963</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çiçi Okumayı Öğreniyor Hikaye Serisi (1. Sınıflar için 10 Kitap)</t>
+          <t>Neden?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255915023</t>
+          <t>9786057026062</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Fırtınası Mira ve Ateşdiyen</t>
+          <t>Çizgiler 2 Yaş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255915016</t>
+          <t>9786052398913</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Fırtınası Ellis ve Yolbulan</t>
+          <t>Matematik 6 Yaş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258318555</t>
+          <t>9786257310420</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Heidi – Ünlü Masallar</t>
+          <t>Etkinliklerle İngilizce Öğreniyorum 2 Yaş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255915146</t>
+          <t>9786257026437</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Işığın Çocuğu Nikola Tesla</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057026079</t>
+          <t>9786257026246</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 3 Yaş</t>
+          <t>Evde Çocuk Eğitimi Seti 4 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>116</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256943049</t>
+          <t>9786257026239</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Furbolun Büyük Yıldızları – Neymar</t>
+          <t>Evde Çocuk Eğitimi Seti 3 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>90</v>
+        <v>116</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259446691</t>
+          <t>9786257026222</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Canavar</t>
+          <t>Evde Çocuk Eğitimi Seti 2 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>116</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259462103</t>
+          <t>9786257026260</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Katy Okulda Ne Yaptı ?</t>
+          <t>Evde Çocuk Eğitimi Seti 6 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>116</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256943339</t>
+          <t>9786257026253</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Unicornlar</t>
+          <t>Evde Çocuk Eğitimi Seti 5 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>116</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258318739</t>
+          <t>9786255915801</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 5 Yaş</t>
+          <t>Çiçi Okumayı Öğreniyor Hikaye Serisi (1. Sınıflar için 10 Kitap)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258318807</t>
+          <t>9786255915023</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Oyuncaklar Eşyalar</t>
+          <t>Ejderha Fırtınası Mira ve Ateşdiyen</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258318791</t>
+          <t>9786255915016</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Meyveler Sebzeler</t>
+          <t>Ejderha Fırtınası Ellis ve Yolbulan</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059840798</t>
+          <t>9786258318555</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce Sözcüklerim</t>
+          <t>Heidi – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059840866</t>
+          <t>9786255915146</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Boyama 2 Yaş (El Becerisini Geliştiren Kitap)</t>
+          <t>Işığın Çocuğu Nikola Tesla</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059840552</t>
+          <t>9786057026079</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Matematik 4 Yaş</t>
+          <t>Çizgiler 3 Yaş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257310895</t>
+          <t>9786256943049</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Okulu 11 Yaş</t>
+          <t>Furbolun Büyük Yıldızları – Neymar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257310901</t>
+          <t>9786259446691</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Okulu 10 Yaş</t>
+          <t>Prenses ve Canavar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257310888</t>
+          <t>9786259462103</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Okulu 9 Yaş</t>
+          <t>Katy Okulda Ne Yaptı ?</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257310871</t>
+          <t>9786256943339</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Okulu 8 Yaş</t>
+          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Unicornlar</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257310079</t>
+          <t>9786258318739</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 5 Yaş</t>
+          <t>Sevimli Boyama 5 Yaş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257310413</t>
+          <t>9786258318807</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 3 Yaş</t>
+          <t>Eğitici Öğretici Boyama - Oyuncaklar Eşyalar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059840880</t>
+          <t>9786258318791</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Boyama 4 Yaş (El Becerisini Geliştiren Kitap)</t>
+          <t>Eğitici Öğretici Boyama - Meyveler Sebzeler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258318715</t>
+          <t>9786059840798</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 2 Yaş</t>
+          <t>İlk İngilizce Sözcüklerim</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059840361</t>
+          <t>9786059840866</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama - Mandala</t>
+          <t>Boyama 2 Yaş (El Becerisini Geliştiren Kitap)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057944726</t>
+          <t>9786059840552</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atatürk Seti (3 Kitap Takım)</t>
+          <t>Matematik 4 Yaş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057944023</t>
+          <t>9786257310895</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atatürk</t>
+          <t>Sudoku Okulu 11 Yaş</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256079274</t>
+          <t>9786257310901</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Okulun En Şanslı Kızı</t>
+          <t>Sudoku Okulu 10 Yaş</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256079267</t>
+          <t>9786257310888</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Okulun En Popüler Kızı</t>
+          <t>Sudoku Okulu 9 Yaş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256079038</t>
+          <t>9786257310871</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Diyar</t>
+          <t>Sudoku Okulu 8 Yaş</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259462172</t>
+          <t>9786257310079</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>En Ünlü Masallar</t>
+          <t>Farkı Bul Labirenti Çöz 5 Yaş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259462165</t>
+          <t>9786257310413</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Masallar</t>
+          <t>Etkinliklerle İngilizce Öğreniyorum 3 Yaş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259428161</t>
+          <t>9786059840880</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Katy Ne Yaptı?</t>
+          <t>Boyama 4 Yaş (El Becerisini Geliştiren Kitap)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259877471</t>
+          <t>9786258318715</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>7 Güne 7 Masal 4</t>
+          <t>Sevimli Boyama 2 Yaş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259877464</t>
+          <t>9786059840361</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>7 Güne 7 Masal 3</t>
+          <t>Çocuklar İçin Boyama - Mandala</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259877457</t>
+          <t>9786057944726</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>7 Güne 7 Masal 2</t>
+          <t>Çocuklar İçin Atatürk Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259877440</t>
+          <t>9786057944023</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>7 Güne 7 Masal 1</t>
+          <t>Çocuklar İçin Atatürk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259891422</t>
+          <t>9786256079274</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Okulun En İyi Kızı</t>
+          <t>Okulun En Şanslı Kızı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258318166</t>
+          <t>9786256079267</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yangınların Sırrı</t>
+          <t>Okulun En Popüler Kızı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256943520</t>
+          <t>9786256079038</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Çocuklar İçin 10 Klasik Masal</t>
+          <t>Büyülü Diyar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256943230</t>
+          <t>9786259462172</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Efsane Kara Kartalım</t>
+          <t>En Ünlü Masallar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256943223</t>
+          <t>9786259462165</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Efsane Sarı Kanaryam</t>
+          <t>Arkadaş Masallar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256943247</t>
+          <t>9786259428161</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Efsane Aslanım</t>
+          <t>Katy Ne Yaptı?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256943322</t>
+          <t>9786259877471</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Uzay</t>
+          <t>7 Güne 7 Masal 4</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256943346</t>
+          <t>9786259877464</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Hayvanlar</t>
+          <t>7 Güne 7 Masal 3</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256943353</t>
+          <t>9786259877457</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Dinazorlar</t>
+          <t>7 Güne 7 Masal 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256943056</t>
+          <t>9786259877440</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hortlak İzciler - Ölüler Kampı’nda Şamata</t>
+          <t>7 Güne 7 Masal 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256943193</t>
+          <t>9786259891422</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Fırtınası - Cara ve Gümüşhırsızı</t>
+          <t>Okulun En İyi Kızı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256943162</t>
+          <t>9786258318166</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sindirella</t>
+          <t>Yangınların Sırrı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256943117</t>
+          <t>9786256943520</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Sevimli Çocuklar İçin 10 Klasik Masal</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256943070</t>
+          <t>9786256943230</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Efsane Kara Kartalım</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256943124</t>
+          <t>9786256943223</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Efsane Sarı Kanaryam</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256943131</t>
+          <t>9786256943247</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Efsane Aslanım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256943148</t>
+          <t>9786256943322</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Uzay</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256943155</t>
+          <t>9786256943346</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Hayvanlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256943087</t>
+          <t>9786256943353</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Eğlenceli Çıkartma ve Etkinlik Kitabım - Dinazorlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256943063</t>
+          <t>9786256943056</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Hortlak İzciler - Ölüler Kampı’nda Şamata</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258318753</t>
+          <t>9786256943193</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 6 Yaş</t>
+          <t>Ejderha Fırtınası - Cara ve Gümüşhırsızı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258318746</t>
+          <t>9786256943162</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 4 Yaş</t>
+          <t>Sindirella</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258318722</t>
+          <t>9786256943117</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 3 Yaş</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258318869</t>
+          <t>9786256943070</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 3 Yaş</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258318852</t>
+          <t>9786256943124</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 2 Yaş</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258318821</t>
+          <t>9786256943131</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Taşıtlar</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258318814</t>
+          <t>9786256943148</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Renkler Şekiller</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258318784</t>
+          <t>9786256943155</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Meslekler</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258318777</t>
+          <t>9786256943087</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Hayvanlar</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258318760 </t>
+          <t>9786256943063</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Öğretici Boyama - Harfler</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258318562</t>
+          <t>9786258318753</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasulye - Ünlü Masallar</t>
+          <t>Sevimli Boyama 6 Yaş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258318531</t>
+          <t>9786258318746</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Ünlü Masallar</t>
+          <t>Sevimli Boyama 4 Yaş</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258318579</t>
+          <t>9786258318722</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk - Ünlü Masallar</t>
+          <t>Sevimli Boyama 3 Yaş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258318586</t>
+          <t>9786258318869</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses – Ünlü Masallar</t>
+          <t>Eğlenceli Aktivite Kitabım 3 Yaş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258318593</t>
+          <t>9786258318852</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız – Ünlü Masallar</t>
+          <t>Eğlenceli Aktivite Kitabım 2 Yaş</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258318609</t>
+          <t>9786258318821</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel – Ünlü Masallar</t>
+          <t>Eğitici Öğretici Boyama - Taşıtlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258318616</t>
+          <t>9786258318814</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi – Ünlü Masallar</t>
+          <t>Eğitici Öğretici Boyama - Renkler Şekiller</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258318623</t>
+          <t>9786258318784</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları – Ünlü Masallar</t>
+          <t>Eğitici Öğretici Boyama - Meslekler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258318548</t>
+          <t>9786258318777</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında – Ünlü Masallar</t>
+          <t>Eğitici Öğretici Boyama - Hayvanlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258318456</t>
+          <t>9786258318760 </t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yankı Süper Kahraman Olmak İstiyor</t>
+          <t>Eğitici Öğretici Boyama - Harfler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258318463</t>
+          <t>9786258318562</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ördek Daki’nin Şarkısı</t>
+          <t>Sihirli Fasulye - Ünlü Masallar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258318524</t>
+          <t>9786258318531</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yıldızları Cristiano Ronaldo</t>
+          <t>Peter Pan - Ünlü Masallar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258318333</t>
+          <t>9786258318579</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yıldızları Erling Braut Haaland</t>
+          <t>Parmak Çocuk - Ünlü Masallar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258318340</t>
+          <t>9786258318586</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yıldızları Kylian Mbappe</t>
+          <t>Pamuk Prenses – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258318203</t>
+          <t>9786258318593</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Macera Adası - Adanın Keşfi</t>
+          <t>Kırmızı Başlıklı Kız – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258318272</t>
+          <t>9786258318609</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Sihirli Kurabiyeleri</t>
+          <t>Hansel ve Gretel – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258318234</t>
+          <t>9786258318616</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Çizmeli Kedi – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258318180</t>
+          <t>9786258318623</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Maceraları</t>
+          <t>Bremen Mızıkacıları – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258318111</t>
+          <t>9786258318548</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter</t>
+          <t>Alice Harikalar Diyarında – Ünlü Masallar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>225</v>
+        <v>95</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257500531</t>
+          <t>9786258318456</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dolittle</t>
+          <t>Yankı Süper Kahraman Olmak İstiyor</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257026109</t>
+          <t>9786258318463</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 5 Yaş</t>
+          <t>Ördek Daki’nin Şarkısı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257026079</t>
+          <t>9786258318524</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 3 Yaş</t>
+          <t>Futbolun Yıldızları Cristiano Ronaldo</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257026086</t>
+          <t>9786258318333</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 4 Yaş</t>
+          <t>Futbolun Yıldızları Erling Braut Haaland</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257026062</t>
+          <t>9786258318340</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 2 Yaş</t>
+          <t>Futbolun Yıldızları Kylian Mbappe</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257026123</t>
+          <t>9786258318203</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 6 Yaş</t>
+          <t>Macera Adası - Adanın Keşfi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257026130</t>
+          <t>9786258318272</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 6 Yaş</t>
+          <t>Deniz’in Sihirli Kurabiyeleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257026093</t>
+          <t>9786258318234</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 4 Yaş</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257026116</t>
+          <t>9786258318180</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler 5 Yaş</t>
+          <t>Tom Sawyer'ın Maceraları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257310390</t>
+          <t>9786258318111</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 5 Yaş</t>
+          <t>Tavşan Peter</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257310406</t>
+          <t>9786257500531</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 4 Yaş</t>
+          <t>Doktor Dolittle</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257310383</t>
+          <t>9786257026109</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İngilizce Öğreniyorum 6 Yaş</t>
+          <t>Kavramlar 5 Yaş</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258318142</t>
+          <t>9786257026079</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Fırtınası Tomas ve Demirderi</t>
+          <t>Çizgiler 3 Yaş</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258318012</t>
+          <t>9786257026086</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Çizgiler 4 Yaş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258318029</t>
+          <t>9786257026062</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Çizgiler 2 Yaş</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258318005</t>
+          <t>9786257026123</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Kavramlar 6 Yaş</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258318036</t>
+          <t>9786257026130</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Çizgiler 6 Yaş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257500692</t>
+          <t>9786257026093</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası</t>
+          <t>Kavramlar 4 Yaş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257500500</t>
+          <t>9786257026116</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Çizgiler 5 Yaş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257500050</t>
+          <t>9786257310390</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Kayu’nun Keşfi</t>
+          <t>Etkinliklerle İngilizce Öğreniyorum 5 Yaş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257310796</t>
+          <t>9786257310406</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 6 Yaş</t>
+          <t>Etkinliklerle İngilizce Öğreniyorum 4 Yaş</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257310765</t>
+          <t>9786257310383</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Etkinliklerle İngilizce Öğreniyorum 6 Yaş</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257310086</t>
+          <t>9786258318142</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 6 Yaş</t>
+          <t>Ejderha Fırtınası Tomas ve Demirderi</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257310048</t>
+          <t>9786258318012</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 2 Yaş</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257310062</t>
+          <t>9786258318029</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 4 Yaş</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257310055</t>
+          <t>9786258318005</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul Labirenti Çöz 3 Yaş</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257310246</t>
+          <t>9786258318036</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257026987</t>
+          <t>9786257500692</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye</t>
+          <t>Alaaddin’in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257310178</t>
+          <t>9786257500500</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dali Dali</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>25</v>
+        <v>225</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257026949</t>
+          <t>9786257500050</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Piki'nin En Güzel Günü</t>
+          <t>Kaplumbağa Kayu’nun Keşfi</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257026901</t>
+          <t>9786257310796</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 5 Yaş</t>
+          <t>Bol Bol Boya 6 Yaş</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257026895</t>
+          <t>9786257310765</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 4 Yaş</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257026888</t>
+          <t>9786257310086</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 3 Yaş</t>
+          <t>Farkı Bul Labirenti Çöz 6 Yaş</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257026871</t>
+          <t>9786257310048</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bol Bol Boya 2 Yaş</t>
+          <t>Farkı Bul Labirenti Çöz 2 Yaş</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257026864</t>
+          <t>9786257310062</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Farkı Bul Labirenti Çöz 4 Yaş</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257026444</t>
+          <t>9786257310055</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Virüsten Korkmayın Korunun</t>
+          <t>Farkı Bul Labirenti Çöz 3 Yaş</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257026376</t>
+          <t>9786257310246</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257026307</t>
+          <t>9786257026987</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Depremden Korkmayın Korunun - Depremden Korunma Kılavuzu</t>
+          <t>Şemsiye</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257026048</t>
+          <t>9786257310178</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 2 Yaş</t>
+          <t>Dali Dali</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257026055</t>
+          <t>9786257026949</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar 3 Yaş</t>
+          <t>Kirpi Piki'nin En Güzel Günü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786058024991</t>
+          <t>9786257026901</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes Seti (5 Kitap)</t>
+          <t>Bol Bol Boya 5 Yaş</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>610</v>
+        <v>270</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058024977</t>
+          <t>9786257026895</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Mavi Yakut</t>
+          <t>Bol Bol Boya 4 Yaş</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786058024946</t>
+          <t>9786257026888</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Gümüş Şimşek</t>
+          <t>Bol Bol Boya 3 Yaş</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786058024984</t>
+          <t>9786257026871</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Kızıl Çember</t>
+          <t>Bol Bol Boya 2 Yaş</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786058024960</t>
+          <t>9786257026864</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Emekleyen Adam</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786058024953</t>
+          <t>9786257026444</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Boş Ev</t>
+          <t>Çocuklar Virüsten Korkmayın Korunun</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057944917</t>
+          <t>9786257026376</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Fillerin Kanatları Vardır</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057944887</t>
+          <t>9786257026307</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mars'ta Doğum Günü!</t>
+          <t>Çocuklar Depremden Korkmayın Korunun - Depremden Korunma Kılavuzu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>225</v>
+        <v>60</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059840378</t>
+          <t>9786257026048</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama - Zendala</t>
+          <t>Kavramlar 2 Yaş</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057944641</t>
+          <t>9786257026055</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Cumhuriyet (Resimli Özel Baskı)</t>
+          <t>Kavramlar 3 Yaş</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057944184</t>
+          <t>9786058024991</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Çocuklar İçin Sherlock Holmes Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>610</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057944245</t>
+          <t>9786058024977</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Çocuklar İçin Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059840422</t>
+          <t>9786058024946</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama - Doodle</t>
+          <t>Çocuklar İçin Sherlock Holmes - Gümüş Şimşek</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059840705</t>
+          <t>9786058024984</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilmecem Var Çocuklar</t>
+          <t>Çocuklar İçin Sherlock Holmes - Kızıl Çember</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786056868719</t>
+          <t>9786058024960</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Zeka Oyunları</t>
+          <t>Çocuklar İçin Sherlock Holmes - Emekleyen Adam</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052398227</t>
+          <t>9786058024953</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Nutuk</t>
+          <t>Çocuklar İçin Sherlock Holmes - Boş Ev</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059840668</t>
+          <t>9786057944917</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Fillerin Kanatları Vardır</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059840538</t>
+          <t>9786057944887</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Matematik 2 Yaş</t>
+          <t>Mars'ta Doğum Günü!</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059840545</t>
+          <t>9786059840378</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Matematik 3 Yaş</t>
+          <t>Çocuklar İçin Boyama - Zendala</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059840569</t>
+          <t>9786057944641</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Matematik 5 Yaş</t>
+          <t>Çocuklar İçin Cumhuriyet (Resimli Özel Baskı)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
+          <t>9786057944184</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786057944245</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059840422</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Boyama - Doodle</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786059840705</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bilmecem Var Çocuklar</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786056868719</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Zeka Oyunları</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786052398227</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Nutuk</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786059840668</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786059840538</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 2 Yaş</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786059840545</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 3 Yaş</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786059840569</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Matematik 5 Yaş</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
           <t>9786059840385</t>
         </is>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Boyama - Hayvanlar</t>
         </is>
       </c>
-      <c r="C199" s="1">
+      <c r="C209" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>