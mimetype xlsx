--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,8275 +85,8425 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255915528</t>
+          <t>9786255915887</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Kartalın Kalbinde 2 Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255915627</t>
+          <t>9786255915863</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Kartalın Kalbinde 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255915665</t>
+          <t>9786255915849</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık 2 (Ciltli)</t>
+          <t>Cadılar Konseyi - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255915658</t>
+          <t>9786255915825</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık 2 (Kutulu) (Ciltli)</t>
+          <t>Cadılar Konseyi (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255915672</t>
+          <t>9786255915894</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Yıldız (Ciltli)</t>
+          <t>Kırık Desenler (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>390</v>
+        <v>530</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255915474</t>
+          <t>9786255915856</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Düşman</t>
+          <t>Kırık Desenler (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057944597</t>
+          <t>9786255915504</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflık Meleği</t>
+          <t>Uzak İhtimal</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255915511</t>
+          <t>9786255915818</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gibi Geçti</t>
+          <t>Acımasız Kral</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>590</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255915498</t>
+          <t>9786255915702</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Aşk</t>
+          <t>Oblivion - Karanlık İstila</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255915641</t>
+          <t>9786255915696</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum Hikâye Serisi 2. Sınıflar İçin (10 Kitap)</t>
+          <t>Çelik Kral</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255915313</t>
+          <t>9786255915528</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255915344</t>
+          <t>9786255915627</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kazları</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255915337</t>
+          <t>9786255915665</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Peri Masalı</t>
+          <t>Yarınlar Zifiri Karanlık 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255915306</t>
+          <t>9786255915658</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kız</t>
+          <t>Yarınlar Zifiri Karanlık 2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255915351</t>
+          <t>9786255915672</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Genji'nin Hikayesi</t>
+          <t>Aykırı Yıldız (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255915320</t>
+          <t>9786255915474</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Koş Melos!</t>
+          <t>Kayıp Düşman</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255915481</t>
+          <t>9786057944597</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meleği'nin Bağları</t>
+          <t>Tuhaflık Meleği</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255915238</t>
+          <t>9786255915511</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve Cesaret</t>
+          <t>Rüzgar Gibi Geçti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>590</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255915245</t>
+          <t>9786255915498</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Başarma Sanatı</t>
+          <t>Geç Gelen Aşk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255915252</t>
+          <t>9786255915641</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Demiryolu’nda Gece</t>
+          <t>Okumayı Seviyorum Hikâye Serisi 2. Sınıflar İçin (10 Kitap)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255915290</t>
+          <t>9786255915313</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255915269</t>
+          <t>9786255915344</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Çiçekleri</t>
+          <t>Yaban Kazları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255915276</t>
+          <t>9786255915337</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kediyim</t>
+          <t>Peri Masalı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255915283</t>
+          <t>9786255915306</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Batan Güneş</t>
+          <t>Öğrenci Kız</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255915368</t>
+          <t>9786255915351</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Doğru Hamle</t>
+          <t>Genji'nin Hikayesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255915221</t>
+          <t>9786255915320</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Alaska’nın Kalbinde</t>
+          <t>Koş Melos!</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>395</v>
+        <v>135</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255915191</t>
+          <t>9786255915481</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Canavarımın Yalanları</t>
+          <t>Aşk Meleği'nin Bağları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>395</v>
+        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255915207</t>
+          <t>9786255915238</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde (Kutulu) (Ciltli)</t>
+          <t>İnanç ve Cesaret</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255915214</t>
+          <t>9786255915245</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde (Ciltli)</t>
+          <t>Başarma Sanatı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255915184</t>
+          <t>9786255915252</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde</t>
+          <t>Galaktik Demiryolu’nda Gece</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255915122</t>
+          <t>9786255915290</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çok Güldüren Nasreddin Hoca Fıkraları</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255915115</t>
+          <t>9786255915269</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Göbeklitepe</t>
+          <t>Soytarı Çiçekleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256943315</t>
+          <t>9786255915276</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bronz (Ciltli)</t>
+          <t>Ben Bir Kediyim</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257500821</t>
+          <t>9786255915283</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Love Pie</t>
+          <t>Batan Güneş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057944153</t>
+          <t>9786255915368</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Aşk Klasikleri (3 Kitap Takım)</t>
+          <t>Doğru Hamle</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>690</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058144071</t>
+          <t>9786255915221</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği</t>
+          <t>Alaska’nın Kalbinde</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257310949</t>
+          <t>9786255915191</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 2</t>
+          <t>Canavarımın Yalanları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257310918</t>
+          <t>9786255915207</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 1</t>
+          <t>Kartalın Kalbinde (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257310932</t>
+          <t>9786255915214</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 3</t>
+          <t>Kartalın Kalbinde (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257310536</t>
+          <t>9786255915184</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Conan: Cimmeriali Yabancı (1. Kitap)</t>
+          <t>Kartalın Kalbinde</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257026840</t>
+          <t>9786255915122</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Profesör Challenger’ın Maceraları Seti (4 Kitap Takım)</t>
+          <t>Çok Güldüren Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257026666</t>
+          <t>9786255915115</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Popüler İngilizce Roman Seti (10 Kitap Takım)</t>
+          <t>100 Soruda Göbeklitepe</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1060</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257026598</t>
+          <t>9786256943315</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Leila</t>
+          <t>Bronz (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255915054</t>
+          <t>9786257500821</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Vinicius</t>
+          <t>Love Pie</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255915078</t>
+          <t>9786057944153</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Talisca</t>
+          <t>Unutulmaz Aşk Klasikleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>690</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255915047</t>
+          <t>9786058144071</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ronaldinho</t>
+          <t>Ayçöreği</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255915061</t>
+          <t>9786257310949</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mourinho</t>
+          <t>Samuray Sudoku 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255915030</t>
+          <t>9786257310918</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fernandes</t>
+          <t>Samuray Sudoku 1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255915085</t>
+          <t>9786257310932</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arda</t>
+          <t>Samuray Sudoku 3</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255915092</t>
+          <t>9786257310536</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hayaleti</t>
+          <t>Conan: Cimmeriali Yabancı (1. Kitap)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255915177</t>
+          <t>9786257026840</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet (Ciltli)</t>
+          <t>Profesör Challenger’ın Maceraları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255915160</t>
+          <t>9786257026666</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet (Ciltli)</t>
+          <t>Popüler İngilizce Roman Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>320</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255915153</t>
+          <t>9786257026598</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet</t>
+          <t>Leila</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255915139</t>
+          <t>9786255915054</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Boyu 1 Karış Sakalı 7 Karış</t>
+          <t>Vinicius</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256079991</t>
+          <t>9786255915078</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Azrael'in El Kitabı</t>
+          <t>Talisca</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255915009</t>
+          <t>9786255915047</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hakkında Bildiğim Her Şey</t>
+          <t>Ronaldinho</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>375</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257500005</t>
+          <t>9786255915061</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Haritası (Ciltli)</t>
+          <t>Mourinho</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256079946</t>
+          <t>9786255915030</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Canavarımın Kanı</t>
+          <t>Fernandes</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256079908</t>
+          <t>9786255915085</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflık Meleği</t>
+          <t>Arda</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256079939</t>
+          <t>9786255915092</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Gecenin Hayaleti</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256079915</t>
+          <t>9786255915177</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Üç Pazar</t>
+          <t>Kutsal Emanet (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256079922</t>
+          <t>9786255915160</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ölümün Maskesi</t>
+          <t>Kutsal Emanet (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256079984</t>
+          <t>9786255915153</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sable Zirvesi</t>
+          <t>Kutsal Emanet</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256079885</t>
+          <t>9786255915139</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>Boyu 1 Karış Sakalı 7 Karış</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256079953</t>
+          <t>9786256079991</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık (Set) (Ciltli)</t>
+          <t>Azrael'in El Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256079960</t>
+          <t>9786255915009</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık</t>
+          <t>Aşk Hakkında Bildiğim Her Şey</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256079977</t>
+          <t>9786257500005</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık (Ciltli)</t>
+          <t>Yıldız Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256079892</t>
+          <t>9786256079946</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşmak ve Yüklerden Kurtulmak</t>
+          <t>Canavarımın Kanı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256079212</t>
+          <t>9786256079908</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çelik Prenses</t>
+          <t>Tuhaflık Meleği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256079014</t>
+          <t>9786256079939</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Uçuş</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259891491</t>
+          <t>9786256079915</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2 (Kutulu) (Ciltli)</t>
+          <t>Bir Haftada Üç Pazar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258318302</t>
+          <t>9786256079922</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı ve Tarçın (Ciltli)</t>
+          <t>Kızıl Ölümün Maskesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257500708</t>
+          <t>9786256079984</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Sable Zirvesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257500654</t>
+          <t>9786256079885</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar Serisi Kutulu Set</t>
+          <t>Bir Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257500098</t>
+          <t>9786256079953</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek Kutulu Set 3 Kitap Takım (Ciltli)</t>
+          <t>Yarınlar Zifiri Karanlık (Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257500111</t>
+          <t>9786256079960</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2 (Ciltli)</t>
+          <t>Yarınlar Zifiri Karanlık</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057944658</t>
+          <t>9786256079977</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mutlaka Okunması Gereken 100 Gerilim Romanı</t>
+          <t>Yarınlar Zifiri Karanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052398708</t>
+          <t>9786256079892</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
+          <t>Zorlukları Aşmak ve Yüklerden Kurtulmak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056492945</t>
+          <t>9786256079212</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - İsyan</t>
+          <t>Çelik Prenses</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257026680</t>
+          <t>9786256079014</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Yüksek Uçuş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>55</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257026727</t>
+          <t>9786259891491</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserler Seti (8 Kitap Takım)</t>
+          <t>Bronz 2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257310239</t>
+          <t>9786258318302</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Set (8 Kitap Takım Kutulu)</t>
+          <t>Balkabağı ve Tarçın (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2970</v>
+        <v>450</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256079878</t>
+          <t>9786257500708</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Rol Yaratmak</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256079861</t>
+          <t>9786257500654</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Yalancılar ve Yabancılar Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256079830</t>
+          <t>9786257500098</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Kobe Bryant</t>
+          <t>Güneşi Söndürmem Gerek Kutulu Set 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256079816</t>
+          <t>9786257500111</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Mıchael Jordan</t>
+          <t>Güneşi Söndürmem Gerek 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256079854</t>
+          <t>9786057944658</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Shaquille O’neal</t>
+          <t>Mutlaka Okunması Gereken 100 Gerilim Romanı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256079847</t>
+          <t>9786052398708</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Kevın Durant</t>
+          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256079823</t>
+          <t>9786056492945</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Lebron James</t>
+          <t>Yürüyen Ölüler - İsyan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257500357</t>
+          <t>9786257026680</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>520</v>
+        <v>55</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259462110</t>
+          <t>9786257026727</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kaçışım</t>
+          <t>Stefan Zweig Seçme Eserler Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257500678</t>
+          <t>9786257310239</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - 9 Kitap Kutulu Set (Ciltli)</t>
+          <t>Yürüyen Ölüler Set (8 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>4060</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257500463</t>
+          <t>9786256079878</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Bir Rol Yaratmak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056868702</t>
+          <t>9786256079861</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057944214</t>
+          <t>9786256079830</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>A Room of One’s Own</t>
+          <t>Basketbolun Unutulmaz Yıldızları Kobe Bryant</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056978203</t>
+          <t>9786256079816</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Basketbolun Unutulmaz Yıldızları Mıchael Jordan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057944320</t>
+          <t>9786256079854</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Dehşet</t>
+          <t>Basketbolun Unutulmaz Yıldızları Shaquille O’neal</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057944603</t>
+          <t>9786256079847</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Basketbolun Unutulmaz Yıldızları Kevın Durant</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057944627</t>
+          <t>9786256079823</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
+          <t>Basketbolun Unutulmaz Yıldızları Lebron James</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>850</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052398555</t>
+          <t>9786257500357</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057944344</t>
+          <t>9786259462110</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cthulhu’nun Çağrısı</t>
+          <t>Tatlı Kaçışım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052398722</t>
+          <t>9786257500678</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Yeşilin Kızı Anne - 9 Kitap Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>270</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059840729</t>
+          <t>9786257500463</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057944276</t>
+          <t>9786056868702</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059840804</t>
+          <t>9786057944214</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Hikayeler (Tek Cilt - Özel Basım) (Ciltli)</t>
+          <t>A Room of One’s Own</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059840842</t>
+          <t>9786056978203</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052398609</t>
+          <t>9786057944320</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Mezarlıktaki Dehşet</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059840262</t>
+          <t>9786057944603</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Rahatlatan Girdaplar</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059840255</t>
+          <t>9786057944627</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemli Dünyası - Hayranlık Uyandıran Bahçeler</t>
+          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>850</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059840248</t>
+          <t>9786052398555</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemli Dünyası - Fikir Veren Zendalar</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257310185</t>
+          <t>9786057944344</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Seçme Eserler Özel Basım (Ciltli)</t>
+          <t>Cthulhu’nun Çağrısı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257026659</t>
+          <t>9786052398722</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şeytan'ın Günlüğü</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257026536</t>
+          <t>9786059840729</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257310192</t>
+          <t>9786057944276</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Kibar Hırsız (Ciltli)</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257310550</t>
+          <t>9786059840804</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6 - Ingleside (Ciltli)</t>
+          <t>Sherlock Holmes Bütün Hikayeler (Tek Cilt - Özel Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257026420</t>
+          <t>9786059840842</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seçme Eserler Tek Cilt / Özel Basım (Ciltli)</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257026628</t>
+          <t>9786052398609</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257026154</t>
+          <t>9786059840262</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
+          <t>Rahatlatan Girdaplar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>520</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057944825</t>
+          <t>9786059840255</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Renklerin Gizemli Dünyası - Hayranlık Uyandıran Bahçeler</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257310642</t>
+          <t>9786059840248</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Conan Seçme Eserler Tek Cilt (Ciltli)</t>
+          <t>Renklerin Gizemli Dünyası - Fikir Veren Zendalar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257310963</t>
+          <t>9786257310185</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hayatına Yön Vermeye Hazır mısın?</t>
+          <t>Arsen Lüpen - Seçme Eserler Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257310680</t>
+          <t>9786257026659</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Fakirler Nasıl Ölür?</t>
+          <t>Şeytan'ın Günlüğü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257310703</t>
+          <t>9786257026536</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 3</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257310567</t>
+          <t>9786257310192</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
+          <t>Arsen Lüpen: Kibar Hırsız (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057944863</t>
+          <t>9786257310550</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Yeşilin Kızı Anne 6 - Ingleside (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257026185</t>
+          <t>9786257026420</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Viking (Tek Cilt) (Ciltli)</t>
+          <t>H.P. Lovecraft Seçme Eserler Tek Cilt / Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057944467</t>
+          <t>9786257026628</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057944832</t>
+          <t>9786257026154</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057944535</t>
+          <t>9786057944825</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Resident Patient - Sherlock Holmes</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786056978234</t>
+          <t>9786257310642</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kibar Hırsız</t>
+          <t>Conan Seçme Eserler Tek Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057944252</t>
+          <t>9786257310963</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Hayatına Yön Vermeye Hazır mısın?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057944313</t>
+          <t>9786257310680</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Fakirler Nasıl Ölür?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057944856</t>
+          <t>9786257310703</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>To The Lighthouse</t>
+          <t>Rüzgarın Kızı Emily 3</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057944566</t>
+          <t>9786257310567</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
+          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059840835</t>
+          <t>9786057944863</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Roman Seti (4 Kitap Takım)</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>610</v>
+        <v>260</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256079762</t>
+          <t>9786257026185</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ölü Topraklar</t>
+          <t>Viking (Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256943469</t>
+          <t>9786057944467</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yaralı</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052398692</t>
+          <t>9786057944832</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052398388</t>
+          <t>9786057944535</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Eserleri Ciltli Set</t>
+          <t>The Adventure of the Resident Patient - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1410</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257310758</t>
+          <t>9786056978234</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Anadolu Uygarlıkları</t>
+          <t>Arsen Lüpen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257026529</t>
+          <t>9786057944252</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>The Diary of a Madman</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256079779</t>
+          <t>9786057944313</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Elimi Tut</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256079809</t>
+          <t>9786057944856</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>To The Lighthouse</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256079793</t>
+          <t>9786057944566</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Doğası ve Gücü</t>
+          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256079786</t>
+          <t>9786059840835</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Para Kazanma Sanatı</t>
+          <t>Sherlock Holmes Roman Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>610</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256079700</t>
+          <t>9786256079762</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Elf Kralı</t>
+          <t>Ölü Topraklar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256079687</t>
+          <t>9786256943469</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meleği’nin Belirtileri</t>
+          <t>Yaralı</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256079748</t>
+          <t>9786052398692</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Crimson Nehri</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256079694</t>
+          <t>9786052398388</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Krallık</t>
+          <t>Sherlock Holmes Bütün Eserleri Ciltli Set</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>390</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256079724</t>
+          <t>9786257310758</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Büyücüler Diyarı Saklı Dünya’ya Yolculuk</t>
+          <t>100 Soruda Anadolu Uygarlıkları</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256079755</t>
+          <t>9786257026529</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens Kadife Kese Set (Ciltli)</t>
+          <t>The Diary of a Madman</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256079717</t>
+          <t>9786256079779</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens (Ciltli)</t>
+          <t>Elimi Tut</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>595</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256079731</t>
+          <t>9786256079809</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>395</v>
+        <v>390</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256079656</t>
+          <t>9786256079793</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Döngü II (Kutulu) (Ciltli)</t>
+          <t>Bilincin Doğası ve Gücü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256079670</t>
+          <t>9786256079786</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>DÖNGÜ II</t>
+          <t>Para Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256079663</t>
+          <t>9786256079700</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Döngü II (Ciltli)</t>
+          <t>Yaralı Elf Kralı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256079250</t>
+          <t>9786256079687</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Topraklar</t>
+          <t>Aşk Meleği’nin Belirtileri</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256079502</t>
+          <t>9786256079748</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Rafa Silva</t>
+          <t>Crimson Nehri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256079496</t>
+          <t>9786256079694</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Immobile</t>
+          <t>Çarpık Krallık</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256079243</t>
+          <t>9786256079724</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Büyücüler Diyarı Saklı Dünya’ya Yolculuk</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256079199</t>
+          <t>9786256079755</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Aboubakar</t>
+          <t>Adige Prens Kadife Kese Set (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256079168</t>
+          <t>9786256079717</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Mbappe</t>
+          <t>Adige Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>90</v>
+        <v>595</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256079175</t>
+          <t>9786256079731</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Messi</t>
+          <t>Adige Prens</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256079120</t>
+          <t>9786256079656</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Neymar</t>
+          <t>Döngü II (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256079151</t>
+          <t>9786256079670</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Ronaldo</t>
+          <t>DÖNGÜ II</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256079182</t>
+          <t>9786256079663</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Quaresma</t>
+          <t>Döngü II (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256079236</t>
+          <t>9786256079250</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Foden</t>
+          <t>Vahşi Topraklar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256079144</t>
+          <t>9786256079502</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bellıngham</t>
+          <t>Futbolun Büyük Yıldızları - Rafa Silva</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256079137</t>
+          <t>9786256079496</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Futbolun Büyük Yıldızları - Immobile</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256079229</t>
+          <t>9786256079243</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Jasper Vadisi</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256079113</t>
+          <t>9786256079199</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Tarihteki Esrarengiz Olaylar</t>
+          <t>Futbolun Büyük Yıldızları - Aboubakar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256079106</t>
+          <t>9786256079168</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Dünya Mitolojileri</t>
+          <t>Futbolun Büyük Yıldızları - Mbappe</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256079076</t>
+          <t>9786256079175</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Özgür (Ciltli)</t>
+          <t>Futbolun Büyük Yıldızları - Messi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>490</v>
+        <v>90</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256079083</t>
+          <t>9786256079120</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Özgür</t>
+          <t>Futbolun Büyük Yıldızları - Neymar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256079090</t>
+          <t>9786256079151</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Anlaşması</t>
+          <t>Futbolun Büyük Yıldızları - Ronaldo</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786259462134</t>
+          <t>9786256079182</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen 3 Suç</t>
+          <t>Quaresma</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786259462127</t>
+          <t>9786256079236</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen 813</t>
+          <t>Foden</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256079052</t>
+          <t>9786256079144</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şehrin Şarkısı</t>
+          <t>Bellıngham</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>360</v>
+        <v>90</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256079045</t>
+          <t>9786256079137</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şehrin Şarkısı (Ciltli)</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256079021</t>
+          <t>9786256079229</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Jasper Vadisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256079007</t>
+          <t>9786256079113</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bitiş Çizgisi</t>
+          <t>100 Soruda Tarihteki Esrarengiz Olaylar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786259462141</t>
+          <t>9786256079106</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Alamut</t>
+          <t>100 Soruda Dünya Mitolojileri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259462196</t>
+          <t>9786256079076</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yabani Topraklar</t>
+          <t>Özgür (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057944733</t>
+          <t>9786256079083</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Bütün Hikayeleri (Tek Cilt) (Ciltli)</t>
+          <t>Özgür</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786259462189</t>
+          <t>9786256079090</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Işığı</t>
+          <t>Evlilik Anlaşması</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786259462158</t>
+          <t>9786259462134</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Arsen Lupen 3 Suç</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786259446660</t>
+          <t>9786259462127</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Eğer Kötü Olsaydık</t>
+          <t>Arsen Lupen 813</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786259446653</t>
+          <t>9786256079052</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Eğer Kötü Olsaydık (Ciltli)</t>
+          <t>Ölü Şehrin Şarkısı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>490</v>
+        <v>360</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259877488</t>
+          <t>9786256079045</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Rudin</t>
+          <t>Ölü Şehrin Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786259877495</t>
+          <t>9786256079021</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Katalonya ‘ya Selam</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786259877433</t>
+          <t>9786256079007</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İkna Sanatı</t>
+          <t>Bitiş Çizgisi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>60</v>
+        <v>330</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259446684</t>
+          <t>9786259462141</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Son Ejderha Kralı</t>
+          <t>Alamut</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786259446646</t>
+          <t>9786259462196</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ölçüsü</t>
+          <t>Yabani Topraklar</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786259446615</t>
+          <t>9786057944733</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Edgar Allan Poe Bütün Hikayeleri (Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786259446622</t>
+          <t>9786259462189</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Döngü (Ciltli)</t>
+          <t>Gecenin Işığı</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786259446608</t>
+          <t>9786259462158</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İskoç Kaçamağı</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257310772</t>
+          <t>9786259446660</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>George Orwell Seçme Eserler (Ciltli)</t>
+          <t>Eğer Kötü Olsaydık</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257500036</t>
+          <t>9786259446653</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>Eğer Kötü Olsaydık (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786259428178</t>
+          <t>9786259877488</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Parça</t>
+          <t>Rudin</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256943650</t>
+          <t>9786259877495</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dağa Çıkan Arabanın Sırrı</t>
+          <t>Katalonya ‘ya Selam</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786259428185</t>
+          <t>9786259877433</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Güneş</t>
+          <t>İkna Sanatı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786259428192</t>
+          <t>9786259446684</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Güneş (Ciltli)</t>
+          <t>Son Ejderha Kralı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259428109</t>
+          <t>9786259446646</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Hayatın Ölçüsü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256943667</t>
+          <t>9786259446615</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yangını</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786259428116</t>
+          <t>9786259446622</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Garnet Ovası</t>
+          <t>Döngü (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786259428154</t>
+          <t>9786259446608</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Masallar</t>
+          <t>İskoç Kaçamağı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786259428147</t>
+          <t>9786257310772</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Masallar</t>
+          <t>George Orwell Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786259428130</t>
+          <t>9786257500036</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786259428123</t>
+          <t>9786259428178</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Harika Masallar</t>
+          <t>Senden Bir Parça</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786259877419</t>
+          <t>9786256943650</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçegi Veda</t>
+          <t>Dağa Çıkan Arabanın Sırrı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786259877402</t>
+          <t>9786259428185</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Düşmanım</t>
+          <t>İçimdeki Güneş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259891460</t>
+          <t>9786259428192</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Venom</t>
+          <t>İçimdeki Güneş (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259891484</t>
+          <t>9786259428109</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786259891477</t>
+          <t>9786256943667</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2 (Ciltli)</t>
+          <t>Yalanın Yangını</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786259944289</t>
+          <t>9786259428116</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kavuşma</t>
+          <t>Garnet Ovası</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786259891439</t>
+          <t>9786259428154</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yalan Üçlemesi</t>
+          <t>Unutulmaz Masallar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786259891446</t>
+          <t>9786259428147</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Sevimli Masallar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786259891408</t>
+          <t>9786259428130</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Junıper Tepesi</t>
+          <t>Klasik Masallar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786259944296</t>
+          <t>9786259428123</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Son Kurtarıcı</t>
+          <t>Harika Masallar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256943506</t>
+          <t>9786259877419</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Altın Küller (Ciltli)</t>
+          <t>Yaban Çiçegi Veda</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786259944265</t>
+          <t>9786259877402</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Emma (Ciltli)</t>
+          <t>Tatlı Düşmanım</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786259891415</t>
+          <t>9786259891460</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Teyzelerini Ara</t>
+          <t>Sevgili Venom</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786259944203</t>
+          <t>9786259891484</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ölü Tanrı'nın Şarkısı (Ciltli)</t>
+          <t>Bronz 2</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786259944210</t>
+          <t>9786259891477</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ölü Tanrı'nın Şarkısı</t>
+          <t>Bronz 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256943643</t>
+          <t>9786259944289</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çetenin Sırrı</t>
+          <t>Büyük Kavuşma</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786259944258</t>
+          <t>9786259891439</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Yalan Üçlemesi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786259944241</t>
+          <t>9786259891446</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786259944227</t>
+          <t>9786259891408</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafizigi</t>
+          <t>Junıper Tepesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>60</v>
+        <v>370</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786259944234</t>
+          <t>9786259944296</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizligin Kaynagı</t>
+          <t>Son Kurtarıcı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256943605</t>
+          <t>9786256943506</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Saklı</t>
+          <t>Altın Küller (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256943612</t>
+          <t>9786259944265</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Saklı (Ciltli)</t>
+          <t>Emma (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256943629</t>
+          <t>9786259891415</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İndigo Dağı</t>
+          <t>Teyzelerini Ara</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256943636</t>
+          <t>9786259944203</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Alaskaya Giderken</t>
+          <t>Ölü Tanrı'nın Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256943582</t>
+          <t>9786259944210</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bir Kavanoz Aşk</t>
+          <t>Ölü Tanrı'nın Şarkısı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256943568</t>
+          <t>9786256943643</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Gizli Çetenin Sırrı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256943575</t>
+          <t>9786259944258</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Cazibesi</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256943544</t>
+          <t>9786259944241</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256943551</t>
+          <t>9786259944227</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü (Ciltli)</t>
+          <t>Aşkın Metafizigi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256943254</t>
+          <t>9786259944234</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>İnsanlar Arasındaki Eşitsizligin Kaynagı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256943452</t>
+          <t>9786256943605</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Saklı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256943537</t>
+          <t>9786256943612</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Birbirimiz İçin Yaratılmadık</t>
+          <t>Saklı (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256943261</t>
+          <t>9786256943629</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Gizemi</t>
+          <t>İndigo Dağı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256943490</t>
+          <t>9786256943636</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kor Yangınlar</t>
+          <t>Alaskaya Giderken</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256943483</t>
+          <t>9786256943582</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Benimle Cennette Buluş</t>
+          <t>Bir Kavanoz Aşk</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256943414</t>
+          <t>9786256943568</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer İhtimaller (Ciltli)</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256943308 </t>
+          <t>9786256943575</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Yalanın Cazibesi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256943421</t>
+          <t>9786256943544</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer İhtimaller</t>
+          <t>Rüzgargülü</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256943285</t>
+          <t>9786256943551</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Denizin Teni</t>
+          <t>Rüzgargülü (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256943407</t>
+          <t>9786256943254</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yemini</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>390</v>
+        <v>65</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256943476</t>
+          <t>9786256943452</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler (Kutulu)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>460</v>
+        <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256943445</t>
+          <t>9786256943537</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler</t>
+          <t>Birbirimiz İçin Yaratılmadık</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256943438</t>
+          <t>9786256943261</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler (Ciltli)</t>
+          <t>Varlığın Gizemi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256943216 </t>
+          <t>9786256943490</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Kor Yangınlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256943209</t>
+          <t>9786256943483</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Tutsak (Ciltli)</t>
+          <t>Benimle Cennette Buluş</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256943278</t>
+          <t>9786256943414</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bronz</t>
+          <t>Aşk ve Diğer İhtimaller (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256943032</t>
+          <t>9786256943308 </t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Öpücük</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256943025</t>
+          <t>9786256943421</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Aşk ve Diğer İhtimaller</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258318906</t>
+          <t>9786256943285</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Denizin Teni</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256943018 </t>
+          <t>9786256943407</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Yalanın Yemini</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>75</v>
+        <v>390</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258318241 </t>
+          <t>9786256943476</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ay’daki İlk İnsanlar</t>
+          <t>Yozlaşmış Harabeler (Kutulu)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258318395</t>
+          <t>9786256943445</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Christie ve Agatha Dedektiflik Bürosu: Kaybolan Keşif</t>
+          <t>Yozlaşmış Harabeler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258318470 </t>
+          <t>9786256943438</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ürperten Öyküler</t>
+          <t>Yozlaşmış Harabeler (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258318487</t>
+          <t>9786256943216 </t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ürperten Öyküler</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>95</v>
+        <v>390</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258318920 </t>
+          <t>9786256943209</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bağlı</t>
+          <t>Tutsak (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256943001</t>
+          <t>9786256943278</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Bronz</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258318913 </t>
+          <t>9786256943032</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşı</t>
+          <t>Bir Milyon Öpücük</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258318838</t>
+          <t>9786256943025</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği Serisi Kutulu Set</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>790</v>
+        <v>95</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258318258</t>
+          <t>9786258318906</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>70</v>
+        <v>270</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258318388</t>
+          <t>9786256943018 </t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hiç Beklemediğim Anda</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258318357</t>
+          <t>9786258318241 </t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Ay’daki İlk İnsanlar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258318364</t>
+          <t>9786258318395</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Ahlakı</t>
+          <t>Christie ve Agatha Dedektiflik Bürosu: Kaybolan Keşif</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258318500</t>
+          <t>9786258318470 </t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>45. Durak (Ciltli)</t>
+          <t>Ürperten Öyküler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>400</v>
+        <v>95</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258318197</t>
+          <t>9786258318487</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Ürperten Öyküler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258318425</t>
+          <t>9786258318920 </t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bir Sarmaşık Teorisi</t>
+          <t>Bağlı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258318418</t>
+          <t>9786256943001</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bir Sarmaşık Teorisi (Ciltli)</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258318432</t>
+          <t>9786258318913 </t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği Yeniden</t>
+          <t>Ev Arkadaşı</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257500784</t>
+          <t>9786258318838</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar (Ciltli)</t>
+          <t>Yaban Çiçeği Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>790</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258318326</t>
+          <t>9786258318258</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258318227</t>
+          <t>9786258318388</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Hiç Beklemediğim Anda</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258318319</t>
+          <t>9786258318357</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı ve Tarçın</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258318265 </t>
+          <t>9786258318364</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sevimsiz Bir Tanışma</t>
+          <t>Siyaset Ahlakı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258318296</t>
+          <t>9786258318500</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem (Ciltli)</t>
+          <t>45. Durak (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258318289</t>
+          <t>9786258318197</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem (Karton Kapak)</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257500982</t>
+          <t>9786258318425</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>The Prisoner of Zenda</t>
+          <t>Bir Sarmaşık Teorisi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257500968</t>
+          <t>9786258318418</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>The Turn of the Screw</t>
+          <t>Bir Sarmaşık Teorisi (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257500883</t>
+          <t>9786258318432</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Yaban Çiçeği Yeniden</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257500890</t>
+          <t>9786257500784</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Küçük Kadınlar (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257500975</t>
+          <t>9786258318326</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>The Abysmal Brute</t>
+          <t>Eğer Peşinden Gelirsem</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257500944</t>
+          <t>9786258318227</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Five Weeks in a Balloon</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257500722</t>
+          <t>9786258318319</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sedirler'in Sırrı</t>
+          <t>Balkabağı ve Tarçın</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257500838</t>
+          <t>9786258318265 </t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir #AşkHikayesi Değil</t>
+          <t>Sevimsiz Bir Tanışma</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>85</v>
+        <v>390</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257500906</t>
+          <t>9786258318296</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aşklar Sokağı</t>
+          <t>Eğer Peşinden Gelirsem (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257500845</t>
+          <t>9786258318289</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Nar (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem (Karton Kapak)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257500852</t>
+          <t>9786257500982</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Nar</t>
+          <t>The Prisoner of Zenda</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257500814</t>
+          <t>9786257500968</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek - 3 Kitap Kutulu Set</t>
+          <t>The Turn of the Screw</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>460</v>
+        <v>195</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257500630</t>
+          <t>9786257500883</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Bütün Şiirleri</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257500746</t>
+          <t>9786257500890</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257500739</t>
+          <t>9786257500975</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Düş Gemisi</t>
+          <t>The Abysmal Brute</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257500661</t>
+          <t>9786257500944</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar Serisi Kutulu Set (Ciltli)</t>
+          <t>Five Weeks in a Balloon</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>910</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257500517</t>
+          <t>9786257500722</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Karanlık Sedirler'in Sırrı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257500609</t>
+          <t>9786257500838</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 2</t>
+          <t>Bu Bir #AşkHikayesi Değil</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257500272</t>
+          <t>9786257500906</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 8 - Rilla (Ciltli)</t>
+          <t>Yalancı Aşklar Sokağı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257500951</t>
+          <t>9786257500845</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Around The World in 80 Days</t>
+          <t>Bilinmeyen Numara - Nar (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257500937</t>
+          <t>9786257500852</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>The Invisible Man</t>
+          <t>Bilinmeyen Numara - Nar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257500593</t>
+          <t>9786257500814</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 2 (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek - 3 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257500586</t>
+          <t>9786257500630</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Kayıp Uygarlıklar</t>
+          <t>Orhan Veli Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258318159</t>
+          <t>9786257500746</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği</t>
+          <t>Güneşi Söndürmem Gerek</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258318067</t>
+          <t>9786257500739</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light</t>
+          <t>Düş Gemisi</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258318050</t>
+          <t>9786257500661</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
+          <t>Yalancılar ve Yabancılar Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>150</v>
+        <v>910</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258318135</t>
+          <t>9786257500517</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Liars and Strangers</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258318173</t>
+          <t>9786257500609</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Alfabe Öğreniyorum</t>
+          <t>Yalancılar ve Yabancılar 2</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258318128</t>
+          <t>9786257500272</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Yeşilin Kızı Anne 8 - Rilla (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257500715</t>
+          <t>9786257500951</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Düş Gemisi (Ciltli)</t>
+          <t>Around The World in 80 Days</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257500876</t>
+          <t>9786257500937</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aşklar Sokağı (Ciltli)</t>
+          <t>The Invisible Man</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258318098</t>
+          <t>9786257500593</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahar Akşamı</t>
+          <t>Yalancılar ve Yabancılar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258318104</t>
+          <t>9786257500586</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara Serisi Kutulu Set</t>
+          <t>100 Soruda Kayıp Uygarlıklar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>1060</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258318074</t>
+          <t>9786258318159</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara Serisi Kutulu Set (Ciltli)</t>
+          <t>Yaban Çiçeği</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>1210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257500920</t>
+          <t>9786258318067</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Kar (Ciltli)</t>
+          <t>Broke and Light</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257500999</t>
+          <t>9786258318050</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Kar</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257500869</t>
+          <t>9786258318135</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Bal (Ciltli)</t>
+          <t>Liars and Strangers</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257500913</t>
+          <t>9786258318173</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Bal</t>
+          <t>Etkinliklerle Alfabe Öğreniyorum</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257500685</t>
+          <t>9786258318128</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler (Ciltli)</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257500647</t>
+          <t>9786257500715</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Şark Klasikleri Kutulu Set</t>
+          <t>Düş Gemisi (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257500562</t>
+          <t>9786257500876</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Son Gemi</t>
+          <t>Yalancı Aşklar Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257500753</t>
+          <t>9786258318098</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2</t>
+          <t>Bir Bahar Akşamı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257500760</t>
+          <t>9786258318104</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3</t>
+          <t>Bilinmeyen Numara Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257500579</t>
+          <t>9786258318074</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 9 - Avonlea Günlükleri (Ciltli)</t>
+          <t>Bilinmeyen Numara Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>450</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257500555</t>
+          <t>9786257500920</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Son Gemi</t>
+          <t>Bilinmeyen Numara - Kar (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257500494</t>
+          <t>9786257500999</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sünger Avcısı</t>
+          <t>Bilinmeyen Numara - Kar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257500487</t>
+          <t>9786257500869</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım</t>
+          <t>Bilinmeyen Numara - Bal (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>1080</v>
+        <v>400</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257500470</t>
+          <t>9786257500913</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım (Ciltli)</t>
+          <t>Bilinmeyen Numara - Bal</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>1310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257500432</t>
+          <t>9786257500685</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Tarzan</t>
+          <t>Uğultulu Tepeler (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257500418</t>
+          <t>9786257500647</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Şark Klasikleri Kutulu Set</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>90</v>
+        <v>385</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257500449</t>
+          <t>9786257500562</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Arzu ile Kamber</t>
+          <t>Son Gemi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257500074</t>
+          <t>9786257500753</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Haritası</t>
+          <t>Güneşi Söndürmem Gerek 2</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257500401</t>
+          <t>9786257500760</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin</t>
+          <t>Güneşi Söndürmem Gerek 3</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257500456</t>
+          <t>9786257500579</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Tahir ile Zühre</t>
+          <t>Yeşilin Kızı Anne 9 - Avonlea Günlükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257500425</t>
+          <t>9786257500555</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Son Gemi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257500326</t>
+          <t>9786257500494</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Abanoz Kanatlar</t>
+          <t>Sünger Avcısı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257500333</t>
+          <t>9786257500487</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Öpücüğü (Ciltli)</t>
+          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>350</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257500388</t>
+          <t>9786257500470</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Öpücüğü Sevgililer Günü Özel Kutulu Set (Ciltli)</t>
+          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>370</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257500302</t>
+          <t>9786257500432</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bin Bela Bir Karanfil (Ciltli)</t>
+          <t>Tarzan</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257500319</t>
+          <t>9786257500418</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bin Bela Bir Karanfil</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257500265</t>
+          <t>9786257500449</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Arzu ile Kamber</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257500135</t>
+          <t>9786257500074</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Seçme Eserler (Ciltli)</t>
+          <t>Yıldız Haritası</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257500227</t>
+          <t>9786257500401</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3</t>
+          <t>Ferhat ile Şirin</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257500210</t>
+          <t>9786257500456</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2</t>
+          <t>Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257500203</t>
+          <t>9786257500425</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257500081</t>
+          <t>9786257500326</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Abanoz Kanatlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257500197</t>
+          <t>9786257500333</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Rahibin Kızı Dorothy</t>
+          <t>Kuantum Öpücüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257500296</t>
+          <t>9786257500388</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurabiye</t>
+          <t>Kuantum Öpücüğü Sevgililer Günü Özel Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257500241</t>
+          <t>9786257500302</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurabiye (Ciltli)</t>
+          <t>Bin Bela Bir Karanfil (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257500012</t>
+          <t>9786257500319</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Gecesi</t>
+          <t>Bin Bela Bir Karanfil</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257500142</t>
+          <t>9786257500265</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257500067</t>
+          <t>9786257500135</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra’da Beş Parasız</t>
+          <t>Franz Kafka Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257310987</t>
+          <t>9786257500227</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon</t>
+          <t>Güneşi Söndürmem Gerek 3</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257500104</t>
+          <t>9786257500210</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3 (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek 2</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257500128</t>
+          <t>9786257500203</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257500029</t>
+          <t>9786257500081</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Notaları</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257310994</t>
+          <t>9786257500197</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Rahibin Kızı Dorothy</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257310857</t>
+          <t>9786257500296</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Kırmızı Kurabiye</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257310970</t>
+          <t>9786257500241</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
+          <t>Kırmızı Kurabiye (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257310925</t>
+          <t>9786257500012</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 4</t>
+          <t>Bir İstanbul Gecesi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257310956</t>
+          <t>9786257500142</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Gecesi (Ciltli)</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257310833</t>
+          <t>9786257500067</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Depo</t>
+          <t>Paris ve Londra’da Beş Parasız</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257310826</t>
+          <t>9786257310987</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily Kutulu Set (3 Kitap Takım)</t>
+          <t>Şampiyon</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>910</v>
+        <v>75</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257310840</t>
+          <t>9786257500104</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Normalin Ötesinde (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257310802</t>
+          <t>9786257500128</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Umut Parkı</t>
+          <t>Güneşi Söndürmem Gerek (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257310819</t>
+          <t>9786257500029</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily (3 Kitap Set - Ciltli Kutulu)</t>
+          <t>Aşkın Notaları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>1210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257310741</t>
+          <t>9786257310994</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257310710</t>
+          <t>9786257310857</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 3 (Ciltli)</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257310697</t>
+          <t>9786257310970</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yürek Burgusu</t>
+          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257310499</t>
+          <t>9786257310925</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Samuray Sudoku 4</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257310727</t>
+          <t>9786257310956</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar (Ciltli)</t>
+          <t>Bir İstanbul Gecesi (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257310635</t>
+          <t>9786257310833</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre (Ciltli)</t>
+          <t>Kiralık Depo</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257310666</t>
+          <t>9786257310826</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 2</t>
+          <t>Rüzgarın Kızı Emily Kutulu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>300</v>
+        <v>910</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257310659</t>
+          <t>9786257310840</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 2 (Ciltli)</t>
+          <t>Normalin Ötesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257310673</t>
+          <t>9786257310802</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Conan Seti (3 Kitap)</t>
+          <t>Umut Parkı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>910</v>
+        <v>270</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257310529</t>
+          <t>9786257310819</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Conan: Büyünün ve Kılıcın Gölgesinde (2. Kitap)</t>
+          <t>Rüzgarın Kızı Emily (3 Kitap Set - Ciltli Kutulu)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>300</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257310543</t>
+          <t>9786257310741</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Conan : Aslanlı Tahtın Kaderi (3. Kitap)</t>
+          <t>Yalancılar ve Yabancılar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257310253</t>
+          <t>9786257310710</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizeler</t>
+          <t>Rüzgarın Kızı Emily 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257310512</t>
+          <t>9786257310697</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 1</t>
+          <t>Yürek Burgusu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257310369</t>
+          <t>9786257310499</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257310505</t>
+          <t>9786257310727</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily (Ciltli)</t>
+          <t>Yalancılar ve Yabancılar (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257310338</t>
+          <t>9786257310635</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5 Hayaller Evi</t>
+          <t>Jane Eyre (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257310444</t>
+          <t>9786257310666</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Ahududu</t>
+          <t>Rüzgarın Kızı Emily 2</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257310376</t>
+          <t>9786257310659</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı (Ciltli)</t>
+          <t>Rüzgarın Kızı Emily 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257310468</t>
+          <t>9786257310673</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Umut Parkı (Ciltli)</t>
+          <t>Conan Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>450</v>
+        <v>910</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257310284</t>
+          <t>9786257310529</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Conan: Büyünün ve Kılıcın Gölgesinde (2. Kitap)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257310277</t>
+          <t>9786257310543</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gibiydik</t>
+          <t>Conan : Aslanlı Tahtın Kaderi (3. Kitap)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257310307</t>
+          <t>9786257310253</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5 - Hayaller Evi (Ciltli)</t>
+          <t>Küçük Mucizeler</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257310161</t>
+          <t>9786257310512</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Ahududu (Ciltli)</t>
+          <t>Rüzgarın Kızı Emily 1</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257310123</t>
+          <t>9786257310369</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257310024</t>
+          <t>9786257310505</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Rüzgarın Kızı Emily (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>85</v>
+        <v>400</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257310031</t>
+          <t>9786257310338</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Yeşilin Kızı Anne 5 Hayaller Evi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257310130</t>
+          <t>9786257310444</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler (Ciltli)</t>
+          <t>Üç Yapraklı Ahududu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257026956</t>
+          <t>9786257310376</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserler (Ciltli)</t>
+          <t>Gurur ve Önyargı (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257026925</t>
+          <t>9786257310468</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
+          <t>Umut Parkı (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257310000</t>
+          <t>9786257310284</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Kutulu Set</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>1060</v>
+        <v>120</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257310017</t>
+          <t>9786257310277</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
+          <t>Hayal Gibiydik</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>1360</v>
+        <v>45</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257026918</t>
+          <t>9786257310307</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Ciltli)</t>
+          <t>Yeşilin Kızı Anne 5 - Hayaller Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257026796</t>
+          <t>9786257310161</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Dalga</t>
+          <t>Üç Yapraklı Ahududu (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>69</v>
+        <v>450</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257026819</t>
+          <t>9786257310123</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Çığlığı</t>
+          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>69</v>
+        <v>350</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257026857</t>
+          <t>9786257310024</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257026772</t>
+          <t>9786257310031</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Limon Çiçeği</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257026802</t>
+          <t>9786257310130</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sisler Diyarı</t>
+          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257026758</t>
+          <t>9786257026956</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea (Ciltli)</t>
+          <t>Stefan Zweig Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257026703</t>
+          <t>9786257026925</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Mucizeyle Randevu</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257026697</t>
+          <t>9786257310000</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Yeşilin Kızı Anne Kutulu Set</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>75</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257026710</t>
+          <t>9786257310017</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Limon Çiçeği (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>450</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257026314</t>
+          <t>9786257026918</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257026673</t>
+          <t>9786257026796</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Zehirli Dalga</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257026543</t>
+          <t>9786257026819</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>First Love</t>
+          <t>Dünya’nın Çığlığı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>140</v>
+        <v>69</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257026505</t>
+          <t>9786257026857</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>What Men Live By</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257026406</t>
+          <t>9786257026772</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sicilya'da Bir Aşk Hikayesi</t>
+          <t>Sevgili Limon Çiçeği</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257026635</t>
+          <t>9786257026802</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Sisler Diyarı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257026642</t>
+          <t>9786257026758</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kibarlık Budalası</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257026512</t>
+          <t>9786257026703</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>The Royal Game</t>
+          <t>Mucizeyle Randevu</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257026451</t>
+          <t>9786257026697</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Lucid</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257026475</t>
+          <t>9786257026710</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Lanetlenmiş</t>
+          <t>Sevgili Limon Çiçeği (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257026482</t>
+          <t>9786257026314</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kurban Seti (4 Kitap Takım)</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>1490</v>
+        <v>65</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257026499</t>
+          <t>9786257026673</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>350</v>
+        <v>65</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257026468</t>
+          <t>9786257026543</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (Ciltli)</t>
+          <t>First Love</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257026208</t>
+          <t>9786257026505</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sarı Puantiyeli Şemsiye (Ciltli)</t>
+          <t>What Men Live By</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257026369</t>
+          <t>9786257026406</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Sicilya'da Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257026413</t>
+          <t>9786257026635</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali (Bütün Eserleri-Tek Cilt) (Ciltli)</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>750</v>
+        <v>95</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257026390</t>
+          <t>9786257026642</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Kibarlık Budalası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257026352</t>
+          <t>9786257026512</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>The Royal Game</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257026215</t>
+          <t>9786257026451</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sarı Puantiyeli Şemsiye</t>
+          <t>Lucid</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257026178</t>
+          <t>9786257026475</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası</t>
+          <t>Lanetlenmiş</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257026024</t>
+          <t>9786257026482</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Mükemmel Kurban Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>150</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257026017</t>
+          <t>9786257026499</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üzerine</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786056978227</t>
+          <t>9786257026468</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Sahra Seti (4 Kitap Takım Kutulu)</t>
+          <t>Yeşilin Kızı Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>1660</v>
+        <v>450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786056978210</t>
+          <t>9786257026208</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yüce Tanrı Pan</t>
+          <t>Sarı Puantiyeli Şemsiye (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257500043</t>
+          <t>9786257026369</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Oyuk İğne</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057944931</t>
+          <t>9786257026413</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Sabahattin Ali (Bütün Eserleri-Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057944948</t>
+          <t>9786257026390</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>325</v>
+        <v>65</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057944955</t>
+          <t>9786257026352</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar (Ciltli)</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057944924</t>
+          <t>9786257026215</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Eve Dönüş</t>
+          <t>Sarı Puantiyeli Şemsiye</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057944870</t>
+          <t>9786257026178</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Golos (Rusça Ses)</t>
+          <t>Dünün Dünyası</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057944894</t>
+          <t>9786257026024</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057944849</t>
+          <t>9786257026017</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Jacob’s Room</t>
+          <t>Aşk Üzerine</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258318371</t>
+          <t>9786056978227</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche İle Yürümek</t>
+          <t>Zeynep Sahra Seti (4 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057944818</t>
+          <t>9786056978210</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış</t>
+          <t>Yüce Tanrı Pan</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057944450</t>
+          <t>9786257500043</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>The Call Of The Wild</t>
+          <t>Arsen Lüpen: Oyuk İğne</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057944443</t>
+          <t>9786057944931</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>The Murders In The Rue Morgue</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057944764</t>
+          <t>9786057944948</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057944634</t>
+          <t>9786057944955</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>65</v>
+        <v>400</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057944672</t>
+          <t>9786057944924</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Amok</t>
+          <t>Yürüyen Ölüler - Eve Dönüş</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057944689</t>
+          <t>9786057944870</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Letter From An Unknown Woman</t>
+          <t>Golos (Rusça Ses)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057944696</t>
+          <t>9786057944894</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Carmilla</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057944665</t>
+          <t>9786057944849</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>The Art Of War</t>
+          <t>Jacob’s Room</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057944719</t>
+          <t>9786258318371</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Nietzsche İle Yürümek</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057944702</t>
+          <t>9786057944818</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Dr. Moreau’nun Adası</t>
+          <t>Parçalanmış</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057944504</t>
+          <t>9786057944450</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Creeping Man - Sherlock Holmes</t>
+          <t>The Call Of The Wild</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057944511</t>
+          <t>9786057944443</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of Silver Blaze - Sherlock Holmes</t>
+          <t>The Murders In The Rue Morgue</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057944498</t>
+          <t>9786057944764</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Devil's Foot - Sherlock Holmes</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786057944559</t>
+          <t>9786057944634</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>1750</v>
+        <v>65</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057944573</t>
+          <t>9786057944672</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Bayan Dalloway</t>
+          <t>Amok</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057944436</t>
+          <t>9786057944689</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Letter From An Unknown Woman</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786057944429</t>
+          <t>9786057944696</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Carmilla</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786057944412</t>
+          <t>9786057944665</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>The Art Of War</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057944474</t>
+          <t>9786057944719</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057944375</t>
+          <t>9786057944702</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Denizler Kuruyana Kadar</t>
+          <t>Dr. Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786057944368</t>
+          <t>9786057944504</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Uyku Duvarının Ardında</t>
+          <t>The Adventure of the Creeping Man - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057944351</t>
+          <t>9786057944511</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Dışından Gelen Gölge</t>
+          <t>The Adventure of Silver Blaze - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057944337</t>
+          <t>9786057944498</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Delilik Dağlarında</t>
+          <t>The Adventure of the Devil's Foot - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786057944221</t>
+          <t>9786057944559</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>65</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057944160</t>
+          <t>9786057944573</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Bayan Dalloway</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>65</v>
+        <v>230</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786057944177</t>
+          <t>9786057944436</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057944191</t>
+          <t>9786057944429</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786057944238</t>
+          <t>9786057944412</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Heart of Darkness</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>22</v>
+        <v>190</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786057944207</t>
+          <t>9786057944474</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786057944283</t>
+          <t>9786057944375</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Denizler Kuruyana Kadar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786057944290</t>
+          <t>9786057944368</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Uyku Duvarının Ardında</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786057944306</t>
+          <t>9786057944351</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Zamanın Dışından Gelen Gölge</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258318210</t>
+          <t>9786057944337</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hortlak İzciler: Ölüler Kampına Hoş Geldiniz!</t>
+          <t>Delilik Dağlarında</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786057944139</t>
+          <t>9786057944221</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>325</v>
+        <v>65</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786057944146</t>
+          <t>9786057944160</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Viking Kutulu Set (3 Kitap)</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>1060</v>
+        <v>65</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786056868764</t>
+          <t>9786057944177</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Bul ve Yok Et</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>370</v>
+        <v>95</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786057944108</t>
+          <t>9786057944191</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Odin'in Oğlu - Viking</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786057944092</t>
+          <t>9786057944238</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşi - Viking</t>
+          <t>Heart of Darkness</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786057944115</t>
+          <t>9786057944207</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kral'ın Adamı - Viking</t>
+          <t>Metamorphosis</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786057944078</t>
+          <t>9786057944283</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786056868795</t>
+          <t>9786057944290</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Prensesi Vampir Carmilla</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786057944085</t>
+          <t>9786057944306</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light (Ciltli)</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052398593</t>
+          <t>9786258318210</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Hortlak İzciler: Ölüler Kampına Hoş Geldiniz!</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059840583</t>
+          <t>9786057944139</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği (Ciltli)</t>
+          <t>Broke and Light</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786056868771</t>
+          <t>9786057944146</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Çürümüş - Mükemmel Kurban</t>
+          <t>Viking Kutulu Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>370</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786056868740</t>
+          <t>9786056868764</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Yürüyen Ölüler - Bul ve Yok Et</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>65</v>
+        <v>370</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786056868733</t>
+          <t>9786057944108</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Odin'in Oğlu - Viking</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>55</v>
+        <v>350</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786056868726</t>
+          <t>9786057944092</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Kan Kardeşi - Viking</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786058144095</t>
+          <t>9786057944115</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Kral'ın Adamı - Viking</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786058144088</t>
+          <t>9786057944078</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Turta</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052398951</t>
+          <t>9786056868795</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Karanlıklar Prensesi Vampir Carmilla</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052398944</t>
+          <t>9786057944085</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Broke and Light (Ciltli)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>65</v>
+        <v>400</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052398968</t>
+          <t>9786052398593</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052398975</t>
+          <t>9786059840583</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Vaka - 2</t>
+          <t>Ayçöreği (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052398715</t>
+          <t>9786056868771</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Lyon'da Düğün</t>
+          <t>Çürümüş - Mükemmel Kurban</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>65</v>
+        <v>370</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052398845</t>
+          <t>9786056868740</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>270</v>
+        <v>65</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052398616</t>
+          <t>9786056868733</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>290</v>
+        <v>55</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052398623</t>
+          <t>9786056868726</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052398746</t>
+          <t>9786058144095</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052398579</t>
+          <t>9786058144088</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Elmalı Turta</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052398739</t>
+          <t>9786052398951</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052398586</t>
+          <t>9786052398944</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052398517</t>
+          <t>9786052398968</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Uzanırken Yapabileceğiniz 100 Şey</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052398562</t>
+          <t>9786052398975</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Vaka - 2</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052398470</t>
+          <t>9786052398715</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Lyon'da Düğün</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052398449</t>
+          <t>9786052398845</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>65</v>
+        <v>270</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052398463</t>
+          <t>9786052398616</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052398487</t>
+          <t>9786052398623</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052398456</t>
+          <t>9786052398746</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052398432</t>
+          <t>9786052398579</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>65</v>
+        <v>270</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052398425</t>
+          <t>9786052398739</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>75</v>
+        <v>270</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052398418</t>
+          <t>9786052398586</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C517" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052398401</t>
+          <t>9786052398517</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Uzanırken Yapabileceğiniz 100 Şey</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052398395</t>
+          <t>9786052398562</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>65</v>
+        <v>270</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052398364</t>
+          <t>9786052398470</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler: İstila</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>370</v>
+        <v>65</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052398258</t>
+          <t>9786052398449</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>290</v>
+        <v>65</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052398241</t>
+          <t>9786052398463</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052398265</t>
+          <t>9786052398487</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>290</v>
+        <v>65</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052398234</t>
+          <t>9786052398456</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059840811</t>
+          <t>9786052398432</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Romanlar (Tek Cilt Özel Basım) (Ciltli)</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>650</v>
+        <v>65</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052398197</t>
+          <t>9786052398425</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Gençler için Nutuk (Ciltli)</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052398142</t>
+          <t>9786052398418</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052398166</t>
+          <t>9786052398401</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052398135</t>
+          <t>9786052398395</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052398159</t>
+          <t>9786052398364</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Yürüyen Ölüler: İstila</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052398180</t>
+          <t>9786052398258</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Felatun Bey ve Rakım Efendi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052398111</t>
+          <t>9786052398241</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Turta (Ciltli)</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786059840859</t>
+          <t>9786052398265</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntı Yok</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>39</v>
+        <v>290</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059840682</t>
+          <t>9786052398234</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059840675</t>
+          <t>9786059840811</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
+          <t>Sherlock Holmes Bütün Romanlar (Tek Cilt Özel Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786059840736</t>
+          <t>9786052398197</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Gençler için Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059840644</t>
+          <t>9786052398142</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler: Çöküş</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059840637</t>
+          <t>9786052398166</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeler (5 Kitaplık Kutulu Set)</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>1010</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786059840484</t>
+          <t>9786052398135</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Suç Uyanıyor</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786059840491</t>
+          <t>9786052398159</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Oyun Başladı</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786059840507</t>
+          <t>9786052398180</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Şüphenin İzinde</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786059840514</t>
+          <t>9786052398111</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bir Suçun Portresi</t>
+          <t>Elmalı Turta (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059840521</t>
+          <t>9786059840859</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Gölge Koleksiyonu</t>
+          <t>Sıkıntı Yok</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>200</v>
+        <v>39</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786059840224</t>
+          <t>9786059840682</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Pratik Köpek Bakımı ve Eğitimi</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059840217</t>
+          <t>9786059840675</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Pratik Kedi Bakımı ve Eğitimi</t>
+          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059840231</t>
+          <t>9786059840736</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Hisler</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786059840293</t>
+          <t>9786059840644</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Miras</t>
+          <t>Yürüyen Ölüler: Çöküş</t>
         </is>
       </c>
       <c r="C547" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786059045766</t>
+          <t>9786059840637</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Valinin Düşüşü</t>
+          <t>Sherlock Holmes - Bütün Hikayeler (5 Kitaplık Kutulu Set)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>370</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786056492938</t>
+          <t>9786059840484</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler</t>
+          <t>Sherlock Holmes Suç Uyanıyor</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
+          <t>9786059840491</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Oyun Başladı</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786059840507</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Şüphenin İzinde</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786059840514</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Bir Suçun Portresi</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786059840521</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Gölge Koleksiyonu</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786059840224</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Köpek Bakımı ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786059840217</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Kedi Bakımı ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786059840231</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Hisler</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786059840293</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler - Miras</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786059045766</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler - Valinin Düşüşü</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786056492938</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
           <t>9786059840408</t>
         </is>
       </c>
-      <c r="B550" s="1" t="inlineStr">
+      <c r="B560" s="1" t="inlineStr">
         <is>
           <t>Donmuş</t>
         </is>
       </c>
-      <c r="C550" s="1">
+      <c r="C560" s="1">
         <v>370</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>