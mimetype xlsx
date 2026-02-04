--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,8425 +85,9595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255915887</t>
+          <t>9786255915733</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde 2 Kutulu (Ciltli)</t>
+          <t>Baskerville’lerin Köpeği Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255915863</t>
+          <t>9786255915719</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde 2 (Ciltli)</t>
+          <t>Korku Vadisi Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255915849</t>
+          <t>9786255915726</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Konseyi - Kutulu (Ciltli)</t>
+          <t>Kızıl Dosya Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>520</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255915825</t>
+          <t>9786255915795</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Konseyi (Ciltli)</t>
+          <t>Dörtlerin İmzası Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255915894</t>
+          <t>9786255915870</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kırık Desenler (Kutulu) (Ciltli)</t>
+          <t>Çok Güldüren Karadeniz Fıkraları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>530</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255915856</t>
+          <t>9786255915986</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kırık Desenler (Ciltli)</t>
+          <t>Dost Kazanma ve İnsanları Etkileme Sanatı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255915504</t>
+          <t>9786258691009</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uzak İhtimal</t>
+          <t>Meşhur İnsanların Bilinmeyen Yönleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255915818</t>
+          <t>9786255915993</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Kral</t>
+          <t>İşten ve Yaşamdan Zevk Almanın Yolları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255915702</t>
+          <t>9786255915955</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Oblivion - Karanlık İstila</t>
+          <t>Üzüntüyü Bırak Yaşamaya Bak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255915696</t>
+          <t>9786255915979</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kral</t>
+          <t>Söz Söyleme ve İş Başarma Sanatı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255915528</t>
+          <t>9786255915764</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Sherlock Holmes Oyun Başladı (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255915627</t>
+          <t>9786255915771</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Sherlock Holmes Suç Uyanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255915665</t>
+          <t>9786255915740</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık 2 (Ciltli)</t>
+          <t>Sherlock Holmes Bir Suçun Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255915658</t>
+          <t>9786255915757</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık 2 (Kutulu) (Ciltli)</t>
+          <t>Sherlock Holmes Şüphenin İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255915672</t>
+          <t>9786255915788</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Yıldız (Ciltli)</t>
+          <t>Sherlock Holmes Gölge (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255915474</t>
+          <t>9786255915689</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Düşman</t>
+          <t>Söylemek İstediğim Her Şey</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057944597</t>
+          <t>9786255915924</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflık Meleği</t>
+          <t>Canavarımın Kalbi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255915511</t>
+          <t>9786259944272</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gibi Geçti</t>
+          <t>Ölü Tanrı'nın Şarkısı (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255915498</t>
+          <t>9786256943360</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Aşk</t>
+          <t>Bronz (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255915641</t>
+          <t>9786258318494</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum Hikâye Serisi 2. Sınıflar İçin (10 Kitap)</t>
+          <t>45. Durak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>490</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255915313</t>
+          <t>9786258318081</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Bir Bahar Akşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255915344</t>
+          <t>9786056868757</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kazları</t>
+          <t>Delilik Dağlarında</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255915337</t>
+          <t>9786056868788</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Peri Masalı</t>
+          <t>Ürkütücü Gölge</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255915306</t>
+          <t>9786257500340</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kız</t>
+          <t>Sherlock Holmes Bütün Hikayeler Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255915351</t>
+          <t>9786257500395</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Genji'nin Hikayesi</t>
+          <t>Güneşi Söndürmem Gerek Kutulu Set - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>295</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255915320</t>
+          <t>9786257500371</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Koş Melos!</t>
+          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>135</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255915481</t>
+          <t>9786257500173</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meleği'nin Bağları</t>
+          <t>Sherlock Holmes Süresiz Ajanda (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255915238</t>
+          <t>9786056987366</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve Cesaret</t>
+          <t>Virginia Woolf İngilizce Kitapları 5 Kitap Set</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255915245</t>
+          <t>9786056987335</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Başarma Sanatı</t>
+          <t>Klasik Korku Kitapları 4 Kitap Set</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255915252</t>
+          <t>9786056987304</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Demiryolu’nda Gece</t>
+          <t>Stefan Zweig Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255915290</t>
+          <t>9786056987342</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Sherlock Holmes İngilizce Kitaplar - 4 Kitap Set</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255915269</t>
+          <t>9786257500289</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Çiçekleri</t>
+          <t>Seher'in Kurdu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255915276</t>
+          <t>9786257500364</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kediyim</t>
+          <t>Güneşi Söndürmem Gerek Kutulu Set (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255915283</t>
+          <t>9786257026765</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Batan Güneş</t>
+          <t>Yeşilin Kızı Anne - Maske ve Rozet Hediyeli (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255915368</t>
+          <t>9786257310109</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Doğru Hamle</t>
+          <t>Yeşilin Kızı Anne Kutulu Set</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255915221</t>
+          <t>9786257310093</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Alaska’nın Kalbinde</t>
+          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255915191</t>
+          <t>9786257026383</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Canavarımın Yalanları</t>
+          <t>Sarı Puantiyeli Şemsiye Ciltli Set</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>395</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255915207</t>
+          <t>9786257500258</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde (Kutulu) (Ciltli)</t>
+          <t>Kırmızı Kurabiye Seti - Kadife Cilt Kutulu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>360</v>
+        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255915214</t>
+          <t>9786057944382</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde (Ciltli)</t>
+          <t>Unutulmaz Türk Klasikleri (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255915184</t>
+          <t>9786052398920</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde</t>
+          <t>Gri Kapüşonlu (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255915122</t>
+          <t>9786057944580</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çok Güldüren Nasreddin Hoca Fıkraları</t>
+          <t>Kızıl Ölümün Maskesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255915115</t>
+          <t>9786057944610</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Göbeklitepe</t>
+          <t>Bir Haftada Üç Pazar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256943315</t>
+          <t>9786057944405</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bronz (Ciltli)</t>
+          <t>İngilizce Klasik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257500821</t>
+          <t>9786057944399</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Love Pie</t>
+          <t>Modern Klasik Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>119</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057944153</t>
+          <t>9786052398500</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Aşk Klasikleri (3 Kitap Takım)</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>690</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058144071</t>
+          <t>9786056491429</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği</t>
+          <t>Ezber Bozan Mutluluklar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257310949</t>
+          <t>9786057944122</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 2</t>
+          <t>Broke &amp; Light Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>27.22</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257310918</t>
+          <t>9786052398685</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 1</t>
+          <t>Popüler Klasikler (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257310932</t>
+          <t>9786059840651</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 3</t>
+          <t>Arıları Kurtardığımız Yaz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257310536</t>
+          <t>9786059840576</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Conan: Cimmeriali Yabancı (1. Kitap)</t>
+          <t>Kayıp Kurban</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257026840</t>
+          <t>9786052398371</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Profesör Challenger’ın Maceraları Seti (4 Kitap Takım)</t>
+          <t>Kayıp Ruh Yitik Beden</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257026666</t>
+          <t>9786059840712</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Popüler İngilizce Roman Seti (10 Kitap Takım)</t>
+          <t>Sherlock Holmes Aforizmalar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1060</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257026598</t>
+          <t>9786059840439</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Leila</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255915054</t>
+          <t>9786052398494</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Vinicius</t>
+          <t>Fil Kız</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255915078</t>
+          <t>9786059840699</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Talisca</t>
+          <t>Yürüyen Ölüler (6 Kitaplık Kutulu Set)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>90</v>
+        <v>234</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255915047</t>
+          <t>9786052398272</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ronaldinho</t>
+          <t>Ayçöreği - Elmalı Turta (2 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>90</v>
+        <v>138</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255915061</t>
+          <t>9786052398883</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mourinho</t>
+          <t>Aşk Acıtır</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255915030</t>
+          <t>9786052398210</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Fernandes</t>
+          <t>Valerian ve Bin Gezegen İmparatorluğu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>90</v>
+        <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255915085</t>
+          <t>9786052398173</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Arda</t>
+          <t>Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255915092</t>
+          <t>9786059840620</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hayaleti</t>
+          <t>Vaka</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255915177</t>
+          <t>9786059045810</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet (Ciltli)</t>
+          <t>Bu Aşklar Yürek Yakar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255915160</t>
+          <t>9786257310222</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet (Ciltli)</t>
+          <t>George Orwell Set (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255915153</t>
+          <t>9786257310208</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet</t>
+          <t>Arsen Lüpen: Oyuk İğne (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>55</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255915139</t>
+          <t>9786257310215</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Boyu 1 Karış Sakalı 7 Karış</t>
+          <t>Arsen Lüpen: Herlock Sholmes'e Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256079991</t>
+          <t>9786257310352</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Azrael'in El Kitabı</t>
+          <t>Arsen Lupen Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255915009</t>
+          <t>9786257026192</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hakkında Bildiğim Her Şey</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>375</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257500005</t>
+          <t>9786257026932</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Haritası (Ciltli)</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Defter, Rozet, Ayraç ve Üç Adet Yılbaşı Kartı Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>39</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256079946</t>
+          <t>9786257310734</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Canavarımın Kanı</t>
+          <t>Yalancılar ve Yabancılar (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256079908</t>
+          <t>9786257026826</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflık Meleği</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea (Defter, Rozet, Maske Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>39</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256079939</t>
+          <t>9786257310789</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Mitoloji El Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256079915</t>
+          <t>9786257310260</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Üç Pazar</t>
+          <t>Küçük Mucizeler (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256079922</t>
+          <t>9786257026789</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ölümün Maskesi</t>
+          <t>Kayıp Dünya</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256079984</t>
+          <t>9786257026147</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sable Zirvesi</t>
+          <t>Ayçöreği - Elmalı Turta (Romeo ve Juliet Hediyeli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>370</v>
+        <v>70</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256079885</t>
+          <t>9786257026611</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>Gri Kapüşonlu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256079953</t>
+          <t>9786257026031</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık (Set) (Ciltli)</t>
+          <t>Kıyam Zamanı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>340</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256079960</t>
+          <t>9786257310475</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık</t>
+          <t>8 Mart Kadınlar Günü Kutulu Set</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>270</v>
+        <v>98</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256079977</t>
+          <t>9786057944269</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık (Ciltli)</t>
+          <t>Karanlık Kalp</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256079892</t>
+          <t>9786057944009</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşmak ve Yüklerden Kurtulmak</t>
+          <t>Ayçöreği - Elmalı Turta Set (Ciltsiz)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>130</v>
+        <v>118</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256079212</t>
+          <t>9786255915887</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çelik Prenses</t>
+          <t>Kartalın Kalbinde 2 Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256079014</t>
+          <t>9786255915863</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Uçuş</t>
+          <t>Kartalın Kalbinde 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259891491</t>
+          <t>9786255915849</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2 (Kutulu) (Ciltli)</t>
+          <t>Cadılar Konseyi - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258318302</t>
+          <t>9786255915825</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı ve Tarçın (Ciltli)</t>
+          <t>Cadılar Konseyi (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257500708</t>
+          <t>9786255915894</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Kırık Desenler (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>90</v>
+        <v>590</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257500654</t>
+          <t>9786255915856</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar Serisi Kutulu Set</t>
+          <t>Kırık Desenler (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257500098</t>
+          <t>9786255915504</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek Kutulu Set 3 Kitap Takım (Ciltli)</t>
+          <t>Uzak İhtimal</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257500111</t>
+          <t>9786255915818</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2 (Ciltli)</t>
+          <t>Acımasız Kral</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057944658</t>
+          <t>9786255915702</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mutlaka Okunması Gereken 100 Gerilim Romanı</t>
+          <t>Oblivion - Karanlık İstila</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052398708</t>
+          <t>9786255915696</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
+          <t>Çelik Kral</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>65</v>
+        <v>490</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056492945</t>
+          <t>9786255915528</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - İsyan</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257026680</t>
+          <t>9786255915627</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>55</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257026727</t>
+          <t>9786255915665</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserler Seti (8 Kitap Takım)</t>
+          <t>Yarınlar Zifiri Karanlık 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257310239</t>
+          <t>9786255915658</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Set (8 Kitap Takım Kutulu)</t>
+          <t>Yarınlar Zifiri Karanlık 2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>2970</v>
+        <v>490</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256079878</t>
+          <t>9786255915672</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Rol Yaratmak</t>
+          <t>Aykırı Yıldız (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256079861</t>
+          <t>9786255915474</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Kayıp Düşman</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256079830</t>
+          <t>9786057944597</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Kobe Bryant</t>
+          <t>Tuhaflık Meleği</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256079816</t>
+          <t>9786255915511</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Mıchael Jordan</t>
+          <t>Rüzgar Gibi Geçti</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>690</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256079854</t>
+          <t>9786255915498</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Shaquille O’neal</t>
+          <t>Geç Gelen Aşk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256079847</t>
+          <t>9786255915641</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Kevın Durant</t>
+          <t>Okumayı Seviyorum Hikâye Serisi 2. Sınıflar İçin (10 Kitap)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256079823</t>
+          <t>9786255915313</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Lebron James</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257500357</t>
+          <t>9786255915344</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
+          <t>Yaban Kazları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>520</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259462110</t>
+          <t>9786255915337</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kaçışım</t>
+          <t>Peri Masalı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257500678</t>
+          <t>9786255915306</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - 9 Kitap Kutulu Set (Ciltli)</t>
+          <t>Öğrenci Kız</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>4060</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257500463</t>
+          <t>9786255915351</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Genji'nin Hikayesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056868702</t>
+          <t>9786255915320</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Koş Melos!</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057944214</t>
+          <t>9786255915481</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>A Room of One’s Own</t>
+          <t>Aşk Meleği'nin Bağları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056978203</t>
+          <t>9786255915238</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>İnanç ve Cesaret</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057944320</t>
+          <t>9786255915245</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Dehşet</t>
+          <t>Başarma Sanatı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057944603</t>
+          <t>9786255915252</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Galaktik Demiryolu’nda Gece</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057944627</t>
+          <t>9786255915290</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052398555</t>
+          <t>9786255915269</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>Soytarı Çiçekleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057944344</t>
+          <t>9786255915276</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cthulhu’nun Çağrısı</t>
+          <t>Ben Bir Kediyim</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052398722</t>
+          <t>9786255915283</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Batan Güneş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059840729</t>
+          <t>9786255915368</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Doğru Hamle</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057944276</t>
+          <t>9786255915221</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Alaska’nın Kalbinde</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059840804</t>
+          <t>9786255915191</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Hikayeler (Tek Cilt - Özel Basım) (Ciltli)</t>
+          <t>Canavarımın Yalanları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059840842</t>
+          <t>9786255915207</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Kartalın Kalbinde (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052398609</t>
+          <t>9786255915214</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Kartalın Kalbinde (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059840262</t>
+          <t>9786255915184</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Rahatlatan Girdaplar</t>
+          <t>Kartalın Kalbinde</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059840255</t>
+          <t>9786255915122</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemli Dünyası - Hayranlık Uyandıran Bahçeler</t>
+          <t>Çok Güldüren Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059840248</t>
+          <t>9786255915115</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemli Dünyası - Fikir Veren Zendalar</t>
+          <t>100 Soruda Göbeklitepe</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257310185</t>
+          <t>9786256943315</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Seçme Eserler Özel Basım (Ciltli)</t>
+          <t>Bronz (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257026659</t>
+          <t>9786257500821</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şeytan'ın Günlüğü</t>
+          <t>Love Pie</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257026536</t>
+          <t>9786057944153</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Unutulmaz Aşk Klasikleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257310192</t>
+          <t>9786058144071</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Kibar Hırsız (Ciltli)</t>
+          <t>Ayçöreği</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257310550</t>
+          <t>9786257310949</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6 - Ingleside (Ciltli)</t>
+          <t>Samuray Sudoku 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257026420</t>
+          <t>9786257310918</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seçme Eserler Tek Cilt / Özel Basım (Ciltli)</t>
+          <t>Samuray Sudoku 1</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257026628</t>
+          <t>9786257310932</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Samuray Sudoku 3</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257026154</t>
+          <t>9786257310536</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
+          <t>Conan: Cimmeriali Yabancı (1. Kitap)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057944825</t>
+          <t>9786257026840</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Profesör Challenger’ın Maceraları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>610</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257310642</t>
+          <t>9786257026666</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Conan Seçme Eserler Tek Cilt (Ciltli)</t>
+          <t>Popüler İngilizce Roman Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>700</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257310963</t>
+          <t>9786257026598</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hayatına Yön Vermeye Hazır mısın?</t>
+          <t>Leila</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257310680</t>
+          <t>9786255915054</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Fakirler Nasıl Ölür?</t>
+          <t>Vinicius</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257310703</t>
+          <t>9786255915078</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 3</t>
+          <t>Talisca</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257310567</t>
+          <t>9786255915047</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
+          <t>Ronaldinho</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057944863</t>
+          <t>9786255915061</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Mourinho</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257026185</t>
+          <t>9786255915030</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Viking (Tek Cilt) (Ciltli)</t>
+          <t>Fernandes</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057944467</t>
+          <t>9786255915085</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>Arda</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057944832</t>
+          <t>9786255915092</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Gecenin Hayaleti</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057944535</t>
+          <t>9786255915177</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Resident Patient - Sherlock Holmes</t>
+          <t>Kutsal Emanet (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786056978234</t>
+          <t>9786255915160</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kibar Hırsız</t>
+          <t>Kutsal Emanet (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057944252</t>
+          <t>9786255915153</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Kutsal Emanet</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057944313</t>
+          <t>9786255915139</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Boyu 1 Karış Sakalı 7 Karış</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057944856</t>
+          <t>9786256079991</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>To The Lighthouse</t>
+          <t>Azrael'in El Kitabı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057944566</t>
+          <t>9786255915009</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
+          <t>Aşk Hakkında Bildiğim Her Şey</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059840835</t>
+          <t>9786257500005</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Roman Seti (4 Kitap Takım)</t>
+          <t>Yıldız Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>610</v>
+        <v>550</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256079762</t>
+          <t>9786256079946</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ölü Topraklar</t>
+          <t>Canavarımın Kanı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256943469</t>
+          <t>9786256079908</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yaralı</t>
+          <t>Tuhaflık Meleği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052398692</t>
+          <t>9786256079939</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052398388</t>
+          <t>9786256079915</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Eserleri Ciltli Set</t>
+          <t>Bir Haftada Üç Pazar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257310758</t>
+          <t>9786256079922</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Anadolu Uygarlıkları</t>
+          <t>Kızıl Ölümün Maskesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257026529</t>
+          <t>9786256079984</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>The Diary of a Madman</t>
+          <t>Sable Zirvesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>425</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256079779</t>
+          <t>9786256079885</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Elimi Tut</t>
+          <t>Bir Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256079809</t>
+          <t>9786256079953</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>Yarınlar Zifiri Karanlık (Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256079793</t>
+          <t>9786256079960</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Doğası ve Gücü</t>
+          <t>Yarınlar Zifiri Karanlık</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256079786</t>
+          <t>9786256079977</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Para Kazanma Sanatı</t>
+          <t>Yarınlar Zifiri Karanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256079700</t>
+          <t>9786256079892</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Elf Kralı</t>
+          <t>Zorlukları Aşmak ve Yüklerden Kurtulmak</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256079687</t>
+          <t>9786256079212</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meleği’nin Belirtileri</t>
+          <t>Çelik Prenses</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256079748</t>
+          <t>9786256079014</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Crimson Nehri</t>
+          <t>Yüksek Uçuş</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>370</v>
+        <v>490</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256079694</t>
+          <t>9786259891491</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Krallık</t>
+          <t>Bronz 2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256079724</t>
+          <t>9786258318302</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Büyücüler Diyarı Saklı Dünya’ya Yolculuk</t>
+          <t>Balkabağı ve Tarçın (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256079755</t>
+          <t>9786257500708</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens Kadife Kese Set (Ciltli)</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256079717</t>
+          <t>9786257500654</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens (Ciltli)</t>
+          <t>Yalancılar ve Yabancılar Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>595</v>
+        <v>800</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256079731</t>
+          <t>9786257500098</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens</t>
+          <t>Güneşi Söndürmem Gerek Kutulu Set 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>395</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256079656</t>
+          <t>9786257500111</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Döngü II (Kutulu) (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256079670</t>
+          <t>9786057944658</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>DÖNGÜ II</t>
+          <t>Mutlaka Okunması Gereken 100 Gerilim Romanı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256079663</t>
+          <t>9786052398708</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Döngü II (Ciltli)</t>
+          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256079250</t>
+          <t>9786056492945</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Topraklar</t>
+          <t>Yürüyen Ölüler - İsyan</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256079502</t>
+          <t>9786257026680</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Rafa Silva</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256079496</t>
+          <t>9786257026727</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Immobile</t>
+          <t>Stefan Zweig Seçme Eserler Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>90</v>
+        <v>850</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256079243</t>
+          <t>9786257310239</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Yürüyen Ölüler Set (8 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256079199</t>
+          <t>9786256079878</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Aboubakar</t>
+          <t>Bir Rol Yaratmak</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256079168</t>
+          <t>9786256079861</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Mbappe</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256079175</t>
+          <t>9786256079830</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Messi</t>
+          <t>Basketbolun Unutulmaz Yıldızları Kobe Bryant</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256079120</t>
+          <t>9786256079816</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Neymar</t>
+          <t>Basketbolun Unutulmaz Yıldızları Mıchael Jordan</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256079151</t>
+          <t>9786256079854</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Ronaldo</t>
+          <t>Basketbolun Unutulmaz Yıldızları Shaquille O’neal</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256079182</t>
+          <t>9786256079847</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Quaresma</t>
+          <t>Basketbolun Unutulmaz Yıldızları Kevın Durant</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256079236</t>
+          <t>9786256079823</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Foden</t>
+          <t>Basketbolun Unutulmaz Yıldızları Lebron James</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256079144</t>
+          <t>9786257500357</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bellıngham</t>
+          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>90</v>
+        <v>520</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256079137</t>
+          <t>9786259462110</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Tatlı Kaçışım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>90</v>
+        <v>425</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256079229</t>
+          <t>9786257500678</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Jasper Vadisi</t>
+          <t>Yeşilin Kızı Anne - 9 Kitap Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>370</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256079113</t>
+          <t>9786257500463</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Tarihteki Esrarengiz Olaylar</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256079106</t>
+          <t>9786056868702</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Dünya Mitolojileri</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256079076</t>
+          <t>9786057944214</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Özgür (Ciltli)</t>
+          <t>A Room of One’s Own</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256079083</t>
+          <t>9786056978203</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Özgür</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256079090</t>
+          <t>9786057944320</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Anlaşması</t>
+          <t>Mezarlıktaki Dehşet</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786259462134</t>
+          <t>9786057944603</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen 3 Suç</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786259462127</t>
+          <t>9786057944627</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen 813</t>
+          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>170</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256079052</t>
+          <t>9786052398555</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şehrin Şarkısı</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256079045</t>
+          <t>9786057944344</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şehrin Şarkısı (Ciltli)</t>
+          <t>Cthulhu’nun Çağrısı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256079021</t>
+          <t>9786052398722</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256079007</t>
+          <t>9786059840729</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bitiş Çizgisi</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259462141</t>
+          <t>9786057944276</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Alamut</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786259462196</t>
+          <t>9786059840804</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yabani Topraklar</t>
+          <t>Sherlock Holmes Bütün Hikayeler (Tek Cilt - Özel Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057944733</t>
+          <t>9786059840842</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Bütün Hikayeleri (Tek Cilt) (Ciltli)</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786259462189</t>
+          <t>9786052398609</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Işığı</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786259462158</t>
+          <t>9786059840262</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Rahatlatan Girdaplar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786259446660</t>
+          <t>9786059840255</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Eğer Kötü Olsaydık</t>
+          <t>Renklerin Gizemli Dünyası - Hayranlık Uyandıran Bahçeler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786259446653</t>
+          <t>9786059840248</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Eğer Kötü Olsaydık (Ciltli)</t>
+          <t>Renklerin Gizemli Dünyası - Fikir Veren Zendalar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786259877488</t>
+          <t>9786257310185</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Rudin</t>
+          <t>Arsen Lüpen - Seçme Eserler Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786259877495</t>
+          <t>9786257026659</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Katalonya ‘ya Selam</t>
+          <t>Şeytan'ın Günlüğü</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786259877433</t>
+          <t>9786257026536</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İkna Sanatı</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786259446684</t>
+          <t>9786257310192</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Son Ejderha Kralı</t>
+          <t>Arsen Lüpen: Kibar Hırsız (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259446646</t>
+          <t>9786257310550</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ölçüsü</t>
+          <t>Yeşilin Kızı Anne 6 - Ingleside (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786259446615</t>
+          <t>9786257026420</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>H.P. Lovecraft Seçme Eserler Tek Cilt / Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786259446622</t>
+          <t>9786257026628</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Döngü (Ciltli)</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786259446608</t>
+          <t>9786257026154</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İskoç Kaçamağı</t>
+          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>390</v>
+        <v>610</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257310772</t>
+          <t>9786057944825</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>George Orwell Seçme Eserler (Ciltli)</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257500036</t>
+          <t>9786257310642</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>Conan Seçme Eserler Tek Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786259428178</t>
+          <t>9786257310963</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Parça</t>
+          <t>Hayatına Yön Vermeye Hazır mısın?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256943650</t>
+          <t>9786257310680</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Dağa Çıkan Arabanın Sırrı</t>
+          <t>Fakirler Nasıl Ölür?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786259428185</t>
+          <t>9786257310703</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Güneş</t>
+          <t>Rüzgarın Kızı Emily 3</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259428192</t>
+          <t>9786257310567</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Güneş (Ciltli)</t>
+          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259428109</t>
+          <t>9786057944863</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256943667</t>
+          <t>9786257026185</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yangını</t>
+          <t>Viking (Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786259428116</t>
+          <t>9786057944467</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Garnet Ovası</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786259428154</t>
+          <t>9786057944832</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Masallar</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786259428147</t>
+          <t>9786057944535</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Masallar</t>
+          <t>The Adventure of the Resident Patient - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786259428130</t>
+          <t>9786056978234</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar</t>
+          <t>Arsen Lüpen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786259428123</t>
+          <t>9786057944252</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Harika Masallar</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786259877419</t>
+          <t>9786057944313</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçegi Veda</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786259877402</t>
+          <t>9786057944856</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Düşmanım</t>
+          <t>To The Lighthouse</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786259891460</t>
+          <t>9786057944566</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Venom</t>
+          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>390</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786259891484</t>
+          <t>9786059840835</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2</t>
+          <t>Sherlock Holmes Roman Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786259891477</t>
+          <t>9786256079762</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2 (Ciltli)</t>
+          <t>Ölü Topraklar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786259944289</t>
+          <t>9786256943469</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kavuşma</t>
+          <t>Yaralı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786259891439</t>
+          <t>9786052398692</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yalan Üçlemesi</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786259891446</t>
+          <t>9786052398388</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Sherlock Holmes Bütün Eserleri Ciltli Set</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>320</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786259891408</t>
+          <t>9786257310758</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Junıper Tepesi</t>
+          <t>100 Soruda Anadolu Uygarlıkları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786259944296</t>
+          <t>9786257026529</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Son Kurtarıcı</t>
+          <t>The Diary of a Madman</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256943506</t>
+          <t>9786256079779</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Altın Küller (Ciltli)</t>
+          <t>Elimi Tut</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786259944265</t>
+          <t>9786256079809</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Emma (Ciltli)</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786259891415</t>
+          <t>9786256079793</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Teyzelerini Ara</t>
+          <t>Bilincin Doğası ve Gücü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786259944203</t>
+          <t>9786256079786</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ölü Tanrı'nın Şarkısı (Ciltli)</t>
+          <t>Para Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786259944210</t>
+          <t>9786256079700</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ölü Tanrı'nın Şarkısı</t>
+          <t>Yaralı Elf Kralı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256943643</t>
+          <t>9786256079687</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çetenin Sırrı</t>
+          <t>Aşk Meleği’nin Belirtileri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786259944258</t>
+          <t>9786256079748</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Crimson Nehri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786259944241</t>
+          <t>9786256079694</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>Çarpık Krallık</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786259944227</t>
+          <t>9786256079724</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafizigi</t>
+          <t>Büyücüler Diyarı Saklı Dünya’ya Yolculuk</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786259944234</t>
+          <t>9786256079755</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizligin Kaynagı</t>
+          <t>Adige Prens Kadife Kese Set (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256943605</t>
+          <t>9786256079717</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Saklı</t>
+          <t>Adige Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>390</v>
+        <v>595</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256943612</t>
+          <t>9786256079731</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Saklı (Ciltli)</t>
+          <t>Adige Prens</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>490</v>
+        <v>395</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256943629</t>
+          <t>9786256079656</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İndigo Dağı</t>
+          <t>Döngü II (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256943636</t>
+          <t>9786256079670</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Alaskaya Giderken</t>
+          <t>DÖNGÜ II</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256943582</t>
+          <t>9786256079663</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bir Kavanoz Aşk</t>
+          <t>Döngü II (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256943568</t>
+          <t>9786256079250</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Vahşi Topraklar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256943575</t>
+          <t>9786256079502</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Cazibesi</t>
+          <t>Futbolun Büyük Yıldızları - Rafa Silva</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256943544</t>
+          <t>9786256079496</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü</t>
+          <t>Futbolun Büyük Yıldızları - Immobile</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256943551</t>
+          <t>9786256079243</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü (Ciltli)</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256943254</t>
+          <t>9786256079199</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Futbolun Büyük Yıldızları - Aboubakar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256943452</t>
+          <t>9786256079168</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Futbolun Büyük Yıldızları - Mbappe</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256943537</t>
+          <t>9786256079175</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Birbirimiz İçin Yaratılmadık</t>
+          <t>Futbolun Büyük Yıldızları - Messi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256943261</t>
+          <t>9786256079120</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Gizemi</t>
+          <t>Futbolun Büyük Yıldızları - Neymar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256943490</t>
+          <t>9786256079151</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kor Yangınlar</t>
+          <t>Futbolun Büyük Yıldızları - Ronaldo</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256943483</t>
+          <t>9786256079182</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Benimle Cennette Buluş</t>
+          <t>Quaresma</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256943414</t>
+          <t>9786256079236</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer İhtimaller (Ciltli)</t>
+          <t>Foden</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256943308 </t>
+          <t>9786256079144</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Bellıngham</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256943421</t>
+          <t>9786256079137</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer İhtimaller</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256943285</t>
+          <t>9786256079229</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Denizin Teni</t>
+          <t>Jasper Vadisi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256943407</t>
+          <t>9786256079113</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yemini</t>
+          <t>100 Soruda Tarihteki Esrarengiz Olaylar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256943476</t>
+          <t>9786256079106</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler (Kutulu)</t>
+          <t>100 Soruda Dünya Mitolojileri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256943445</t>
+          <t>9786256079076</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler</t>
+          <t>Özgür (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256943438</t>
+          <t>9786256079083</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler (Ciltli)</t>
+          <t>Özgür</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256943216 </t>
+          <t>9786256079090</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Evlilik Anlaşması</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256943209</t>
+          <t>9786259462134</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tutsak (Ciltli)</t>
+          <t>Arsen Lupen 3 Suç</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256943278</t>
+          <t>9786259462127</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bronz</t>
+          <t>Arsen Lupen 813</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256943032</t>
+          <t>9786256079052</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Öpücük</t>
+          <t>Ölü Şehrin Şarkısı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256943025</t>
+          <t>9786256079045</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Ölü Şehrin Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258318906</t>
+          <t>9786256079021</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256943018 </t>
+          <t>9786256079007</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Bitiş Çizgisi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258318241 </t>
+          <t>9786259462141</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ay’daki İlk İnsanlar</t>
+          <t>Alamut</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258318395</t>
+          <t>9786259462196</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Christie ve Agatha Dedektiflik Bürosu: Kaybolan Keşif</t>
+          <t>Yabani Topraklar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258318470 </t>
+          <t>9786057944733</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ürperten Öyküler</t>
+          <t>Edgar Allan Poe Bütün Hikayeleri (Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>95</v>
+        <v>800</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258318487</t>
+          <t>9786259462189</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ürperten Öyküler</t>
+          <t>Gecenin Işığı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>95</v>
+        <v>390</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258318920 </t>
+          <t>9786259462158</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bağlı</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256943001</t>
+          <t>9786259446660</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Eğer Kötü Olsaydık</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258318913 </t>
+          <t>9786259446653</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşı</t>
+          <t>Eğer Kötü Olsaydık (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258318838</t>
+          <t>9786259877488</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği Serisi Kutulu Set</t>
+          <t>Rudin</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>790</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258318258</t>
+          <t>9786259877495</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Katalonya ‘ya Selam</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258318388</t>
+          <t>9786259877433</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hiç Beklemediğim Anda</t>
+          <t>İkna Sanatı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258318357</t>
+          <t>9786259446684</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Son Ejderha Kralı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258318364</t>
+          <t>9786259446646</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Ahlakı</t>
+          <t>Hayatın Ölçüsü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258318500</t>
+          <t>9786259446615</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>45. Durak (Ciltli)</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258318197</t>
+          <t>9786259446622</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Döngü (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258318425</t>
+          <t>9786259446608</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bir Sarmaşık Teorisi</t>
+          <t>İskoç Kaçamağı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258318418</t>
+          <t>9786257310772</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bir Sarmaşık Teorisi (Ciltli)</t>
+          <t>George Orwell Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258318432</t>
+          <t>9786257500036</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği Yeniden</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257500784</t>
+          <t>9786259428178</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar (Ciltli)</t>
+          <t>Senden Bir Parça</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258318326</t>
+          <t>9786256943650</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem</t>
+          <t>Dağa Çıkan Arabanın Sırrı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258318227</t>
+          <t>9786259428185</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>İçimdeki Güneş</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258318319</t>
+          <t>9786259428192</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı ve Tarçın</t>
+          <t>İçimdeki Güneş (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258318265 </t>
+          <t>9786259428109</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sevimsiz Bir Tanışma</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258318296</t>
+          <t>9786256943667</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem (Ciltli)</t>
+          <t>Yalanın Yangını</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258318289</t>
+          <t>9786259428116</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem (Karton Kapak)</t>
+          <t>Garnet Ovası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257500982</t>
+          <t>9786259428154</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>The Prisoner of Zenda</t>
+          <t>Unutulmaz Masallar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257500968</t>
+          <t>9786259428147</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>The Turn of the Screw</t>
+          <t>Sevimli Masallar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257500883</t>
+          <t>9786259428130</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Klasik Masallar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257500890</t>
+          <t>9786259428123</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Harika Masallar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257500975</t>
+          <t>9786259877419</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>The Abysmal Brute</t>
+          <t>Yaban Çiçegi Veda</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257500944</t>
+          <t>9786259877402</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Five Weeks in a Balloon</t>
+          <t>Tatlı Düşmanım</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257500722</t>
+          <t>9786259891460</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sedirler'in Sırrı</t>
+          <t>Sevgili Venom</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257500838</t>
+          <t>9786259891484</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir #AşkHikayesi Değil</t>
+          <t>Bronz 2</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257500906</t>
+          <t>9786259891477</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aşklar Sokağı</t>
+          <t>Bronz 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257500845</t>
+          <t>9786259944289</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Nar (Ciltli)</t>
+          <t>Büyük Kavuşma</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257500852</t>
+          <t>9786259891439</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Nar</t>
+          <t>Yalan Üçlemesi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>350</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257500814</t>
+          <t>9786259891446</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek - 3 Kitap Kutulu Set</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257500630</t>
+          <t>9786259891408</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Bütün Şiirleri</t>
+          <t>Junıper Tepesi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257500746</t>
+          <t>9786259944296</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek</t>
+          <t>Son Kurtarıcı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257500739</t>
+          <t>9786256943506</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Düş Gemisi</t>
+          <t>Altın Küller (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257500661</t>
+          <t>9786259944265</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar Serisi Kutulu Set (Ciltli)</t>
+          <t>Emma (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>910</v>
+        <v>500</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257500517</t>
+          <t>9786259891415</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Teyzelerini Ara</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257500609</t>
+          <t>9786259944203</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 2</t>
+          <t>Ölü Tanrı'nın Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257500272</t>
+          <t>9786259944210</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 8 - Rilla (Ciltli)</t>
+          <t>Ölü Tanrı'nın Şarkısı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257500951</t>
+          <t>9786256943643</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Around The World in 80 Days</t>
+          <t>Gizli Çetenin Sırrı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257500937</t>
+          <t>9786259944258</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>The Invisible Man</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257500593</t>
+          <t>9786259944241</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 2 (Ciltli)</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257500586</t>
+          <t>9786259944227</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Kayıp Uygarlıklar</t>
+          <t>Aşkın Metafizigi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258318159</t>
+          <t>9786259944234</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği</t>
+          <t>İnsanlar Arasındaki Eşitsizligin Kaynagı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258318067</t>
+          <t>9786256943605</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light</t>
+          <t>Saklı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258318050</t>
+          <t>9786256943612</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
+          <t>Saklı (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258318135</t>
+          <t>9786256943629</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Liars and Strangers</t>
+          <t>İndigo Dağı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258318173</t>
+          <t>9786256943636</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Alfabe Öğreniyorum</t>
+          <t>Alaskaya Giderken</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258318128</t>
+          <t>9786256943582</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Bir Kavanoz Aşk</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257500715</t>
+          <t>9786256943568</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Düş Gemisi (Ciltli)</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257500876</t>
+          <t>9786256943575</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aşklar Sokağı (Ciltli)</t>
+          <t>Yalanın Cazibesi</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258318098</t>
+          <t>9786256943544</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahar Akşamı</t>
+          <t>Rüzgargülü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258318104</t>
+          <t>9786256943551</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara Serisi Kutulu Set</t>
+          <t>Rüzgargülü (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>1060</v>
+        <v>550</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258318074</t>
+          <t>9786256943254</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara Serisi Kutulu Set (Ciltli)</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>1210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257500920</t>
+          <t>9786256943452</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Kar (Ciltli)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257500999</t>
+          <t>9786256943537</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Kar</t>
+          <t>Birbirimiz İçin Yaratılmadık</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257500869</t>
+          <t>9786256943261</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Bal (Ciltli)</t>
+          <t>Varlığın Gizemi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257500913</t>
+          <t>9786256943490</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Bal</t>
+          <t>Kor Yangınlar</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257500685</t>
+          <t>9786256943483</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler (Ciltli)</t>
+          <t>Benimle Cennette Buluş</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257500647</t>
+          <t>9786256943414</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Şark Klasikleri Kutulu Set</t>
+          <t>Aşk ve Diğer İhtimaller (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>385</v>
+        <v>550</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257500562</t>
+          <t>9786256943308 </t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Son Gemi</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257500753</t>
+          <t>9786256943421</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2</t>
+          <t>Aşk ve Diğer İhtimaller</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257500760</t>
+          <t>9786256943285</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3</t>
+          <t>Denizin Teni</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257500579</t>
+          <t>9786256943407</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 9 - Avonlea Günlükleri (Ciltli)</t>
+          <t>Yalanın Yemini</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257500555</t>
+          <t>9786256943476</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Son Gemi</t>
+          <t>Yozlaşmış Harabeler (Kutulu)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257500494</t>
+          <t>9786256943445</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sünger Avcısı</t>
+          <t>Yozlaşmış Harabeler</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>95</v>
+        <v>400</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257500487</t>
+          <t>9786256943438</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım</t>
+          <t>Yozlaşmış Harabeler (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>1080</v>
+        <v>490</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257500470</t>
+          <t>9786256943216 </t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım (Ciltli)</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>1310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257500432</t>
+          <t>9786256943209</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tarzan</t>
+          <t>Tutsak (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257500418</t>
+          <t>9786256943278</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Bronz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257500449</t>
+          <t>9786256943032</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Arzu ile Kamber</t>
+          <t>Bir Milyon Öpücük</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>90</v>
+        <v>470</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257500074</t>
+          <t>9786256943025</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Haritası</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257500401</t>
+          <t>9786258318906</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257500456</t>
+          <t>9786256943018 </t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tahir ile Zühre</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257500425</t>
+          <t>9786258318241 </t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Ay’daki İlk İnsanlar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257500326</t>
+          <t>9786258318395</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Abanoz Kanatlar</t>
+          <t>Christie ve Agatha Dedektiflik Bürosu: Kaybolan Keşif</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257500333</t>
+          <t>9786258318470 </t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Öpücüğü (Ciltli)</t>
+          <t>Ürperten Öyküler</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257500388</t>
+          <t>9786258318487</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Öpücüğü Sevgililer Günü Özel Kutulu Set (Ciltli)</t>
+          <t>Ürperten Öyküler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257500302</t>
+          <t>9786258318920 </t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bin Bela Bir Karanfil (Ciltli)</t>
+          <t>Bağlı</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257500319</t>
+          <t>9786256943001</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bin Bela Bir Karanfil</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257500265</t>
+          <t>9786258318913 </t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Ev Arkadaşı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257500135</t>
+          <t>9786258318838</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Seçme Eserler (Ciltli)</t>
+          <t>Yaban Çiçeği Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>550</v>
+        <v>910</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257500227</t>
+          <t>9786258318258</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257500210</t>
+          <t>9786258318388</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2</t>
+          <t>Hiç Beklemediğim Anda</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257500203</t>
+          <t>9786258318357</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257500081</t>
+          <t>9786258318364</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Siyaset Ahlakı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257500197</t>
+          <t>9786258318500</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Rahibin Kızı Dorothy</t>
+          <t>45. Durak (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257500296</t>
+          <t>9786258318197</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurabiye</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257500241</t>
+          <t>9786258318425</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurabiye (Ciltli)</t>
+          <t>Bir Sarmaşık Teorisi</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257500012</t>
+          <t>9786258318418</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Gecesi</t>
+          <t>Bir Sarmaşık Teorisi (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257500142</t>
+          <t>9786258318432</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Yaban Çiçeği Yeniden</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257500067</t>
+          <t>9786257500784</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra’da Beş Parasız</t>
+          <t>Küçük Kadınlar (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257310987</t>
+          <t>9786258318326</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon</t>
+          <t>Eğer Peşinden Gelirsem</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257500104</t>
+          <t>9786258318227</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3 (Ciltli)</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257500128</t>
+          <t>9786258318319</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek (Ciltli)</t>
+          <t>Balkabağı ve Tarçın</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257500029</t>
+          <t>9786258318265 </t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Notaları</t>
+          <t>Sevimsiz Bir Tanışma</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257310994</t>
+          <t>9786258318296</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Eğer Peşinden Gelirsem (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257310857</t>
+          <t>9786258318289</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Eğer Peşinden Gelirsem (Karton Kapak)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257310970</t>
+          <t>9786257500982</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
+          <t>The Prisoner of Zenda</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257310925</t>
+          <t>9786257500968</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 4</t>
+          <t>The Turn of the Screw</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257310956</t>
+          <t>9786257500883</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Gecesi (Ciltli)</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257310833</t>
+          <t>9786257500890</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Depo</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257310826</t>
+          <t>9786257500975</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily Kutulu Set (3 Kitap Takım)</t>
+          <t>The Abysmal Brute</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>910</v>
+        <v>220</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257310840</t>
+          <t>9786257500944</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Normalin Ötesinde (Ciltli)</t>
+          <t>Five Weeks in a Balloon</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257310802</t>
+          <t>9786257500722</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Umut Parkı</t>
+          <t>Karanlık Sedirler'in Sırrı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257310819</t>
+          <t>9786257500838</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily (3 Kitap Set - Ciltli Kutulu)</t>
+          <t>Bu Bir #AşkHikayesi Değil</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1210</v>
+        <v>85</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257310741</t>
+          <t>9786257500906</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar</t>
+          <t>Yalancı Aşklar Sokağı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257310710</t>
+          <t>9786257500845</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 3 (Ciltli)</t>
+          <t>Bilinmeyen Numara - Nar (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257310697</t>
+          <t>9786257500852</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Yürek Burgusu</t>
+          <t>Bilinmeyen Numara - Nar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257310499</t>
+          <t>9786257500814</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Güneşi Söndürmem Gerek - 3 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>270</v>
+        <v>610</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257310727</t>
+          <t>9786257500630</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar (Ciltli)</t>
+          <t>Orhan Veli Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257310635</t>
+          <t>9786257500746</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257310666</t>
+          <t>9786257500739</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 2</t>
+          <t>Düş Gemisi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257310659</t>
+          <t>9786257500661</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 2 (Ciltli)</t>
+          <t>Yalancılar ve Yabancılar Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>400</v>
+        <v>910</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257310673</t>
+          <t>9786257500517</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Conan Seti (3 Kitap)</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>910</v>
+        <v>150</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257310529</t>
+          <t>9786257500609</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Conan: Büyünün ve Kılıcın Gölgesinde (2. Kitap)</t>
+          <t>Yalancılar ve Yabancılar 2</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257310543</t>
+          <t>9786257500272</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Conan : Aslanlı Tahtın Kaderi (3. Kitap)</t>
+          <t>Yeşilin Kızı Anne 8 - Rilla (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257310253</t>
+          <t>9786257500951</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizeler</t>
+          <t>Around The World in 80 Days</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257310512</t>
+          <t>9786257500937</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 1</t>
+          <t>The Invisible Man</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257310369</t>
+          <t>9786257500593</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Yalancılar ve Yabancılar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257310505</t>
+          <t>9786257500586</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily (Ciltli)</t>
+          <t>100 Soruda Kayıp Uygarlıklar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257310338</t>
+          <t>9786258318159</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5 Hayaller Evi</t>
+          <t>Yaban Çiçeği</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257310444</t>
+          <t>9786258318067</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Ahududu</t>
+          <t>Broke and Light</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257310376</t>
+          <t>9786258318050</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı (Ciltli)</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257310468</t>
+          <t>9786258318135</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Umut Parkı (Ciltli)</t>
+          <t>Liars and Strangers</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257310284</t>
+          <t>9786258318173</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Etkinliklerle Alfabe Öğreniyorum</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257310277</t>
+          <t>9786258318128</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gibiydik</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257310307</t>
+          <t>9786257500715</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5 - Hayaller Evi (Ciltli)</t>
+          <t>Düş Gemisi (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257310161</t>
+          <t>9786257500876</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Ahududu (Ciltli)</t>
+          <t>Yalancı Aşklar Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257310123</t>
+          <t>9786258318098</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
+          <t>Bir Bahar Akşamı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257310024</t>
+          <t>9786258318104</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Bilinmeyen Numara Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>85</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257310031</t>
+          <t>9786258318074</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Bilinmeyen Numara Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>270</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257310130</t>
+          <t>9786257500920</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler (Ciltli)</t>
+          <t>Bilinmeyen Numara - Kar (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257026956</t>
+          <t>9786257500999</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserler (Ciltli)</t>
+          <t>Bilinmeyen Numara - Kar</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257026925</t>
+          <t>9786257500869</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
+          <t>Bilinmeyen Numara - Bal (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257310000</t>
+          <t>9786257500913</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Kutulu Set</t>
+          <t>Bilinmeyen Numara - Bal</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>1060</v>
+        <v>400</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257310017</t>
+          <t>9786257500685</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
+          <t>Uğultulu Tepeler (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>1360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257026918</t>
+          <t>9786257500647</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Ciltli)</t>
+          <t>Şark Klasikleri Kutulu Set</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257026796</t>
+          <t>9786257500562</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Dalga</t>
+          <t>Son Gemi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>69</v>
+        <v>400</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257026819</t>
+          <t>9786257500753</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Çığlığı</t>
+          <t>Güneşi Söndürmem Gerek 2</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>69</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257026857</t>
+          <t>9786257500760</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
+          <t>Güneşi Söndürmem Gerek 3</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257026772</t>
+          <t>9786257500579</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Limon Çiçeği</t>
+          <t>Yeşilin Kızı Anne 9 - Avonlea Günlükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257026802</t>
+          <t>9786257500555</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sisler Diyarı</t>
+          <t>Son Gemi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257026758</t>
+          <t>9786257500494</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea (Ciltli)</t>
+          <t>Sünger Avcısı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257026703</t>
+          <t>9786257500487</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Mucizeyle Randevu</t>
+          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>75</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257026697</t>
+          <t>9786257500470</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>75</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257026710</t>
+          <t>9786257500432</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Limon Çiçeği (Ciltli)</t>
+          <t>Tarzan</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257026314</t>
+          <t>9786257500418</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257026673</t>
+          <t>9786257500449</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Arzu ile Kamber</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257026543</t>
+          <t>9786257500074</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>First Love</t>
+          <t>Yıldız Haritası</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257026505</t>
+          <t>9786257500401</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>What Men Live By</t>
+          <t>Ferhat ile Şirin</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257026406</t>
+          <t>9786257500456</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sicilya'da Bir Aşk Hikayesi</t>
+          <t>Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257026635</t>
+          <t>9786257500425</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257026642</t>
+          <t>9786257500326</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kibarlık Budalası</t>
+          <t>Abanoz Kanatlar</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257026512</t>
+          <t>9786257500333</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>The Royal Game</t>
+          <t>Kuantum Öpücüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257026451</t>
+          <t>9786257500388</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Lucid</t>
+          <t>Kuantum Öpücüğü Sevgililer Günü Özel Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257026475</t>
+          <t>9786257500302</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Lanetlenmiş</t>
+          <t>Bin Bela Bir Karanfil (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257026482</t>
+          <t>9786257500319</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kurban Seti (4 Kitap Takım)</t>
+          <t>Bin Bela Bir Karanfil</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>1490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257026499</t>
+          <t>9786257500265</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257026468</t>
+          <t>9786257500135</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (Ciltli)</t>
+          <t>Franz Kafka Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257026208</t>
+          <t>9786257500227</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Sarı Puantiyeli Şemsiye (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek 3</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257026369</t>
+          <t>9786257500210</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Güneşi Söndürmem Gerek 2</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257026413</t>
+          <t>9786257500203</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali (Bütün Eserleri-Tek Cilt) (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257026390</t>
+          <t>9786257500081</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257026352</t>
+          <t>9786257500197</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Rahibin Kızı Dorothy</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257026215</t>
+          <t>9786257500296</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sarı Puantiyeli Şemsiye</t>
+          <t>Kırmızı Kurabiye</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257026178</t>
+          <t>9786257500241</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası</t>
+          <t>Kırmızı Kurabiye (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257026024</t>
+          <t>9786257500012</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Bir İstanbul Gecesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257026017</t>
+          <t>9786257500142</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üzerine</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786056978227</t>
+          <t>9786257500067</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Sahra Seti (4 Kitap Takım Kutulu)</t>
+          <t>Paris ve Londra’da Beş Parasız</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>1660</v>
+        <v>320</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786056978210</t>
+          <t>9786257310987</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Yüce Tanrı Pan</t>
+          <t>Şampiyon</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257500043</t>
+          <t>9786257500104</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Oyuk İğne</t>
+          <t>Güneşi Söndürmem Gerek 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057944931</t>
+          <t>9786257500128</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Güneşi Söndürmem Gerek (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057944948</t>
+          <t>9786257500029</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
+          <t>Aşkın Notaları</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057944955</t>
+          <t>9786257310994</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar (Ciltli)</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057944924</t>
+          <t>9786257310857</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Eve Dönüş</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057944870</t>
+          <t>9786257310970</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Golos (Rusça Ses)</t>
+          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057944894</t>
+          <t>9786257310925</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Samuray Sudoku 4</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057944849</t>
+          <t>9786257310956</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Jacob’s Room</t>
+          <t>Bir İstanbul Gecesi (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258318371</t>
+          <t>9786257310833</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche İle Yürümek</t>
+          <t>Kiralık Depo</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057944818</t>
+          <t>9786257310826</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış</t>
+          <t>Rüzgarın Kızı Emily Kutulu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>370</v>
+        <v>910</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057944450</t>
+          <t>9786257310840</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>The Call Of The Wild</t>
+          <t>Normalin Ötesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057944443</t>
+          <t>9786257310802</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>The Murders In The Rue Morgue</t>
+          <t>Umut Parkı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057944764</t>
+          <t>9786257310819</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>Rüzgarın Kızı Emily (3 Kitap Set - Ciltli Kutulu)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>250</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786057944634</t>
+          <t>9786257310741</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Yalancılar ve Yabancılar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>65</v>
+        <v>400</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057944672</t>
+          <t>9786257310710</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Amok</t>
+          <t>Rüzgarın Kızı Emily 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057944689</t>
+          <t>9786257310697</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Letter From An Unknown Woman</t>
+          <t>Yürek Burgusu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786057944696</t>
+          <t>9786257310499</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Carmilla</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786057944665</t>
+          <t>9786257310727</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>The Art Of War</t>
+          <t>Yalancılar ve Yabancılar (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057944719</t>
+          <t>9786257310635</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Jane Eyre (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057944702</t>
+          <t>9786257310666</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Dr. Moreau’nun Adası</t>
+          <t>Rüzgarın Kızı Emily 2</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786057944504</t>
+          <t>9786257310659</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Creeping Man - Sherlock Holmes</t>
+          <t>Rüzgarın Kızı Emily 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057944511</t>
+          <t>9786257310673</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of Silver Blaze - Sherlock Holmes</t>
+          <t>Conan Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>220</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057944498</t>
+          <t>9786257310529</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Devil's Foot - Sherlock Holmes</t>
+          <t>Conan: Büyünün ve Kılıcın Gölgesinde (2. Kitap)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786057944559</t>
+          <t>9786257310543</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
+          <t>Conan : Aslanlı Tahtın Kaderi (3. Kitap)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>1750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057944573</t>
+          <t>9786257310253</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bayan Dalloway</t>
+          <t>Küçük Mucizeler</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786057944436</t>
+          <t>9786257310512</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Rüzgarın Kızı Emily 1</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057944429</t>
+          <t>9786257310369</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786057944412</t>
+          <t>9786257310505</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Rüzgarın Kızı Emily (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786057944474</t>
+          <t>9786257310338</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Yeşilin Kızı Anne 5 Hayaller Evi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786057944375</t>
+          <t>9786257310444</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Denizler Kuruyana Kadar</t>
+          <t>Üç Yapraklı Ahududu</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786057944368</t>
+          <t>9786257310376</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Uyku Duvarının Ardında</t>
+          <t>Gurur ve Önyargı (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786057944351</t>
+          <t>9786257310468</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Dışından Gelen Gölge</t>
+          <t>Umut Parkı (Ciltli)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786057944337</t>
+          <t>9786257310284</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Delilik Dağlarında</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786057944221</t>
+          <t>9786257310277</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Hayal Gibiydik</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786057944160</t>
+          <t>9786257310307</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Yeşilin Kızı Anne 5 - Hayaller Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>65</v>
+        <v>500</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786057944177</t>
+          <t>9786257310161</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Üç Yapraklı Ahududu (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>95</v>
+        <v>550</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786057944191</t>
+          <t>9786257310123</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786057944238</t>
+          <t>9786257310024</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Heart of Darkness</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>22</v>
+        <v>120</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786057944207</t>
+          <t>9786257310031</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786057944283</t>
+          <t>9786257310130</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786057944290</t>
+          <t>9786257026956</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Stefan Zweig Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786057944306</t>
+          <t>9786257026925</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258318210</t>
+          <t>9786257310000</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hortlak İzciler: Ölüler Kampına Hoş Geldiniz!</t>
+          <t>Yeşilin Kızı Anne Kutulu Set</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>190</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786057944139</t>
+          <t>9786257310017</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light</t>
+          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>325</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786057944146</t>
+          <t>9786257026918</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Viking Kutulu Set (3 Kitap)</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>1060</v>
+        <v>500</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786056868764</t>
+          <t>9786257026796</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Bul ve Yok Et</t>
+          <t>Zehirli Dalga</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786057944108</t>
+          <t>9786257026819</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Odin'in Oğlu - Viking</t>
+          <t>Dünya’nın Çığlığı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786057944092</t>
+          <t>9786257026857</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşi - Viking</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786057944115</t>
+          <t>9786257026772</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kral'ın Adamı - Viking</t>
+          <t>Sevgili Limon Çiçeği</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786057944078</t>
+          <t>9786257026802</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Sisler Diyarı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786056868795</t>
+          <t>9786257026758</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Prensesi Vampir Carmilla</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>95</v>
+        <v>500</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786057944085</t>
+          <t>9786257026703</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light (Ciltli)</t>
+          <t>Mucizeyle Randevu</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052398593</t>
+          <t>9786257026697</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059840583</t>
+          <t>9786257026710</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği (Ciltli)</t>
+          <t>Sevgili Limon Çiçeği (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786056868771</t>
+          <t>9786257026314</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Çürümüş - Mükemmel Kurban</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786056868740</t>
+          <t>9786257026673</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786056868733</t>
+          <t>9786257026543</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>First Love</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>55</v>
+        <v>170</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786056868726</t>
+          <t>9786257026505</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>What Men Live By</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786058144095</t>
+          <t>9786257026406</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Sicilya'da Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786058144088</t>
+          <t>9786257026635</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Turta</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052398951</t>
+          <t>9786257026642</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Kibarlık Budalası</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052398944</t>
+          <t>9786257026512</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>The Royal Game</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>65</v>
+        <v>170</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052398968</t>
+          <t>9786257026451</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Lucid</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>85</v>
+        <v>400</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052398975</t>
+          <t>9786257026475</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Vaka - 2</t>
+          <t>Lanetlenmiş</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052398715</t>
+          <t>9786257026482</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Lyon'da Düğün</t>
+          <t>Mükemmel Kurban Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>65</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052398845</t>
+          <t>9786257026499</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052398616</t>
+          <t>9786257026468</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Yeşilin Kızı Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052398623</t>
+          <t>9786257026208</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Sarı Puantiyeli Şemsiye (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052398746</t>
+          <t>9786257026369</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052398579</t>
+          <t>9786257026413</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Sabahattin Ali (Bütün Eserleri-Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052398739</t>
+          <t>9786257026390</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052398586</t>
+          <t>9786257026352</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>65</v>
+        <v>320</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052398517</t>
+          <t>9786257026215</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Uzanırken Yapabileceğiniz 100 Şey</t>
+          <t>Sarı Puantiyeli Şemsiye</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>85</v>
+        <v>450</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052398562</t>
+          <t>9786257026178</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Dünün Dünyası</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052398470</t>
+          <t>9786257026024</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052398449</t>
+          <t>9786257026017</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Aşk Üzerine</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052398463</t>
+          <t>9786056978227</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Zeynep Sahra Seti (4 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>120</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052398487</t>
+          <t>9786056978210</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Yüce Tanrı Pan</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052398456</t>
+          <t>9786257500043</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Arsen Lüpen: Oyuk İğne</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052398432</t>
+          <t>9786057944931</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>65</v>
+        <v>290</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052398425</t>
+          <t>9786057944948</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052398418</t>
+          <t>9786057944955</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052398401</t>
+          <t>9786057944924</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Yürüyen Ölüler - Eve Dönüş</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052398395</t>
+          <t>9786057944870</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Golos (Rusça Ses)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052398364</t>
+          <t>9786057944894</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler: İstila</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052398258</t>
+          <t>9786057944849</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Jacob’s Room</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052398241</t>
+          <t>9786258318371</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Nietzsche İle Yürümek</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052398265</t>
+          <t>9786057944818</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Parçalanmış</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052398234</t>
+          <t>9786057944450</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>The Call Of The Wild</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059840811</t>
+          <t>9786057944443</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Romanlar (Tek Cilt Özel Basım) (Ciltli)</t>
+          <t>The Murders In The Rue Morgue</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052398197</t>
+          <t>9786057944764</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Gençler için Nutuk (Ciltli)</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052398142</t>
+          <t>9786057944634</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052398166</t>
+          <t>9786057944672</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Amok</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052398135</t>
+          <t>9786057944689</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Letter From An Unknown Woman</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052398159</t>
+          <t>9786057944696</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Carmilla</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052398180</t>
+          <t>9786057944665</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>The Art Of War</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052398111</t>
+          <t>9786057944719</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Turta (Ciltli)</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>425</v>
+        <v>370</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059840859</t>
+          <t>9786057944702</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntı Yok</t>
+          <t>Dr. Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>39</v>
+        <v>250</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786059840682</t>
+          <t>9786057944504</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>The Adventure of the Creeping Man - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059840675</t>
+          <t>9786057944511</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
+          <t>The Adventure of Silver Blaze - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059840736</t>
+          <t>9786057944498</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>The Adventure of the Devil's Foot - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786059840644</t>
+          <t>9786057944559</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler: Çöküş</t>
+          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>370</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786059840637</t>
+          <t>9786057944573</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeler (5 Kitaplık Kutulu Set)</t>
+          <t>Bayan Dalloway</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>1010</v>
+        <v>290</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786059840484</t>
+          <t>9786057944436</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Suç Uyanıyor</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786059840491</t>
+          <t>9786057944429</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Oyun Başladı</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786059840507</t>
+          <t>9786057944412</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Şüphenin İzinde</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786059840514</t>
+          <t>9786057944474</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bir Suçun Portresi</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786059840521</t>
+          <t>9786057944375</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Gölge Koleksiyonu</t>
+          <t>Denizler Kuruyana Kadar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786059840224</t>
+          <t>9786057944368</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Pratik Köpek Bakımı ve Eğitimi</t>
+          <t>Uyku Duvarının Ardında</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059840217</t>
+          <t>9786057944351</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Pratik Kedi Bakımı ve Eğitimi</t>
+          <t>Zamanın Dışından Gelen Gölge</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786059840231</t>
+          <t>9786057944337</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Hisler</t>
+          <t>Delilik Dağlarında</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786059840293</t>
+          <t>9786057944221</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Miras</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059045766</t>
+          <t>9786057944160</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Valinin Düşüşü</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786056492938</t>
+          <t>9786057944177</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>370</v>
+        <v>130</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
+          <t>9786057944191</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>The Time Machine</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786057944238</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Heart of Darkness</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786057944207</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Metamorphosis</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786057944283</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786057944290</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786057944306</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786258318210</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Hortlak İzciler: Ölüler Kampına Hoş Geldiniz!</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786057944139</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Broke and Light</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786057944146</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Viking Kutulu Set (3 Kitap)</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786056868764</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler - Bul ve Yok Et</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786057944108</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Odin'in Oğlu - Viking</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786057944092</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Kan Kardeşi - Viking</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786057944115</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Kral'ın Adamı - Viking</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786057944078</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Madam Bovary</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786056868795</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıklar Prensesi Vampir Carmilla</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786057944085</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Broke and Light (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786052398593</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Şıpsevdi</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786059840583</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Ayçöreği (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786056868771</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Çürümüş - Mükemmel Kurban</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786056868740</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates'in Savunması</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786056868733</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786056868726</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Memnu</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786058144095</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yahut Silistre</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786058144088</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Elmalı Turta</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786052398951</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786052398944</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>İtiraflarım</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786052398968</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltından Notlar</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786052398975</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Vaka - 2</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786052398715</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Lyon'da Düğün</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786052398845</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Buyurdu Zerdüşt</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786052398616</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Mai ve Siyah</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786052398623</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Gatsby</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786052398746</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Makinesi</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786052398579</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Dava</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786052398739</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Dünyalar Savaşı</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786052398586</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>İlk Aşk</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786052398517</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Uzanırken Yapabileceğiniz 100 Şey</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786052398562</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Milena’ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786052398470</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Sanatı</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786052398449</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786052398463</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Oda</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786052398487</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne ile Yaşar?</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786052398456</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther’in Acıları</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786052398432</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786052398425</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Bir Delinin Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786052398418</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786052398401</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Babaya Mektup</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786052398395</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786052398364</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler: İstila</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786052398258</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ve Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786052398241</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786052398265</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Gulyabani</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786052398234</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786059840811</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Bütün Romanlar (Tek Cilt Özel Basım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786052398197</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Gençler için Nutuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786052398142</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786052398166</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Şık</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786052398135</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Karabibik</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786052398159</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786052398180</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786052398111</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Elmalı Turta (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786059840859</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Sıkıntı Yok</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786059840682</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786059840675</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786059840736</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786059840644</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler: Çöküş</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786059840637</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Bütün Hikayeler (5 Kitaplık Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786059840484</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Suç Uyanıyor</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786059840491</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Oyun Başladı</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786059840507</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Şüphenin İzinde</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786059840514</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Bir Suçun Portresi</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786059840521</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Gölge Koleksiyonu</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786059840224</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Köpek Bakımı ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786059840217</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Kedi Bakımı ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786059840231</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Hisler</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786059840293</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler - Miras</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786059045766</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler - Valinin Düşüşü</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786056492938</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
           <t>9786059840408</t>
         </is>
       </c>
-      <c r="B560" s="1" t="inlineStr">
+      <c r="B638" s="1" t="inlineStr">
         <is>
           <t>Donmuş</t>
         </is>
       </c>
-      <c r="C560" s="1">
-        <v>370</v>
+      <c r="C638" s="1">
+        <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>