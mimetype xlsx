--- v2 (2026-02-04)
+++ v3 (2026-03-29)
@@ -85,9595 +85,9745 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255915733</t>
+          <t>9786255915962</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği Sherlock Holmes (Ciltli)</t>
+          <t>Dünya Tersine Döndüğünde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255915719</t>
+          <t>9786258691054</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi Sherlock Holmes (Ciltli)</t>
+          <t>Yapraklar ve Buz Tacı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255915726</t>
+          <t>9786258691030</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya Sherlock Holmes (Ciltli)</t>
+          <t>Bal ve Kül Sarayı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255915795</t>
+          <t>9786258691047</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası Sherlock Holmes (Ciltli)</t>
+          <t>Tüyler ve Kemik Tahtı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255915870</t>
+          <t>9786258691061</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çok Güldüren Karadeniz Fıkraları</t>
+          <t>Sümerler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255915986</t>
+          <t>9786255915948</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dost Kazanma ve İnsanları Etkileme Sanatı</t>
+          <t>Seyahatname</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258691009</t>
+          <t>9786258691023</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Meşhur İnsanların Bilinmeyen Yönleri</t>
+          <t>Aykırı Gece</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255915993</t>
+          <t>9786258691078</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İşten ve Yaşamdan Zevk Almanın Yolları</t>
+          <t>İlk Çağlarda Yemek Kültürü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255915955</t>
+          <t>9786255915917</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüyü Bırak Yaşamaya Bak</t>
+          <t>Deniz Kızlarına İnandığımızda</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255915979</t>
+          <t>9786255915900</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Söz Söyleme ve İş Başarma Sanatı</t>
+          <t>Burayı İmzala</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255915764</t>
+          <t>9786255915733</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Oyun Başladı (Ciltli)</t>
+          <t>Baskerville’lerin Köpeği Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255915771</t>
+          <t>9786255915719</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Suç Uyanıyor (Ciltli)</t>
+          <t>Korku Vadisi Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255915740</t>
+          <t>9786255915726</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bir Suçun Portresi (Ciltli)</t>
+          <t>Kızıl Dosya Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255915757</t>
+          <t>9786255915795</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Şüphenin İzinde (Ciltli)</t>
+          <t>Dörtlerin İmzası Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255915788</t>
+          <t>9786255915870</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Gölge (Ciltli)</t>
+          <t>Çok Güldüren Karadeniz Fıkraları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255915689</t>
+          <t>9786255915986</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Söylemek İstediğim Her Şey</t>
+          <t>Dost Kazanma ve İnsanları Etkileme Sanatı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255915924</t>
+          <t>9786258691009</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Canavarımın Kalbi</t>
+          <t>Meşhur İnsanların Bilinmeyen Yönleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259944272</t>
+          <t>9786255915993</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ölü Tanrı'nın Şarkısı (Kutulu) (Ciltli)</t>
+          <t>İşten ve Yaşamdan Zevk Almanın Yolları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256943360</t>
+          <t>9786255915955</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bronz (Kutulu) (Ciltli)</t>
+          <t>Üzüntüyü Bırak Yaşamaya Bak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258318494</t>
+          <t>9786255915979</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>45. Durak</t>
+          <t>Söz Söyleme ve İş Başarma Sanatı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258318081</t>
+          <t>9786255915764</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahar Akşamı (Ciltli)</t>
+          <t>Sherlock Holmes Oyun Başladı (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056868757</t>
+          <t>9786255915771</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Delilik Dağlarında</t>
+          <t>Sherlock Holmes Suç Uyanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>20</v>
+        <v>390</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056868788</t>
+          <t>9786255915740</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ürkütücü Gölge</t>
+          <t>Sherlock Holmes Bir Suçun Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>20</v>
+        <v>390</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257500340</t>
+          <t>9786255915757</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Hikayeler Seti - 5 Kitap Takım</t>
+          <t>Sherlock Holmes Şüphenin İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257500395</t>
+          <t>9786255915788</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek Kutulu Set - 3 Kitap Takım</t>
+          <t>Sherlock Holmes Gölge (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257500371</t>
+          <t>9786255915689</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
+          <t>Söylemek İstediğim Her Şey</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257500173</t>
+          <t>9786255915924</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Süresiz Ajanda (Ciltli)</t>
+          <t>Canavarımın Kalbi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056987366</t>
+          <t>9786259944272</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf İngilizce Kitapları 5 Kitap Set</t>
+          <t>Ölü Tanrı'nın Şarkısı (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056987335</t>
+          <t>9786256943360</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Klasik Korku Kitapları 4 Kitap Set</t>
+          <t>Bronz (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>83</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056987304</t>
+          <t>9786258318494</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti - 6 Kitap Takım</t>
+          <t>45. Durak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056987342</t>
+          <t>9786258318081</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes İngilizce Kitaplar - 4 Kitap Set</t>
+          <t>Bir Bahar Akşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257500289</t>
+          <t>9786056868757</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Seher'in Kurdu</t>
+          <t>Delilik Dağlarında</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257500364</t>
+          <t>9786056868788</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek Kutulu Set (3 Kitap Takım) (Ciltli)</t>
+          <t>Ürkütücü Gölge</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257026765</t>
+          <t>9786257500340</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Maske ve Rozet Hediyeli (Ciltli)</t>
+          <t>Sherlock Holmes Bütün Hikayeler Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257310109</t>
+          <t>9786257500395</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Kutulu Set</t>
+          <t>Güneşi Söndürmem Gerek Kutulu Set - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>105</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257310093</t>
+          <t>9786257500371</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
+          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257026383</t>
+          <t>9786257500173</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sarı Puantiyeli Şemsiye Ciltli Set</t>
+          <t>Sherlock Holmes Süresiz Ajanda (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257500258</t>
+          <t>9786056987366</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurabiye Seti - Kadife Cilt Kutulu</t>
+          <t>Virginia Woolf İngilizce Kitapları 5 Kitap Set</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>159</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057944382</t>
+          <t>9786056987335</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Türk Klasikleri (6 Kitap Takım)</t>
+          <t>Klasik Korku Kitapları 4 Kitap Set</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>129</v>
+        <v>83</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052398920</t>
+          <t>9786056987304</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gri Kapüşonlu (Ciltli)</t>
+          <t>Stefan Zweig Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057944580</t>
+          <t>9786056987342</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ölümün Maskesi</t>
+          <t>Sherlock Holmes İngilizce Kitaplar - 4 Kitap Set</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057944610</t>
+          <t>9786257500289</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Üç Pazar</t>
+          <t>Seher'in Kurdu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057944405</t>
+          <t>9786257500364</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Klasik Seti (4 Kitap Takım)</t>
+          <t>Güneşi Söndürmem Gerek Kutulu Set (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057944399</t>
+          <t>9786257026765</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Modern Klasik Seti (10 Kitap Takım)</t>
+          <t>Yeşilin Kızı Anne - Maske ve Rozet Hediyeli (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>119</v>
+        <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052398500</t>
+          <t>9786257310109</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Yeşilin Kızı Anne Kutulu Set</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056491429</t>
+          <t>9786257310093</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Mutluluklar</t>
+          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>16</v>
+        <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057944122</t>
+          <t>9786257026383</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Broke &amp; Light Seti (Ciltli)</t>
+          <t>Sarı Puantiyeli Şemsiye Ciltli Set</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>27.22</v>
+        <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052398685</t>
+          <t>9786257500258</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Popüler Klasikler (10 Kitap Set)</t>
+          <t>Kırmızı Kurabiye Seti - Kadife Cilt Kutulu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>159</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059840651</t>
+          <t>9786057944382</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arıları Kurtardığımız Yaz</t>
+          <t>Unutulmaz Türk Klasikleri (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>18</v>
+        <v>129</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059840576</t>
+          <t>9786052398920</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kurban</t>
+          <t>Gri Kapüşonlu (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>19</v>
+        <v>49</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052398371</t>
+          <t>9786057944580</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruh Yitik Beden</t>
+          <t>Kızıl Ölümün Maskesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059840712</t>
+          <t>9786057944610</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Aforizmalar</t>
+          <t>Bir Haftada Üç Pazar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059840439</t>
+          <t>9786057944405</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>İngilizce Klasik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052398494</t>
+          <t>9786057944399</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fil Kız</t>
+          <t>Modern Klasik Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>24</v>
+        <v>119</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059840699</t>
+          <t>9786052398500</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler (6 Kitaplık Kutulu Set)</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>234</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052398272</t>
+          <t>9786056491429</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta (2 Kitap Set) (Ciltli)</t>
+          <t>Ezber Bozan Mutluluklar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>138</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052398883</t>
+          <t>9786057944122</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aşk Acıtır</t>
+          <t>Broke &amp; Light Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>35</v>
+        <v>27.22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052398210</t>
+          <t>9786052398685</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Valerian ve Bin Gezegen İmparatorluğu</t>
+          <t>Popüler Klasikler (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>29</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052398173</t>
+          <t>9786059840651</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Ciltli)</t>
+          <t>Arıları Kurtardığımız Yaz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059840620</t>
+          <t>9786059840576</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Vaka</t>
+          <t>Kayıp Kurban</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059045810</t>
+          <t>9786052398371</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşklar Yürek Yakar</t>
+          <t>Kayıp Ruh Yitik Beden</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257310222</t>
+          <t>9786059840712</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>George Orwell Set (2 Kitap Takım)</t>
+          <t>Sherlock Holmes Aforizmalar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257310208</t>
+          <t>9786059840439</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Oyuk İğne (Ciltli)</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257310215</t>
+          <t>9786052398494</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Herlock Sholmes'e Karşı (Ciltli)</t>
+          <t>Fil Kız</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>55</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257310352</t>
+          <t>9786059840699</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Yürüyen Ölüler (6 Kitaplık Kutulu Set)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>165</v>
+        <v>234</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257026192</t>
+          <t>9786052398272</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Ayçöreği - Elmalı Turta (2 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>19</v>
+        <v>138</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257026932</t>
+          <t>9786052398883</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Defter, Rozet, Ayraç ve Üç Adet Yılbaşı Kartı Hediyeli) (Ciltli)</t>
+          <t>Aşk Acıtır</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257310734</t>
+          <t>9786052398210</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar (Kutulu Set) (Ciltli)</t>
+          <t>Valerian ve Bin Gezegen İmparatorluğu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>29</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257026826</t>
+          <t>9786052398173</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea (Defter, Rozet, Maske Hediyeli) (Ciltli)</t>
+          <t>Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>39</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257310789</t>
+          <t>9786059840620</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji El Kitabı</t>
+          <t>Vaka</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257310260</t>
+          <t>9786059045810</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizeler (Ciltli)</t>
+          <t>Bu Aşklar Yürek Yakar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>550</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257026789</t>
+          <t>9786257310222</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünya</t>
+          <t>George Orwell Set (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>44</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257026147</t>
+          <t>9786257310208</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta (Romeo ve Juliet Hediyeli)</t>
+          <t>Arsen Lüpen: Oyuk İğne (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257026611</t>
+          <t>9786257310215</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gri Kapüşonlu</t>
+          <t>Arsen Lüpen: Herlock Sholmes'e Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257026031</t>
+          <t>9786257310352</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kıyam Zamanı</t>
+          <t>Arsen Lupen Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>30</v>
+        <v>165</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257310475</t>
+          <t>9786257026192</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>8 Mart Kadınlar Günü Kutulu Set</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>98</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057944269</t>
+          <t>9786257026932</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kalp</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Defter, Rozet, Ayraç ve Üç Adet Yılbaşı Kartı Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>90</v>
+        <v>39</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057944009</t>
+          <t>9786257310734</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta Set (Ciltsiz)</t>
+          <t>Yalancılar ve Yabancılar (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>118</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255915887</t>
+          <t>9786257026826</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde 2 Kutulu (Ciltli)</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea (Defter, Rozet, Maske Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>490</v>
+        <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255915863</t>
+          <t>9786257310789</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde 2 (Ciltli)</t>
+          <t>Mitoloji El Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255915849</t>
+          <t>9786257310260</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Konseyi - Kutulu (Ciltli)</t>
+          <t>Küçük Mucizeler (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255915825</t>
+          <t>9786257026789</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Konseyi (Ciltli)</t>
+          <t>Kayıp Dünya</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255915894</t>
+          <t>9786257026147</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kırık Desenler (Kutulu) (Ciltli)</t>
+          <t>Ayçöreği - Elmalı Turta (Romeo ve Juliet Hediyeli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>590</v>
+        <v>70</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255915856</t>
+          <t>9786257026611</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kırık Desenler (Ciltli)</t>
+          <t>Gri Kapüşonlu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>550</v>
+        <v>70</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255915504</t>
+          <t>9786257026031</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Uzak İhtimal</t>
+          <t>Kıyam Zamanı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>490</v>
+        <v>30</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255915818</t>
+          <t>9786257310475</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Kral</t>
+          <t>8 Mart Kadınlar Günü Kutulu Set</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>490</v>
+        <v>98</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255915702</t>
+          <t>9786057944269</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Oblivion - Karanlık İstila</t>
+          <t>Karanlık Kalp</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255915696</t>
+          <t>9786057944009</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kral</t>
+          <t>Ayçöreği - Elmalı Turta Set (Ciltsiz)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>490</v>
+        <v>118</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255915528</t>
+          <t>9786255915887</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Kartalın Kalbinde 2 Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255915627</t>
+          <t>9786255915863</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Kartalın Kalbinde 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255915665</t>
+          <t>9786255915849</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık 2 (Ciltli)</t>
+          <t>Cadılar Konseyi - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255915658</t>
+          <t>9786255915825</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık 2 (Kutulu) (Ciltli)</t>
+          <t>Cadılar Konseyi (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255915672</t>
+          <t>9786255915894</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Yıldız (Ciltli)</t>
+          <t>Kırık Desenler (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255915474</t>
+          <t>9786255915856</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Düşman</t>
+          <t>Kırık Desenler (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057944597</t>
+          <t>9786255915504</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflık Meleği</t>
+          <t>Uzak İhtimal</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255915511</t>
+          <t>9786255915818</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gibi Geçti</t>
+          <t>Acımasız Kral</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>690</v>
+        <v>490</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255915498</t>
+          <t>9786255915702</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Aşk</t>
+          <t>Oblivion - Karanlık İstila</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255915641</t>
+          <t>9786255915696</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum Hikâye Serisi 2. Sınıflar İçin (10 Kitap)</t>
+          <t>Çelik Kral</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255915313</t>
+          <t>9786255915528</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255915344</t>
+          <t>9786255915627</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kazları</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255915337</t>
+          <t>9786255915665</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Peri Masalı</t>
+          <t>Yarınlar Zifiri Karanlık 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255915306</t>
+          <t>9786255915658</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kız</t>
+          <t>Yarınlar Zifiri Karanlık 2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255915351</t>
+          <t>9786255915672</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Genji'nin Hikayesi</t>
+          <t>Aykırı Yıldız (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255915320</t>
+          <t>9786255915474</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Koş Melos!</t>
+          <t>Kayıp Düşman</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255915481</t>
+          <t>9786057944597</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meleği'nin Bağları</t>
+          <t>Tuhaflık Meleği</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255915238</t>
+          <t>9786255915511</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve Cesaret</t>
+          <t>Rüzgar Gibi Geçti</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>690</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255915245</t>
+          <t>9786255915498</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Başarma Sanatı</t>
+          <t>Geç Gelen Aşk</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255915252</t>
+          <t>9786255915641</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Demiryolu’nda Gece</t>
+          <t>Okumayı Seviyorum Hikâye Serisi 2. Sınıflar İçin (10 Kitap)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255915290</t>
+          <t>9786255915313</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255915269</t>
+          <t>9786255915344</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Çiçekleri</t>
+          <t>Yaban Kazları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255915276</t>
+          <t>9786255915337</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kediyim</t>
+          <t>Peri Masalı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255915283</t>
+          <t>9786255915306</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Batan Güneş</t>
+          <t>Öğrenci Kız</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255915368</t>
+          <t>9786255915351</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Doğru Hamle</t>
+          <t>Genji'nin Hikayesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255915221</t>
+          <t>9786255915320</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Alaska’nın Kalbinde</t>
+          <t>Koş Melos!</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255915191</t>
+          <t>9786255915481</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Canavarımın Yalanları</t>
+          <t>Aşk Meleği'nin Bağları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255915207</t>
+          <t>9786255915238</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde (Kutulu) (Ciltli)</t>
+          <t>İnanç ve Cesaret</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255915214</t>
+          <t>9786255915245</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde (Ciltli)</t>
+          <t>Başarma Sanatı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255915184</t>
+          <t>9786255915252</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Kalbinde</t>
+          <t>Galaktik Demiryolu’nda Gece</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255915122</t>
+          <t>9786255915290</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çok Güldüren Nasreddin Hoca Fıkraları</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255915115</t>
+          <t>9786255915269</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Göbeklitepe</t>
+          <t>Soytarı Çiçekleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256943315</t>
+          <t>9786255915276</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bronz (Ciltli)</t>
+          <t>Ben Bir Kediyim</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257500821</t>
+          <t>9786255915283</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Love Pie</t>
+          <t>Batan Güneş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057944153</t>
+          <t>9786255915368</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Aşk Klasikleri (3 Kitap Takım)</t>
+          <t>Doğru Hamle</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>850</v>
+        <v>490</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786058144071</t>
+          <t>9786255915221</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği</t>
+          <t>Alaska’nın Kalbinde</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257310949</t>
+          <t>9786255915191</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 2</t>
+          <t>Canavarımın Yalanları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257310918</t>
+          <t>9786255915207</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 1</t>
+          <t>Kartalın Kalbinde (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257310932</t>
+          <t>9786255915214</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 3</t>
+          <t>Kartalın Kalbinde (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257310536</t>
+          <t>9786255915184</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Conan: Cimmeriali Yabancı (1. Kitap)</t>
+          <t>Kartalın Kalbinde</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257026840</t>
+          <t>9786255915122</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Profesör Challenger’ın Maceraları Seti (4 Kitap Takım)</t>
+          <t>Çok Güldüren Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>610</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257026666</t>
+          <t>9786255915115</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Popüler İngilizce Roman Seti (10 Kitap Takım)</t>
+          <t>100 Soruda Göbeklitepe</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1060</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257026598</t>
+          <t>9786256943315</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Leila</t>
+          <t>Bronz (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255915054</t>
+          <t>9786257500821</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Vinicius</t>
+          <t>Love Pie</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255915078</t>
+          <t>9786057944153</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Talisca</t>
+          <t>Unutulmaz Aşk Klasikleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>90</v>
+        <v>850</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255915047</t>
+          <t>9786058144071</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ronaldinho</t>
+          <t>Ayçöreği</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>90</v>
+        <v>425</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255915061</t>
+          <t>9786257310949</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mourinho</t>
+          <t>Samuray Sudoku 2</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255915030</t>
+          <t>9786257310918</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Fernandes</t>
+          <t>Samuray Sudoku 1</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255915085</t>
+          <t>9786257310932</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Arda</t>
+          <t>Samuray Sudoku 3</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255915092</t>
+          <t>9786257310536</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Hayaleti</t>
+          <t>Conan: Cimmeriali Yabancı (1. Kitap)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255915177</t>
+          <t>9786257026840</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet (Ciltli)</t>
+          <t>Profesör Challenger’ın Maceraları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>490</v>
+        <v>610</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255915160</t>
+          <t>9786257026666</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet (Ciltli)</t>
+          <t>Popüler İngilizce Roman Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>450</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255915153</t>
+          <t>9786257026598</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Emanet</t>
+          <t>Leila</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786255915139</t>
+          <t>9786255915054</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Boyu 1 Karış Sakalı 7 Karış</t>
+          <t>Vinicius</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256079991</t>
+          <t>9786255915078</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Azrael'in El Kitabı</t>
+          <t>Talisca</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>490</v>
+        <v>90</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255915009</t>
+          <t>9786255915047</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hakkında Bildiğim Her Şey</t>
+          <t>Ronaldinho</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257500005</t>
+          <t>9786255915061</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Haritası (Ciltli)</t>
+          <t>Mourinho</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>550</v>
+        <v>90</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256079946</t>
+          <t>9786255915030</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Canavarımın Kanı</t>
+          <t>Fernandes</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256079908</t>
+          <t>9786255915085</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflık Meleği</t>
+          <t>Arda</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256079939</t>
+          <t>9786255915092</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Gecenin Hayaleti</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256079915</t>
+          <t>9786255915177</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Üç Pazar</t>
+          <t>Kutsal Emanet (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256079922</t>
+          <t>9786255915160</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ölümün Maskesi</t>
+          <t>Kutsal Emanet (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256079984</t>
+          <t>9786255915153</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sable Zirvesi</t>
+          <t>Kutsal Emanet</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256079885</t>
+          <t>9786255915139</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakter Yaratmak</t>
+          <t>Boyu 1 Karış Sakalı 7 Karış</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256079953</t>
+          <t>9786256079991</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık (Set) (Ciltli)</t>
+          <t>Azrael'in El Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256079960</t>
+          <t>9786255915009</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık</t>
+          <t>Aşk Hakkında Bildiğim Her Şey</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256079977</t>
+          <t>9786257500005</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Zifiri Karanlık (Ciltli)</t>
+          <t>Yıldız Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256079892</t>
+          <t>9786256079946</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşmak ve Yüklerden Kurtulmak</t>
+          <t>Canavarımın Kanı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256079212</t>
+          <t>9786256079908</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çelik Prenses</t>
+          <t>Tuhaflık Meleği</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256079014</t>
+          <t>9786256079939</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Uçuş</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>490</v>
+        <v>270</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786259891491</t>
+          <t>9786256079915</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2 (Kutulu) (Ciltli)</t>
+          <t>Bir Haftada Üç Pazar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258318302</t>
+          <t>9786256079922</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı ve Tarçın (Ciltli)</t>
+          <t>Kızıl Ölümün Maskesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257500708</t>
+          <t>9786256079984</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Sable Zirvesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>130</v>
+        <v>425</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257500654</t>
+          <t>9786256079885</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar Serisi Kutulu Set</t>
+          <t>Bir Karakter Yaratmak</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257500098</t>
+          <t>9786256079953</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek Kutulu Set 3 Kitap Takım (Ciltli)</t>
+          <t>Yarınlar Zifiri Karanlık (Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>1480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257500111</t>
+          <t>9786256079960</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2 (Ciltli)</t>
+          <t>Yarınlar Zifiri Karanlık</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057944658</t>
+          <t>9786256079977</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mutlaka Okunması Gereken 100 Gerilim Romanı</t>
+          <t>Yarınlar Zifiri Karanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052398708</t>
+          <t>9786256079892</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
+          <t>Zorlukları Aşmak ve Yüklerden Kurtulmak</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786056492945</t>
+          <t>9786256079212</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - İsyan</t>
+          <t>Çelik Prenses</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257026680</t>
+          <t>9786256079014</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Yüksek Uçuş</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257026727</t>
+          <t>9786259891491</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserler Seti (8 Kitap Takım)</t>
+          <t>Bronz 2 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>850</v>
+        <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257310239</t>
+          <t>9786258318302</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler Set (8 Kitap Takım Kutulu)</t>
+          <t>Balkabağı ve Tarçın (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>3650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256079878</t>
+          <t>9786257500708</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bir Rol Yaratmak</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256079861</t>
+          <t>9786257500654</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Yalancılar ve Yabancılar Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256079830</t>
+          <t>9786257500098</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Kobe Bryant</t>
+          <t>Güneşi Söndürmem Gerek Kutulu Set 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256079816</t>
+          <t>9786257500111</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Mıchael Jordan</t>
+          <t>Güneşi Söndürmem Gerek 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256079854</t>
+          <t>9786057944658</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Shaquille O’neal</t>
+          <t>Mutlaka Okunması Gereken 100 Gerilim Romanı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256079847</t>
+          <t>9786052398708</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Kevın Durant</t>
+          <t>Benjamin Button'ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256079823</t>
+          <t>9786056492945</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Unutulmaz Yıldızları Lebron James</t>
+          <t>Yürüyen Ölüler - İsyan</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257500357</t>
+          <t>9786257026680</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>520</v>
+        <v>90</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786259462110</t>
+          <t>9786257026727</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kaçışım</t>
+          <t>Stefan Zweig Seçme Eserler Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>425</v>
+        <v>850</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257500678</t>
+          <t>9786257310239</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - 9 Kitap Kutulu Set (Ciltli)</t>
+          <t>Yürüyen Ölüler Set (8 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>4550</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257500463</t>
+          <t>9786256079878</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Bir Rol Yaratmak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786056868702</t>
+          <t>9786256079861</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057944214</t>
+          <t>9786256079830</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>A Room of One’s Own</t>
+          <t>Basketbolun Unutulmaz Yıldızları Kobe Bryant</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786056978203</t>
+          <t>9786256079816</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Basketbolun Unutulmaz Yıldızları Mıchael Jordan</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057944320</t>
+          <t>9786256079854</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Dehşet</t>
+          <t>Basketbolun Unutulmaz Yıldızları Shaquille O’neal</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057944603</t>
+          <t>9786256079847</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Basketbolun Unutulmaz Yıldızları Kevın Durant</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057944627</t>
+          <t>9786256079823</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
+          <t>Basketbolun Unutulmaz Yıldızları Lebron James</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052398555</t>
+          <t>9786257500357</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057944344</t>
+          <t>9786259462110</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Cthulhu’nun Çağrısı</t>
+          <t>Tatlı Kaçışım</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052398722</t>
+          <t>9786257500678</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Yeşilin Kızı Anne - 9 Kitap Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059840729</t>
+          <t>9786257500463</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057944276</t>
+          <t>9786056868702</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059840804</t>
+          <t>9786057944214</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Hikayeler (Tek Cilt - Özel Basım) (Ciltli)</t>
+          <t>A Room of One’s Own</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059840842</t>
+          <t>9786056978203</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052398609</t>
+          <t>9786057944320</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Mezarlıktaki Dehşet</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059840262</t>
+          <t>9786057944603</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Rahatlatan Girdaplar</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059840255</t>
+          <t>9786057944627</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemli Dünyası - Hayranlık Uyandıran Bahçeler</t>
+          <t>Edgar Allan Poe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059840248</t>
+          <t>9786052398555</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemli Dünyası - Fikir Veren Zendalar</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257310185</t>
+          <t>9786057944344</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Seçme Eserler Özel Basım (Ciltli)</t>
+          <t>Cthulhu’nun Çağrısı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257026659</t>
+          <t>9786052398722</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şeytan'ın Günlüğü</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257026536</t>
+          <t>9786059840729</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257310192</t>
+          <t>9786057944276</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Kibar Hırsız (Ciltli)</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257310550</t>
+          <t>9786059840804</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6 - Ingleside (Ciltli)</t>
+          <t>Sherlock Holmes Bütün Hikayeler (Tek Cilt - Özel Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257026420</t>
+          <t>9786059840842</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seçme Eserler Tek Cilt / Özel Basım (Ciltli)</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257026628</t>
+          <t>9786052398609</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257026154</t>
+          <t>9786059840262</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
+          <t>Rahatlatan Girdaplar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>610</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057944825</t>
+          <t>9786059840255</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Renklerin Gizemli Dünyası - Hayranlık Uyandıran Bahçeler</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257310642</t>
+          <t>9786059840248</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Conan Seçme Eserler Tek Cilt (Ciltli)</t>
+          <t>Renklerin Gizemli Dünyası - Fikir Veren Zendalar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257310963</t>
+          <t>9786257310185</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hayatına Yön Vermeye Hazır mısın?</t>
+          <t>Arsen Lüpen - Seçme Eserler Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257310680</t>
+          <t>9786257026659</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Fakirler Nasıl Ölür?</t>
+          <t>Şeytan'ın Günlüğü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257310703</t>
+          <t>9786257026536</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 3</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257310567</t>
+          <t>9786257310192</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
+          <t>Arsen Lüpen: Kibar Hırsız (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057944863</t>
+          <t>9786257310550</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Yeşilin Kızı Anne 6 - Ingleside (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257026185</t>
+          <t>9786257026420</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Viking (Tek Cilt) (Ciltli)</t>
+          <t>H.P. Lovecraft Seçme Eserler Tek Cilt / Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057944467</t>
+          <t>9786257026628</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057944832</t>
+          <t>9786257026154</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Arsen Lüpen Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>290</v>
+        <v>610</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057944535</t>
+          <t>9786057944825</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Resident Patient - Sherlock Holmes</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786056978234</t>
+          <t>9786257310642</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kibar Hırsız</t>
+          <t>Conan Seçme Eserler Tek Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057944252</t>
+          <t>9786257310963</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Hayatına Yön Vermeye Hazır mısın?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057944313</t>
+          <t>9786257310680</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Fakirler Nasıl Ölür?</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057944856</t>
+          <t>9786257310703</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>To The Lighthouse</t>
+          <t>Rüzgarın Kızı Emily 3</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057944566</t>
+          <t>9786257310567</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
+          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>1950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059840835</t>
+          <t>9786057944863</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Roman Seti (4 Kitap Takım)</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>800</v>
+        <v>290</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256079762</t>
+          <t>9786257026185</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ölü Topraklar</t>
+          <t>Viking (Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>425</v>
+        <v>800</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256943469</t>
+          <t>9786057944467</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yaralı</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052398692</t>
+          <t>9786057944832</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052398388</t>
+          <t>9786057944535</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Eserleri Ciltli Set</t>
+          <t>The Adventure of the Resident Patient - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>1600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257310758</t>
+          <t>9786056978234</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Anadolu Uygarlıkları</t>
+          <t>Arsen Lüpen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257026529</t>
+          <t>9786057944252</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>The Diary of a Madman</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256079779</t>
+          <t>9786057944313</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Elimi Tut</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256079809</t>
+          <t>9786057944856</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>To The Lighthouse</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256079793</t>
+          <t>9786057944566</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Doğası ve Gücü</t>
+          <t>Sabahattin Ali Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>170</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256079786</t>
+          <t>9786059840835</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Para Kazanma Sanatı</t>
+          <t>Sherlock Holmes Roman Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256079700</t>
+          <t>9786256079762</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Elf Kralı</t>
+          <t>Ölü Topraklar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256079687</t>
+          <t>9786256943469</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meleği’nin Belirtileri</t>
+          <t>Yaralı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256079748</t>
+          <t>9786052398692</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Crimson Nehri</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256079694</t>
+          <t>9786052398388</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Krallık</t>
+          <t>Sherlock Holmes Bütün Eserleri Ciltli Set</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>450</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256079724</t>
+          <t>9786257310758</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Büyücüler Diyarı Saklı Dünya’ya Yolculuk</t>
+          <t>100 Soruda Anadolu Uygarlıkları</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256079755</t>
+          <t>9786257026529</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens Kadife Kese Set (Ciltli)</t>
+          <t>The Diary of a Madman</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256079717</t>
+          <t>9786256079779</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens (Ciltli)</t>
+          <t>Elimi Tut</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>595</v>
+        <v>450</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256079731</t>
+          <t>9786256079809</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Adige Prens</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256079656</t>
+          <t>9786256079793</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Döngü II (Kutulu) (Ciltli)</t>
+          <t>Bilincin Doğası ve Gücü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256079670</t>
+          <t>9786256079786</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>DÖNGÜ II</t>
+          <t>Para Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256079663</t>
+          <t>9786256079700</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Döngü II (Ciltli)</t>
+          <t>Yaralı Elf Kralı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256079250</t>
+          <t>9786256079687</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Topraklar</t>
+          <t>Aşk Meleği’nin Belirtileri</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256079502</t>
+          <t>9786256079748</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Rafa Silva</t>
+          <t>Crimson Nehri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>90</v>
+        <v>425</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256079496</t>
+          <t>9786256079694</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Immobile</t>
+          <t>Çarpık Krallık</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256079243</t>
+          <t>9786256079724</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Büyücüler Diyarı Saklı Dünya’ya Yolculuk</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256079199</t>
+          <t>9786256079755</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Aboubakar</t>
+          <t>Adige Prens Kadife Kese Set (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256079168</t>
+          <t>9786256079717</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Mbappe</t>
+          <t>Adige Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>90</v>
+        <v>595</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256079175</t>
+          <t>9786256079731</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Messi</t>
+          <t>Adige Prens</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>90</v>
+        <v>395</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256079120</t>
+          <t>9786256079656</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Neymar</t>
+          <t>Döngü II (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256079151</t>
+          <t>9786256079670</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Büyük Yıldızları - Ronaldo</t>
+          <t>DÖNGÜ II</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256079182</t>
+          <t>9786256079663</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Quaresma</t>
+          <t>Döngü II (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256079236</t>
+          <t>9786256079250</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Foden</t>
+          <t>Vahşi Topraklar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>90</v>
+        <v>425</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256079144</t>
+          <t>9786256079502</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bellıngham</t>
+          <t>Futbolun Büyük Yıldızları - Rafa Silva</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256079137</t>
+          <t>9786256079496</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Alex</t>
+          <t>Futbolun Büyük Yıldızları - Immobile</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256079229</t>
+          <t>9786256079243</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Jasper Vadisi</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256079113</t>
+          <t>9786256079199</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Tarihteki Esrarengiz Olaylar</t>
+          <t>Futbolun Büyük Yıldızları - Aboubakar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256079106</t>
+          <t>9786256079168</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Dünya Mitolojileri</t>
+          <t>Futbolun Büyük Yıldızları - Mbappe</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256079076</t>
+          <t>9786256079175</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Özgür (Ciltli)</t>
+          <t>Futbolun Büyük Yıldızları - Messi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>650</v>
+        <v>90</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256079083</t>
+          <t>9786256079120</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Özgür</t>
+          <t>Futbolun Büyük Yıldızları - Neymar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256079090</t>
+          <t>9786256079151</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Anlaşması</t>
+          <t>Futbolun Büyük Yıldızları - Ronaldo</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786259462134</t>
+          <t>9786256079182</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen 3 Suç</t>
+          <t>Quaresma</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786259462127</t>
+          <t>9786256079236</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen 813</t>
+          <t>Foden</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256079052</t>
+          <t>9786256079144</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şehrin Şarkısı</t>
+          <t>Bellıngham</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>360</v>
+        <v>90</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256079045</t>
+          <t>9786256079137</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şehrin Şarkısı (Ciltli)</t>
+          <t>Alex</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256079021</t>
+          <t>9786256079229</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Jasper Vadisi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256079007</t>
+          <t>9786256079113</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bitiş Çizgisi</t>
+          <t>100 Soruda Tarihteki Esrarengiz Olaylar</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786259462141</t>
+          <t>9786256079106</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Alamut</t>
+          <t>100 Soruda Dünya Mitolojileri</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786259462196</t>
+          <t>9786256079076</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yabani Topraklar</t>
+          <t>Özgür (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057944733</t>
+          <t>9786256079083</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Bütün Hikayeleri (Tek Cilt) (Ciltli)</t>
+          <t>Özgür</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786259462189</t>
+          <t>9786256079090</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Işığı</t>
+          <t>Evlilik Anlaşması</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786259462158</t>
+          <t>9786259462134</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Arsen Lupen 3 Suç</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786259446660</t>
+          <t>9786259462127</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Eğer Kötü Olsaydık</t>
+          <t>Arsen Lupen 813</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786259446653</t>
+          <t>9786256079052</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Eğer Kötü Olsaydık (Ciltli)</t>
+          <t>Ölü Şehrin Şarkısı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>590</v>
+        <v>360</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786259877488</t>
+          <t>9786256079045</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Rudin</t>
+          <t>Ölü Şehrin Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786259877495</t>
+          <t>9786256079021</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Katalonya ‘ya Selam</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786259877433</t>
+          <t>9786256079007</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İkna Sanatı</t>
+          <t>Bitiş Çizgisi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786259446684</t>
+          <t>9786259462141</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Son Ejderha Kralı</t>
+          <t>Alamut</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786259446646</t>
+          <t>9786259462196</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ölçüsü</t>
+          <t>Yabani Topraklar</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786259446615</t>
+          <t>9786057944733</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Edgar Allan Poe Bütün Hikayeleri (Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786259446622</t>
+          <t>9786259462189</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Döngü (Ciltli)</t>
+          <t>Gecenin Işığı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786259446608</t>
+          <t>9786259462158</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İskoç Kaçamağı</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257310772</t>
+          <t>9786259446660</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>George Orwell Seçme Eserler (Ciltli)</t>
+          <t>Eğer Kötü Olsaydık</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257500036</t>
+          <t>9786259446653</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>Eğer Kötü Olsaydık (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786259428178</t>
+          <t>9786259877488</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Parça</t>
+          <t>Rudin</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256943650</t>
+          <t>9786259877495</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dağa Çıkan Arabanın Sırrı</t>
+          <t>Katalonya ‘ya Selam</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786259428185</t>
+          <t>9786259877433</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Güneş</t>
+          <t>İkna Sanatı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786259428192</t>
+          <t>9786259446684</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Güneş (Ciltli)</t>
+          <t>Son Ejderha Kralı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786259428109</t>
+          <t>9786259446646</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Hayatın Ölçüsü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256943667</t>
+          <t>9786259446615</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yangını</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786259428116</t>
+          <t>9786259446622</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Garnet Ovası</t>
+          <t>Döngü (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786259428154</t>
+          <t>9786259446608</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Masallar</t>
+          <t>İskoç Kaçamağı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786259428147</t>
+          <t>9786257310772</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Masallar</t>
+          <t>George Orwell Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786259428130</t>
+          <t>9786257500036</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Klasik Masallar</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786259428123</t>
+          <t>9786259428178</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Harika Masallar</t>
+          <t>Senden Bir Parça</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786259877419</t>
+          <t>9786256943650</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçegi Veda</t>
+          <t>Dağa Çıkan Arabanın Sırrı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786259877402</t>
+          <t>9786259428185</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Düşmanım</t>
+          <t>İçimdeki Güneş</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786259891460</t>
+          <t>9786259428192</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Venom</t>
+          <t>İçimdeki Güneş (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786259891484</t>
+          <t>9786259428109</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786259891477</t>
+          <t>9786256943667</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2 (Ciltli)</t>
+          <t>Yalanın Yangını</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786259944289</t>
+          <t>9786259428116</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kavuşma</t>
+          <t>Garnet Ovası</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786259891439</t>
+          <t>9786259428154</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yalan Üçlemesi</t>
+          <t>Unutulmaz Masallar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>1360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786259891446</t>
+          <t>9786259428147</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Sevimli Masallar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786259891408</t>
+          <t>9786259428130</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Junıper Tepesi</t>
+          <t>Klasik Masallar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786259944296</t>
+          <t>9786259428123</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Son Kurtarıcı</t>
+          <t>Harika Masallar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256943506</t>
+          <t>9786259877419</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Altın Küller (Ciltli)</t>
+          <t>Yaban Çiçegi Veda</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786259944265</t>
+          <t>9786259877402</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Emma (Ciltli)</t>
+          <t>Tatlı Düşmanım</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786259891415</t>
+          <t>9786259891460</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Teyzelerini Ara</t>
+          <t>Sevgili Venom</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786259944203</t>
+          <t>9786259891484</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ölü Tanrı'nın Şarkısı (Ciltli)</t>
+          <t>Bronz 2</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786259944210</t>
+          <t>9786259891477</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ölü Tanrı'nın Şarkısı</t>
+          <t>Bronz 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256943643</t>
+          <t>9786259944289</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çetenin Sırrı</t>
+          <t>Büyük Kavuşma</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786259944258</t>
+          <t>9786259891439</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Yalan Üçlemesi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>200</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786259944241</t>
+          <t>9786259891446</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786259944227</t>
+          <t>9786259891408</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafizigi</t>
+          <t>Junıper Tepesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>80</v>
+        <v>425</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786259944234</t>
+          <t>9786259944296</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizligin Kaynagı</t>
+          <t>Son Kurtarıcı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256943605</t>
+          <t>9786256943506</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Saklı</t>
+          <t>Altın Küller (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256943612</t>
+          <t>9786259944265</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Saklı (Ciltli)</t>
+          <t>Emma (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>590</v>
+        <v>500</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256943629</t>
+          <t>9786259891415</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İndigo Dağı</t>
+          <t>Teyzelerini Ara</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256943636</t>
+          <t>9786259944203</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Alaskaya Giderken</t>
+          <t>Ölü Tanrı'nın Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256943582</t>
+          <t>9786259944210</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Bir Kavanoz Aşk</t>
+          <t>Ölü Tanrı'nın Şarkısı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256943568</t>
+          <t>9786256943643</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Gizli Çetenin Sırrı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256943575</t>
+          <t>9786259944258</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Cazibesi</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256943544</t>
+          <t>9786259944241</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256943551</t>
+          <t>9786259944227</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü (Ciltli)</t>
+          <t>Aşkın Metafizigi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>550</v>
+        <v>80</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256943254</t>
+          <t>9786259944234</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>İnsanlar Arasındaki Eşitsizligin Kaynagı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256943452</t>
+          <t>9786256943605</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Saklı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256943537</t>
+          <t>9786256943612</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Birbirimiz İçin Yaratılmadık</t>
+          <t>Saklı (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256943261</t>
+          <t>9786256943629</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Gizemi</t>
+          <t>İndigo Dağı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256943490</t>
+          <t>9786256943636</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kor Yangınlar</t>
+          <t>Alaskaya Giderken</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256943483</t>
+          <t>9786256943582</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Benimle Cennette Buluş</t>
+          <t>Bir Kavanoz Aşk</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256943414</t>
+          <t>9786256943568</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer İhtimaller (Ciltli)</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256943308 </t>
+          <t>9786256943575</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Yalanın Cazibesi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256943421</t>
+          <t>9786256943544</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer İhtimaller</t>
+          <t>Rüzgargülü</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256943285</t>
+          <t>9786256943551</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Denizin Teni</t>
+          <t>Rüzgargülü (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256943407</t>
+          <t>9786256943254</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yemini</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256943476</t>
+          <t>9786256943452</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler (Kutulu)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256943445</t>
+          <t>9786256943537</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler</t>
+          <t>Birbirimiz İçin Yaratılmadık</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256943438</t>
+          <t>9786256943261</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yozlaşmış Harabeler (Ciltli)</t>
+          <t>Varlığın Gizemi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256943216 </t>
+          <t>9786256943490</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Kor Yangınlar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256943209</t>
+          <t>9786256943483</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tutsak (Ciltli)</t>
+          <t>Benimle Cennette Buluş</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>590</v>
+        <v>450</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256943278</t>
+          <t>9786256943414</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bronz</t>
+          <t>Aşk ve Diğer İhtimaller (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256943032</t>
+          <t>9786256943308 </t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Öpücük</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256943025</t>
+          <t>9786256943421</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Aşk ve Diğer İhtimaller</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258318906</t>
+          <t>9786256943285</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Denizin Teni</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256943018 </t>
+          <t>9786256943407</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Yalanın Yemini</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258318241 </t>
+          <t>9786256943476</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ay’daki İlk İnsanlar</t>
+          <t>Yozlaşmış Harabeler (Kutulu)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258318395</t>
+          <t>9786256943445</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Christie ve Agatha Dedektiflik Bürosu: Kaybolan Keşif</t>
+          <t>Yozlaşmış Harabeler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258318470 </t>
+          <t>9786256943438</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ürperten Öyküler</t>
+          <t>Yozlaşmış Harabeler (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258318487</t>
+          <t>9786256943216 </t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ürperten Öyküler</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258318920 </t>
+          <t>9786256943209</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bağlı</t>
+          <t>Tutsak (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256943001</t>
+          <t>9786256943278</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Bronz</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258318913 </t>
+          <t>9786256943032</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşı</t>
+          <t>Bir Milyon Öpücük</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>450</v>
+        <v>470</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258318838</t>
+          <t>9786256943025</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği Serisi Kutulu Set</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>910</v>
+        <v>130</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258318258</t>
+          <t>9786258318906</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258318388</t>
+          <t>9786256943018 </t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hiç Beklemediğim Anda</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258318357</t>
+          <t>9786258318241 </t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Ay’daki İlk İnsanlar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258318364</t>
+          <t>9786258318395</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Ahlakı</t>
+          <t>Christie ve Agatha Dedektiflik Bürosu: Kaybolan Keşif</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258318500</t>
+          <t>9786258318470 </t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>45. Durak (Ciltli)</t>
+          <t>Ürperten Öyküler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258318197</t>
+          <t>9786258318487</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Ürperten Öyküler</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258318425</t>
+          <t>9786258318920 </t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bir Sarmaşık Teorisi</t>
+          <t>Bağlı</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258318418</t>
+          <t>9786256943001</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bir Sarmaşık Teorisi (Ciltli)</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258318432</t>
+          <t>9786258318913 </t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği Yeniden</t>
+          <t>Ev Arkadaşı</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257500784</t>
+          <t>9786258318838</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar (Ciltli)</t>
+          <t>Yaban Çiçeği Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>490</v>
+        <v>910</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258318326</t>
+          <t>9786258318258</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258318227</t>
+          <t>9786258318388</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Hiç Beklemediğim Anda</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258318319</t>
+          <t>9786258318357</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı ve Tarçın</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258318265 </t>
+          <t>9786258318364</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sevimsiz Bir Tanışma</t>
+          <t>Siyaset Ahlakı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258318296</t>
+          <t>9786258318500</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem (Ciltli)</t>
+          <t>45. Durak (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258318289</t>
+          <t>9786258318197</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem (Karton Kapak)</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257500982</t>
+          <t>9786258318425</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>The Prisoner of Zenda</t>
+          <t>Bir Sarmaşık Teorisi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257500968</t>
+          <t>9786258318418</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>The Turn of the Screw</t>
+          <t>Bir Sarmaşık Teorisi (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257500883</t>
+          <t>9786258318432</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Yaban Çiçeği Yeniden</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257500890</t>
+          <t>9786257500784</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Küçük Kadınlar (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257500975</t>
+          <t>9786258318326</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>The Abysmal Brute</t>
+          <t>Eğer Peşinden Gelirsem</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257500944</t>
+          <t>9786258318227</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Five Weeks in a Balloon</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257500722</t>
+          <t>9786258318319</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sedirler'in Sırrı</t>
+          <t>Balkabağı ve Tarçın</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257500838</t>
+          <t>9786258318265 </t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir #AşkHikayesi Değil</t>
+          <t>Sevimsiz Bir Tanışma</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>85</v>
+        <v>450</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257500906</t>
+          <t>9786258318296</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aşklar Sokağı</t>
+          <t>Eğer Peşinden Gelirsem (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257500845</t>
+          <t>9786258318289</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Nar (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem (Karton Kapak)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257500852</t>
+          <t>9786257500982</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Nar</t>
+          <t>The Prisoner of Zenda</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257500814</t>
+          <t>9786257500968</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek - 3 Kitap Kutulu Set</t>
+          <t>The Turn of the Screw</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>610</v>
+        <v>230</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257500630</t>
+          <t>9786257500883</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Bütün Şiirleri</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257500746</t>
+          <t>9786257500890</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257500739</t>
+          <t>9786257500975</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Düş Gemisi</t>
+          <t>The Abysmal Brute</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257500661</t>
+          <t>9786257500944</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar Serisi Kutulu Set (Ciltli)</t>
+          <t>Five Weeks in a Balloon</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>910</v>
+        <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257500517</t>
+          <t>9786257500722</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Karanlık Sedirler'in Sırrı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257500609</t>
+          <t>9786257500838</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 2</t>
+          <t>Bu Bir #AşkHikayesi Değil</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257500272</t>
+          <t>9786257500906</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 8 - Rilla (Ciltli)</t>
+          <t>Yalancı Aşklar Sokağı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257500951</t>
+          <t>9786257500845</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Around The World in 80 Days</t>
+          <t>Bilinmeyen Numara - Nar (Ciltli)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257500937</t>
+          <t>9786257500852</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>The Invisible Man</t>
+          <t>Bilinmeyen Numara - Nar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257500593</t>
+          <t>9786257500814</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 2 (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek - 3 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>450</v>
+        <v>610</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257500586</t>
+          <t>9786257500630</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Kayıp Uygarlıklar</t>
+          <t>Orhan Veli Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258318159</t>
+          <t>9786257500746</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çiçeği</t>
+          <t>Güneşi Söndürmem Gerek</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258318067</t>
+          <t>9786257500739</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light</t>
+          <t>Düş Gemisi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258318050</t>
+          <t>9786257500661</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
+          <t>Yalancılar ve Yabancılar Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>910</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258318135</t>
+          <t>9786257500517</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Liars and Strangers</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258318173</t>
+          <t>9786257500609</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Alfabe Öğreniyorum</t>
+          <t>Yalancılar ve Yabancılar 2</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258318128</t>
+          <t>9786257500272</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Yeşilin Kızı Anne 8 - Rilla (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257500715</t>
+          <t>9786257500951</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Düş Gemisi (Ciltli)</t>
+          <t>Around The World in 80 Days</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257500876</t>
+          <t>9786257500937</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aşklar Sokağı (Ciltli)</t>
+          <t>The Invisible Man</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258318098</t>
+          <t>9786257500593</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahar Akşamı</t>
+          <t>Yalancılar ve Yabancılar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258318104</t>
+          <t>9786257500586</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara Serisi Kutulu Set</t>
+          <t>100 Soruda Kayıp Uygarlıklar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>1210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258318074</t>
+          <t>9786258318159</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara Serisi Kutulu Set (Ciltli)</t>
+          <t>Yaban Çiçeği</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>1360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257500920</t>
+          <t>9786258318067</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Kar (Ciltli)</t>
+          <t>Broke and Light</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257500999</t>
+          <t>9786258318050</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Kar</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257500869</t>
+          <t>9786258318135</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Bal (Ciltli)</t>
+          <t>Liars and Strangers</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257500913</t>
+          <t>9786258318173</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numara - Bal</t>
+          <t>Etkinliklerle Alfabe Öğreniyorum</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257500685</t>
+          <t>9786258318128</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler (Ciltli)</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257500647</t>
+          <t>9786257500715</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Şark Klasikleri Kutulu Set</t>
+          <t>Düş Gemisi (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>660</v>
+        <v>250</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257500562</t>
+          <t>9786257500876</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Son Gemi</t>
+          <t>Yalancı Aşklar Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257500753</t>
+          <t>9786258318098</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2</t>
+          <t>Bir Bahar Akşamı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257500760</t>
+          <t>9786258318104</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3</t>
+          <t>Bilinmeyen Numara Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>200</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257500579</t>
+          <t>9786258318074</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 9 - Avonlea Günlükleri (Ciltli)</t>
+          <t>Bilinmeyen Numara Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>500</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257500555</t>
+          <t>9786257500920</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Son Gemi</t>
+          <t>Bilinmeyen Numara - Kar (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257500494</t>
+          <t>9786257500999</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sünger Avcısı</t>
+          <t>Bilinmeyen Numara - Kar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257500487</t>
+          <t>9786257500869</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım</t>
+          <t>Bilinmeyen Numara - Bal (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>1310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257500470</t>
+          <t>9786257500913</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım (Ciltli)</t>
+          <t>Bilinmeyen Numara - Bal</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>1540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257500432</t>
+          <t>9786257500685</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Tarzan</t>
+          <t>Uğultulu Tepeler (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257500418</t>
+          <t>9786257500647</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Şark Klasikleri Kutulu Set</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>130</v>
+        <v>660</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257500449</t>
+          <t>9786257500562</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Arzu ile Kamber</t>
+          <t>Son Gemi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257500074</t>
+          <t>9786257500753</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Haritası</t>
+          <t>Güneşi Söndürmem Gerek 2</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257500401</t>
+          <t>9786257500760</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin</t>
+          <t>Güneşi Söndürmem Gerek 3</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257500456</t>
+          <t>9786257500579</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tahir ile Zühre</t>
+          <t>Yeşilin Kızı Anne 9 - Avonlea Günlükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257500425</t>
+          <t>9786257500555</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Son Gemi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257500326</t>
+          <t>9786257500494</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Abanoz Kanatlar</t>
+          <t>Sünger Avcısı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257500333</t>
+          <t>9786257500487</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Öpücüğü (Ciltli)</t>
+          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>350</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257500388</t>
+          <t>9786257500470</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Öpücüğü Sevgililer Günü Özel Kutulu Set (Ciltli)</t>
+          <t>Ayçöreği - Elmalı Turta - Kırmızı Kurabiye Seti - 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>370</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257500302</t>
+          <t>9786257500432</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bin Bela Bir Karanfil (Ciltli)</t>
+          <t>Tarzan</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257500319</t>
+          <t>9786257500418</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bin Bela Bir Karanfil</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257500265</t>
+          <t>9786257500449</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Arzu ile Kamber</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257500135</t>
+          <t>9786257500074</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Seçme Eserler (Ciltli)</t>
+          <t>Yıldız Haritası</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257500227</t>
+          <t>9786257500401</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3</t>
+          <t>Ferhat ile Şirin</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257500210</t>
+          <t>9786257500456</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 2</t>
+          <t>Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257500203</t>
+          <t>9786257500425</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257500081</t>
+          <t>9786257500326</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Abanoz Kanatlar</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257500197</t>
+          <t>9786257500333</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Rahibin Kızı Dorothy</t>
+          <t>Kuantum Öpücüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257500296</t>
+          <t>9786257500388</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurabiye</t>
+          <t>Kuantum Öpücüğü Sevgililer Günü Özel Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257500241</t>
+          <t>9786257500302</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurabiye (Ciltli)</t>
+          <t>Bin Bela Bir Karanfil (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257500012</t>
+          <t>9786257500319</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Gecesi</t>
+          <t>Bin Bela Bir Karanfil</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257500142</t>
+          <t>9786257500265</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257500067</t>
+          <t>9786257500135</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra’da Beş Parasız</t>
+          <t>Franz Kafka Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257310987</t>
+          <t>9786257500227</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon</t>
+          <t>Güneşi Söndürmem Gerek 3</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257500104</t>
+          <t>9786257500210</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek 3 (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek 2</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257500128</t>
+          <t>9786257500203</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257500029</t>
+          <t>9786257500081</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Notaları</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257310994</t>
+          <t>9786257500197</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Rahibin Kızı Dorothy</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257310857</t>
+          <t>9786257500296</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Kırmızı Kurabiye</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257310970</t>
+          <t>9786257500241</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
+          <t>Kırmızı Kurabiye (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257310925</t>
+          <t>9786257500012</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Samuray Sudoku 4</t>
+          <t>Bir İstanbul Gecesi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257310956</t>
+          <t>9786257500142</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Gecesi (Ciltli)</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>550</v>
+        <v>110</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257310833</t>
+          <t>9786257500067</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Depo</t>
+          <t>Paris ve Londra’da Beş Parasız</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257310826</t>
+          <t>9786257310987</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily Kutulu Set (3 Kitap Takım)</t>
+          <t>Şampiyon</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>910</v>
+        <v>90</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257310840</t>
+          <t>9786257500104</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Normalin Ötesinde (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257310802</t>
+          <t>9786257500128</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Umut Parkı</t>
+          <t>Güneşi Söndürmem Gerek (Ciltli)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257310819</t>
+          <t>9786257500029</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily (3 Kitap Set - Ciltli Kutulu)</t>
+          <t>Aşkın Notaları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>1210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257310741</t>
+          <t>9786257310994</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257310710</t>
+          <t>9786257310857</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 3 (Ciltli)</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257310697</t>
+          <t>9786257310970</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yürek Burgusu</t>
+          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257310499</t>
+          <t>9786257310925</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Samuray Sudoku 4</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257310727</t>
+          <t>9786257310956</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar (Ciltli)</t>
+          <t>Bir İstanbul Gecesi (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257310635</t>
+          <t>9786257310833</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre (Ciltli)</t>
+          <t>Kiralık Depo</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257310666</t>
+          <t>9786257310826</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 2</t>
+          <t>Rüzgarın Kızı Emily Kutulu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>300</v>
+        <v>910</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257310659</t>
+          <t>9786257310840</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 2 (Ciltli)</t>
+          <t>Normalin Ötesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257310673</t>
+          <t>9786257310802</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Conan Seti (3 Kitap)</t>
+          <t>Umut Parkı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>1210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257310529</t>
+          <t>9786257310819</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Conan: Büyünün ve Kılıcın Gölgesinde (2. Kitap)</t>
+          <t>Rüzgarın Kızı Emily (3 Kitap Set - Ciltli Kutulu)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>400</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257310543</t>
+          <t>9786257310741</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Conan : Aslanlı Tahtın Kaderi (3. Kitap)</t>
+          <t>Yalancılar ve Yabancılar</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257310253</t>
+          <t>9786257310710</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucizeler</t>
+          <t>Rüzgarın Kızı Emily 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257310512</t>
+          <t>9786257310697</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily 1</t>
+          <t>Yürek Burgusu</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257310369</t>
+          <t>9786257310499</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257310505</t>
+          <t>9786257310727</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı Emily (Ciltli)</t>
+          <t>Yalancılar ve Yabancılar (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257310338</t>
+          <t>9786257310635</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5 Hayaller Evi</t>
+          <t>Jane Eyre (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257310444</t>
+          <t>9786257310666</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Ahududu</t>
+          <t>Rüzgarın Kızı Emily 2</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257310376</t>
+          <t>9786257310659</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı (Ciltli)</t>
+          <t>Rüzgarın Kızı Emily 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257310468</t>
+          <t>9786257310673</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Umut Parkı (Ciltli)</t>
+          <t>Conan Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>550</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257310284</t>
+          <t>9786257310529</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Conan: Büyünün ve Kılıcın Gölgesinde (2. Kitap)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257310277</t>
+          <t>9786257310543</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gibiydik</t>
+          <t>Conan : Aslanlı Tahtın Kaderi (3. Kitap)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257310307</t>
+          <t>9786257310253</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5 - Hayaller Evi (Ciltli)</t>
+          <t>Küçük Mucizeler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257310161</t>
+          <t>9786257310512</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Ahududu (Ciltli)</t>
+          <t>Rüzgarın Kızı Emily 1</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257310123</t>
+          <t>9786257310369</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257310024</t>
+          <t>9786257310505</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Rüzgarın Kızı Emily (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257310031</t>
+          <t>9786257310338</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Yeşilin Kızı Anne 5 Hayaller Evi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257310130</t>
+          <t>9786257310444</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler (Ciltli)</t>
+          <t>Üç Yapraklı Ahududu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257026956</t>
+          <t>9786257310376</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserler (Ciltli)</t>
+          <t>Gurur ve Önyargı (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257026925</t>
+          <t>9786257310468</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
+          <t>Umut Parkı (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257310000</t>
+          <t>9786257310284</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Kutulu Set</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>1510</v>
+        <v>160</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257310017</t>
+          <t>9786257310277</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
+          <t>Hayal Gibiydik</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>1360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257026918</t>
+          <t>9786257310307</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Ciltli)</t>
+          <t>Yeşilin Kızı Anne 5 - Hayaller Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257026796</t>
+          <t>9786257310161</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Dalga</t>
+          <t>Üç Yapraklı Ahududu (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257026819</t>
+          <t>9786257310123</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Çığlığı</t>
+          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257026857</t>
+          <t>9786257310024</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257026772</t>
+          <t>9786257310031</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Limon Çiçeği</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257026802</t>
+          <t>9786257310130</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sisler Diyarı</t>
+          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257026758</t>
+          <t>9786257026956</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea (Ciltli)</t>
+          <t>Stefan Zweig Seçme Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257026703</t>
+          <t>9786257026925</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Mucizeyle Randevu</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257026697</t>
+          <t>9786257310000</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Yeşilin Kızı Anne Kutulu Set</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>110</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257026710</t>
+          <t>9786257310017</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Limon Çiçeği (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>550</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257026314</t>
+          <t>9786257026918</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257026673</t>
+          <t>9786257026796</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Zehirli Dalga</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257026543</t>
+          <t>9786257026819</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>First Love</t>
+          <t>Dünya’nın Çığlığı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257026505</t>
+          <t>9786257026857</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>What Men Live By</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257026406</t>
+          <t>9786257026772</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sicilya'da Bir Aşk Hikayesi</t>
+          <t>Sevgili Limon Çiçeği</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257026635</t>
+          <t>9786257026802</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Sisler Diyarı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257026642</t>
+          <t>9786257026758</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kibarlık Budalası</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257026512</t>
+          <t>9786257026703</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>The Royal Game</t>
+          <t>Mucizeyle Randevu</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>170</v>
+        <v>75</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257026451</t>
+          <t>9786257026697</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Lucid</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257026475</t>
+          <t>9786257026710</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Lanetlenmiş</t>
+          <t>Sevgili Limon Çiçeği (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257026482</t>
+          <t>9786257026314</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kurban Seti (4 Kitap Takım)</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>1810</v>
+        <v>90</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257026499</t>
+          <t>9786257026673</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257026468</t>
+          <t>9786257026543</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (Ciltli)</t>
+          <t>First Love</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257026208</t>
+          <t>9786257026505</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sarı Puantiyeli Şemsiye (Ciltli)</t>
+          <t>What Men Live By</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257026369</t>
+          <t>9786257026406</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Sicilya'da Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257026413</t>
+          <t>9786257026635</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali (Bütün Eserleri-Tek Cilt) (Ciltli)</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257026390</t>
+          <t>9786257026642</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Kibarlık Budalası</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257026352</t>
+          <t>9786257026512</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>The Royal Game</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257026215</t>
+          <t>9786257026451</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Sarı Puantiyeli Şemsiye</t>
+          <t>Lucid</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257026178</t>
+          <t>9786257026475</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası</t>
+          <t>Lanetlenmiş</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257026024</t>
+          <t>9786257026482</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Mükemmel Kurban Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>200</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257026017</t>
+          <t>9786257026499</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üzerine</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786056978227</t>
+          <t>9786257026468</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Sahra Seti (4 Kitap Takım Kutulu)</t>
+          <t>Yeşilin Kızı Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>1890</v>
+        <v>500</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786056978210</t>
+          <t>9786257026208</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Yüce Tanrı Pan</t>
+          <t>Sarı Puantiyeli Şemsiye (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257500043</t>
+          <t>9786257026369</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Oyuk İğne</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786057944931</t>
+          <t>9786257026413</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Sabahattin Ali (Bütün Eserleri-Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786057944948</t>
+          <t>9786257026390</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786057944955</t>
+          <t>9786257026352</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dün, Bugün, Yarın ve Sonsuza Kadar (Ciltli)</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786057944924</t>
+          <t>9786257026215</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Eve Dönüş</t>
+          <t>Sarı Puantiyeli Şemsiye</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786057944870</t>
+          <t>9786257026178</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Golos (Rusça Ses)</t>
+          <t>Dünün Dünyası</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786057944894</t>
+          <t>9786257026024</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786057944849</t>
+          <t>9786257026017</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Jacob’s Room</t>
+          <t>Aşk Üzerine</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258318371</t>
+          <t>9786056978227</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche İle Yürümek</t>
+          <t>Zeynep Sahra Seti (4 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>300</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057944818</t>
+          <t>9786056978210</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış</t>
+          <t>Yüce Tanrı Pan</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057944450</t>
+          <t>9786257500043</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>The Call Of The Wild</t>
+          <t>Arsen Lüpen: Oyuk İğne</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057944443</t>
+          <t>9786057944931</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>The Murders In The Rue Morgue</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057944764</t>
+          <t>9786057944948</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057944634</t>
+          <t>9786057944955</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Dün, Bugün, Yarın ve Sonsuza Kadar (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057944672</t>
+          <t>9786057944924</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Amok</t>
+          <t>Yürüyen Ölüler - Eve Dönüş</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057944689</t>
+          <t>9786057944870</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Letter From An Unknown Woman</t>
+          <t>Golos (Rusça Ses)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057944696</t>
+          <t>9786057944894</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Carmilla</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057944665</t>
+          <t>9786057944849</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>The Art Of War</t>
+          <t>Jacob’s Room</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057944719</t>
+          <t>9786258318371</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Nietzsche İle Yürümek</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057944702</t>
+          <t>9786057944818</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Dr. Moreau’nun Adası</t>
+          <t>Parçalanmış</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057944504</t>
+          <t>9786057944450</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Creeping Man - Sherlock Holmes</t>
+          <t>The Call Of The Wild</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057944511</t>
+          <t>9786057944443</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of Silver Blaze - Sherlock Holmes</t>
+          <t>The Murders In The Rue Morgue</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057944498</t>
+          <t>9786057944764</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>The Adventure of the Devil's Foot - Sherlock Holmes</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057944559</t>
+          <t>9786057944634</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>2350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057944573</t>
+          <t>9786057944672</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Bayan Dalloway</t>
+          <t>Amok</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057944436</t>
+          <t>9786057944689</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Letter From An Unknown Woman</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057944429</t>
+          <t>9786057944696</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Carmilla</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057944412</t>
+          <t>9786057944665</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>The Art Of War</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057944474</t>
+          <t>9786057944719</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057944375</t>
+          <t>9786057944702</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Denizler Kuruyana Kadar</t>
+          <t>Dr. Moreau’nun Adası</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057944368</t>
+          <t>9786057944504</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Uyku Duvarının Ardında</t>
+          <t>The Adventure of the Creeping Man - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057944351</t>
+          <t>9786057944511</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Dışından Gelen Gölge</t>
+          <t>The Adventure of Silver Blaze - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057944337</t>
+          <t>9786057944498</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Delilik Dağlarında</t>
+          <t>The Adventure of the Devil's Foot - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057944221</t>
+          <t>9786057944559</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>H.P. Lovecraft Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>90</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057944160</t>
+          <t>9786057944573</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Bayan Dalloway</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057944177</t>
+          <t>9786057944436</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057944191</t>
+          <t>9786057944429</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057944238</t>
+          <t>9786057944412</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Heart of Darkness</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057944207</t>
+          <t>9786057944474</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057944283</t>
+          <t>9786057944375</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Denizler Kuruyana Kadar</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057944290</t>
+          <t>9786057944368</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Uyku Duvarının Ardında</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057944306</t>
+          <t>9786057944351</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Zamanın Dışından Gelen Gölge</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258318210</t>
+          <t>9786057944337</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hortlak İzciler: Ölüler Kampına Hoş Geldiniz!</t>
+          <t>Delilik Dağlarında</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057944139</t>
+          <t>9786057944221</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057944146</t>
+          <t>9786057944160</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Viking Kutulu Set (3 Kitap)</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>1210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786056868764</t>
+          <t>9786057944177</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Bul ve Yok Et</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057944108</t>
+          <t>9786057944191</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Odin'in Oğlu - Viking</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057944092</t>
+          <t>9786057944238</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşi - Viking</t>
+          <t>Heart of Darkness</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057944115</t>
+          <t>9786057944207</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kral'ın Adamı - Viking</t>
+          <t>Metamorphosis</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057944078</t>
+          <t>9786057944283</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786056868795</t>
+          <t>9786057944290</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Prensesi Vampir Carmilla</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057944085</t>
+          <t>9786057944306</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Broke and Light (Ciltli)</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052398593</t>
+          <t>9786258318210</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Hortlak İzciler: Ölüler Kampına Hoş Geldiniz!</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786059840583</t>
+          <t>9786057944139</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Ayçöreği (Ciltli)</t>
+          <t>Broke and Light</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786056868771</t>
+          <t>9786057944146</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Çürümüş - Mükemmel Kurban</t>
+          <t>Viking Kutulu Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>450</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786056868740</t>
+          <t>9786056868764</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Yürüyen Ölüler - Bul ve Yok Et</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786056868733</t>
+          <t>9786057944108</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Odin'in Oğlu - Viking</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786056868726</t>
+          <t>9786057944092</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Kan Kardeşi - Viking</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786058144095</t>
+          <t>9786057944115</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Kral'ın Adamı - Viking</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786058144088</t>
+          <t>9786057944078</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Turta</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052398951</t>
+          <t>9786056868795</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Karanlıklar Prensesi Vampir Carmilla</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052398944</t>
+          <t>9786057944085</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Broke and Light (Ciltli)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052398968</t>
+          <t>9786052398593</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052398975</t>
+          <t>9786059840583</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Vaka - 2</t>
+          <t>Ayçöreği (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052398715</t>
+          <t>9786056868771</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Lyon'da Düğün</t>
+          <t>Çürümüş - Mükemmel Kurban</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052398845</t>
+          <t>9786056868740</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052398616</t>
+          <t>9786056868733</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052398623</t>
+          <t>9786056868726</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052398746</t>
+          <t>9786058144095</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052398579</t>
+          <t>9786058144088</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Elmalı Turta</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052398739</t>
+          <t>9786052398951</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052398586</t>
+          <t>9786052398944</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052398517</t>
+          <t>9786052398968</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Uzanırken Yapabileceğiniz 100 Şey</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052398562</t>
+          <t>9786052398975</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Vaka - 2</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052398470</t>
+          <t>9786052398715</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Lyon'da Düğün</t>
         </is>
       </c>
       <c r="C598" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052398449</t>
+          <t>9786052398845</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052398463</t>
+          <t>9786052398616</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052398487</t>
+          <t>9786052398623</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052398456</t>
+          <t>9786052398746</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052398432</t>
+          <t>9786052398579</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052398425</t>
+          <t>9786052398739</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052398418</t>
+          <t>9786052398586</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052398401</t>
+          <t>9786052398517</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Uzanırken Yapabileceğiniz 100 Şey</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052398395</t>
+          <t>9786052398562</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052398364</t>
+          <t>9786052398470</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler: İstila</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052398258</t>
+          <t>9786052398449</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052398241</t>
+          <t>9786052398463</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052398265</t>
+          <t>9786052398487</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052398234</t>
+          <t>9786052398456</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059840811</t>
+          <t>9786052398432</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bütün Romanlar (Tek Cilt Özel Basım) (Ciltli)</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052398197</t>
+          <t>9786052398425</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Gençler için Nutuk (Ciltli)</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052398142</t>
+          <t>9786052398418</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052398166</t>
+          <t>9786052398401</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052398135</t>
+          <t>9786052398395</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052398159</t>
+          <t>9786052398364</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Yürüyen Ölüler: İstila</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052398180</t>
+          <t>9786052398258</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Felatun Bey ve Rakım Efendi</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052398111</t>
+          <t>9786052398241</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Turta (Ciltli)</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786059840859</t>
+          <t>9786052398265</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntı Yok</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>39</v>
+        <v>350</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059840682</t>
+          <t>9786052398234</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059840675</t>
+          <t>9786059840811</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
+          <t>Sherlock Holmes Bütün Romanlar (Tek Cilt Özel Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059840736</t>
+          <t>9786052398197</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Gençler için Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059840644</t>
+          <t>9786052398142</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler: Çöküş</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786059840637</t>
+          <t>9786052398166</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeler (5 Kitaplık Kutulu Set)</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>1460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786059840484</t>
+          <t>9786052398135</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Suç Uyanıyor</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786059840491</t>
+          <t>9786052398159</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Oyun Başladı</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059840507</t>
+          <t>9786052398180</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Şüphenin İzinde</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059840514</t>
+          <t>9786052398111</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bir Suçun Portresi</t>
+          <t>Elmalı Turta (Ciltli)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786059840521</t>
+          <t>9786059840859</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Gölge Koleksiyonu</t>
+          <t>Sıkıntı Yok</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>290</v>
+        <v>39</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786059840224</t>
+          <t>9786059840682</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Pratik Köpek Bakımı ve Eğitimi</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C632" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786059840217</t>
+          <t>9786059840675</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Pratik Kedi Bakımı ve Eğitimi</t>
+          <t>Sherlock Holmes - Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059840231</t>
+          <t>9786059840736</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Hisler</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786059840293</t>
+          <t>9786059840644</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Miras</t>
+          <t>Yürüyen Ölüler: Çöküş</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059045766</t>
+          <t>9786059840637</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler - Valinin Düşüşü</t>
+          <t>Sherlock Holmes - Bütün Hikayeler (5 Kitaplık Kutulu Set)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>450</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786056492938</t>
+          <t>9786059840484</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ölüler</t>
+          <t>Sherlock Holmes Suç Uyanıyor</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
+          <t>9786059840491</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Oyun Başladı</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786059840507</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Şüphenin İzinde</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786059840514</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Bir Suçun Portresi</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786059840521</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Gölge Koleksiyonu</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786059840224</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Köpek Bakımı ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786059840217</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Kedi Bakımı ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786059840231</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Hisler</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786059840293</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler - Miras</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786059045766</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler - Valinin Düşüşü</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786056492938</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Ölüler</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
           <t>9786059840408</t>
         </is>
       </c>
-      <c r="B638" s="1" t="inlineStr">
+      <c r="B648" s="1" t="inlineStr">
         <is>
           <t>Donmuş</t>
         </is>
       </c>
-      <c r="C638" s="1">
+      <c r="C648" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>