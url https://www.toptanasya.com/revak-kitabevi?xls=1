--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -420,55 +420,55 @@
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786056263521</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Şah-ı Velayet Sırr-ı Hidayet Hazreti-i İmam Ali</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786056263576</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Ali Hilmi Dedebaba Divanı (Ciltli)</t>
+          <t>Mehmed Ali Hilmi Dedebaba Divanı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>780</v>
+        <v>700</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786056263507</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Hazret-i Peygamber’in Sırrı Hazret-i Fatime</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786056263514</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>