--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -85,925 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057722102</t>
+          <t>9786057722065</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cilbend-i Sırri</t>
+          <t>Kur'an'da Ehlibeyt'in Nişaneleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057722096</t>
+          <t>9786057722102</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt’e Meveddetin Kaynakları (Ciltli)</t>
+          <t>Cilbend-i Sırri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>2400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056594304</t>
+          <t>9786057722096</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kisvename</t>
+          <t>Ehlibeyt’e Meveddetin Kaynakları (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056452703</t>
+          <t>9786056594304</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dem-i Vahdet</t>
+          <t>Kisvename</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058277557</t>
+          <t>9786056452703</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sofra-yı Sırri</t>
+          <t>Dem-i Vahdet</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058277526</t>
+          <t>9786058277557</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Devr-i Daim</t>
+          <t>Sofra-yı Sırri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056332937</t>
+          <t>9786058277526</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Vahdetname</t>
+          <t>Devr-i Daim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056263538</t>
+          <t>9786056332937</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Haseneyn</t>
+          <t>Vahdetname</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056332951</t>
+          <t>9786056263538</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Süreyya Divanı ve Varidatı (Ciltli)</t>
+          <t>Risale-i Haseneyn</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056263583</t>
+          <t>9786056332951</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hazret-i Üftade</t>
+          <t>Hazret-i Süreyya Divanı ve Varidatı (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056332944</t>
+          <t>9786056263583</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ahmediyye Risalesi ve Nefesler</t>
+          <t>Divan-ı Hazret-i Üftade</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056594366</t>
+          <t>9786056332944</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alevilik ve Bektaşilik Sırlarını İfşa Ediyorum</t>
+          <t>Ahmediyye Risalesi ve Nefesler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056332968</t>
+          <t>9786056594366</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sırrın Sırrı</t>
+          <t>Alevilik ve Bektaşilik Sırlarını İfşa Ediyorum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058277533</t>
+          <t>9786056332968</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt’in Anneleri</t>
+          <t>Sırrın Sırrı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057722126</t>
+          <t>9786058277533</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Merdan’a Varalım</t>
+          <t>Ehlibeyt’in Anneleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057722119</t>
+          <t>9786057722126</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Haksari Feyizler</t>
+          <t>Şah-ı Merdan’a Varalım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056452710</t>
+          <t>9786057722119</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Seyfullah Külliyatı 1</t>
+          <t>Haksari Feyizler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058277595</t>
+          <t>9786056452710</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Salih Niyazi Dedebaba</t>
+          <t>Seyyid Seyfullah Külliyatı 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>620</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056594328</t>
+          <t>9786058277595</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Hikayeleri (3 Cilt Takım)</t>
+          <t>Salih Niyazi Dedebaba</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058277502</t>
+          <t>9786056594328</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Fukara-yı Bektaşiyan</t>
+          <t>Mesnevi Hikayeleri (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056594380</t>
+          <t>9786058277502</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hakikatlere Giriş</t>
+          <t>Fukara-yı Bektaşiyan</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056263521</t>
+          <t>9786056594380</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Velayet Sırr-ı Hidayet Hazreti-i İmam Ali</t>
+          <t>Hakikatlere Giriş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056263576</t>
+          <t>9786056263521</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Ali Hilmi Dedebaba Divanı</t>
+          <t>Şah-ı Velayet Sırr-ı Hidayet Hazreti-i İmam Ali</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056263507</t>
+          <t>9786056263576</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamber’in Sırrı Hazret-i Fatime</t>
+          <t>Mehmed Ali Hilmi Dedebaba Divanı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056263514</t>
+          <t>9786056263507</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamber’in Sevgilisi Hazret-i Hatice</t>
+          <t>Hazret-i Peygamber’in Sırrı Hazret-i Fatime</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056332906</t>
+          <t>9786056263514</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gülzar-ı Haseneyn</t>
+          <t>Hazret-i Peygamber’in Sevgilisi Hazret-i Hatice</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056452727</t>
+          <t>9786056332906</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Seyfullah Külliyatı 2</t>
+          <t>Gülzar-ı Haseneyn</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>620</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056452796</t>
+          <t>9786056452727</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Fakrname</t>
+          <t>Seyyid Seyfullah Külliyatı 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058277540</t>
+          <t>9786056452796</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin İftiharı Hazret-i Ebu Talib</t>
+          <t>Fakrname</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056452741</t>
+          <t>9786058277540</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Annesi Hazret-i Hatice</t>
+          <t>Müminlerin İftiharı Hazret-i Ebu Talib</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056332975</t>
+          <t>9786056452741</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Niyazi-i Mısri</t>
+          <t>Müminlerin Annesi Hazret-i Hatice</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057722089</t>
+          <t>9786056332975</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Matemi</t>
+          <t>Hazret-i Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057722072</t>
+          <t>9786057722089</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İkinci Defter-i Kuyudat</t>
+          <t>Kerbela Matemi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056452772</t>
+          <t>9786057722072</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Zehra'nın Faziletleri</t>
+          <t>İkinci Defter-i Kuyudat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056452789</t>
+          <t>9786056452772</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Maarifi Nefesler</t>
+          <t>Hazret-i Zehra'nın Faziletleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056452734</t>
+          <t>9786056452789</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Şeyhlerinden Kerbela Mersiyeleri</t>
+          <t>Maarifi Nefesler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056332999</t>
+          <t>9786056452734</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud ve Mevcud</t>
+          <t>Osmanlı Dönemi Şeyhlerinden Kerbela Mersiyeleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056594373</t>
+          <t>9786056332999</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Saki-i Aşk</t>
+          <t>Vahdet-i Vücud ve Mevcud</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056594397</t>
+          <t>9786056594373</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Defter-i Kuyüdat</t>
+          <t>Saki-i Aşk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056594311</t>
+          <t>9786056594397</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rifai-Sayyadi Seyyidleri</t>
+          <t>Defter-i Kuyüdat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056263590</t>
+          <t>9786056594311</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Hayrullah Taceddin er-Rifai Külliyatı</t>
+          <t>Rifai-Sayyadi Seyyidleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056332920</t>
+          <t>9786056263590</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Nazif Dede Dîvançe ve Risalesi</t>
+          <t>Şeyh Hayrullah Taceddin er-Rifai Külliyatı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056263552</t>
+          <t>9786056332920</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Keşkül-i Sırri (Ciltli)</t>
+          <t>Mevlevi Nazif Dede Dîvançe ve Risalesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056263545</t>
+          <t>9786056263552</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İki Gavs-ı Enam Abdülkadir Geylani ve Abdüsselam El-Esmer</t>
+          <t>Keşkül-i Sırri (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056263569</t>
+          <t>9786056263545</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Sırri (Ciltli)</t>
+          <t>İki Gavs-ı Enam Abdülkadir Geylani ve Abdüsselam El-Esmer</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056332913</t>
+          <t>9786056263569</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Al-i Muhammed Tarihinde Teşrih ve Muhakeme</t>
+          <t>Asa-yı Sırri (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058277519</t>
+          <t>9786056332913</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Fatime'nin İsimleri / The Sacred Names of Hadrat-i Fatima (Ciltli)</t>
+          <t>Al-i Muhammed Tarihinde Teşrih ve Muhakeme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056452765</t>
+          <t>9786058277519</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Zeyneb</t>
+          <t>Hazret-i Fatime'nin İsimleri / The Sacred Names of Hadrat-i Fatima (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056452758</t>
+          <t>9786056452765</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Risaleleri</t>
+          <t>Hazret-i Zeyneb</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056332982</t>
+          <t>9786056452758</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nefir-i Sırri (Ciltli)</t>
+          <t>Bektaşi Risaleleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057722034</t>
+          <t>9786056332982</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sayyadiler</t>
+          <t>Nefir-i Sırri (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057722041</t>
+          <t>9786057722034</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Masumlar’ın Batıni Hakikatleri</t>
+          <t>Sayyadiler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057722058</t>
+          <t>9786057722041</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gelin Ey Nazenin Canlar</t>
+          <t>Masumlar’ın Batıni Hakikatleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057722010</t>
+          <t>9786057722058</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in Ataları</t>
+          <t>Gelin Ey Nazenin Canlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057722003</t>
+          <t>9786057722010</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Teber-i Sırri</t>
+          <t>Peygamber'in Ataları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057722027</t>
+          <t>9786057722003</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kemer-i Sırri</t>
+          <t>Teber-i Sırri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058277571</t>
+          <t>9786057722027</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hakikatperest Olalım</t>
+          <t>Kemer-i Sırri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058277588</t>
+          <t>9786058277571</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Hasan</t>
+          <t>Hakikatperest Olalım</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
+          <t>9786058277588</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Hazret-i Hasan</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786058277564</t>
         </is>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Bektaşiliğin Bilinmeyenleri -  Kahraman Özkök İle Söyleşi</t>
         </is>
       </c>
-      <c r="C60" s="1">
-        <v>360</v>
+      <c r="C61" s="1">
+        <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>