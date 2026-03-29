--- v2 (2026-02-04)
+++ v3 (2026-03-29)
@@ -85,940 +85,955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057722065</t>
+          <t>9786057722133</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Ehlibeyt'in Nişaneleri</t>
+          <t>Hakikat-i Aleviyye</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057722102</t>
+          <t>9786057722065</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cilbend-i Sırri</t>
+          <t>Kur'an'da Ehlibeyt'in Nişaneleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057722096</t>
+          <t>9786057722102</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt’e Meveddetin Kaynakları (Ciltli)</t>
+          <t>Cilbend-i Sırri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>3000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056594304</t>
+          <t>9786057722096</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kisvename</t>
+          <t>Ehlibeyt’e Meveddetin Kaynakları (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056452703</t>
+          <t>9786056594304</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dem-i Vahdet</t>
+          <t>Kisvename</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058277557</t>
+          <t>9786056452703</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sofra-yı Sırri</t>
+          <t>Dem-i Vahdet</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058277526</t>
+          <t>9786058277557</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Devr-i Daim</t>
+          <t>Sofra-yı Sırri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056332937</t>
+          <t>9786058277526</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Vahdetname</t>
+          <t>Devr-i Daim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056263538</t>
+          <t>9786056332937</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Haseneyn</t>
+          <t>Vahdetname</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056332951</t>
+          <t>9786056263538</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Süreyya Divanı ve Varidatı (Ciltli)</t>
+          <t>Risale-i Haseneyn</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056263583</t>
+          <t>9786056332951</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hazret-i Üftade</t>
+          <t>Hazret-i Süreyya Divanı ve Varidatı (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056332944</t>
+          <t>9786056263583</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ahmediyye Risalesi ve Nefesler</t>
+          <t>Divan-ı Hazret-i Üftade</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056594366</t>
+          <t>9786056332944</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alevilik ve Bektaşilik Sırlarını İfşa Ediyorum</t>
+          <t>Ahmediyye Risalesi ve Nefesler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056332968</t>
+          <t>9786056594366</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sırrın Sırrı</t>
+          <t>Alevilik ve Bektaşilik Sırlarını İfşa Ediyorum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>620</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058277533</t>
+          <t>9786056332968</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt’in Anneleri</t>
+          <t>Sırrın Sırrı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057722126</t>
+          <t>9786058277533</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Merdan’a Varalım</t>
+          <t>Ehlibeyt’in Anneleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057722119</t>
+          <t>9786057722126</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Haksari Feyizler</t>
+          <t>Şah-ı Merdan’a Varalım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056452710</t>
+          <t>9786057722119</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Seyfullah Külliyatı 1</t>
+          <t>Haksari Feyizler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>620</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058277595</t>
+          <t>9786056452710</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Salih Niyazi Dedebaba</t>
+          <t>Seyyid Seyfullah Külliyatı 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>620</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056594328</t>
+          <t>9786058277595</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Hikayeleri (3 Cilt Takım)</t>
+          <t>Salih Niyazi Dedebaba</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058277502</t>
+          <t>9786056594328</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fukara-yı Bektaşiyan</t>
+          <t>Mesnevi Hikayeleri (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056594380</t>
+          <t>9786058277502</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hakikatlere Giriş</t>
+          <t>Fukara-yı Bektaşiyan</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056263521</t>
+          <t>9786056594380</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Velayet Sırr-ı Hidayet Hazreti-i İmam Ali</t>
+          <t>Hakikatlere Giriş</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056263576</t>
+          <t>9786056263521</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Ali Hilmi Dedebaba Divanı</t>
+          <t>Şah-ı Velayet Sırr-ı Hidayet Hazreti-i İmam Ali</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056263507</t>
+          <t>9786056263576</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamber’in Sırrı Hazret-i Fatime</t>
+          <t>Mehmed Ali Hilmi Dedebaba Divanı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056263514</t>
+          <t>9786056263507</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamber’in Sevgilisi Hazret-i Hatice</t>
+          <t>Hazret-i Peygamber’in Sırrı Hazret-i Fatime</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056332906</t>
+          <t>9786056263514</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gülzar-ı Haseneyn</t>
+          <t>Hazret-i Peygamber’in Sevgilisi Hazret-i Hatice</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>620</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056452727</t>
+          <t>9786056332906</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Seyfullah Külliyatı 2</t>
+          <t>Gülzar-ı Haseneyn</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>480</v>
+        <v>620</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056452796</t>
+          <t>9786056452727</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Fakrname</t>
+          <t>Seyyid Seyfullah Külliyatı 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058277540</t>
+          <t>9786056452796</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin İftiharı Hazret-i Ebu Talib</t>
+          <t>Fakrname</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056452741</t>
+          <t>9786058277540</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Annesi Hazret-i Hatice</t>
+          <t>Müminlerin İftiharı Hazret-i Ebu Talib</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056332975</t>
+          <t>9786056452741</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Niyazi-i Mısri</t>
+          <t>Müminlerin Annesi Hazret-i Hatice</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057722089</t>
+          <t>9786056332975</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Matemi</t>
+          <t>Hazret-i Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057722072</t>
+          <t>9786057722089</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İkinci Defter-i Kuyudat</t>
+          <t>Kerbela Matemi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056452772</t>
+          <t>9786057722072</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Zehra'nın Faziletleri</t>
+          <t>İkinci Defter-i Kuyudat</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056452789</t>
+          <t>9786056452772</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Maarifi Nefesler</t>
+          <t>Hazret-i Zehra'nın Faziletleri</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056452734</t>
+          <t>9786056452789</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Şeyhlerinden Kerbela Mersiyeleri</t>
+          <t>Maarifi Nefesler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056332999</t>
+          <t>9786056452734</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud ve Mevcud</t>
+          <t>Osmanlı Dönemi Şeyhlerinden Kerbela Mersiyeleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056594373</t>
+          <t>9786056332999</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Saki-i Aşk</t>
+          <t>Vahdet-i Vücud ve Mevcud</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056594397</t>
+          <t>9786056594373</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Defter-i Kuyüdat</t>
+          <t>Saki-i Aşk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056594311</t>
+          <t>9786056594397</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rifai-Sayyadi Seyyidleri</t>
+          <t>Defter-i Kuyüdat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056263590</t>
+          <t>9786056594311</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Hayrullah Taceddin er-Rifai Külliyatı</t>
+          <t>Rifai-Sayyadi Seyyidleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056332920</t>
+          <t>9786056263590</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Nazif Dede Dîvançe ve Risalesi</t>
+          <t>Şeyh Hayrullah Taceddin er-Rifai Külliyatı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056263552</t>
+          <t>9786056332920</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Keşkül-i Sırri (Ciltli)</t>
+          <t>Mevlevi Nazif Dede Dîvançe ve Risalesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056263545</t>
+          <t>9786056263552</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İki Gavs-ı Enam Abdülkadir Geylani ve Abdüsselam El-Esmer</t>
+          <t>Keşkül-i Sırri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056263569</t>
+          <t>9786056263545</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Sırri (Ciltli)</t>
+          <t>İki Gavs-ı Enam Abdülkadir Geylani ve Abdüsselam El-Esmer</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056332913</t>
+          <t>9786056263569</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Al-i Muhammed Tarihinde Teşrih ve Muhakeme</t>
+          <t>Asa-yı Sırri (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058277519</t>
+          <t>9786056332913</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Fatime'nin İsimleri / The Sacred Names of Hadrat-i Fatima (Ciltli)</t>
+          <t>Al-i Muhammed Tarihinde Teşrih ve Muhakeme</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056452765</t>
+          <t>9786058277519</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Zeyneb</t>
+          <t>Hazret-i Fatime'nin İsimleri / The Sacred Names of Hadrat-i Fatima (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056452758</t>
+          <t>9786056452765</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Risaleleri</t>
+          <t>Hazret-i Zeyneb</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056332982</t>
+          <t>9786056452758</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nefir-i Sırri (Ciltli)</t>
+          <t>Bektaşi Risaleleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057722034</t>
+          <t>9786056332982</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sayyadiler</t>
+          <t>Nefir-i Sırri (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>750</v>
+        <v>480</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057722041</t>
+          <t>9786057722034</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Masumlar’ın Batıni Hakikatleri</t>
+          <t>Sayyadiler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057722058</t>
+          <t>9786057722041</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gelin Ey Nazenin Canlar</t>
+          <t>Masumlar’ın Batıni Hakikatleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057722010</t>
+          <t>9786057722058</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in Ataları</t>
+          <t>Gelin Ey Nazenin Canlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057722003</t>
+          <t>9786057722010</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Teber-i Sırri</t>
+          <t>Peygamber'in Ataları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057722027</t>
+          <t>9786057722003</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kemer-i Sırri</t>
+          <t>Teber-i Sırri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058277571</t>
+          <t>9786057722027</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hakikatperest Olalım</t>
+          <t>Kemer-i Sırri</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058277588</t>
+          <t>9786058277571</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Hasan</t>
+          <t>Hakikatperest Olalım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
+          <t>9786058277588</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Hazret-i Hasan</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
           <t>9786058277564</t>
         </is>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Bektaşiliğin Bilinmeyenleri -  Kahraman Özkök İle Söyleşi</t>
         </is>
       </c>
-      <c r="C61" s="1">
+      <c r="C62" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>