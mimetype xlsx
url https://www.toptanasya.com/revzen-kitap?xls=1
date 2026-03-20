--- v0 (2025-10-30)
+++ v1 (2026-03-20)
@@ -115,1450 +115,1450 @@
           <t>Soru ve Cevaplarla - İlginç Bilgiler!</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9780194228084</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 63 Soru</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059167215</t>
+          <t>9786056534591</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şövalyeler - Keşfet ve Boya</t>
+          <t>Neden Ve Niçin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>3.95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059167437</t>
+          <t>9786052045749</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 89 Soru</t>
+          <t>Soru ve Cevaplarla - Acaba Neden ?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>2.31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000029836</t>
+          <t>9786052045732</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Masallar - Keşfet ve Boya</t>
+          <t>Soru ve Cevaplarla - Neden ve Nasıl ?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000029835</t>
+          <t>9786059167215</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Keşfet ve Boya</t>
+          <t>Şövalyeler - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>7.5</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000029834</t>
+          <t>9786059167437</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kediler - Keşfet ve Boya</t>
+          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 89 Soru</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>7.5</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000029833</t>
+          <t>3990000029836</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şövalyeler - Keşfet ve Boya</t>
+          <t>Masallar - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000029832</t>
+          <t>3990000029835</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Keşfet ve Boya</t>
+          <t>Dinozorlar - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000029838</t>
+          <t>3990000029834</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Köpekler - Keşfet ve Boya</t>
+          <t>Kediler - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000029837</t>
+          <t>3990000029833</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Keşfet ve Boya</t>
+          <t>Şövalyeler - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000029844</t>
+          <t>3990000029832</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Keşfet ve Boya</t>
+          <t>Sayılar - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000029843</t>
+          <t>3990000029838</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar - Keşfet ve Boya</t>
+          <t>Köpekler - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000029841</t>
+          <t>3990000029837</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cüceler ve Dostları - Keşfet ve Boya</t>
+          <t>Hayvanlar - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000029840</t>
+          <t>3990000029844</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Deniz - Keşfet ve Boya</t>
+          <t>Doğa - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3990000029839</t>
+          <t>3990000029843</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hayvanları - Keşfet ve Boya</t>
+          <t>Yavru Hayvanlar - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752465602</t>
+          <t>3990000029841</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Boyama 5+ (Pembe Kitap)</t>
+          <t>Cüceler ve Dostları - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>69.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752465619</t>
+          <t>3990000029840</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Boyama 5+ (Kırmızı Kitap)</t>
+          <t>Deniz - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>69.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752465626</t>
+          <t>3990000029839</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Boyama 4+ (Yeşil Kitap)</t>
+          <t>Deniz Hayvanları - Keşfet ve Boya</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>69.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752465633</t>
+          <t>9789752465602</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Boyama 4+ (Mavi Kitap)</t>
+          <t>Işıldayan Boyama 5+ (Pembe Kitap)</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752465848</t>
+          <t>9789752465619</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Boyama Kitabı 5+ Deniz Hayvanları</t>
+          <t>Işıldayan Boyama 5+ (Kırmızı Kitap)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>59.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058270374</t>
+          <t>9789752465626</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 4 - Pembe Kitap</t>
+          <t>Işıldayan Boyama 4+ (Yeşil Kitap)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>49.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058270367</t>
+          <t>9789752465633</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 3 - Pembe Kitap</t>
+          <t>Işıldayan Boyama 4+ (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>49.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058270336</t>
+          <t>9789752465848</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 1 - Pembe Kitap</t>
+          <t>Aktiviteli Boyama Kitabı 5+ Deniz Hayvanları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>49.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752465442</t>
+          <t>9789752465510</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Benim Moda Stilim Tatil</t>
+          <t>Minik Yüzler - Sirkte</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>99.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752465459</t>
+          <t>9789752465503</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Benim Moda Stilim Parti</t>
+          <t>Minik Yüzler - Gezide</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>99.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752465466</t>
+          <t>9789752465480</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Benim Moda Stilim Defile</t>
+          <t>Minik Yüzler - Çiftlikte</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>99.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752465343</t>
+          <t>9789752465497</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 3 Yaş - Zeka Geliştiren 37 Soru</t>
+          <t>Minik Yüzler - Şehirde Hayat</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>5.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752465435</t>
+          <t>9786058270374</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Benim Moda Stilim Alışveriş</t>
+          <t>Eğlenceli Aktivite Kitabım 4 - Pembe Kitap</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>99.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752465411</t>
+          <t>9786058270367</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 5 Yaş - Zeka Geliştiren 104 Soru</t>
+          <t>Eğlenceli Aktivite Kitabım 3 - Pembe Kitap</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>39.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752465176</t>
+          <t>9786058270343</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 4 Yaş - Zeka Geliştiren 72 Soru</t>
+          <t>Eğlenceli Aktivite Kitabım 2 - Pembe Kitap</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>39.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752465169</t>
+          <t>9786058270336</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 4 Yaş - Zeka Geliştiren 72 Soru</t>
+          <t>Eğlenceli Aktivite Kitabım 1 - Pembe Kitap</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>39.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752465107</t>
+          <t>9789752465008</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları 192 Çıkartma - Masal Kahramanları</t>
+          <t>Eğlenceli Aktivite Kitabım 4 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>69.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752465015</t>
+          <t>9786058270398</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Harika Araçlar ile Aktiviteler - İtfaiye Araçları</t>
+          <t>Eğlenceli Aktivite Kitabım 3 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>69.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752465329</t>
+          <t>9786058270381</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 3 Yaş - Zeka Geliştiren 62 Soru</t>
+          <t>Eğlenceli Aktivite Kitabım 2 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>5.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752465275</t>
+          <t>9786058270350</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 3 Yaş - Zeka Geliştiren 50 Soru</t>
+          <t>Eğlenceli Aktivite Kitabım 1 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>5.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752465336</t>
+          <t>9786056726835</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 3 Yaş - Zeka Geliştiren 38 Soru</t>
+          <t>Minik Yüzler - Doğum Günü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>5.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052045787</t>
+          <t>9786056726859</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yarış Arabaları Ralli - Süper Arabalar</t>
+          <t>Minik Yüzler - Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>89.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052045770</t>
+          <t>9789752465442</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yarış Motorları Sport - Süper Arabalar</t>
+          <t>Benim Moda Stilim Tatil</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>199</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052045794</t>
+          <t>9789752465459</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kamyonlar - Süper Arabalar</t>
+          <t>Benim Moda Stilim Parti</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>199</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752465145</t>
+          <t>9789752465466</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 3 Yaş - Zeka Geliştiren 58 Soru</t>
+          <t>Benim Moda Stilim Defile</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>39.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052045732</t>
+          <t>9789752465145</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla - Neden ve Nasıl ?</t>
+          <t>Adım Adım Hayatı Keşfediyorum 3 Yaş - Zeka Geliştiren 58 Soru</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>6</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056534591</t>
+          <t>9789752465138</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Neden Ve Niçin</t>
+          <t>Adım Adım Hayatı Keşfediyorum 3 Yaş - Zeka Geliştiren 52 Soru</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>25</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052045749</t>
+          <t>9789752465091</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla - Acaba Neden ?</t>
+          <t>Mozaik Çalışmaları 192 Çıkartma -  Deniz Hayvanları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>25</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>4440000001039</t>
+          <t>9789752465084</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 5 Yaş - Zeka Geliştiren 84 Soru</t>
+          <t>Mozaik Çalışmaları 192 Çıkartma - Doğa Hayvanları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>39.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000001040</t>
+          <t>9789752465077</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 5 Yaş - Zeka Geliştiren 72 Soru</t>
+          <t>Mozaik Çalışmaları 192 Çıkartma -  Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>39.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059167420</t>
+          <t>9789752465343</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 63 Soru</t>
+          <t>Adım Adım Matematik 3 Yaş - Zeka Geliştiren 37 Soru</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>39.9</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052045763</t>
+          <t>9789752465121</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Turbo Arabalar 4x4 - Süper Arabalar</t>
+          <t>Adım Adım Hayatı Keşfediyorum 3 Yaş - Zeka Geliştiren 83 Soru</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>89.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752465510</t>
+          <t>9789752465114</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Minik Yüzler - Sirkte</t>
+          <t>Adım Adım Hayatı Keşfediyorum 3 Yaş - Zeka Geliştiren 77 Soru</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>89.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752465503</t>
+          <t>9789752465435</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Minik Yüzler - Gezide</t>
+          <t>Benim Moda Stilim Alışveriş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>89.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752465480</t>
+          <t>9789752465367</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Minik Yüzler - Çiftlikte</t>
+          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 89 Soru</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>89.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752465497</t>
+          <t>9789752465374</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Minik Yüzler - Şehirde Hayat</t>
+          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 111 Soru</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>89.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752465305</t>
+          <t>9789752465381</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 4 Yaş - Zeka Geliştiren 62 Soru</t>
+          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 77 Soru</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>39.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752465312</t>
+          <t>9789752465350</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 4 Yaş - Zeka Geliştiren 45 Soru</t>
+          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 74 Soru</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>39.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752465121</t>
+          <t>9789752465411</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 3 Yaş - Zeka Geliştiren 83 Soru</t>
+          <t>Adım Adım Matematik 5 Yaş - Zeka Geliştiren 104 Soru</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>39.9</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752465114</t>
+          <t>9789752465404</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 3 Yaş - Zeka Geliştiren 77 Soru</t>
+          <t>Adım Adım Matematik 5 Yaş - Zeka Geliştiren 98 Soru</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>39.9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752465039</t>
+          <t>4440000001039</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Harika Araçlar ile Aktiviteler - Çiftlik Araçları</t>
+          <t>Adım Adım Matematik 5 Yaş - Zeka Geliştiren 84 Soru</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>69.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056726880</t>
+          <t>4440000001040</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Prenses Partiye Hazırlanıyor - Zehra</t>
+          <t>Adım Adım Matematik 5 Yaş - Zeka Geliştiren 72 Soru</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>79.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056726866</t>
+          <t>9789752465244</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Prenses Partiye Hazırlanıyor - Betül</t>
+          <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 88 Soru</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>79.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056726873</t>
+          <t>9789752465251</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Prenses Partiye Hazırlanıyor - Defne</t>
+          <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 85 Soru</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>99.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056726842</t>
+          <t>9789752465237</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Prenses Partiye Hazırlanıyor - Yağmur</t>
+          <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 63 Soru</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>79.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752465138</t>
+          <t>9786059167420</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 3 Yaş - Zeka Geliştiren 52 Soru</t>
+          <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 63 Soru</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>39.9</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752465091</t>
+          <t>9789752465190</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları 192 Çıkartma -  Deniz Hayvanları</t>
+          <t>Adım Adım Hayatı Keşfediyorum 5 Yaş - Zeka Geliştiren 85 Soru</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>69.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752465084</t>
+          <t>9789752465220</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları 192 Çıkartma - Doğa Hayvanları</t>
+          <t>Adım Adım Hayatı Keşfediyorum 5 Yaş - Zeka Geliştiren 67 Soru</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>69.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752465077</t>
+          <t>9789752465213</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları 192 Çıkartma -  Evcil Hayvanlar</t>
+          <t>Adım Adım Hayatı Keşfediyorum 5 Yaş - Zeka Geliştiren 65 Soru</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>69.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752465060</t>
+          <t>9789752465206</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları 192 Çıkartma -  Neşeli Hayvanlar</t>
+          <t>Adım Adım Hayatı Keşfediyorum 5 Yaş - Zeka Geliştiren 58 Soru</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>69.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752465053</t>
+          <t>9789752465152</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları 192 Çıkartma - Orman Hayvanları</t>
+          <t>Adım Adım Hayatı Keşfediyorum 4 Yaş - Zeka Geliştiren 83 Soru</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>69.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058270312</t>
+          <t>9789752465176</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Benim Sanat Çalışmalarım - Mavi Kitap</t>
+          <t>Adım Adım Hayatı Keşfediyorum 4 Yaş - Zeka Geliştiren 72 Soru</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>49.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058270305</t>
+          <t>9789752465169</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Benim Sanat Çalışmalarım - Kırmızı Kitap</t>
+          <t>Adım Adım Hayatı Keşfediyorum 4 Yaş - Zeka Geliştiren 72 Soru</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>49.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058270329</t>
+          <t>9789752465183</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Benim Sanat Çalışmalarım - Yeşil Kitap</t>
+          <t>Adım Adım Hayatı Keşfediyorum 4 Yaş - Zeka Geliştiren 59 Soru</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>49.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056726897</t>
+          <t>9789752465282</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Benim Sanat Çalışmalarım - Pembe Kitap</t>
+          <t>Adım Adım Matematik 4 Yaş - Zeka Geliştiren 84 Soru</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>49.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752465022</t>
+          <t>9789752465299</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Harika Araçlar ile Aktiviteler - Kamyonlar ve Dozerler</t>
+          <t>Adım Adım Matematik 4 Yaş - Zeka Geliştiren 76 Soru</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>69.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752465046</t>
+          <t>9789752465107</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Harika Araçlar ile Aktiviteler - Çılgın Arabalar</t>
+          <t>Mozaik Çalışmaları 192 Çıkartma - Masal Kahramanları</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>69.9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752465367</t>
+          <t>9789752465060</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 89 Soru</t>
+          <t>Mozaik Çalışmaları 192 Çıkartma -  Neşeli Hayvanlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>39.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752465374</t>
+          <t>9789752465053</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 111 Soru</t>
+          <t>Mozaik Çalışmaları 192 Çıkartma - Orman Hayvanları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>39.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752465381</t>
+          <t>9786058270312</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 77 Soru</t>
+          <t>Benim Sanat Çalışmalarım - Mavi Kitap</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>39.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752465350</t>
+          <t>9786058270305</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 6 Yaş - Zeka Geliştiren 74 Soru</t>
+          <t>Benim Sanat Çalışmalarım - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>39.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752465404</t>
+          <t>9786058270329</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 5 Yaş - Zeka Geliştiren 98 Soru</t>
+          <t>Benim Sanat Çalışmalarım - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>39.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752465244</t>
+          <t>9786056726897</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 88 Soru</t>
+          <t>Benim Sanat Çalışmalarım - Pembe Kitap</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>39.9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752465251</t>
+          <t>9789752465022</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 85 Soru</t>
+          <t>Harika Araçlar ile Aktiviteler - Kamyonlar ve Dozerler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>39.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752465237</t>
+          <t>9786056726866</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 6 Yaş - Zeka Geliştiren 63 Soru</t>
+          <t>Prenses Partiye Hazırlanıyor - Betül</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>39.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752465190</t>
+          <t>9786056726873</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 5 Yaş - Zeka Geliştiren 85 Soru</t>
+          <t>Prenses Partiye Hazırlanıyor - Defne</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>39.9</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752465220</t>
+          <t>9786056726842</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 5 Yaş - Zeka Geliştiren 67 Soru</t>
+          <t>Prenses Partiye Hazırlanıyor - Yağmur</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>39.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752465213</t>
+          <t>9789752465015</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 5 Yaş - Zeka Geliştiren 65 Soru</t>
+          <t>Harika Araçlar ile Aktiviteler - İtfaiye Araçları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>39.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752465206</t>
+          <t>9789752465039</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 5 Yaş - Zeka Geliştiren 58 Soru</t>
+          <t>Harika Araçlar ile Aktiviteler - Çiftlik Araçları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>39.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056726835</t>
+          <t>9789752465305</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Minik Yüzler - Doğum Günü</t>
+          <t>Adım Adım Matematik 4 Yaş - Zeka Geliştiren 62 Soru</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>89.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056726859</t>
+          <t>9786056726880</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Minik Yüzler - Hayvanat Bahçesinde</t>
+          <t>Prenses Partiye Hazırlanıyor - Zehra</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>89.9</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058270343</t>
+          <t>9789752465046</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 2 - Pembe Kitap</t>
+          <t>Harika Araçlar ile Aktiviteler - Çılgın Arabalar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>49.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752465008</t>
+          <t>9789752465312</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 4 - Yeşil Kitap</t>
+          <t>Adım Adım Matematik 4 Yaş - Zeka Geliştiren 45 Soru</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>49.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058270398</t>
+          <t>9789752465329</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 3 - Yeşil Kitap</t>
+          <t>Adım Adım Matematik 3 Yaş - Zeka Geliştiren 62 Soru</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>49.9</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058270381</t>
+          <t>9789752465275</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 2 - Yeşil Kitap</t>
+          <t>Adım Adım Matematik 3 Yaş - Zeka Geliştiren 50 Soru</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>49.9</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786058270350</t>
+          <t>9789752465336</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Kitabım 1 - Yeşil Kitap</t>
+          <t>Adım Adım Matematik 3 Yaş - Zeka Geliştiren 38 Soru</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>49.9</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752465152</t>
+          <t>9786052045763</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 4 Yaş - Zeka Geliştiren 83 Soru</t>
+          <t>Turbo Arabalar 4x4 - Süper Arabalar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>39.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752465183</t>
+          <t>9786052045770</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hayatı Keşfediyorum 4 Yaş - Zeka Geliştiren 59 Soru</t>
+          <t>Yarış Motorları Sport - Süper Arabalar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>39.9</v>
+        <v>199</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752465282</t>
+          <t>9786052045787</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 4 Yaş - Zeka Geliştiren 84 Soru</t>
+          <t>Yarış Arabaları Ralli - Süper Arabalar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>39.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752465299</t>
+          <t>9786052045794</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik 4 Yaş - Zeka Geliştiren 76 Soru</t>
+          <t>Güçlü Kamyonlar - Süper Arabalar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>39.9</v>
+        <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>