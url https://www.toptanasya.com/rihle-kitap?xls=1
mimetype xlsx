--- v0 (2025-11-03)
+++ v1 (2026-03-29)
@@ -85,175 +85,955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055634124</t>
+          <t>9786055634735</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modern Çağ - 2</t>
+          <t>Sorulu-Cevaplı Hadis Usulü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>15</v>
+        <v>168</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055634629</t>
+          <t>9786055634865</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Şerhi - Evlilik Üzerine</t>
+          <t>Selef Akidesi (İmam Ebu Hanife'nin İtikadi Görüşleri) -el-Usulu'l-Münife Tercümesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>111</v>
+        <v>349</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055634377</t>
+          <t>9786055634742</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Evlat Acısıyla Yanan Yüreklere Teselli (Berdü’l-Ekbadʻınde Fakdi’l-Evlad)</t>
+          <t>Die Glaubenslehre der Ahlu s-Sunna (Die kommentierte ʿaqida des aṭ-Ṭaḥawi)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>75</v>
+        <v>238</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055634605</t>
+          <t>9786055634728</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihinde Muhaddis Sufiler</t>
+          <t>Ahlakî ve Akîdevi İlkeleriyle Müslümanca Hayat (Berekatü'l-Ebrar Tercümesi)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>213</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055634414</t>
+          <t>9786055634759</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Takıyye: Şia Rivayet Kültüründeki Derin Paradoks</t>
+          <t>Abdülhayy el-Leknevi -Hint Alt Kıtasında Bir Hanefî Fakih</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>264</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055634186</t>
+          <t>4440000002013</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Memalik-i Osmaniyye'yi Keşfe Çıkan Oryantalistler</t>
+          <t>Modern İslam Düşüncesinin Tenkidi (1-2, Takım)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>585</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055634056</t>
+          <t>4458000105588</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'i Nasıl Anlamalıyız?</t>
+          <t>İslam ve Modern Çağ (3 cilt, takım)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>720</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055634230</t>
+          <t>4458000105601</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Modern Bir Din Projesinin Tenkidi</t>
+          <t>Sözü Müstakim Kılmak I-II</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>351</v>
+        <v>398</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
+          <t>9786055634131</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ve Modern Çağ 3</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786055634438</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Nüzul-i İsa - Bir İtirazın Tahlili</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786055634360</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Muvatta Nüshaları Muhteva Analizi</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9876055634384</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>İmam El-Eş'ari</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786055634322</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanca Bir Hayat İçin</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786055634094</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Sözü Müstakim Kılmak 1</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9766055634407</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Çağda Müslüman Bilincin İnşası 2</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786055634391</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Çağda Müslüman Bilincin İnşası 1</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786055634162</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Mezhep Meselesi ve Fıkhi İhtilaflar</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786055634308</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Makalat’ul Kevseri 1</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786055634353</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Sözü Müstakim Kılmak 2</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786055634223</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufi Meselelere Fıkhi Bakış</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786055634063</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Yerelden Küresele Ahlaki Duruşumuz</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786055634070</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ömer ve Nebevi Sünnet</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786055634018</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>İslami Bilincin İhyası</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786055634025</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>İdrak ve Tasdik</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786055634148</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Moderne Nasihat</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786055634254</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Modern Düşüncenin Kur'an Anlayışı</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786055634193</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Nüzul-i İsa Meselesi</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786055634179</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Usulünde İhtilat</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786055634087</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Dünyada İslami Duruş</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786055634315</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Sana Din'den Sorarlar 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786055634346</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet Akaidi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786055634001</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Sana Dinden Sorarlar 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>4440000001140</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>İstikamet Yazıları 2</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786055634117</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Modern Çağ (3 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>4440000001138</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>İstikamet Yazıları 1</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786055634278</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Modern Fetvalar Çağdaş Hurafeler</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786055634292</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>İhya ve İnşa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786055634285</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Hikemiyat</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786055634643</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Eşrefiyye Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786055634650</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>İmam Züfer - Hanefi İmamların Biyografisi 1</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786055634636</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Tefsire Giriş ve Muhtasar Kur’an Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>4440000001139</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>İstikamet Yazıları (1-2 Takım)</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786055634681</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşmenin Aile Üzerindeki Etkileri ve İslami Perspektif (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786055634667</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>İmam Eş-Şafi‘i</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786055634674</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Hanefi Mezhebinde Fıkıh ve Hadis</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>3990000085276</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Modern İslâm Düşüncesinin Tenkidi (1-2)</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786055634100</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Modern İslam Düşüncesinin Tenkidi 2</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786055634599</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Seslendiler</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786055634261</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Modern İslam Düşüncesinin Tenkidi 1</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786055634421</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Hanefi Mezhebine Göre İbadetler Fıkhı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786055634612</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadiste Kadın ve Aile</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786055634575</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Celseleri - 1</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786055634124</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Modern Çağ - 2</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786055634629</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadis Şerhi - Evlilik Üzerine</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786055634377</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Evlat Acısıyla Yanan Yüreklere Teselli (Berdü’l-Ekbadʻınde Fakdi’l-Evlad)</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786055634605</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Tarihinde Muhaddis Sufiler</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786055634414</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Takıyye: Şia Rivayet Kültüründeki Derin Paradoks</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786055634186</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Memalik-i Osmaniyye'yi Keşfe Çıkan Oryantalistler</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786055634056</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'i Nasıl Anlamalıyız?</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786055634230</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Modern Bir Din Projesinin Tenkidi</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
           <t>9786055634247</t>
         </is>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Modern Düşüncenin İslam Anlayışı</t>
         </is>
       </c>
-      <c r="C10" s="1">
+      <c r="C62" s="1">
         <v>239</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>