--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -85,1165 +85,1180 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257786225</t>
+          <t>9789756223383</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Riyazsu's Salihin Seti - (2 Kitap Takım) (Ciltli)</t>
+          <t>Kur'an'da İnsan ve Medeniyet</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257786232</t>
+          <t>9786257786225</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Riyazus Salihin Tercümesi ve İzahı - 2 Cilt Takım (Ciltli)</t>
+          <t>Riyazsu's Salihin Seti - (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>2000</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756223420</t>
+          <t>9786257786232</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>Riyazus Salihin Tercümesi ve İzahı - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056974502</t>
+          <t>9789756223420</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki İşaretler</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756223307</t>
+          <t>9786056974502</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı ve Daveti</t>
+          <t>Yoldaki İşaretler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>850</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944275477</t>
+          <t>9789756223307</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Fikir ve Davet Önderleri</t>
+          <t>Peygamberimizin Hayatı ve Daveti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944275323</t>
+          <t>9789944275477</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancı</t>
+          <t>İslam'da Fikir ve Davet Önderleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756223147</t>
+          <t>9789944275323</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’e Göre Müslüman Toplumu</t>
+          <t>İslam İnancı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>460</v>
+        <v>540</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944275736</t>
+          <t>9789756223147</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnete Göre Müslüman Şahsiyeti</t>
+          <t>Kur’an ve Sünnet’e Göre Müslüman Toplumu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756223048</t>
+          <t>9789944275736</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatından Dersler ve İbretler</t>
+          <t>Kur’an ve Sünnete Göre Müslüman Şahsiyeti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257786287</t>
+          <t>9789756223048</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kısa Namaz Surelerinin Tefsiri</t>
+          <t>Peygamberimizin Hayatından Dersler ve İbretler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257786294</t>
+          <t>9786257786287</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri</t>
+          <t>Kısa Namaz Surelerinin Tefsiri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756223338</t>
+          <t>9786257786294</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Amme Cüzü Tefsiri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257786300</t>
+          <t>9789756223338</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asrın Cahiliyesi</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257786256</t>
+          <t>9786257786300</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Davet Edelim?</t>
+          <t>Yirminci Asrın Cahiliyesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257786249</t>
+          <t>9786257786256</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Evlenme ve Sonuçları</t>
+          <t>Nasıl Davet Edelim?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257786270</t>
+          <t>9786257786249</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslami Düşüncenin Özellik ve Esasları (2 Cilt)</t>
+          <t>Evlenme ve Sonuçları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>800</v>
+        <v>840</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257786171</t>
+          <t>9786257786270</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre</t>
+          <t>İslami Düşüncenin Özellik ve Esasları (2 Cilt)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>960</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257786201</t>
+          <t>9786257786171</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Namaz(2 Cilt)</t>
+          <t>Hac ve Umre</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257786164</t>
+          <t>9786257786201</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Oruç</t>
+          <t>Namaz(2 Cilt)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257786140</t>
+          <t>9786257786164</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Namazın Şartları</t>
+          <t>Oruç</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257786157</t>
+          <t>9786257786140</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>Namazın Şartları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257786096</t>
+          <t>9786257786157</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumuna Doğru</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944275293</t>
+          <t>9786257786096</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkhı Ansiklopedisi - 10 Cilt</t>
+          <t>İslam Toplumuna Doğru</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257786119</t>
+          <t>9789944275293</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Nasıl Okuyalım?</t>
+          <t>İslam Fıkhı Ansiklopedisi - 10 Cilt</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257786126</t>
+          <t>9786257786119</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bela ve İmtihan</t>
+          <t>Kur’an’ı Nasıl Okuyalım?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257786065</t>
+          <t>9786257786126</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sıfatları</t>
+          <t>Bela ve İmtihan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257786034</t>
+          <t>9786257786065</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizden Bir Olay Menemen Vakası</t>
+          <t>Cennetin Sıfatları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257786010</t>
+          <t>9786257786034</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Savaşın Etkileri</t>
+          <t>Yakın Tarihimizden Bir Olay Menemen Vakası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050605099</t>
+          <t>9786257786010</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Delilleri ile Müslüman Kadının Fıkıh Kitabı</t>
+          <t>İslam Hukukunda Savaşın Etkileri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257786003</t>
+          <t>9786050605099</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Fetih Sure-i Celilesinin Tefsiri</t>
+          <t>Delilleri ile Müslüman Kadının Fıkıh Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050605082</t>
+          <t>9786257786003</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali</t>
+          <t>Fetih Sure-i Celilesinin Tefsiri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050605037</t>
+          <t>9786050605082</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstikbal İslamındır</t>
+          <t>Büyük İslam İlmihali</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050605068</t>
+          <t>9786050605037</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>İstikbal İslamındır</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056974564</t>
+          <t>9786050605068</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Şehidinden Mektuplar Set (4 Kitap Takım)</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050605051</t>
+          <t>9786056974564</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Köyden Bir Çocuk</t>
+          <t>Bir İslam Şehidinden Mektuplar Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050605013</t>
+          <t>9786050605051</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram Hakkında Müslümanların Nezih İtikadları</t>
+          <t>Köyden Bir Çocuk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050605020</t>
+          <t>9786050605013</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali ve İman Küfür Sınırı</t>
+          <t>Ashab-ı Kiram Hakkında Müslümanların Nezih İtikadları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056974571</t>
+          <t>9786050605020</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Din Budur</t>
+          <t>İmam Gazali ve İman Küfür Sınırı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257786058</t>
+          <t>9786056974571</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Cehennem ve Cehennem Ehli</t>
+          <t>Din Budur</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056974519</t>
+          <t>9786257786058</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Faiz Ayetinin Tefsiri</t>
+          <t>Hadislerle Cehennem ve Cehennem Ehli</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052480519</t>
+          <t>9786056974519</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnetteki Misaller</t>
+          <t>Faiz Ayetinin Tefsiri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052480403</t>
+          <t>9786052480519</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Şehidinden Mektuplar - 1</t>
+          <t>Kur’an ve Sünnetteki Misaller</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052480441</t>
+          <t>9786052480403</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslam Davetinde Hayatımdan Dersler</t>
+          <t>Bir İslam Şehidinden Mektuplar - 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052480434</t>
+          <t>9786052480441</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tahir Büyükkörükçü'den Vaazlar</t>
+          <t>İslam Davetinde Hayatımdan Dersler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944275538</t>
+          <t>9786052480434</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnette İtikad, İbadet ve Güzel Ahlak</t>
+          <t>Tahir Büyükkörükçü'den Vaazlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052480342</t>
+          <t>9789944275538</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cuma Sohbetleri</t>
+          <t>Kur'an ve Sünnette İtikad, İbadet ve Güzel Ahlak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052480359</t>
+          <t>9786052480342</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Faziletleri</t>
+          <t>Cuma Sohbetleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050605075</t>
+          <t>9786052480359</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Batı ile Hesaplaşma</t>
+          <t>Kur'an'ın Faziletleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052480007</t>
+          <t>9786050605075</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Günahların Kefaretine Dair Allah Resulünün (s.a.) Müjdeleri</t>
+          <t>Batı ile Hesaplaşma</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052480038</t>
+          <t>9786052480007</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kur'an’ı Anlamada İlke ve Esaslar</t>
+          <t>Günahların Kefaretine Dair Allah Resulünün (s.a.) Müjdeleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944275866</t>
+          <t>9786052480038</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Resulullah (s.a.) Efendimizin Fetvaları</t>
+          <t>Kur'an’ı Anlamada İlke ve Esaslar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944275583</t>
+          <t>9789944275866</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Resulullah (s.a.) Efendimizin Fetvaları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944275835</t>
+          <t>9789944275583</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sıfatları</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>40</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944275842</t>
+          <t>9789944275835</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İstikbal İslamındır</t>
+          <t>Cennetin Sıfatları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944275798</t>
+          <t>9789944275842</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Meselelerine Fetvalar</t>
+          <t>İstikbal İslamındır</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944275750</t>
+          <t>9789944275798</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Metodu</t>
+          <t>Günümüz Meselelerine Fetvalar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944275507</t>
+          <t>9789944275750</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlar Arasında Görüş Ayrılığı ve İslam'da İhtilaf Usulü</t>
+          <t>Kur'an Metodu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944275675</t>
+          <t>9789944275507</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İslami Hayat ve Sorunları</t>
+          <t>Müslümanlar Arasında Görüş Ayrılığı ve İslam'da İhtilaf Usulü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944275453</t>
+          <t>9789944275675</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Fert ve Topluma Kur'an'ın Mesajı</t>
+          <t>İslami Hayat ve Sorunları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944275446</t>
+          <t>9789944275453</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Adalet Timsali Hz. Ömer (ra)</t>
+          <t>Fert ve Topluma Kur'an'ın Mesajı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944275422</t>
+          <t>9789944275446</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Resulullah</t>
+          <t>Adalet Timsali Hz. Ömer (ra)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944275330</t>
+          <t>9789944275422</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Birlik'te Sohbet</t>
+          <t>Kur'an'da Resulullah</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944275354</t>
+          <t>9789944275330</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Teravih Namazında Peygamber Ölçüsü</t>
+          <t>Birlik'te Sohbet</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944275385</t>
+          <t>9789944275354</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dünya Neler Kaybetti</t>
+          <t>Teravih Namazında Peygamber Ölçüsü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756223192</t>
+          <t>9789944275385</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Toplumu</t>
+          <t>Dünya Neler Kaybetti</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756223499</t>
+          <t>9789756223192</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali el-Murteza</t>
+          <t>Örnek İslam Toplumu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944275316</t>
+          <t>9789756223499</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri</t>
+          <t>Hz. Ali el-Murteza</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944275545</t>
+          <t>9789944275316</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tefsirli Kur’an Meali (3 Cilt Takım) (Ciltli)</t>
+          <t>Fatiha Tefsiri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>2700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944275255</t>
+          <t>9789944275545</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Namaz</t>
+          <t>Tefsirli Kur’an Meali (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756223316</t>
+          <t>9789944275255</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Medine Toplumu</t>
+          <t>Namaz</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050605044</t>
+          <t>9789756223316</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Peygamberlerin Hayatı</t>
+          <t>Medine Toplumu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756223062</t>
+          <t>9786050605044</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’e Göre Müslüman Kadının Şahsiyeti</t>
+          <t>Kur’an’da Adı Geçen Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756223246</t>
+          <t>9789756223062</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Düzeltilmesi Gereken Kavramlar</t>
+          <t>Kur’an ve Sünnet’e Göre Müslüman Kadının Şahsiyeti</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>325</v>
+        <v>580</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
+          <t>9789756223246</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Düzeltilmesi Gereken Kavramlar</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
           <t>9789944275286</t>
         </is>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Dört Rükün</t>
         </is>
       </c>
-      <c r="C76" s="1">
-        <v>350</v>
+      <c r="C77" s="1">
+        <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>