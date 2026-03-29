--- v1 (2026-02-04)
+++ v2 (2026-03-29)
@@ -85,1180 +85,1660 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789756223383</t>
+          <t>9786052480373</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan ve Medeniyet</t>
+          <t>Batı İle Hesaplaşma (Cep Boy)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257786225</t>
+          <t>9786052480045</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Riyazsu's Salihin Seti - (2 Kitap Takım) (Ciltli)</t>
+          <t>Hadislerle Cehennem ve Cehennem Ehli</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1750</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257786232</t>
+          <t>9786257786072</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Riyazus Salihin Tercümesi ve İzahı - 2 Cilt Takım (Ciltli)</t>
+          <t>Kur’an-ı Kerim Ve Türkçe Meali</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>2500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756223420</t>
+          <t>9786052480496</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>Meseleler ve Çözümleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056974502</t>
+          <t>3990000051750</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki İşaretler</t>
+          <t>İslam Fıkhı Ansiklopedisi Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756223307</t>
+          <t>3990000051749</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı ve Daveti</t>
+          <t>İslam Fıkhı Ansiklopedisi Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944275477</t>
+          <t>3990000051747</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Fikir ve Davet Önderleri</t>
+          <t>İslam Fıkhı Ansiklopedisi Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944275323</t>
+          <t>3990000051746</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancı</t>
+          <t>İslam Fıkhı Ansiklopedisi Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>540</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756223147</t>
+          <t>3990000051745</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’e Göre Müslüman Toplumu</t>
+          <t>İslam Fıkhı Ansiklopedisi Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944275736</t>
+          <t>3990000051743</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnete Göre Müslüman Şahsiyeti</t>
+          <t>İslam Fıkhı Ansiklopedisi Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>440</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756223048</t>
+          <t>3990000051734</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatından Dersler ve İbretler</t>
+          <t>İslam Fıkhı Ansiklopedisi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257786287</t>
+          <t>9789944275811</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kısa Namaz Surelerinin Tefsiri</t>
+          <t>Seyyid Kutub İslami Çalışma Metodu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257786294</t>
+          <t>9789944275378</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri</t>
+          <t>İmam-ı Rabbani</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756223338</t>
+          <t>9786257786089</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Biz Müslüman Mıyız?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257786300</t>
+          <t>9786257786041</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asrın Cahiliyesi</t>
+          <t>İnsan Psikolojisi Üzerine Etüdler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257786256</t>
+          <t>9786052480427</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Davet Edelim?</t>
+          <t>İstikamet ve Sapma Arasında İslami Hareket</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257786249</t>
+          <t>9786056974526</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Evlenme ve Sonuçları</t>
+          <t>Faiz Ayetinin Tefsiri (Cep Boy)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>840</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257786270</t>
+          <t>9786050605006</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslami Düşüncenin Özellik ve Esasları (2 Cilt)</t>
+          <t>Sünnet Müdafaası (2 Cilt)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>960</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257786171</t>
+          <t>3991937038123</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre</t>
+          <t>İslam Fıkhı Ansiklopedisi Cilt: 10</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257786201</t>
+          <t>9789944275309</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Namaz(2 Cilt)</t>
+          <t>Tefsirü'l-Münir (15 Cilt Kutulu, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>800</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257786164</t>
+          <t>9789756223918</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Oruç</t>
+          <t>Tasavvuf ve Siyaset Hareketi - Senusilik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257786140</t>
+          <t>9789756223444</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Namazın Şartları</t>
+          <t>Fıkhu’s-Sire Resulullah’ın Hayatı ve Metodu 1. Cilt: Mekke Dönemi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257786157</t>
+          <t>3990000016564</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>Fıkhu’s-Sire - Resulullah’ın Hayatı ve Metodu (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257786096</t>
+          <t>3990000013638</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumuna Doğru</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944275293</t>
+          <t>9789756223352</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkhı Ansiklopedisi - 10 Cilt</t>
+          <t>İslami Açıdan Tarihe Bakışımız</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>10000</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257786119</t>
+          <t>9789756223406</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Nasıl Okuyalım?</t>
+          <t>İslam Fıkhı Ansiklopedisi (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257786126</t>
+          <t>9789944275231</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bela ve İmtihan</t>
+          <t>İman</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257786065</t>
+          <t>9789944275699</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sıfatları</t>
+          <t>Hadislerle Amellerin Sevabı (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257786034</t>
+          <t>9789756223451</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizden Bir Olay Menemen Vakası</t>
+          <t>Fıkhu’s-Sire Resulullah’ın Hayatı ve Metodu 2. Cilt: Medine Dönemi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257786010</t>
+          <t>9799756223016</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Savaşın Etkileri</t>
+          <t>Fıkhu’s Sire</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>95</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050605099</t>
+          <t>9789756223291</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Delilleri ile Müslüman Kadının Fıkıh Kitabı</t>
+          <t>Fezail-i Amal (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257786003</t>
+          <t>9789944275262</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fetih Sure-i Celilesinin Tefsiri</t>
+          <t>Bilginin İslamileştirilmesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050605082</t>
+          <t>9789756223383</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali</t>
+          <t>Kur'an'da İnsan ve Medeniyet</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050605037</t>
+          <t>9786257786225</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İstikbal İslamındır</t>
+          <t>Riyazsu's Salihin Seti - (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050605068</t>
+          <t>9786257786232</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Riyazus Salihin Tercümesi ve İzahı - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056974564</t>
+          <t>9789756223420</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Şehidinden Mektuplar Set (4 Kitap Takım)</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>2000</v>
+        <v>360</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050605051</t>
+          <t>9786056974502</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Köyden Bir Çocuk</t>
+          <t>Yoldaki İşaretler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050605013</t>
+          <t>9789756223307</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram Hakkında Müslümanların Nezih İtikadları</t>
+          <t>Peygamberimizin Hayatı ve Daveti</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050605020</t>
+          <t>9789944275477</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali ve İman Küfür Sınırı</t>
+          <t>İslam'da Fikir ve Davet Önderleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056974571</t>
+          <t>9789944275323</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Din Budur</t>
+          <t>İslam İnancı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257786058</t>
+          <t>9789756223147</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Cehennem ve Cehennem Ehli</t>
+          <t>Kur’an ve Sünnet’e Göre Müslüman Toplumu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056974519</t>
+          <t>9789944275736</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Faiz Ayetinin Tefsiri</t>
+          <t>Kur’an ve Sünnete Göre Müslüman Şahsiyeti</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052480519</t>
+          <t>9789756223048</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnetteki Misaller</t>
+          <t>Peygamberimizin Hayatından Dersler ve İbretler</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052480403</t>
+          <t>9786257786287</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Şehidinden Mektuplar - 1</t>
+          <t>Kısa Namaz Surelerinin Tefsiri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052480441</t>
+          <t>9786257786294</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslam Davetinde Hayatımdan Dersler</t>
+          <t>Amme Cüzü Tefsiri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052480434</t>
+          <t>9789756223338</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tahir Büyükkörükçü'den Vaazlar</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944275538</t>
+          <t>9786257786300</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnette İtikad, İbadet ve Güzel Ahlak</t>
+          <t>Yirminci Asrın Cahiliyesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052480342</t>
+          <t>9786257786256</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Cuma Sohbetleri</t>
+          <t>Nasıl Davet Edelim?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052480359</t>
+          <t>9786257786249</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Faziletleri</t>
+          <t>Evlenme ve Sonuçları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>840</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050605075</t>
+          <t>9786257786270</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Batı ile Hesaplaşma</t>
+          <t>İslami Düşüncenin Özellik ve Esasları (2 Cilt)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>960</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052480007</t>
+          <t>9786257786171</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Günahların Kefaretine Dair Allah Resulünün (s.a.) Müjdeleri</t>
+          <t>Hac ve Umre</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052480038</t>
+          <t>9786257786201</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur'an’ı Anlamada İlke ve Esaslar</t>
+          <t>Namaz(2 Cilt)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944275866</t>
+          <t>9786257786164</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Resulullah (s.a.) Efendimizin Fetvaları</t>
+          <t>Oruç</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944275583</t>
+          <t>9786257786140</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Namazın Şartları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944275835</t>
+          <t>9786257786157</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sıfatları</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>40</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944275842</t>
+          <t>9786257786096</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İstikbal İslamındır</t>
+          <t>İslam Toplumuna Doğru</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944275798</t>
+          <t>9789944275293</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Meselelerine Fetvalar</t>
+          <t>İslam Fıkhı Ansiklopedisi - 10 Cilt</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944275750</t>
+          <t>9786257786119</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Metodu</t>
+          <t>Kur’an’ı Nasıl Okuyalım?</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944275507</t>
+          <t>9786257786126</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlar Arasında Görüş Ayrılığı ve İslam'da İhtilaf Usulü</t>
+          <t>Bela ve İmtihan</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944275675</t>
+          <t>9786257786065</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İslami Hayat ve Sorunları</t>
+          <t>Cennetin Sıfatları</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944275453</t>
+          <t>9786257786034</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Fert ve Topluma Kur'an'ın Mesajı</t>
+          <t>Yakın Tarihimizden Bir Olay Menemen Vakası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944275446</t>
+          <t>9786257786010</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Adalet Timsali Hz. Ömer (ra)</t>
+          <t>İslam Hukukunda Savaşın Etkileri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>540</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944275422</t>
+          <t>9786050605099</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Resulullah</t>
+          <t>Delilleri ile Müslüman Kadının Fıkıh Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944275330</t>
+          <t>9786257786003</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Birlik'te Sohbet</t>
+          <t>Fetih Sure-i Celilesinin Tefsiri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944275354</t>
+          <t>9786050605082</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Teravih Namazında Peygamber Ölçüsü</t>
+          <t>Büyük İslam İlmihali</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944275385</t>
+          <t>9786050605037</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dünya Neler Kaybetti</t>
+          <t>İstikbal İslamındır</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756223192</t>
+          <t>9786050605068</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Toplumu</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756223499</t>
+          <t>9786056974564</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali el-Murteza</t>
+          <t>Bir İslam Şehidinden Mektuplar Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>390</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944275316</t>
+          <t>9786050605051</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri</t>
+          <t>Köyden Bir Çocuk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944275545</t>
+          <t>9786050605013</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tefsirli Kur’an Meali (3 Cilt Takım) (Ciltli)</t>
+          <t>Ashab-ı Kiram Hakkında Müslümanların Nezih İtikadları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>3000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944275255</t>
+          <t>9786050605020</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Namaz</t>
+          <t>İmam Gazali ve İman Küfür Sınırı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756223316</t>
+          <t>9786056974571</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Medine Toplumu</t>
+          <t>Din Budur</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050605044</t>
+          <t>9786257786058</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Peygamberlerin Hayatı</t>
+          <t>Hadislerle Cehennem ve Cehennem Ehli</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756223062</t>
+          <t>9786056974519</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’e Göre Müslüman Kadının Şahsiyeti</t>
+          <t>Faiz Ayetinin Tefsiri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756223246</t>
+          <t>9786052480519</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Düzeltilmesi Gereken Kavramlar</t>
+          <t>Kur’an ve Sünnetteki Misaller</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
+          <t>9786052480403</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bir İslam Şehidinden Mektuplar - 1</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786052480441</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>İslam Davetinde Hayatımdan Dersler</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786052480434</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Tahir Büyükkörükçü'den Vaazlar</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789944275538</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Sünnette İtikad, İbadet ve Güzel Ahlak</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786052480342</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Cuma Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786052480359</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ın Faziletleri</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786050605075</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Batı ile Hesaplaşma</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786052480007</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Günahların Kefaretine Dair Allah Resulünün (s.a.) Müjdeleri</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786052480038</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an’ı Anlamada İlke ve Esaslar</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789944275866</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Resulullah (s.a.) Efendimizin Fetvaları</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789944275583</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>İslam</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789944275835</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Sıfatları</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789944275842</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>İstikbal İslamındır</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789944275798</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Meselelerine Fetvalar</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789944275750</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Metodu</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789944275507</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanlar Arasında Görüş Ayrılığı ve İslam'da İhtilaf Usulü</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789944275675</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>İslami Hayat ve Sorunları</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789944275453</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Fert ve Topluma Kur'an'ın Mesajı</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789944275446</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Timsali Hz. Ömer (ra)</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789944275422</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Resulullah</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789944275330</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Birlik'te Sohbet</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789944275354</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Teravih Namazında Peygamber Ölçüsü</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789944275385</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Neler Kaybetti</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789756223192</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Örnek İslam Toplumu</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789756223499</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ali el-Murteza</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789944275316</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Fatiha Tefsiri</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789944275545</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Tefsirli Kur’an Meali (3 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789944275255</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Namaz</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789756223316</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Medine Toplumu</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786050605044</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Adı Geçen Peygamberlerin Hayatı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789756223062</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet’e Göre Müslüman Kadının Şahsiyeti</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789756223246</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Düzeltilmesi Gereken Kavramlar</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
           <t>9789944275286</t>
         </is>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Dört Rükün</t>
         </is>
       </c>
-      <c r="C77" s="1">
+      <c r="C109" s="1">
         <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>