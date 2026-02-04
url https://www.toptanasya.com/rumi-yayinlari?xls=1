--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -85,1075 +85,1105 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255729125</t>
+          <t>9786053510055</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ebul Abbas Ahmed El Buni Huruf İlmi Gölgesinde Kalan Bir Sufi</t>
+          <t>Mevlana Duaları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259920931</t>
+          <t>9786255729668</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sultan Memduh Tillovi'de Vahdet'i Vücud</t>
+          <t>Tasavvufta Makamlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259920900</t>
+          <t>9786255729125</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tahirül Mevlevi Divanı Tahlili</t>
+          <t>Ebul Abbas Ahmed El Buni Huruf İlmi Gölgesinde Kalan Bir Sufi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259920993</t>
+          <t>9786259920931</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yüz Söz</t>
+          <t>Sultan Memduh Tillovi'de Vahdet'i Vücud</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053512562</t>
+          <t>9786259920900</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 10. Cilt (Ciltli)</t>
+          <t>Tahirül Mevlevi Divanı Tahlili</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756021446</t>
+          <t>9786259920993</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve İktidar</t>
+          <t>Yüz Söz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055959944</t>
+          <t>9786053512562</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Divan - ı Kebir’den Seçmeler</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055959807</t>
+          <t>9789756021446</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih'ten Seçmeler</t>
+          <t>Mevlana ve İktidar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753510994</t>
+          <t>9786055959944</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi 5. Cilt (Ciltli)</t>
+          <t>Divan - ı Kebir’den Seçmeler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055959791</t>
+          <t>9786055959807</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma’nevi Şerhi 2. Cilt (Ciltli)</t>
+          <t>Fihi Ma Fih'ten Seçmeler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053513575</t>
+          <t>9789753510994</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - (Tam Metin) (Ciltli)</t>
+          <t>Mesnevi-i Manevi Şerhi 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053510574</t>
+          <t>9786055959791</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 4. Cilt (Ciltli)</t>
+          <t>Mesnevi-i Ma’nevi Şerhi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053511601</t>
+          <t>9786053513575</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi 6. Cilt (Ciltli)</t>
+          <t>Mesnevi - (Tam Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053512264</t>
+          <t>9786053510574</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 8. Cilt (Ciltli)</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053510123</t>
+          <t>9786053511601</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mesnev-i Ma'nevi Şerhi 3. Cilt (Ciltli)</t>
+          <t>Mesnevi-i Manevi Şerhi 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053510031</t>
+          <t>9786053512264</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Jelaluddin Rumi Aphorismes</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>35</v>
+        <v>800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055959685</t>
+          <t>9786053510123</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi 1. Cilt (Ciltli)</t>
+          <t>Mesnev-i Ma'nevi Şerhi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053511854</t>
+          <t>9786053510031</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi 7. Cilt (Ciltli)</t>
+          <t>Mevlana Jelaluddin Rumi Aphorismes</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>800</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053513391</t>
+          <t>9786055959685</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 11. Cilt (Ciltli)</t>
+          <t>Mesnevi-i Manevi Şerhi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259920979</t>
+          <t>9786053511854</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Dünyası</t>
+          <t>Mesnevi-i Manevi Şerhi 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053517665</t>
+          <t>9786053513391</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fahr-i Kainata Ağlamak (Peygamber Mersiyeleri)</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259920948</t>
+          <t>9786259920979</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Mevlevilik (Mevlana’nın Hayatı-Eserleri-Tesirleri)</t>
+          <t>Mevlana'nın Dünyası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053516774</t>
+          <t>9786053517665</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mağripli Sufi Licai Ve Düşünce Dünyası</t>
+          <t>Fahr-i Kainata Ağlamak (Peygamber Mersiyeleri)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053515739</t>
+          <t>9786259920948</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sufi Tedkikler Tasavvufi Düşünceye Dair Araştırmalar</t>
+          <t>Mevlana ve Mevlevilik (Mevlana’nın Hayatı-Eserleri-Tesirleri)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050606317</t>
+          <t>9786053516774</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Makalat</t>
+          <t>Mağripli Sufi Licai Ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756021514</t>
+          <t>9786053515739</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Simurgu (Ciltli)</t>
+          <t>Sufi Tedkikler Tasavvufi Düşünceye Dair Araştırmalar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789077814239</t>
+          <t>9786050606317</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Masnawi</t>
+          <t>Makalat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055959401</t>
+          <t>9789756021514</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçmeler</t>
+          <t>Aşkın Simurgu (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789750145070</t>
+          <t>9789077814239</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sevakıb-ı Menakıb (Orjinal Metin) (Ciltli)</t>
+          <t>Masnawi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055999322</t>
+          <t>9786055959401</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mecalis-i Seb’a Yedi Vaaz</t>
+          <t>Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055959678</t>
+          <t>9789750145070</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi (12 Cilt Takım) (Ciltli)</t>
+          <t>Sevakıb-ı Menakıb (Orjinal Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>9600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756021460</t>
+          <t>9786055999322</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mektubat'tan Seçmeler</t>
+          <t>Mecalis-i Seb’a Yedi Vaaz</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053513544</t>
+          <t>9786055959678</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 12. Cilt (Ciltli)</t>
+          <t>Mesnevi-i Manevi Şerhi (12 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>800</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053513476</t>
+          <t>9789756021460</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Maarif (Ciltli)</t>
+          <t>Mektubat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053513483</t>
+          <t>9786053513544</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Maarif</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3534811000296</t>
+          <t>9786053513476</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories - Words of Wisdom from Masnavi</t>
+          <t>Maarif (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053512592</t>
+          <t>9786053513483</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Neyistandan Ayrılış</t>
+          <t>Maarif</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053510390</t>
+          <t>3534811000296</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kelimat Min Mevlana Celaleddini-Rumi (Arapça)</t>
+          <t>Selected Stories - Words of Wisdom from Masnavi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053512844</t>
+          <t>9786053512592</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tanbur ile</t>
+          <t>Neyistandan Ayrılış</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053512691</t>
+          <t>9786053510390</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sadırlardan Satırlara Mesnevi Okumaları -1</t>
+          <t>Kelimat Min Mevlana Celaleddini-Rumi (Arapça)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053512271</t>
+          <t>9786053512844</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sultan Veled Divanı'ndan Seçmeler</t>
+          <t>Tanbur ile</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053512028</t>
+          <t>9786053512691</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hollanda’da Mevlana ve Konya Öğretisi</t>
+          <t>Sadırlardan Satırlara Mesnevi Okumaları -1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053510222</t>
+          <t>9786053512271</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den Sözler</t>
+          <t>Sultan Veled Divanı'ndan Seçmeler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053510215</t>
+          <t>9786053512028</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli'den Sözler</t>
+          <t>Hollanda’da Mevlana ve Konya Öğretisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055959074</t>
+          <t>9786053510222</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den</t>
+          <t>Hz. Ali'den Sözler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055959364</t>
+          <t>9786053510215</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Didactic Stories - From Mawlana Jalal Al-Din Al-Rumi</t>
+          <t>Hacı Bektaş-ı Veli'den Sözler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055959524</t>
+          <t>9786055959074</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Word of Wisdom From Mawlana</t>
+          <t>Mesnevi'den</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055959784</t>
+          <t>9786055959364</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Üç Kelimelik Bir Ömür</t>
+          <t>Didactic Stories - From Mawlana Jalal Al-Din Al-Rumi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756021293</t>
+          <t>9786055959524</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Düşünce ve Sanatta Mevlana Sempozyumu Bildirileri (Ciltli)</t>
+          <t>Word of Wisdom From Mawlana</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756562666</t>
+          <t>9786055959784</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Duaları Evrad-ı Mevlana</t>
+          <t>Üç Kelimelik Bir Ömür</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756021286</t>
+          <t>9789756021293</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sevakıb-ı Menakıb (Ciltli)</t>
+          <t>Uluslararası Düşünce ve Sanatta Mevlana Sempozyumu Bildirileri (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055959111</t>
+          <t>9789756562666</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mir’at-ı Hazret-i Mevlana</t>
+          <t>Mevlana Duaları Evrad-ı Mevlana</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055959975</t>
+          <t>9789756021286</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Kırk Mesajı</t>
+          <t>Sevakıb-ı Menakıb (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055959548</t>
+          <t>9786055959111</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Önce ve Sonra Mesnevi</t>
+          <t>Mir’at-ı Hazret-i Mevlana</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789750145001</t>
+          <t>9786055959975</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi’nin İktisat Anlayışı</t>
+          <t>Mevlana’nın Kırk Mesajı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756021484</t>
+          <t>9786055959548</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi Hayatı ve Yolu</t>
+          <t>Mevlana’dan Önce ve Sonra Mesnevi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055959531</t>
+          <t>9789750145001</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi Bütün Eserlerinden Seçmeler (Ciltli)</t>
+          <t>Mevlana Celaleddin Rumi’nin İktisat Anlayışı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055959050</t>
+          <t>9789756021484</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’nin Anahtarı</t>
+          <t>Mevlana Celaleddin Rumi Hayatı ve Yolu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055959517</t>
+          <t>9786055959531</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Mevlana Celaleddin Rumi Bütün Eserlerinden Seçmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055959470</t>
+          <t>9786055959050</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Mesnevi’nin Anahtarı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756021439</t>
+          <t>9786055959517</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mecalis-i Seb’a’dan Seçmeler</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3534811000333</t>
+          <t>9786055959470</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mecalis-i Seb’a Yedi Vaaz (Ciltli)</t>
+          <t>Mesnevi’den Hikayeler</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055959357</t>
+          <t>9789756021439</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mawlana Jalal Al-Din Al-Rumi His Life and His Path</t>
+          <t>Mecalis-i Seb’a’dan Seçmeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055959463</t>
+          <t>3534811000333</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana’dan Sözler</t>
+          <t>Mecalis-i Seb’a Yedi Vaaz (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053510185</t>
+          <t>9786055959357</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi’nde Mevlana, Mevleviler ve Mevlevihaneler</t>
+          <t>Mawlana Jalal Al-Din Al-Rumi His Life and His Path</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756562895</t>
+          <t>9786055959463</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Asitane - Dergah-ı Mevlana Albümü (Ciltli)</t>
+          <t>Hz. Mevlana’dan Sözler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055959654</t>
+          <t>9786053510185</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aphorismen von Rumi</t>
+          <t>Evliya Çelebi Seyahatnamesi’nde Mevlana, Mevleviler ve Mevlevihaneler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053510017</t>
+          <t>9789756562895</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Album of the Mevlana Dervish Lodge Asitane</t>
+          <t>Asitane - Dergah-ı Mevlana Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
+          <t>9786055959654</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Aphorismen von Rumi</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786053510017</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Album of the Mevlana Dervish Lodge Asitane</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
           <t>9786055959722</t>
         </is>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Mevlana'dan Seçme İnciler - A’dan Z’ye Mesnevi Sözlüğü</t>
         </is>
       </c>
-      <c r="C70" s="1">
+      <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>