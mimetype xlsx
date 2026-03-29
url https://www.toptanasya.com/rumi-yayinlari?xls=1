--- v1 (2026-02-04)
+++ v2 (2026-03-29)
@@ -85,1105 +85,1510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053510055</t>
+          <t>9786050606300</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Duaları</t>
+          <t>Anılarımda Yaşayan Dergah Hazreti Mevlana</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255729668</t>
+          <t>9786053515845</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Makamlar</t>
+          <t>Tahirül Mevlevi Hayatı, Eserleri Ve Tasavvuf Anlayışı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255729125</t>
+          <t>9786057348470</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ebul Abbas Ahmed El Buni Huruf İlmi Gölgesinde Kalan Bir Sufi</t>
+          <t>Mevlana Ve Musiki</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259920931</t>
+          <t>9786057348487</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sultan Memduh Tillovi'de Vahdet'i Vücud</t>
+          <t>Ruhların Cilası Mesnevi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259920900</t>
+          <t>3990000017492</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tahirül Mevlevi Divanı Tahlili</t>
+          <t>Mevlana'dan İnciler - 1 ( Kartela )</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259920993</t>
+          <t>9789756021491</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yüz Söz</t>
+          <t>The Essence Of Rumi’s Masnevi Including His Life And Works (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>900</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053512562</t>
+          <t>9786055959388</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 10. Cilt (Ciltli)</t>
+          <t>Şerh-i Evrad-ı Mevleviyye</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756021446</t>
+          <t>9789756021590</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve İktidar</t>
+          <t>Selections From Seven Sermons of Rumi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055959944</t>
+          <t>9786055959005</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Divan - ı Kebir’den Seçmeler</t>
+          <t>Selections From Great Works Of Mawlana Jalal Al-Din Rumi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055959807</t>
+          <t>9789756021569</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih'ten Seçmeler</t>
+          <t>Selections From Diwan-ı Kabir of Rumi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753510994</t>
+          <t>9789756021583</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi 5. Cilt (Ciltli)</t>
+          <t>Selections From Discourses of Rumi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>800</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055959791</t>
+          <t>9789756562862</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma’nevi Şerhi 2. Cilt (Ciltli)</t>
+          <t>Mevlevi Mezar Taşları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>800</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053513575</t>
+          <t>9786055959760</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - (Tam Metin) (Ciltli)</t>
+          <t>Mevlana’yı Anlayabilmek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>650</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053510574</t>
+          <t>9789756021279</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 4. Cilt (Ciltli)</t>
+          <t>Fihi Ma Fih Ekseninde Mevlana’nın Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>800</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053511601</t>
+          <t>3990000010995</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi 6. Cilt (Ciltli)</t>
+          <t>Mevlana’dan İnciler - 2 (Kartela)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>800</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053512264</t>
+          <t>9786055959241</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 8. Cilt (Ciltli)</t>
+          <t>Mevlana Duaları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>800</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053510123</t>
+          <t>3990000002040</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mesnev-i Ma'nevi Şerhi 3. Cilt (Ciltli)</t>
+          <t>Mevlana Celaleddin Rumi'nin Bütün Eserlerinden Seçmeler (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>800</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053510031</t>
+          <t>3990000002669</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Jelaluddin Rumi Aphorismes</t>
+          <t>Mevlana Celaleddin Rumi Hayatı ve Yolu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>35</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055959685</t>
+          <t>9786055959197</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi 1. Cilt (Ciltli)</t>
+          <t>Mesnevi’den Seçmeler 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>800</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053511854</t>
+          <t>9786055959180</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi 7. Cilt (Ciltli)</t>
+          <t>Mesnevi’den Seçmeler 1</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>800</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053513391</t>
+          <t>9786055959579</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 11. Cilt (Ciltli)</t>
+          <t>Mevlana Celaleddin Rumi'nin Bütün Eserlerinden Seçmeler - Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259920979</t>
+          <t>9786055959456</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Dünyası</t>
+          <t>Mesnevi’den 2 (Kartela)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053517665</t>
+          <t>9786055959449</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fahr-i Kainata Ağlamak (Peygamber Mersiyeleri)</t>
+          <t>Mesnevi’den 1 (Kartela)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259920948</t>
+          <t>9799756021155</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Mevlevilik (Mevlana’nın Hayatı-Eserleri-Tesirleri)</t>
+          <t>Kubbe-i Hadra’nın Gölgesinde</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053516774</t>
+          <t>9799756021162</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mağripli Sufi Licai Ve Düşünce Dünyası</t>
+          <t>Konya Yemek Kültürü ve Konya Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053515739</t>
+          <t>9786055959500</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sufi Tedkikler Tasavvufi Düşünceye Dair Araştırmalar</t>
+          <t>His Life and His Path - Mawlana Jalal Al-Din Al-Rumi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050606317</t>
+          <t>9786055959555</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Makalat</t>
+          <t>Aşkın Simurgu (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756021514</t>
+          <t>9786053510055</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Simurgu (Ciltli)</t>
+          <t>Mevlana Duaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789077814239</t>
+          <t>9786255729668</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Masnawi</t>
+          <t>Tasavvufta Makamlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055959401</t>
+          <t>9786255729125</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçmeler</t>
+          <t>Ebul Abbas Ahmed El Buni Huruf İlmi Gölgesinde Kalan Bir Sufi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789750145070</t>
+          <t>9786259920931</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sevakıb-ı Menakıb (Orjinal Metin) (Ciltli)</t>
+          <t>Sultan Memduh Tillovi'de Vahdet'i Vücud</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055999322</t>
+          <t>9786259920900</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mecalis-i Seb’a Yedi Vaaz</t>
+          <t>Tahirül Mevlevi Divanı Tahlili</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055959678</t>
+          <t>9786259920993</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Manevi Şerhi (12 Cilt Takım) (Ciltli)</t>
+          <t>Yüz Söz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>9600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756021460</t>
+          <t>9786053512562</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mektubat'tan Seçmeler</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>800</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053513544</t>
+          <t>9789756021446</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Ma'nevi Şerhi 12. Cilt (Ciltli)</t>
+          <t>Mevlana ve İktidar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053513476</t>
+          <t>9786055959944</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Maarif (Ciltli)</t>
+          <t>Divan - ı Kebir’den Seçmeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053513483</t>
+          <t>9786055959807</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Maarif</t>
+          <t>Fihi Ma Fih'ten Seçmeler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3534811000296</t>
+          <t>9789753510994</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Selected Stories - Words of Wisdom from Masnavi</t>
+          <t>Mesnevi-i Manevi Şerhi 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053512592</t>
+          <t>9786055959791</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Neyistandan Ayrılış</t>
+          <t>Mesnevi-i Ma’nevi Şerhi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053510390</t>
+          <t>9786053513575</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kelimat Min Mevlana Celaleddini-Rumi (Arapça)</t>
+          <t>Mesnevi - (Tam Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>80</v>
+        <v>650</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053512844</t>
+          <t>9786053510574</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tanbur ile</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053512691</t>
+          <t>9786053511601</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sadırlardan Satırlara Mesnevi Okumaları -1</t>
+          <t>Mesnevi-i Manevi Şerhi 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053512271</t>
+          <t>9786053512264</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sultan Veled Divanı'ndan Seçmeler</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053512028</t>
+          <t>9786053510123</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hollanda’da Mevlana ve Konya Öğretisi</t>
+          <t>Mesnev-i Ma'nevi Şerhi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053510222</t>
+          <t>9786053510031</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den Sözler</t>
+          <t>Mevlana Jelaluddin Rumi Aphorismes</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053510215</t>
+          <t>9786055959685</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli'den Sözler</t>
+          <t>Mesnevi-i Manevi Şerhi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>70</v>
+        <v>800</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055959074</t>
+          <t>9786053511854</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den</t>
+          <t>Mesnevi-i Manevi Şerhi 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055959364</t>
+          <t>9786053513391</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Didactic Stories - From Mawlana Jalal Al-Din Al-Rumi</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>80</v>
+        <v>800</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055959524</t>
+          <t>9786259920979</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Word of Wisdom From Mawlana</t>
+          <t>Mevlana'nın Dünyası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055959784</t>
+          <t>9786053517665</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Üç Kelimelik Bir Ömür</t>
+          <t>Fahr-i Kainata Ağlamak (Peygamber Mersiyeleri)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756021293</t>
+          <t>9786259920948</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Düşünce ve Sanatta Mevlana Sempozyumu Bildirileri (Ciltli)</t>
+          <t>Mevlana ve Mevlevilik (Mevlana’nın Hayatı-Eserleri-Tesirleri)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756562666</t>
+          <t>9786053516774</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Duaları Evrad-ı Mevlana</t>
+          <t>Mağripli Sufi Licai Ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756021286</t>
+          <t>9786053515739</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sevakıb-ı Menakıb (Ciltli)</t>
+          <t>Sufi Tedkikler Tasavvufi Düşünceye Dair Araştırmalar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055959111</t>
+          <t>9786050606317</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mir’at-ı Hazret-i Mevlana</t>
+          <t>Makalat</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055959975</t>
+          <t>9789756021514</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Kırk Mesajı</t>
+          <t>Aşkın Simurgu (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055959548</t>
+          <t>9789077814239</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Önce ve Sonra Mesnevi</t>
+          <t>Masnawi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789750145001</t>
+          <t>9786055959401</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi’nin İktisat Anlayışı</t>
+          <t>Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756021484</t>
+          <t>9789750145070</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi Hayatı ve Yolu</t>
+          <t>Sevakıb-ı Menakıb (Orjinal Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055959531</t>
+          <t>9786055999322</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi Bütün Eserlerinden Seçmeler (Ciltli)</t>
+          <t>Mecalis-i Seb’a Yedi Vaaz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055959050</t>
+          <t>9786055959678</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’nin Anahtarı</t>
+          <t>Mesnevi-i Manevi Şerhi (12 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055959517</t>
+          <t>9789756021460</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Mektubat'tan Seçmeler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055959470</t>
+          <t>9786053513544</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Mesnevi-i Ma'nevi Şerhi 12. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756021439</t>
+          <t>9786053513476</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mecalis-i Seb’a’dan Seçmeler</t>
+          <t>Maarif (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3534811000333</t>
+          <t>9786053513483</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mecalis-i Seb’a Yedi Vaaz (Ciltli)</t>
+          <t>Maarif</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055959357</t>
+          <t>3534811000296</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mawlana Jalal Al-Din Al-Rumi His Life and His Path</t>
+          <t>Selected Stories - Words of Wisdom from Masnavi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055959463</t>
+          <t>9786053512592</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana’dan Sözler</t>
+          <t>Neyistandan Ayrılış</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053510185</t>
+          <t>9786053510390</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi’nde Mevlana, Mevleviler ve Mevlevihaneler</t>
+          <t>Kelimat Min Mevlana Celaleddini-Rumi (Arapça)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756562895</t>
+          <t>9786053512844</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Asitane - Dergah-ı Mevlana Albümü (Ciltli)</t>
+          <t>Tanbur ile</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055959654</t>
+          <t>9786053512691</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aphorismen von Rumi</t>
+          <t>Sadırlardan Satırlara Mesnevi Okumaları -1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053510017</t>
+          <t>9786053512271</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Album of the Mevlana Dervish Lodge Asitane</t>
+          <t>Sultan Veled Divanı'ndan Seçmeler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
+          <t>9786053512028</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Hollanda’da Mevlana ve Konya Öğretisi</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786053510222</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ali'den Sözler</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786053510215</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Hacı Bektaş-ı Veli'den Sözler</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786055959074</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi'den</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786055959364</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Didactic Stories - From Mawlana Jalal Al-Din Al-Rumi</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786055959524</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Word of Wisdom From Mawlana</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786055959784</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kelimelik Bir Ömür</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789756021293</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Düşünce ve Sanatta Mevlana Sempozyumu Bildirileri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789756562666</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Duaları Evrad-ı Mevlana</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789756021286</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Sevakıb-ı Menakıb (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786055959111</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Mir’at-ı Hazret-i Mevlana</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786055959975</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’nın Kırk Mesajı</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786055959548</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’dan Önce ve Sonra Mesnevi</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789750145001</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Celaleddin Rumi’nin İktisat Anlayışı</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789756021484</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Celaleddin Rumi Hayatı ve Yolu</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786055959531</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Celaleddin Rumi Bütün Eserlerinden Seçmeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786055959050</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’nin Anahtarı</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786055959517</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786055959470</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’den Hikayeler</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789756021439</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Mecalis-i Seb’a’dan Seçmeler</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>3534811000333</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Mecalis-i Seb’a Yedi Vaaz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786055959357</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Mawlana Jalal Al-Din Al-Rumi His Life and His Path</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786055959463</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Mevlana’dan Sözler</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786053510185</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi Seyahatnamesi’nde Mevlana, Mevleviler ve Mevlevihaneler</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789756562895</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Asitane - Dergah-ı Mevlana Albümü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786055959654</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Aphorismen von Rumi</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786053510017</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Album of the Mevlana Dervish Lodge Asitane</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
           <t>9786055959722</t>
         </is>
       </c>
-      <c r="B72" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Mevlana'dan Seçme İnciler - A’dan Z’ye Mesnevi Sözlüğü</t>
         </is>
       </c>
-      <c r="C72" s="1">
+      <c r="C99" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>