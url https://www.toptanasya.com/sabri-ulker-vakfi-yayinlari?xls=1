--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -109,96 +109,96 @@
         <is>
           <t>9786256607484</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Hayatın İpuçları 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786256607453</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Kukuli ve Meyvelerin Sihirli Gücü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256607460</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Tinky ve Minky Kukuli’ye Öğretiyor! - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256607477</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Kukuli ve Sebze Korsanları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256607446</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Kukuli’nin Konuşan Midesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786256182974</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Tavuş Kuşu ve Çizgi</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786255700087</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
@@ -274,156 +274,156 @@
         <is>
           <t>9786057321404</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Bilim İletişimi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057428684</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Pasaklı’nın Sanat Galerisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057428677</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Lila’nın Şansı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057021168</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Güç Sende</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786050614947</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Su</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256607378</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Kedi Mırmır ile Eğitici Aktiviteler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256607361</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kedi Mırmır ile Dikkat Aktiviteleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786256607385</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Kedi Mırmır ile Bilişsel Aktiviteler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786256607392</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Kedi Mırmır ile Bulmacalı Aktiviteler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789759407681</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Nörogastronomi</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057321442</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
@@ -439,252 +439,252 @@
         <is>
           <t>9786050660814</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Neden Uyurum?</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057428691</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Uçup Giden Aklım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786056963483</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>İçimdeki Fırıl Fırıl Motor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057021137</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Duygusal Minikler İçin İyi Hisler Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057021144</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Endişeli Minikler İçin İyi Hisler Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786057021151</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Öfkeli Minikler İçin İyi Hisler Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786057496447</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Dinozorlar Çıkartmalı Etkinlik Kitabı 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057021199</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Prenses ve Fasulye Sırığı – Kocaman Korkularla Yüzleşme Masalı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057021113</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Bıdık ile Patik Zorbalara Karşı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786057021120</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Tırmık'ın En Sevdiği Yer</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786057021106</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Bir Zamanlar Bahçede Benek'in Işığı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786057496492</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Güçlü ve Cesur Tostos</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786256607354</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Aşkın Sureti</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>1490</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786057496461</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Utangaç Badem</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786256607323</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Tarçın’ın Kabuğu - Bir Zamanlar Bahçede</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050660883</t>
+          <t>9786256607330</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Üç Küçük Kuş</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786256607347</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Zürafa Yardım İstiyor</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>169</v>
       </c>
@@ -739,51 +739,51 @@
         <is>
           <t>9786256607293</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Hayatın İpuçları 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786057021182</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>İspiyoncu Sihirbaz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786056963414</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Sakin Ol! - Sağlıklı Yaşam Kuralları Serisi</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786256607163</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
@@ -889,66 +889,66 @@
         <is>
           <t>9789759407605</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Yemek Savaşları</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786057321480</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Eğlenceli Boyama - Küçük Prens</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786057321497</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Eğlenceli Boyama - Alice</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786057321473</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>The Life of Sabri Ulker</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786057321466</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
@@ -1129,156 +1129,156 @@
         <is>
           <t>9786056963490</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Hayatın İpuçları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786057428660</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Birlikte Müzik Yapalım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786057428608</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Hayatın İpuçları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786057021175</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Evet Yapabilirim!</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786057496485</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Hoşça Kal Okul</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786057496478</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Kırmızı, Sarı, Mavi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786057496454</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Dinozorlar Çıkartmalı Etkinlik Kitabı 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786058012387</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Arabalar, Trenler ve Uçaklar - Çıkartmalı Etkinlik Kitabı 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786057496430</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Arabalar, Trenler ve Uçaklar - Çıkartmalı Etkinlik Kitabı 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786050614930</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Uyku - Sağlık Depola</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786056963476</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>