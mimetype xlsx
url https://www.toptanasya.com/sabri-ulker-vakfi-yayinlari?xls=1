--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1240 +85,1360 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256607484</t>
+          <t>9786050660869</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İpuçları 7 (Ciltli)</t>
+          <t>Neden Kaka Yaparım?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>429</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256607453</t>
+          <t>9786050614978</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kukuli ve Meyvelerin Sihirli Gücü</t>
+          <t>Neden Hapşırırım?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>119</v>
+        <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256607460</t>
+          <t>9786050660807</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tinky ve Minky Kukuli’ye Öğretiyor! - Sağlıklı Yaşam</t>
+          <t>Neden Büyürüm?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>119</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256607477</t>
+          <t>9786050614916</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kukuli ve Sebze Korsanları</t>
+          <t>Yiyecekler - Sağlık Depola</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256607446</t>
+          <t>9786050614954</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Konuşan Midesi</t>
+          <t>Neden Ağlarım?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>119</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256182974</t>
+          <t>9786050614985</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tavuş Kuşu ve Çizgi</t>
+          <t>Neden Derim Soyulur?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>169</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255700087</t>
+          <t>9786050614961</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Pırıl ve Bir Dilim Kaygı</t>
+          <t>Neden Ağzımda Tükürük Var?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>169</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256182967</t>
+          <t>9786050614992</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaygılı Avokado</t>
+          <t>Neden Çiş Yaparım?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>169</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256182950</t>
+          <t>9786256607484</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Nöbetçileri İş Başında</t>
+          <t>Hayatın İpuçları 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>169</v>
+        <v>520</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256182981</t>
+          <t>9786256607453</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>En Minik Kaplumbağa</t>
+          <t>Kukuli ve Meyvelerin Sihirli Gücü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759407629</t>
+          <t>9786256607460</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>100 Kimyasal Efsane: Yanlış Kavramlar, Yanlış Anlaşılmalar, Açıklamalar</t>
+          <t>Tinky ve Minky Kukuli’ye Öğretiyor! - Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>440</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057321404</t>
+          <t>9786256607477</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bilim İletişimi</t>
+          <t>Kukuli ve Sebze Korsanları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>149</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057428684</t>
+          <t>9786256607446</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı’nın Sanat Galerisi</t>
+          <t>Kukuli’nin Konuşan Midesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057428677</t>
+          <t>9786256182974</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Lila’nın Şansı</t>
+          <t>Tavuş Kuşu ve Çizgi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057021168</t>
+          <t>9786255700087</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Güç Sende</t>
+          <t>Pırıl ve Bir Dilim Kaygı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050614947</t>
+          <t>9786256182967</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Su</t>
+          <t>Küçük Kaygılı Avokado</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>59</v>
+        <v>189</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256607378</t>
+          <t>9786256182950</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kedi Mırmır ile Eğitici Aktiviteler</t>
+          <t>Gezegen Nöbetçileri İş Başında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256607361</t>
+          <t>9786256182981</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kedi Mırmır ile Dikkat Aktiviteleri</t>
+          <t>En Minik Kaplumbağa</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256607385</t>
+          <t>9789759407629</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kedi Mırmır ile Bilişsel Aktiviteler</t>
+          <t>100 Kimyasal Efsane: Yanlış Kavramlar, Yanlış Anlaşılmalar, Açıklamalar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>169</v>
+        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256607392</t>
+          <t>9786057321404</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kedi Mırmır ile Bulmacalı Aktiviteler</t>
+          <t>Bilim İletişimi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759407681</t>
+          <t>9786057428684</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nörogastronomi</t>
+          <t>Pasaklı’nın Sanat Galerisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>330</v>
+        <v>179</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057321442</t>
+          <t>9786057428677</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Roro ve Cesaret Anahtarı</t>
+          <t>Lila’nın Şansı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050660814</t>
+          <t>9786057021168</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Neden Uyurum?</t>
+          <t>Güç Sende</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>79</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057428691</t>
+          <t>9786050614947</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Uçup Giden Aklım</t>
+          <t>Su</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>179</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056963483</t>
+          <t>9786256607378</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Fırıl Fırıl Motor</t>
+          <t>Kedi Mırmır ile Eğitici Aktiviteler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057021137</t>
+          <t>9786256607361</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Minikler İçin İyi Hisler Kitabı</t>
+          <t>Kedi Mırmır ile Dikkat Aktiviteleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057021144</t>
+          <t>9786256607385</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Endişeli Minikler İçin İyi Hisler Kitabı</t>
+          <t>Kedi Mırmır ile Bilişsel Aktiviteler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057021151</t>
+          <t>9786256607392</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Minikler İçin İyi Hisler Kitabı</t>
+          <t>Kedi Mırmır ile Bulmacalı Aktiviteler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057496447</t>
+          <t>9789759407681</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Çıkartmalı Etkinlik Kitabı 1</t>
+          <t>Nörogastronomi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>169</v>
+        <v>390</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057021199</t>
+          <t>9786057321442</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Fasulye Sırığı – Kocaman Korkularla Yüzleşme Masalı</t>
+          <t>Roro ve Cesaret Anahtarı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057021113</t>
+          <t>9786050660814</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bıdık ile Patik Zorbalara Karşı</t>
+          <t>Neden Uyurum?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>179</v>
+        <v>79</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057021120</t>
+          <t>9786057428691</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tırmık'ın En Sevdiği Yer</t>
+          <t>Uçup Giden Aklım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057021106</t>
+          <t>9786056963483</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bahçede Benek'in Işığı</t>
+          <t>İçimdeki Fırıl Fırıl Motor</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057496492</t>
+          <t>9786057021137</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Güçlü ve Cesur Tostos</t>
+          <t>Duygusal Minikler İçin İyi Hisler Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256607354</t>
+          <t>9786057021144</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sureti</t>
+          <t>Endişeli Minikler İçin İyi Hisler Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1490</v>
+        <v>179</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057496461</t>
+          <t>9786057021151</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Badem</t>
+          <t>Öfkeli Minikler İçin İyi Hisler Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>99</v>
+        <v>179</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256607323</t>
+          <t>9786057496447</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tarçın’ın Kabuğu - Bir Zamanlar Bahçede</t>
+          <t>Dinozorlar Çıkartmalı Etkinlik Kitabı 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256607330</t>
+          <t>9786057021199</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Kuş</t>
+          <t>Prenses ve Fasulye Sırığı – Kocaman Korkularla Yüzleşme Masalı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256607347</t>
+          <t>9786057021113</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Yardım İstiyor</t>
+          <t>Bıdık ile Patik Zorbalara Karşı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056963469</t>
+          <t>9786057021120</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sabri Ülker</t>
+          <t>Tırmık'ın En Sevdiği Yer</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>499</v>
+        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050614923</t>
+          <t>9786057021106</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Vücut Sıcaklığı</t>
+          <t>Bir Zamanlar Bahçede Benek'in Işığı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057496416</t>
+          <t>9786057496492</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mutfağımızın Lezzetli ve Sağlıklı Reçeteleri (Ciltli)</t>
+          <t>Güçlü ve Cesur Tostos</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>89</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256607293</t>
+          <t>9786256607354</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İpuçları 6 (Ciltli)</t>
+          <t>Aşkın Sureti</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>429</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057021182</t>
+          <t>9786057496461</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İspiyoncu Sihirbaz</t>
+          <t>Utangaç Badem</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>179</v>
+        <v>99</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056963414</t>
+          <t>9786256607323</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol! - Sağlıklı Yaşam Kuralları Serisi</t>
+          <t>Tarçın’ın Kabuğu - Bir Zamanlar Bahçede</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256607163</t>
+          <t>9786256607330</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeme Psikolojisi - Biyolojiden Kültür ve Politikaya</t>
+          <t>Üç Küçük Kuş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>440</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256607064</t>
+          <t>9786256607347</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İpuçları 5 (Ciltli)</t>
+          <t>Zürafa Yardım İstiyor</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>429</v>
+        <v>169</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056963438</t>
+          <t>9786056963469</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yeterli ve Dengeli Beslen! - Sağlıklı Yaşam Kuralları Serisi</t>
+          <t>Sabri Ülker</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>149</v>
+        <v>499</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056963445</t>
+          <t>9786050614923</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Dört Aç! - Sağlıklı Yaşam Kuralları Serisi</t>
+          <t>Vücut Sıcaklığı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056963421</t>
+          <t>9786057496416</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Haydi Hareket Et! - Sağlıklı Yaşam Kuralları Serisi</t>
+          <t>Anadolu Mutfağımızın Lezzetli ve Sağlıklı Reçeteleri (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>149</v>
+        <v>89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056963452</t>
+          <t>9786256607293</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Haydi Banyoya! - Sağlıklı Yaşam Kuralları Serisi</t>
+          <t>Hayatın İpuçları 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>149</v>
+        <v>510</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789759407612</t>
+          <t>9786057021182</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İpuçları 4 (Ciltli)</t>
+          <t>İspiyoncu Sihirbaz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>429</v>
+        <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789759407605</t>
+          <t>9786056963414</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yemek Savaşları</t>
+          <t>Sakin Ol! - Sağlıklı Yaşam Kuralları Serisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>149</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057321480</t>
+          <t>9786256607163</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - Küçük Prens</t>
+          <t>Yeme Psikolojisi - Biyolojiden Kültür ve Politikaya</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>149</v>
+        <v>440</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057321497</t>
+          <t>9786256607064</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama - Alice</t>
+          <t>Hayatın İpuçları 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>149</v>
+        <v>510</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057321473</t>
+          <t>9786056963438</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>The Life of Sabri Ulker</t>
+          <t>Yeterli ve Dengeli Beslen! - Sağlıklı Yaşam Kuralları Serisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>550</v>
+        <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057321466</t>
+          <t>9786056963445</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Son Kullanma Tarihi</t>
+          <t>Gözünü Dört Aç! - Sağlıklı Yaşam Kuralları Serisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>310</v>
+        <v>149</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057321459</t>
+          <t>9786056963421</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Öykü ve Düşünce Bulutları</t>
+          <t>Haydi Hareket Et! - Sağlıklı Yaşam Kuralları Serisi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057321428</t>
+          <t>9786056963452</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İpek ve Duygu Defteri</t>
+          <t>Haydi Banyoya! - Sağlıklı Yaşam Kuralları Serisi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057321435</t>
+          <t>9789759407612</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yumuk ve Öfke Şişesi</t>
+          <t>Hayatın İpuçları 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>149</v>
+        <v>510</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057321411</t>
+          <t>9789759407605</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hints For Life - Simple Explanations of Complex Topics (Ciltli)</t>
+          <t>Yemek Savaşları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058012318</t>
+          <t>9786057321480</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İpuçları 3 (Ciltli)</t>
+          <t>Eğlenceli Boyama - Küçük Prens</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>429</v>
+        <v>149</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058012325</t>
+          <t>9786057321497</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kötü Tavsiye</t>
+          <t>Eğlenceli Boyama - Alice</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>149</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058012301</t>
+          <t>9786057321473</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Süper Sağlıklı Çocuk El Kitabı (Yetişkinler için)</t>
+          <t>The Life of Sabri Ulker</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>99</v>
+        <v>550</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050660852</t>
+          <t>9786057321466</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Neden Kanım Akar?</t>
+          <t>Son Kullanma Tarihi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>79</v>
+        <v>370</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050660845</t>
+          <t>9786057321459</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Neden Kaşınırım?</t>
+          <t>Öykü ve Düşünce Bulutları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>79</v>
+        <v>149</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050660838</t>
+          <t>9786057321428</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Neden Kusarım?</t>
+          <t>İpek ve Duygu Defteri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>79</v>
+        <v>149</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050660821</t>
+          <t>9786057321435</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Neden Terlerim?</t>
+          <t>Yumuk ve Öfke Şişesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>79</v>
+        <v>149</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056963490</t>
+          <t>9786057321411</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İpuçları 2 (Ciltli)</t>
+          <t>Hints For Life - Simple Explanations of Complex Topics (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>429</v>
+        <v>550</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057428660</t>
+          <t>9786058012318</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Müzik Yapalım</t>
+          <t>Hayatın İpuçları 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>179</v>
+        <v>510</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057428608</t>
+          <t>9786058012325</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İpuçları 1 (Ciltli)</t>
+          <t>Kötü Tavsiye</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>429</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057021175</t>
+          <t>9786058012301</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Evet Yapabilirim!</t>
+          <t>Süper Sağlıklı Çocuk El Kitabı (Yetişkinler için)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>179</v>
+        <v>129</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057496485</t>
+          <t>9786050660852</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Okul</t>
+          <t>Neden Kanım Akar?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>179</v>
+        <v>79</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057496478</t>
+          <t>9786050660845</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı, Sarı, Mavi</t>
+          <t>Neden Kaşınırım?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>179</v>
+        <v>79</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057496454</t>
+          <t>9786050660838</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Çıkartmalı Etkinlik Kitabı 2</t>
+          <t>Neden Kusarım?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>169</v>
+        <v>79</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058012387</t>
+          <t>9786050660821</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Arabalar, Trenler ve Uçaklar - Çıkartmalı Etkinlik Kitabı 1</t>
+          <t>Neden Terlerim?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>169</v>
+        <v>79</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057496430</t>
+          <t>9786056963490</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Arabalar, Trenler ve Uçaklar - Çıkartmalı Etkinlik Kitabı 2</t>
+          <t>Hayatın İpuçları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>169</v>
+        <v>429</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050614930</t>
+          <t>9786057428660</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Uyku - Sağlık Depola</t>
+          <t>Birlikte Müzik Yapalım</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>59</v>
+        <v>179</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056963476</t>
+          <t>9786057428608</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tıpta ve Sağlıkta Balon Bilgiler</t>
+          <t>Hayatın İpuçları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>210</v>
+        <v>510</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
+          <t>9786057021175</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Evet Yapabilirim!</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786057496485</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Hoşça Kal Okul</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786057496478</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı, Sarı, Mavi</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786057496454</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar Çıkartmalı Etkinlik Kitabı 2</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786058012387</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Arabalar, Trenler ve Uçaklar - Çıkartmalı Etkinlik Kitabı 1</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786057496430</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Arabalar, Trenler ve Uçaklar - Çıkartmalı Etkinlik Kitabı 2</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786050614930</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Uyku - Sağlık Depola</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786056963476</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Tıpta ve Sağlıkta Balon Bilgiler</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
           <t>9786058038462</t>
         </is>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Dikkat! Zehirli Olabilir</t>
         </is>
       </c>
-      <c r="C81" s="1">
+      <c r="C89" s="1">
         <v>149</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>