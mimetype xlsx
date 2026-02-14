--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,1000 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057625335</t>
+          <t>9799759180149</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari'den Hanımlara Sohbetler (Ciltli)</t>
+          <t>Hz. Muhammed ve Dört Büyük Halife (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057625328</t>
+          <t>9786057625335</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>El-Ezkar Dualar ve Zikirler (Ciltli)</t>
+          <t>Sahih-i Buhari'den Hanımlara Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057625311</t>
+          <t>9786057625328</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gunyetü't Talibin (Ciltli)</t>
+          <t>El-Ezkar Dualar ve Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057625243</t>
+          <t>9786057625311</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Meali (Orta Boy) Transkriptli Türkçe Okunuşu (Ciltli)</t>
+          <t>Gunyetü't Talibin (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057625205</t>
+          <t>9786057625243</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Celaleyn Tefsiri Tercümesi Kuran-ı Kerim Meali ve Tefsiri (3 Cilt, Takım,İthal Kağıt) (Ciltli)</t>
+          <t>Büyük Cevşen ve Türkçe Meali (Orta Boy) Transkriptli Türkçe Okunuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1700</v>
+        <v>700</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759180959</t>
+          <t>9786057625205</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>7 İmamdan Sahih Kudsi Hadisler</t>
+          <t>Celaleyn Tefsiri Tercümesi Kuran-ı Kerim Meali ve Tefsiri (3 Cilt, Takım,İthal Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759180942</t>
+          <t>9789759180959</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>El- Müsned Hadisler (Ciltli)</t>
+          <t>7 İmamdan Sahih Kudsi Hadisler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>630</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759180676</t>
+          <t>9789759180942</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Riyaz'üs Salihin Tercümesi 5 Cilt Takım (Ciltli)</t>
+          <t>El- Müsned Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>3100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759180614</t>
+          <t>9789759180676</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Abdest Gusül ve Namaz (Küçük Boy)</t>
+          <t>Riyaz'üs Salihin Tercümesi 5 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759180720</t>
+          <t>9789759180614</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri Ansiklopedisi</t>
+          <t>7'den 70'e Abdest Gusül ve Namaz (Küçük Boy)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759180690</t>
+          <t>9789759180720</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari'den 1001 Hadis (Ciltli)</t>
+          <t>Rüya Tabirleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759180485</t>
+          <t>9789759180690</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Avamil Ve İzhar</t>
+          <t>Sahih-i Buhari'den 1001 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789759180805</t>
+          <t>9789759180485</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari’den Sohbetler ve Nasihatler (Ciltli)</t>
+          <t>Açıklamalı Avamil Ve İzhar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>850</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759180973</t>
+          <t>9789759180805</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Tercümesi (Ciltli)</t>
+          <t>Sahihi Buhari’den Sohbetler ve Nasihatler (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759180997</t>
+          <t>9789759180973</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>Sahihi Buhari Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759180966</t>
+          <t>9789759180997</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili Kul Son Nebi Son Resul (Ciltli)</t>
+          <t>Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>850</v>
+        <v>700</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759180980</t>
+          <t>9789759180966</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üstazım Süleyman Hilmi Tunahan (Kuddise Siruh) ve Allah Dostlarından Hatıralarım</t>
+          <t>En Sevgili Kul Son Nebi Son Resul (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759180768</t>
+          <t>9789759180980</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Abdest, Gusül ve Namaz Kur'an Dili ElifBası Kod: 015</t>
+          <t>Üstazım Süleyman Hilmi Tunahan (Kuddise Siruh) ve Allah Dostlarından Hatıralarım</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789759180911</t>
+          <t>9789759180768</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari'den Vaazlar (Ciltli)</t>
+          <t>Abdest, Gusül ve Namaz Kur'an Dili ElifBası Kod: 015</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>850</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759180775</t>
+          <t>9789759180911</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Üstazım Süleyman Hilmi Tunahan (Kuddise Siruh) ve Hatıralarım</t>
+          <t>Sahihi Buhari'den Vaazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759180539</t>
+          <t>9789759180775</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Taberi (4 Cilt Takım) (Ciltli)</t>
+          <t>Üstazım Süleyman Hilmi Tunahan (Kuddise Siruh) ve Hatıralarım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>2200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759180355</t>
+          <t>9789759180539</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Tercüme ve Şerhi (11 Cilt Takım) (Ciltli)</t>
+          <t>Tarih-i Taberi (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>7000</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057625182</t>
+          <t>9789759180355</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l-eHadis Büyük Hadis İmamlarının Tahrcinde İttifak Ettiği Hadisler (Ciltli)</t>
+          <t>Sahih-i Buhari Tercüme ve Şerhi (11 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>630</v>
+        <v>8250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057625175</t>
+          <t>9786057625182</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gazali'den Vaazlar (Zübdetü’l-İhya) (Ciltli)</t>
+          <t>Camiu’l-eHadis Büyük Hadis İmamlarının Tahrcinde İttifak Ettiği Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>630</v>
+        <v>850</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057625083</t>
+          <t>9786057625175</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Muhtasarı (Ciltli)</t>
+          <t>Gazali'den Vaazlar (Zübdetü’l-İhya) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>900</v>
+        <v>850</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057625090</t>
+          <t>9786057625083</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Şerif (Tam Metin) (Ciltli)</t>
+          <t>Sahih-i Buhari Muhtasarı (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>630</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057625076</t>
+          <t>9786057625090</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Transkriptli Türkçe Okunuşlu Büyük Cevşen ve Türkçe Meali (Çanta Boy)</t>
+          <t>Mesnevi-i Şerif (Tam Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057625199</t>
+          <t>9786057625076</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Müzekki’n-Nüfüs (Ciltli)</t>
+          <t>Transkriptli Türkçe Okunuşlu Büyük Cevşen ve Türkçe Meali (Çanta Boy)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057625113</t>
+          <t>9786057625199</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi - Mükaşefetü'l-Kulub (Tam Metin Tahriçli) (Ciltli)</t>
+          <t>Müzekki’n-Nüfüs (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789759180508</t>
+          <t>9786057625113</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Riyaz’üs Salihin Tercümesi 1-2-3 Cilt (Tek Cilt 2. hm) (Ciltli)</t>
+          <t>Kalplerin Keşfi - Mükaşefetü'l-Kulub (Tam Metin Tahriçli) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9799759180095</t>
+          <t>9789759180508</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Riyaz’üs Salihin Tercümesi 1-2-3 Cilt (Tek Cilt 2. hm) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>900</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9280000018255</t>
+          <t>9799759180095</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Örnek Va’zlar</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789759180263</t>
+          <t>9280000018255</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ötesi</t>
+          <t>Örnek Va’zlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789759180348</t>
+          <t>9789759180263</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nuru’l İzah ve Tercümesi (Ciltli)</t>
+          <t>Ölüm ve Ötesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789759180317</t>
+          <t>9789759180348</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mevkufat Mülteka Tercümesi Şamua Kağıt (4 Kitap Takım) (Ciltli)</t>
+          <t>Nuru’l İzah ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>2000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789759180270</t>
+          <t>9789759180317</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mevkufat Mülteka Tercümesi (4 Kitap Takım) (Ciltli)</t>
+          <t>Mevkufat Mülteka Tercümesi Şamua Kağıt (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1800</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759180003</t>
+          <t>9789759180270</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet (Ciltli)</t>
+          <t>Mevkufat Mülteka Tercümesi (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>630</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789759180782</t>
+          <t>9789759180003</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslamda Evlilik ve Aile Eğitimi (2. Hamur) (Ciltli)</t>
+          <t>Kimya-yı Saadet (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>630</v>
+        <v>850</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789759180652</t>
+          <t>9789759180782</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Kesir Tefsiri (Muhtasar 6 Cilt) (Ciltli)</t>
+          <t>İslamda Evlilik ve Aile Eğitimi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>3800</v>
+        <v>850</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789759180324</t>
+          <t>9789759180652</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mecma’ul Adab (Ciltli)</t>
+          <t>İbn-i Kesir Tefsiri (Muhtasar 6 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759180447</t>
+          <t>9789759180324</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gunyet’üt Talibin : Hakkı Arıyanların Kitabı (Ciltli)</t>
+          <t>Mecma’ul Adab (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759180331</t>
+          <t>9789759180447</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>El - İsabe Seçkin Sahabeler (Ciltli)</t>
+          <t>Gunyet’üt Talibin : Hakkı Arıyanların Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759180751</t>
+          <t>9789759180331</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Dua Hazinesi</t>
+          <t>El - İsabe Seçkin Sahabeler (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759180164</t>
+          <t>9789759180751</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Emsile Bina Maksud</t>
+          <t>Ayet ve Hadislerle Dua Hazinesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789759180607</t>
+          <t>9789759180164</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Dini Bilgiler ve Namaz (Kod: 003-Mini Boy)</t>
+          <t>Açıklamalı Emsile Bina Maksud</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789759180591</t>
+          <t>9789759180607</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Dini Bilgiler ve Namaz</t>
+          <t>7’den 70’e Dini Bilgiler ve Namaz (Kod: 003-Mini Boy)</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759180577</t>
+          <t>9789759180591</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Dini Bilgiler ve Namaz (Kod: 001-Çanta Boy)</t>
+          <t>7’den 70’e Dini Bilgiler ve Namaz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789759180621</t>
+          <t>9789759180577</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Abdest, Gusül ve Namaz</t>
+          <t>7’den 70’e Dini Bilgiler ve Namaz (Kod: 001-Çanta Boy)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789759180584</t>
+          <t>9789759180621</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Abdest Gusül ve Namaz (Kod: 013 / Mini Boy Kuşe Kağıt)</t>
+          <t>7’den 70’e Abdest, Gusül ve Namaz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057625007</t>
+          <t>9789759180584</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Taberi Tefsiri Kur’an-ı Kerim Tefsiri Tercümesi (6 Cilt Takım) (Ciltli)</t>
+          <t>7’den 70’e Abdest Gusül ve Namaz (Kod: 013 / Mini Boy Kuşe Kağıt)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>3800</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057625120</t>
+          <t>9786057625007</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fıkhı (4 Cilt Takım) (Ciltli)</t>
+          <t>Taberi Tefsiri Kur’an-ı Kerim Tefsiri Tercümesi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>2500</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789759180560</t>
+          <t>9786057625120</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim İttifak Ettiği Hadisler (Ciltli)</t>
+          <t>Hanefi Fıkhı (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>900</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789759180553</t>
+          <t>9789759180560</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Buhari ve Müslim İttifak Ettiği Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>850</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789759180744</t>
+          <t>9789759180553</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Sahih Dualar (Ciltli)</t>
+          <t>Buhari ve Müslim İttifak Ettiği Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>2890000004409</t>
+          <t>9789759180744</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zadu'l-Mead (6 Cilt Takım) (Ciltli)</t>
+          <t>Ayet ve Hadislerle Sahih Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>3800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759180737</t>
+          <t>2890000004409</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muhammediye (Ciltli)</t>
+          <t>Zadu'l-Mead (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057625106</t>
+          <t>9789759180737</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Muhtasar Divan-ı Hikmet</t>
+          <t>Muhammediye (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789759180492</t>
+          <t>9786057625106</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Riyaz üs Salihin (Tek Cilt - Büyük Boy - Şamua) (Ciltli)</t>
+          <t>Açıklamalı Muhtasar Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>850</v>
+        <v>380</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759180638</t>
+          <t>9789759180492</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Celaleyn Tefsiri (3 Cilt Takm) (Ciltli)</t>
+          <t>Riyaz üs Salihin (Tek Cilt - Büyük Boy - Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>2000</v>
+        <v>950</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759180119</t>
+          <t>9789759180638</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri (Roman Boy)</t>
+          <t>Celaleyn Tefsiri (3 Cilt Takm) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>25</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789759180256</t>
+          <t>9789759180119</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Resulüllah'ın Dilinden 40 Sual 40 Cevap (Roman Boy)</t>
+          <t>Rüya Tabirleri (Roman Boy)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057625274</t>
+          <t>9789759180256</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tenbihü'l Gafilin ve Bostanü'l-Arifin (Ciltli)</t>
+          <t>Resulüllah'ın Dilinden 40 Sual 40 Cevap (Roman Boy)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057625267</t>
+          <t>9786057625274</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dört Büyük Halife, Menakıb-i Çehar Yar-ı Güzin</t>
+          <t>Tenbihü'l Gafilin ve Bostanü'l-Arifin (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
+          <t>9786057625267</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Dört Büyük Halife, Menakıb-i Çehar Yar-ı Güzin</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9786057625250</t>
         </is>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Avarifü'l Mearif, Tasavvufun Hakikatleri (Ciltli)</t>
         </is>
       </c>
-      <c r="C65" s="1">
-        <v>600</v>
+      <c r="C66" s="1">
+        <v>800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>