--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -85,955 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259559278</t>
+          <t>9786057232960</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yakaza Düşleri</t>
+          <t>Zamanın Kızı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259559261</t>
+          <t>9786057039675</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Adası</t>
+          <t>Katilin Devası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259559216</t>
+          <t>9786057039644</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Savunma Makamında Conan Doyle</t>
+          <t>Franchise Davası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259878812</t>
+          <t>9786050668018</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259559223</t>
+          <t>9786259559278</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Empati</t>
+          <t>Yakaza Düşleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259878805</t>
+          <t>9786259559261</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anlam Bulmak</t>
+          <t>Tavşan Adası</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057169167</t>
+          <t>9786259559216</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Bulutları Clouds Of Witness</t>
+          <t>Savunma Makamında Conan Doyle</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057169181</t>
+          <t>9786259878812</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kendi Özünü Bil</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057405814</t>
+          <t>9786259559223</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
+          <t>Sosyal Empati</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057405838</t>
+          <t>9786259878805</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Anlam Bulmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057063144</t>
+          <t>9786057169167</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gece Tüm Kanlar Karadır</t>
+          <t>Şüphe Bulutları Clouds Of Witness</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057063151</t>
+          <t>9786057169181</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Cesedi?</t>
+          <t>Kendi Özünü Bil</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057063120</t>
+          <t>9786057405814</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dijital Varlık Sözlüğü</t>
+          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050668063</t>
+          <t>9786057405838</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mucize</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057169143</t>
+          <t>9786057063144</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değil</t>
+          <t>Gece Tüm Kanlar Karadır</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259559209</t>
+          <t>9786057063151</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dinlenmek Bir Sanattır</t>
+          <t>Bu Kimin Cesedi?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057232984</t>
+          <t>9786057063120</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazarlar ve Kedileri</t>
+          <t>Dijital Varlık Sözlüğü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259878898</t>
+          <t>9786050668063</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çizili Atların Peşinde</t>
+          <t>İçimdeki Mucize</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259878881</t>
+          <t>9786057169143</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dışı Yaşam Mümkün Mü?</t>
+          <t>Senin Suçun Değil</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259878874</t>
+          <t>9786259559209</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaç Çorap Bir Çift Yapar?</t>
+          <t>Dinlenmek Bir Sanattır</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259878867</t>
+          <t>9786057232984</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Bebeğin Çığlıkları</t>
+          <t>Büyük Yazarlar ve Kedileri</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259878829</t>
+          <t>9786259878898</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunanistan’da Bir Yıl: MÖ 248 Yılında Yaşayan İnsanların Gerçek Hayatlarından Bir Kesit</t>
+          <t>Çizili Atların Peşinde</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259878850</t>
+          <t>9786259878881</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Putzi</t>
+          <t>Dünya Dışı Yaşam Mümkün Mü?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259878843</t>
+          <t>9786259878874</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kuşkulu Ölüm</t>
+          <t>Kaç Çorap Bir Çift Yapar?</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057232977</t>
+          <t>9786259878867</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Bir Bebeğin Çığlıkları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259878836</t>
+          <t>9786259878829</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Paranın Psikolojisi</t>
+          <t>Antik Yunanistan’da Bir Yıl: MÖ 248 Yılında Yaşayan İnsanların Gerçek Hayatlarından Bir Kesit</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057232991</t>
+          <t>9786259878850</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Putzi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057232953</t>
+          <t>9786259878843</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bir Evliliğin Öyküsü</t>
+          <t>Kuşkulu Ölüm</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057232946</t>
+          <t>9786057232977</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057232939</t>
+          <t>9786259878836</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Lohusa Şerbeti</t>
+          <t>Paranın Psikolojisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057169198</t>
+          <t>9786057232991</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Terapi Defteri (Ciltli)</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>562</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057169174</t>
+          <t>9786057232953</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sözler de Kırılır</t>
+          <t>Kısa Bir Evliliğin Öyküsü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057169150</t>
+          <t>9786057232946</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>MİT Efsanesi - İstihbaratın Gayriresmi Tarihi</t>
+          <t>Yükseliş</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057169136</t>
+          <t>9786057232939</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kış Yolculuğu</t>
+          <t>Lohusa Şerbeti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057169105</t>
+          <t>9786057169198</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dengeli Beslen Uzun Yaşa!</t>
+          <t>Terapi Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>562</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057405869</t>
+          <t>9786057169174</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Sözler de Kırılır</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057144935</t>
+          <t>9786057169150</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Rakamsız Matematik</t>
+          <t>MİT Efsanesi - İstihbaratın Gayriresmi Tarihi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057144928</t>
+          <t>9786057169136</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yarım Asrı Devirenler</t>
+          <t>Kış Yolculuğu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057405807</t>
+          <t>9786057169105</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Biz Almanlar</t>
+          <t>Dengeli Beslen Uzun Yaşa!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057144911</t>
+          <t>9786057405869</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Kazanmak</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057144904</t>
+          <t>9786057144935</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Akıl Ermeyince</t>
+          <t>Rakamsız Matematik</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057405876</t>
+          <t>9786057144928</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şehzadeye Rüya</t>
+          <t>Yarım Asrı Devirenler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057405890</t>
+          <t>9786057405807</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Nasılsın?</t>
+          <t>Biz Almanlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057405821</t>
+          <t>9786057144911</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Küçük Balık Sürüleri</t>
+          <t>Zamanı Kazanmak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057405883</t>
+          <t>9786057144904</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dış Güzellik Yasaklansın Ruh Güzelliğine Geçelim</t>
+          <t>Akıl Ermeyince</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057063199</t>
+          <t>9786057405876</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ufukların Peşinde</t>
+          <t>Şehzadeye Rüya</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057405852</t>
+          <t>9786057405890</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik İşkence Teknikleri</t>
+          <t>Nasılsın?</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057063182</t>
+          <t>9786057405821</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gölet</t>
+          <t>Küçük Balık Sürüleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057063113</t>
+          <t>9786057405883</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Babalığın Kitabını Yazanlar</t>
+          <t>Dış Güzellik Yasaklansın Ruh Güzelliğine Geçelim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057039668</t>
+          <t>9786057063199</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dünya Topraklarında</t>
+          <t>Yeni Ufukların Peşinde</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057039651</t>
+          <t>9786057405852</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kabil’in Torunu</t>
+          <t>Psikolojik İşkence Teknikleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057039637</t>
+          <t>9786057063182</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Binbir</t>
+          <t>Gölet</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057036209</t>
+          <t>9786057063113</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tırmanış</t>
+          <t>Babalığın Kitabını Yazanlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057036216</t>
+          <t>9786057039668</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Emekli Olsam!</t>
+          <t>Dünya Topraklarında</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050668025</t>
+          <t>9786057039651</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Kabil’in Torunu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050668032</t>
+          <t>9786057039637</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Binbir</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050668094</t>
+          <t>9786057036209</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şaka</t>
+          <t>Tırmanış</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050668087</t>
+          <t>9786057036216</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Ah Bir Emekli Olsam!</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050668070</t>
+          <t>9786050668025</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Barış Pınarı</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050668056</t>
+          <t>9786050668032</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Erdemler Risalesi</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
+          <t>9786050668094</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Şaka</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786050668087</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786050668070</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Barış Pınarı</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786050668056</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Erdemler Risalesi</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9786050668001</t>
         </is>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Pandemi</t>
         </is>
       </c>
-      <c r="C62" s="1">
-        <v>300</v>
+      <c r="C66" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>