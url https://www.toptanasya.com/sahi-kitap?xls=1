--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,1015 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057232960</t>
+          <t>9786259559230</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kızı</t>
+          <t>Psikopatlarla Söyleşiler: Bir Dünyanın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057039675</t>
+          <t>9786259559247</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Katilin Devası</t>
+          <t>Hayatın Ritminin Peşinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057039644</t>
+          <t>9786057232960</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Franchise Davası</t>
+          <t>Zamanın Kızı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050668018</t>
+          <t>9786057039675</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kara Kutu</t>
+          <t>Katilin Devası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259559278</t>
+          <t>9786057039644</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yakaza Düşleri</t>
+          <t>Franchise Davası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259559261</t>
+          <t>9786050668018</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Adası</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259559216</t>
+          <t>9786259559278</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Savunma Makamında Conan Doyle</t>
+          <t>Yakaza Düşleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259878812</t>
+          <t>9786259559261</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Tavşan Adası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259559223</t>
+          <t>9786259559216</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Empati</t>
+          <t>Savunma Makamında Conan Doyle</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259878805</t>
+          <t>9786259878812</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Anlam Bulmak</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057169167</t>
+          <t>9786259559223</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şüphe Bulutları Clouds Of Witness</t>
+          <t>Sosyal Empati</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057169181</t>
+          <t>9786259878805</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kendi Özünü Bil</t>
+          <t>Anlam Bulmak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057405814</t>
+          <t>9786057169167</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
+          <t>Şüphe Bulutları Clouds Of Witness</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057405838</t>
+          <t>9786057169181</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Kendi Özünü Bil</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057063144</t>
+          <t>9786057405814</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gece Tüm Kanlar Karadır</t>
+          <t>Mutluluğu Kaybettiğin Yerde Arama</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057063151</t>
+          <t>9786057405838</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Cesedi?</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057063120</t>
+          <t>9786057063144</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dijital Varlık Sözlüğü</t>
+          <t>Gece Tüm Kanlar Karadır</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050668063</t>
+          <t>9786057063151</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mucize</t>
+          <t>Bu Kimin Cesedi?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057169143</t>
+          <t>9786057063120</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değil</t>
+          <t>Dijital Varlık Sözlüğü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259559209</t>
+          <t>9786050668063</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dinlenmek Bir Sanattır</t>
+          <t>İçimdeki Mucize</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057232984</t>
+          <t>9786057169143</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazarlar ve Kedileri</t>
+          <t>Senin Suçun Değil</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259878898</t>
+          <t>9786259559209</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çizili Atların Peşinde</t>
+          <t>Dinlenmek Bir Sanattır</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259878881</t>
+          <t>9786057232984</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dışı Yaşam Mümkün Mü?</t>
+          <t>Büyük Yazarlar ve Kedileri</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259878874</t>
+          <t>9786259878898</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kaç Çorap Bir Çift Yapar?</t>
+          <t>Çizili Atların Peşinde</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259878867</t>
+          <t>9786259878881</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Bebeğin Çığlıkları</t>
+          <t>Dünya Dışı Yaşam Mümkün Mü?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259878829</t>
+          <t>9786259878874</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunanistan’da Bir Yıl: MÖ 248 Yılında Yaşayan İnsanların Gerçek Hayatlarından Bir Kesit</t>
+          <t>Kaç Çorap Bir Çift Yapar?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259878850</t>
+          <t>9786259878867</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Putzi</t>
+          <t>Bir Bebeğin Çığlıkları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259878843</t>
+          <t>9786259878829</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kuşkulu Ölüm</t>
+          <t>Antik Yunanistan’da Bir Yıl: MÖ 248 Yılında Yaşayan İnsanların Gerçek Hayatlarından Bir Kesit</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057232977</t>
+          <t>9786259878850</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Putzi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259878836</t>
+          <t>9786259878843</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Paranın Psikolojisi</t>
+          <t>Kuşkulu Ölüm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057232991</t>
+          <t>9786057232977</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057232953</t>
+          <t>9786259878836</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bir Evliliğin Öyküsü</t>
+          <t>Paranın Psikolojisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057232946</t>
+          <t>9786057232991</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057232939</t>
+          <t>9786057232953</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Lohusa Şerbeti</t>
+          <t>Kısa Bir Evliliğin Öyküsü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057169198</t>
+          <t>9786057232946</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Terapi Defteri (Ciltli)</t>
+          <t>Yükseliş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>562</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057169174</t>
+          <t>9786057232939</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sözler de Kırılır</t>
+          <t>Lohusa Şerbeti</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057169150</t>
+          <t>9786057169198</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>MİT Efsanesi - İstihbaratın Gayriresmi Tarihi</t>
+          <t>Terapi Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>562</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057169136</t>
+          <t>9786057169174</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kış Yolculuğu</t>
+          <t>Sözler de Kırılır</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057169105</t>
+          <t>9786057169150</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dengeli Beslen Uzun Yaşa!</t>
+          <t>MİT Efsanesi - İstihbaratın Gayriresmi Tarihi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057405869</t>
+          <t>9786057169136</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Davran Güzel İnsan</t>
+          <t>Kış Yolculuğu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057144935</t>
+          <t>9786057169105</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rakamsız Matematik</t>
+          <t>Dengeli Beslen Uzun Yaşa!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057144928</t>
+          <t>9786057405869</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yarım Asrı Devirenler</t>
+          <t>Kendine İyi Davran Güzel İnsan</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057405807</t>
+          <t>9786057144935</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Biz Almanlar</t>
+          <t>Rakamsız Matematik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057144911</t>
+          <t>9786057144928</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Kazanmak</t>
+          <t>Yarım Asrı Devirenler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057144904</t>
+          <t>9786057405807</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Akıl Ermeyince</t>
+          <t>Biz Almanlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057405876</t>
+          <t>9786057144911</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şehzadeye Rüya</t>
+          <t>Zamanı Kazanmak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057405890</t>
+          <t>9786057144904</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nasılsın?</t>
+          <t>Akıl Ermeyince</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057405821</t>
+          <t>9786057405876</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Küçük Balık Sürüleri</t>
+          <t>Şehzadeye Rüya</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057405883</t>
+          <t>9786057405890</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dış Güzellik Yasaklansın Ruh Güzelliğine Geçelim</t>
+          <t>Nasılsın?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057063199</t>
+          <t>9786057405821</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ufukların Peşinde</t>
+          <t>Küçük Balık Sürüleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057405852</t>
+          <t>9786057405883</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik İşkence Teknikleri</t>
+          <t>Dış Güzellik Yasaklansın Ruh Güzelliğine Geçelim</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057063182</t>
+          <t>9786057063199</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gölet</t>
+          <t>Yeni Ufukların Peşinde</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057063113</t>
+          <t>9786057405852</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Babalığın Kitabını Yazanlar</t>
+          <t>Psikolojik İşkence Teknikleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057039668</t>
+          <t>9786057063182</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dünya Topraklarında</t>
+          <t>Gölet</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057039651</t>
+          <t>9786057063113</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kabil’in Torunu</t>
+          <t>Babalığın Kitabını Yazanlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057039637</t>
+          <t>9786057039668</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Binbir</t>
+          <t>Dünya Topraklarında</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057036209</t>
+          <t>9786057039651</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tırmanış</t>
+          <t>Kabil’in Torunu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057036216</t>
+          <t>9786057039637</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Emekli Olsam!</t>
+          <t>Binbir</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050668025</t>
+          <t>9786057036209</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Tırmanış</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050668032</t>
+          <t>9786057036216</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Ah Bir Emekli Olsam!</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050668094</t>
+          <t>9786050668025</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şaka</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050668087</t>
+          <t>9786050668032</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050668070</t>
+          <t>9786050668094</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Barış Pınarı</t>
+          <t>Şaka</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050668056</t>
+          <t>9786050668087</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Erdemler Risalesi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
+          <t>9786050668070</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Barış Pınarı</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786050668056</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Erdemler Risalesi</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9786050668001</t>
         </is>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Pandemi</t>
         </is>
       </c>
-      <c r="C66" s="1">
+      <c r="C68" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>