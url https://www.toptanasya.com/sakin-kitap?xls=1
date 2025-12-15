--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,1585 +85,1675 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255966247</t>
+          <t>9786255966223</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Erythrai Kehaneti - Herophile'nin Sesiyle Yazılan Dünya</t>
+          <t>Varka İle Gülşah</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255966162</t>
+          <t>9786255966179</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Hep Yalan</t>
+          <t>Ralamb Albümü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255966131</t>
+          <t>9786255966186</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ’da Kölelik</t>
+          <t>Mehmed Siyah Kalem</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>460</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255966155</t>
+          <t>9786255966216</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Yunan</t>
+          <t>El-Hariri’nin Makamat’ı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255966148</t>
+          <t>9786255966209</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze Bitkiler ve Hayvanların Kültür Tarihi</t>
+          <t>Codex Manesse</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255966117</t>
+          <t>9786255966193</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Par</t>
+          <t>Codex Casanatense</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255966100</t>
+          <t>9786255966247</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Pera’nın Sokak Yolculuğu</t>
+          <t>Erythrai Kehaneti - Herophile'nin Sesiyle Yazılan Dünya</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255966124</t>
+          <t>9786255966162</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Sami'nin Gözüyle Dünya Mitolojisi Esatir</t>
+          <t>Gerisi Hep Yalan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255966094</t>
+          <t>9786255966131</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İzmir’de Bira ve Birahaneler</t>
+          <t>Antik Çağ’da Kölelik</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255966087</t>
+          <t>9786255966155</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Defterler 2</t>
+          <t>Türk ve Yunan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057352507</t>
+          <t>9786255966148</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ampelofilozofiya - Arkeoloji ve Hayat Üzerine Geyik Muhabbetleri</t>
+          <t>Antik Çağlardan Günümüze Bitkiler ve Hayvanların Kültür Tarihi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255966070</t>
+          <t>9786255966117</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İzmir’in Dile Gelen Heykeli Hasan Tahsin</t>
+          <t>Par</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255966063</t>
+          <t>9786255966100</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kökeni</t>
+          <t>Pera’nın Sokak Yolculuğu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255966056</t>
+          <t>9786255966124</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Bir Selanikli</t>
+          <t>Şemseddin Sami'nin Gözüyle Dünya Mitolojisi Esatir</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255966032</t>
+          <t>9786255966094</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eski Kapıları Çalıyorum</t>
+          <t>İzmir’de Bira ve Birahaneler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255966018</t>
+          <t>9786255966087</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Defterler 1 (Tarih Notları)</t>
+          <t>Defterler 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255966049</t>
+          <t>9786057352507</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Alengirli Şiirler</t>
+          <t>Ampelofilozofiya - Arkeoloji ve Hayat Üzerine Geyik Muhabbetleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255966025</t>
+          <t>9786255966070</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma Dünyasında Beslenme</t>
+          <t>İzmir’in Dile Gelen Heykeli Hasan Tahsin</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255966001</t>
+          <t>9786255966063</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dün’den Bugün’e İzmir’in Unuttuğu Düşünür Baha Tevfik</t>
+          <t>İnsanın Kökeni</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259403151</t>
+          <t>9786255966056</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Asgard</t>
+          <t>Bozkırda Bir Selanikli</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>85</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259403168</t>
+          <t>9786255966032</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ece’nin Sihirli Mutfağı</t>
+          <t>Eski Kapıları Çalıyorum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057293466</t>
+          <t>9786255966018</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Deniz Fenerindeki Esrarengiz Hikaye</t>
+          <t>Defterler 1 (Tarih Notları)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>99</v>
+        <v>370</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259808666</t>
+          <t>9786255966049</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Tarihi</t>
+          <t>Alengirli Şiirler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057397102</t>
+          <t>9786255966025</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Metruk Çocuk</t>
+          <t>Antik Roma Dünyasında Beslenme</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259808697</t>
+          <t>9786255966001</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hazan’da Damlalar</t>
+          <t>Dün’den Bugün’e İzmir’in Unuttuğu Düşünür Baha Tevfik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259808680</t>
+          <t>9786259403151</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Körlüğün Renkleri</t>
+          <t>Asgard</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259808673</t>
+          <t>9786259403168</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte ve Bektaşilikte İkrar Töreni</t>
+          <t>Ece’nin Sihirli Mutfağı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259808659</t>
+          <t>9786057293466</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Sonu Ağrı’sı</t>
+          <t>Deniz Fenerindeki Esrarengiz Hikaye</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259808628</t>
+          <t>9786259808666</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler ve Küller</t>
+          <t>Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259808635</t>
+          <t>9786057397102</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çile Odası</t>
+          <t>Metruk Çocuk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259808611</t>
+          <t>9786259808697</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Feylesof Rıza Tevfik Bölükbaşı’nın Trajedisi</t>
+          <t>Hazan’da Damlalar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259808642</t>
+          <t>9786259808680</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tesirsiz Parçlar Devr-i Alem</t>
+          <t>Körlüğün Renkleri</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259808604</t>
+          <t>9786259808673</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma Yemek Kültürü Yemek Tarifleri İle</t>
+          <t>Alevilikte ve Bektaşilikte İkrar Töreni</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259448893</t>
+          <t>9786259808659</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Antik Kentler</t>
+          <t>Bir Yaz Sonu Ağrı’sı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259448879</t>
+          <t>9786259808628</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bir İzmir Tarihi (Kutulu Set)</t>
+          <t>Gölgeler ve Küller</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259448886</t>
+          <t>9786259808635</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ebu Nuvas Abbasi Şiirinde Aşk, Şarap ve Erotizm</t>
+          <t>Çile Odası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259448862</t>
+          <t>9786259808611</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Uygarlığın Çöküşü - Amin Maalouf’a Mektuplar</t>
+          <t>Feylesof Rıza Tevfik Bölükbaşı’nın Trajedisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259448855</t>
+          <t>9786259808642</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hellenistik Dönemden Cumhuriyete Smyrna (İzmir) Kemik ve Taş Objeler</t>
+          <t>Tesirsiz Parçlar Devr-i Alem</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259448848</t>
+          <t>9786259808604</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Doruklarında</t>
+          <t>Antik Roma Yemek Kültürü Yemek Tarifleri İle</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259448824</t>
+          <t>9786259448893</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İzmir’in Smyrna’sı</t>
+          <t>Bilmece Antik Kentler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259448831</t>
+          <t>9786259448879</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bira Sözlüğü</t>
+          <t>Farklı Bir İzmir Tarihi (Kutulu Set)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259448817</t>
+          <t>9786259448886</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hukaka Karşı (Mı)?</t>
+          <t>Ebu Nuvas Abbasi Şiirinde Aşk, Şarap ve Erotizm</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259448800</t>
+          <t>9786259448862</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Bal</t>
+          <t>Bir Uygarlığın Çöküşü - Amin Maalouf’a Mektuplar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259403199</t>
+          <t>9786259448855</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İran Ermenileri</t>
+          <t>Hellenistik Dönemden Cumhuriyete Smyrna (İzmir) Kemik ve Taş Objeler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057255389</t>
+          <t>9786259448848</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın İzinde Proust ve Fotoğraf</t>
+          <t>Yalnızlığın Doruklarında</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259403137</t>
+          <t>9786259448824</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Düş Öyküleri</t>
+          <t>İzmir’in Smyrna’sı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>145</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259403175</t>
+          <t>9786259448831</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Flanör</t>
+          <t>Bira Sözlüğü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259403144</t>
+          <t>9786259448817</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hipokrat’ın Etiketi</t>
+          <t>Yapay Zeka Hukaka Karşı (Mı)?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259403113</t>
+          <t>9786259448800</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Prometheus’un Çocukları</t>
+          <t>Kutsal Bal</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259988047</t>
+          <t>9786259403199</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hellenistik Devirde Pergamon ve Aristonikos Ayaklanması</t>
+          <t>İran Ermenileri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259403182</t>
+          <t>9786057255389</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Başımızda Bir Büyük Dursun</t>
+          <t>Kayıp Zamanın İzinde Proust ve Fotoğraf</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259403106</t>
+          <t>9786259403137</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Mimas Uyanmazsa</t>
+          <t>Düş Öyküleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259988061</t>
+          <t>9786259403175</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Haydi Eyvallah</t>
+          <t>Flanör</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259403120</t>
+          <t>9786259403144</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tuthaliya’nın Maceraları</t>
+          <t>Hipokrat’ın Etiketi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259988054</t>
+          <t>9786259403113</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Arkeo Duvar 2</t>
+          <t>Prometheus’un Çocukları</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259988085</t>
+          <t>9786259988047</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Yükü</t>
+          <t>Hellenistik Devirde Pergamon ve Aristonikos Ayaklanması</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259988092</t>
+          <t>9786259403182</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tesirsiz Parçalar Süregelen</t>
+          <t>Başımızda Bir Büyük Dursun</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259988078</t>
+          <t>9786259403106</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tesirsiz Parçalar</t>
+          <t>Rüzgarlı Mimas Uyanmazsa</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259988030</t>
+          <t>9786259988061</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sis</t>
+          <t>Haydi Eyvallah</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057255396</t>
+          <t>9786259403120</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ İnançlarında ve Ritüellerinde Şarap</t>
+          <t>Küçük Tuthaliya’nın Maceraları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259988023</t>
+          <t>9786259988054</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Arkeolojisi Üzerine Denemeler 1</t>
+          <t>Arkeo Duvar 2</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259988016</t>
+          <t>9786259988085</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt ve Avesta’nın İzinde</t>
+          <t>Rüzgarın Yükü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259988009</t>
+          <t>9786259988092</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uzaklara Giden Hükümdar</t>
+          <t>Tesirsiz Parçalar Süregelen</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057255372</t>
+          <t>9786259988078</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Mitolojisinin Kadınlarına Dair Öyküler</t>
+          <t>Tesirsiz Parçalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057255365</t>
+          <t>9786259988030</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ganimet Şehir İzmir</t>
+          <t>Kızıl Sis</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057293473</t>
+          <t>9786057255396</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Apicius’un İzinde (Ciltli)</t>
+          <t>Eskiçağ İnançlarında ve Ritüellerinde Şarap</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057255327</t>
+          <t>9786259988023</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ’da Bağ ve Şarap</t>
+          <t>Sovyet Arkeolojisi Üzerine Denemeler 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057255341</t>
+          <t>9786259988016</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Topladığım Şeyler Korosu</t>
+          <t>Zerdüşt ve Avesta’nın İzinde</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057255358</t>
+          <t>9786259988009</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kuş ve Pufi</t>
+          <t>Uzaklara Giden Hükümdar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057255303</t>
+          <t>9786057255372</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze İzmir’in Gazoz Tarihi</t>
+          <t>Antik Yunan Mitolojisinin Kadınlarına Dair Öyküler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057293497</t>
+          <t>9786057255365</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sasaniler Dönemi İran Arkeolojisi ve Sanatı</t>
+          <t>Ganimet Şehir İzmir</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057255334</t>
+          <t>9786057293473</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Riya Tabirleri Kitabı</t>
+          <t>Apicius’un İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057352552</t>
+          <t>9786057255327</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Genel Nümizmatik Sözlüğü</t>
+          <t>Antik Çağ’da Bağ ve Şarap</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057255310</t>
+          <t>9786057255341</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yavaş La!</t>
+          <t>Topladığım Şeyler Korosu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057293480</t>
+          <t>9786057255358</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Hadrianus’un İzleri</t>
+          <t>Beyaz Kuş ve Pufi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>450</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057293442</t>
+          <t>9786057255303</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Anime ve Manganın Kültür Tarihi</t>
+          <t>Geçmişten Günümüze İzmir’in Gazoz Tarihi</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057293459</t>
+          <t>9786057293497</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ Çoban Sözlüğü</t>
+          <t>Sasaniler Dönemi İran Arkeolojisi ve Sanatı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057293435</t>
+          <t>9786057255334</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Z Raporu</t>
+          <t>Riya Tabirleri Kitabı</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057293411</t>
+          <t>9786057352552</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dionysos Kültü</t>
+          <t>Genel Nümizmatik Sözlüğü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057352545</t>
+          <t>9786057255310</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yazdım</t>
+          <t>Yavaş La!</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057293404</t>
+          <t>9786057293480</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Kaynaklarında Dilmun</t>
+          <t>Anadolu’da Hadrianus’un İzleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057352583</t>
+          <t>9786057293442</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arkeo Duvar 1</t>
+          <t>Anime ve Manganın Kültür Tarihi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057352590</t>
+          <t>9786057293459</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Giyim Kuşam ve Çıplaklık</t>
+          <t>Antikçağ Çoban Sözlüğü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057352569</t>
+          <t>9786057293435</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzmir Mekan Hikayeleri</t>
+          <t>Z Raporu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057352576</t>
+          <t>9786057293411</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kederle Bakan Kediler</t>
+          <t>Dionysos Kültü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057352538</t>
+          <t>9786057352545</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mutfak Kültürü’nün Kökenleri</t>
+          <t>Kendime Yazdım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057352521</t>
+          <t>9786057293404</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pantheon</t>
+          <t>Mezopotamya Kaynaklarında Dilmun</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057352514</t>
+          <t>9786057352583</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ölü Yıldızın Dört Yolcusu</t>
+          <t>Arkeo Duvar 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057397195</t>
+          <t>9786057352590</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan ve Roma’da Onurlandırma (Propaganda, Gelenek ve Kentler)</t>
+          <t>Giyim Kuşam ve Çıplaklık</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057462381</t>
+          <t>9786057352569</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Beklentilerin Tersine Çıktığı Alan: Eğitim</t>
+          <t>Saklı İzmir Mekan Hikayeleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057397188</t>
+          <t>9786057352576</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Mitolojisi</t>
+          <t>Kederle Bakan Kediler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057397171</t>
+          <t>9786057352538</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğunda İsyancı Lejyonlar</t>
+          <t>Anadolu Mutfak Kültürü’nün Kökenleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057397164</t>
+          <t>9786057352521</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Arete</t>
+          <t>Pantheon</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057397157</t>
+          <t>9786057352514</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bu Hava Deniz Yapar</t>
+          <t>Ölü Yıldızın Dört Yolcusu</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057397140</t>
+          <t>9786057397195</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ'da Tuvalet Kültürü</t>
+          <t>Antik Yunan ve Roma’da Onurlandırma (Propaganda, Gelenek ve Kentler)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057397133</t>
+          <t>9786057462381</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısından Hatıralar</t>
+          <t>Beklentilerin Tersine Çıktığı Alan: Eğitim</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057397119</t>
+          <t>9786057397188</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Neolitik Mutfak Kültüründe Kaşıklar</t>
+          <t>Eski Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057462374</t>
+          <t>9786057397171</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Saçmanın İktidarı</t>
+          <t>Roma İmparatorluğunda İsyancı Lejyonlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057462398</t>
+          <t>9786057397164</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzmir Masalları</t>
+          <t>Arete</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057462350</t>
+          <t>9786057397157</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Ölümün Tarihöncesi</t>
+          <t>Bu Hava Deniz Yapar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057462367</t>
+          <t>9786057397140</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>10 Yönetmen ve Türk Sineması</t>
+          <t>Eskiçağ'da Tuvalet Kültürü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057462336</t>
+          <t>9786057397133</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Kültür Tarihi</t>
+          <t>Yaşamın Kıyısından Hatıralar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
+          <t>9786057397119</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Neolitik Mutfak Kültüründe Kaşıklar</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786057462374</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Saçmanın İktidarı</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786057462398</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Saklı İzmir Masalları</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786057462350</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Ölümün Tarihöncesi</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786057462367</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>10 Yönetmen ve Türk Sineması</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786057462336</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Ateşin Kültür Tarihi</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
           <t>9786057462329</t>
         </is>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Özel Gereksinimli Sporculara Koçluk</t>
         </is>
       </c>
-      <c r="C104" s="1">
+      <c r="C110" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>