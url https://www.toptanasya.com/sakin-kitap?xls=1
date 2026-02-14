--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1675 +85,1720 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255966223</t>
+          <t>9786255966261</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Varka İle Gülşah</t>
+          <t>Antik Heykel ve İzleyicilik</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255966179</t>
+          <t>9786255966254</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ralamb Albümü</t>
+          <t>Dünya'nın Sonları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255966186</t>
+          <t>9786255966230</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Siyah Kalem</t>
+          <t>Yeni Bir Dünya Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255966216</t>
+          <t>9786255966223</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>El-Hariri’nin Makamat’ı</t>
+          <t>Varka İle Gülşah</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255966209</t>
+          <t>9786255966179</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Codex Manesse</t>
+          <t>Ralamb Albümü</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255966193</t>
+          <t>9786255966186</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Codex Casanatense</t>
+          <t>Mehmed Siyah Kalem</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255966247</t>
+          <t>9786255966216</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Erythrai Kehaneti - Herophile'nin Sesiyle Yazılan Dünya</t>
+          <t>El-Hariri’nin Makamat’ı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255966162</t>
+          <t>9786255966209</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Hep Yalan</t>
+          <t>Codex Manesse</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255966131</t>
+          <t>9786255966193</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ’da Kölelik</t>
+          <t>Codex Casanatense</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>460</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255966155</t>
+          <t>9786255966247</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Yunan</t>
+          <t>Erythrai Kehaneti - Herophile'nin Sesiyle Yazılan Dünya</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255966148</t>
+          <t>9786255966162</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze Bitkiler ve Hayvanların Kültür Tarihi</t>
+          <t>Gerisi Hep Yalan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255966117</t>
+          <t>9786255966131</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Par</t>
+          <t>Antik Çağ’da Kölelik</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255966100</t>
+          <t>9786255966155</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Pera’nın Sokak Yolculuğu</t>
+          <t>Türk ve Yunan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>145</v>
+        <v>360</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255966124</t>
+          <t>9786255966148</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Sami'nin Gözüyle Dünya Mitolojisi Esatir</t>
+          <t>Antik Çağlardan Günümüze Bitkiler ve Hayvanların Kültür Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255966094</t>
+          <t>9786255966117</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İzmir’de Bira ve Birahaneler</t>
+          <t>Par</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255966087</t>
+          <t>9786255966100</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Defterler 2</t>
+          <t>Pera’nın Sokak Yolculuğu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057352507</t>
+          <t>9786255966124</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ampelofilozofiya - Arkeoloji ve Hayat Üzerine Geyik Muhabbetleri</t>
+          <t>Şemseddin Sami'nin Gözüyle Dünya Mitolojisi Esatir</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255966070</t>
+          <t>9786255966094</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İzmir’in Dile Gelen Heykeli Hasan Tahsin</t>
+          <t>İzmir’de Bira ve Birahaneler</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255966063</t>
+          <t>9786255966087</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kökeni</t>
+          <t>Defterler 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255966056</t>
+          <t>9786057352507</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Bir Selanikli</t>
+          <t>Ampelofilozofiya - Arkeoloji ve Hayat Üzerine Geyik Muhabbetleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255966032</t>
+          <t>9786255966070</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eski Kapıları Çalıyorum</t>
+          <t>İzmir’in Dile Gelen Heykeli Hasan Tahsin</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255966018</t>
+          <t>9786255966063</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Defterler 1 (Tarih Notları)</t>
+          <t>İnsanın Kökeni</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255966049</t>
+          <t>9786255966056</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Alengirli Şiirler</t>
+          <t>Bozkırda Bir Selanikli</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255966025</t>
+          <t>9786255966032</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma Dünyasında Beslenme</t>
+          <t>Eski Kapıları Çalıyorum</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255966001</t>
+          <t>9786255966018</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dün’den Bugün’e İzmir’in Unuttuğu Düşünür Baha Tevfik</t>
+          <t>Defterler 1 (Tarih Notları)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259403151</t>
+          <t>9786255966049</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Asgard</t>
+          <t>Alengirli Şiirler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>85</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259403168</t>
+          <t>9786255966025</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ece’nin Sihirli Mutfağı</t>
+          <t>Antik Roma Dünyasında Beslenme</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>145</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057293466</t>
+          <t>9786255966001</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Deniz Fenerindeki Esrarengiz Hikaye</t>
+          <t>Dün’den Bugün’e İzmir’in Unuttuğu Düşünür Baha Tevfik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>99</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259808666</t>
+          <t>9786259403151</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Tarihi</t>
+          <t>Asgard</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057397102</t>
+          <t>9786259403168</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Metruk Çocuk</t>
+          <t>Ece’nin Sihirli Mutfağı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259808697</t>
+          <t>9786057293466</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hazan’da Damlalar</t>
+          <t>Deniz Fenerindeki Esrarengiz Hikaye</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259808680</t>
+          <t>9786259808666</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Körlüğün Renkleri</t>
+          <t>Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259808673</t>
+          <t>9786057397102</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte ve Bektaşilikte İkrar Töreni</t>
+          <t>Metruk Çocuk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259808659</t>
+          <t>9786259808697</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Sonu Ağrı’sı</t>
+          <t>Hazan’da Damlalar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259808628</t>
+          <t>9786259808680</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler ve Küller</t>
+          <t>Körlüğün Renkleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259808635</t>
+          <t>9786259808673</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çile Odası</t>
+          <t>Alevilikte ve Bektaşilikte İkrar Töreni</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259808611</t>
+          <t>9786259808659</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Feylesof Rıza Tevfik Bölükbaşı’nın Trajedisi</t>
+          <t>Bir Yaz Sonu Ağrı’sı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259808642</t>
+          <t>9786259808628</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tesirsiz Parçlar Devr-i Alem</t>
+          <t>Gölgeler ve Küller</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259808604</t>
+          <t>9786259808635</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma Yemek Kültürü Yemek Tarifleri İle</t>
+          <t>Çile Odası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259448893</t>
+          <t>9786259808611</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Antik Kentler</t>
+          <t>Feylesof Rıza Tevfik Bölükbaşı’nın Trajedisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259448879</t>
+          <t>9786259808642</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bir İzmir Tarihi (Kutulu Set)</t>
+          <t>Tesirsiz Parçlar Devr-i Alem</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259448886</t>
+          <t>9786259808604</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ebu Nuvas Abbasi Şiirinde Aşk, Şarap ve Erotizm</t>
+          <t>Antik Roma Yemek Kültürü Yemek Tarifleri İle</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259448862</t>
+          <t>9786259448893</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Uygarlığın Çöküşü - Amin Maalouf’a Mektuplar</t>
+          <t>Bilmece Antik Kentler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259448855</t>
+          <t>9786259448879</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hellenistik Dönemden Cumhuriyete Smyrna (İzmir) Kemik ve Taş Objeler</t>
+          <t>Farklı Bir İzmir Tarihi (Kutulu Set)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259448848</t>
+          <t>9786259448886</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Doruklarında</t>
+          <t>Ebu Nuvas Abbasi Şiirinde Aşk, Şarap ve Erotizm</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259448824</t>
+          <t>9786259448862</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İzmir’in Smyrna’sı</t>
+          <t>Bir Uygarlığın Çöküşü - Amin Maalouf’a Mektuplar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259448831</t>
+          <t>9786259448855</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bira Sözlüğü</t>
+          <t>Hellenistik Dönemden Cumhuriyete Smyrna (İzmir) Kemik ve Taş Objeler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259448817</t>
+          <t>9786259448848</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hukaka Karşı (Mı)?</t>
+          <t>Yalnızlığın Doruklarında</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259448800</t>
+          <t>9786259448824</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Bal</t>
+          <t>İzmir’in Smyrna’sı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259403199</t>
+          <t>9786259448831</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İran Ermenileri</t>
+          <t>Bira Sözlüğü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057255389</t>
+          <t>9786259448817</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın İzinde Proust ve Fotoğraf</t>
+          <t>Yapay Zeka Hukaka Karşı (Mı)?</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259403137</t>
+          <t>9786259448800</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Düş Öyküleri</t>
+          <t>Kutsal Bal</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259403175</t>
+          <t>9786259403199</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Flanör</t>
+          <t>İran Ermenileri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259403144</t>
+          <t>9786057255389</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hipokrat’ın Etiketi</t>
+          <t>Kayıp Zamanın İzinde Proust ve Fotoğraf</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259403113</t>
+          <t>9786259403137</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Prometheus’un Çocukları</t>
+          <t>Düş Öyküleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259988047</t>
+          <t>9786259403175</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hellenistik Devirde Pergamon ve Aristonikos Ayaklanması</t>
+          <t>Flanör</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259403182</t>
+          <t>9786259403144</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Başımızda Bir Büyük Dursun</t>
+          <t>Hipokrat’ın Etiketi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259403106</t>
+          <t>9786259403113</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Mimas Uyanmazsa</t>
+          <t>Prometheus’un Çocukları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259988061</t>
+          <t>9786259988047</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Haydi Eyvallah</t>
+          <t>Hellenistik Devirde Pergamon ve Aristonikos Ayaklanması</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259403120</t>
+          <t>9786259403182</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tuthaliya’nın Maceraları</t>
+          <t>Başımızda Bir Büyük Dursun</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259988054</t>
+          <t>9786259403106</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Arkeo Duvar 2</t>
+          <t>Rüzgarlı Mimas Uyanmazsa</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259988085</t>
+          <t>9786259988061</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Yükü</t>
+          <t>Haydi Eyvallah</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259988092</t>
+          <t>9786259403120</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tesirsiz Parçalar Süregelen</t>
+          <t>Küçük Tuthaliya’nın Maceraları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259988078</t>
+          <t>9786259988054</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tesirsiz Parçalar</t>
+          <t>Arkeo Duvar 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259988030</t>
+          <t>9786259988085</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sis</t>
+          <t>Rüzgarın Yükü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057255396</t>
+          <t>9786259988092</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ İnançlarında ve Ritüellerinde Şarap</t>
+          <t>Tesirsiz Parçalar Süregelen</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259988023</t>
+          <t>9786259988078</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Arkeolojisi Üzerine Denemeler 1</t>
+          <t>Tesirsiz Parçalar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259988016</t>
+          <t>9786259988030</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt ve Avesta’nın İzinde</t>
+          <t>Kızıl Sis</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259988009</t>
+          <t>9786057255396</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Uzaklara Giden Hükümdar</t>
+          <t>Eskiçağ İnançlarında ve Ritüellerinde Şarap</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057255372</t>
+          <t>9786259988023</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Mitolojisinin Kadınlarına Dair Öyküler</t>
+          <t>Sovyet Arkeolojisi Üzerine Denemeler 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057255365</t>
+          <t>9786259988016</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ganimet Şehir İzmir</t>
+          <t>Zerdüşt ve Avesta’nın İzinde</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057293473</t>
+          <t>9786259988009</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Apicius’un İzinde (Ciltli)</t>
+          <t>Uzaklara Giden Hükümdar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057255327</t>
+          <t>9786057255372</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ’da Bağ ve Şarap</t>
+          <t>Antik Yunan Mitolojisinin Kadınlarına Dair Öyküler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057255341</t>
+          <t>9786057255365</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Topladığım Şeyler Korosu</t>
+          <t>Ganimet Şehir İzmir</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057255358</t>
+          <t>9786057293473</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kuş ve Pufi</t>
+          <t>Apicius’un İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>145</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057255303</t>
+          <t>9786057255327</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze İzmir’in Gazoz Tarihi</t>
+          <t>Antik Çağ’da Bağ ve Şarap</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057293497</t>
+          <t>9786057255341</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sasaniler Dönemi İran Arkeolojisi ve Sanatı</t>
+          <t>Topladığım Şeyler Korosu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057255334</t>
+          <t>9786057255358</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Riya Tabirleri Kitabı</t>
+          <t>Beyaz Kuş ve Pufi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057352552</t>
+          <t>9786057255303</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Genel Nümizmatik Sözlüğü</t>
+          <t>Geçmişten Günümüze İzmir’in Gazoz Tarihi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057255310</t>
+          <t>9786057293497</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yavaş La!</t>
+          <t>Sasaniler Dönemi İran Arkeolojisi ve Sanatı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057293480</t>
+          <t>9786057255334</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Hadrianus’un İzleri</t>
+          <t>Riya Tabirleri Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057293442</t>
+          <t>9786057352552</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Anime ve Manganın Kültür Tarihi</t>
+          <t>Genel Nümizmatik Sözlüğü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057293459</t>
+          <t>9786057255310</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ Çoban Sözlüğü</t>
+          <t>Yavaş La!</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057293435</t>
+          <t>9786057293480</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Z Raporu</t>
+          <t>Anadolu’da Hadrianus’un İzleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057293411</t>
+          <t>9786057293442</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dionysos Kültü</t>
+          <t>Anime ve Manganın Kültür Tarihi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057352545</t>
+          <t>9786057293459</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yazdım</t>
+          <t>Antikçağ Çoban Sözlüğü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057293404</t>
+          <t>9786057293435</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Kaynaklarında Dilmun</t>
+          <t>Z Raporu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057352583</t>
+          <t>9786057293411</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arkeo Duvar 1</t>
+          <t>Dionysos Kültü</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057352590</t>
+          <t>9786057352545</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Giyim Kuşam ve Çıplaklık</t>
+          <t>Kendime Yazdım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057352569</t>
+          <t>9786057293404</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzmir Mekan Hikayeleri</t>
+          <t>Mezopotamya Kaynaklarında Dilmun</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057352576</t>
+          <t>9786057352583</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kederle Bakan Kediler</t>
+          <t>Arkeo Duvar 1</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057352538</t>
+          <t>9786057352590</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mutfak Kültürü’nün Kökenleri</t>
+          <t>Giyim Kuşam ve Çıplaklık</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057352521</t>
+          <t>9786057352569</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Pantheon</t>
+          <t>Saklı İzmir Mekan Hikayeleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057352514</t>
+          <t>9786057352576</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ölü Yıldızın Dört Yolcusu</t>
+          <t>Kederle Bakan Kediler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057397195</t>
+          <t>9786057352538</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan ve Roma’da Onurlandırma (Propaganda, Gelenek ve Kentler)</t>
+          <t>Anadolu Mutfak Kültürü’nün Kökenleri</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057462381</t>
+          <t>9786057352521</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Beklentilerin Tersine Çıktığı Alan: Eğitim</t>
+          <t>Pantheon</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057397188</t>
+          <t>9786057352514</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Mitolojisi</t>
+          <t>Ölü Yıldızın Dört Yolcusu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057397171</t>
+          <t>9786057397195</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğunda İsyancı Lejyonlar</t>
+          <t>Antik Yunan ve Roma’da Onurlandırma (Propaganda, Gelenek ve Kentler)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057397164</t>
+          <t>9786057462381</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Arete</t>
+          <t>Beklentilerin Tersine Çıktığı Alan: Eğitim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057397157</t>
+          <t>9786057397188</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bu Hava Deniz Yapar</t>
+          <t>Eski Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057397140</t>
+          <t>9786057397171</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ'da Tuvalet Kültürü</t>
+          <t>Roma İmparatorluğunda İsyancı Lejyonlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057397133</t>
+          <t>9786057397164</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısından Hatıralar</t>
+          <t>Arete</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057397119</t>
+          <t>9786057397157</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Neolitik Mutfak Kültüründe Kaşıklar</t>
+          <t>Bu Hava Deniz Yapar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057462374</t>
+          <t>9786057397140</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Saçmanın İktidarı</t>
+          <t>Eskiçağ'da Tuvalet Kültürü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057462398</t>
+          <t>9786057397133</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Saklı İzmir Masalları</t>
+          <t>Yaşamın Kıyısından Hatıralar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057462350</t>
+          <t>9786057397119</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Ölümün Tarihöncesi</t>
+          <t>Anadolu Neolitik Mutfak Kültüründe Kaşıklar</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057462367</t>
+          <t>9786057462374</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>10 Yönetmen ve Türk Sineması</t>
+          <t>Saçmanın İktidarı</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057462336</t>
+          <t>9786057462398</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Kültür Tarihi</t>
+          <t>Saklı İzmir Masalları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
+          <t>9786057462350</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Ölümün Tarihöncesi</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786057462367</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>10 Yönetmen ve Türk Sineması</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786057462336</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Ateşin Kültür Tarihi</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
           <t>9786057462329</t>
         </is>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Özel Gereksinimli Sporculara Koçluk</t>
         </is>
       </c>
-      <c r="C110" s="1">
+      <c r="C113" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>