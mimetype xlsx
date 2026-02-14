--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,3010 +85,3040 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3990000001697</t>
+          <t>9786057258823</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat</t>
+          <t>Beyaz Tüy</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000002707</t>
+          <t>9786054223022</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Vesim Divanı</t>
+          <t>Kur’an’a Göre Evrenin İnsana Musahhar Kılınışı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256453029</t>
+          <t>3990000001697</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Fikir ve Sanat</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256453036</t>
+          <t>3990000002707</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeler 1</t>
+          <t>Ahmed Vesim Divanı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256453074</t>
+          <t>9786256453029</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054223459</t>
+          <t>9786256453036</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Recaizade M. Ekrem’in Poetikası</t>
+          <t>Ömer Seyfettin Hikayeler 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054223565</t>
+          <t>9786256453074</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Poetikası</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756122594</t>
+          <t>9786054223459</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiiri 1 Şiir Tahlilleri</t>
+          <t>Recaizade M. Ekrem’in Poetikası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055160401</t>
+          <t>9786054223565</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Popüler Roman ve Nezihe Muhiddin</t>
+          <t>Nazım Hikmet’in Poetikası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055160784</t>
+          <t>9789756122594</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx ve Sistemi</t>
+          <t>Modern Türk Şiiri 1 Şiir Tahlilleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256453210</t>
+          <t>9786055160401</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Kalbi</t>
+          <t>Popüler Roman ve Nezihe Muhiddin</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055160883</t>
+          <t>9786055160784</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Vurun Benim Gözlerimin Önünde</t>
+          <t>Karl Marx ve Sistemi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>18</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756122822</t>
+          <t>9786256453210</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zamana Düşen Çığlık</t>
+          <t>Genç Kız Kalbi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054223411</t>
+          <t>9786055160883</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel’in Poetikası</t>
+          <t>Vurun Benim Gözlerimin Önünde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055160210</t>
+          <t>9789756122822</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Turhan Sultan</t>
+          <t>Zamana Düşen Çığlık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256453357</t>
+          <t>9786054223411</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>İsmet Özel’in Poetikası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057258830</t>
+          <t>9786055160210</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Modern Şiirin Poetikası</t>
+          <t>Turhan Sultan</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256453340</t>
+          <t>9786256453357</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ev İçin Anahtar</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057258663</t>
+          <t>9786057258830</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Tal’at ve Fıtnat</t>
+          <t>Modern Şiirin Poetikası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057258618</t>
+          <t>9786256453340</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zehra-Karabibik</t>
+          <t>Sessiz Ev İçin Anahtar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057258625</t>
+          <t>9786057258663</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Taaşşuk-ı Tal’at ve Fıtnat</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057258816</t>
+          <t>9786057258618</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>XIX. Yüzyıl Türk Şiiri Antolojisi</t>
+          <t>Zehra-Karabibik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057258632</t>
+          <t>9786057258625</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Udi</t>
+          <t>Zavallı Necdet</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057258649</t>
+          <t>9786057258816</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>XIX. Yüzyıl Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057258656</t>
+          <t>9786057258632</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Turfanda mı Yoksa Turfa mı?</t>
+          <t>Udi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057258670</t>
+          <t>9786057258649</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözler</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057258687</t>
+          <t>9786057258656</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Turfanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256453265</t>
+          <t>9786057258670</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Bütün Şiirleri</t>
+          <t>Siyah Gözler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256453050</t>
+          <t>9786057258687</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeler 3</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256453043</t>
+          <t>9786256453265</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeler 2</t>
+          <t>Sabahattin Ali Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256453272</t>
+          <t>9786256453050</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Bütün Şiirleri</t>
+          <t>Ömer Seyfettin Hikayeler 3</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256453098</t>
+          <t>9786256453043</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Ömer Seyfettin Hikayeler 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256453104</t>
+          <t>9786256453272</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Orhan Veli Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256453111</t>
+          <t>9786256453098</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256453128</t>
+          <t>9786256453104</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhadarat</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057258847</t>
+          <t>9786256453111</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiiri Antolojisi</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256453135</t>
+          <t>9786256453128</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Muhadarat</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256453142</t>
+          <t>9786057258847</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kürt Mantolu Madonna</t>
+          <t>Modern Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256453159</t>
+          <t>9786256453135</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256453166</t>
+          <t>9786256453142</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Jöntürk</t>
+          <t>Kürt Mantolu Madonna</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256453180</t>
+          <t>9786256453159</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256453197</t>
+          <t>9786256453166</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Jöntürk</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256453319</t>
+          <t>9786256453180</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256453203</t>
+          <t>9786256453197</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256453333</t>
+          <t>9786256453319</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256453227</t>
+          <t>9786256453203</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256453234</t>
+          <t>9786256453333</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Cinayat</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256453241</t>
+          <t>9786256453227</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eski Aşk Geceleri</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057401250</t>
+          <t>9786256453234</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgi Ve Teorileri</t>
+          <t>Esrar-ı Cinayat</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256453258</t>
+          <t>9786256453241</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Eski Aşk Geceleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256453326</t>
+          <t>9786057401250</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Edebiyat Bilgi Ve Teorileri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256453289</t>
+          <t>9786256453258</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256453296</t>
+          <t>9786256453326</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256453302</t>
+          <t>9786256453289</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759252557</t>
+          <t>9786256453296</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Atılgan'ın Roman Dünyası - Toroslu Kitaplığı</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057401205</t>
+          <t>9786256453302</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre ve Türkçe</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057401212</t>
+          <t>9789759252557</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İstibdad Karşısında Recaizade Mahmut Ekrem</t>
+          <t>Yusuf Atılgan'ın Roman Dünyası - Toroslu Kitaplığı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057401229</t>
+          <t>9786057401205</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İstibdad Karşısında Abdullah Cevdet</t>
+          <t>Yunus Emre ve Türkçe</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057401236</t>
+          <t>9786057401212</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Yazıları</t>
+          <t>İstibdad Karşısında Recaizade Mahmut Ekrem</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055160463</t>
+          <t>9786057401229</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kuramları</t>
+          <t>İstibdad Karşısında Abdullah Cevdet</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055160982</t>
+          <t>9786057401236</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Kuşları</t>
+          <t>Düşünce Yazıları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055160999</t>
+          <t>9786055160463</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap’ın Grameri</t>
+          <t>Edebiyat Kuramları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055160968</t>
+          <t>9786055160982</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Çatışması mı?</t>
+          <t>Gurbet Kuşları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055160975</t>
+          <t>9786055160999</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Destan Şairi Basri Gocul</t>
+          <t>Kara Kitap’ın Grameri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055160951</t>
+          <t>9786055160968</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İstibdad Karşısında Eşref</t>
+          <t>Medeniyetler Çatışması mı?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055160944</t>
+          <t>9786055160975</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İstibdad Şiirleri Antolojisi</t>
+          <t>Destan Şairi Basri Gocul</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055160937</t>
+          <t>9786055160951</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İstibdad’ın Romanı Sis</t>
+          <t>İstibdad Karşısında Eşref</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055160920</t>
+          <t>9786055160944</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İhsan Tokgöz Matbuat Hatıralarım ve Öteki Hatıra Yazıları</t>
+          <t>İstibdad Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055160913</t>
+          <t>9786055160937</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kale'nin Öteki Kapıları</t>
+          <t>İstibdad’ın Romanı Sis</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055160760</t>
+          <t>9786055160920</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ali Kemal - Bütün Şiirleri ve Bütün Hikayeleri</t>
+          <t>Ahmet İhsan Tokgöz Matbuat Hatıralarım ve Öteki Hatıra Yazıları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055160906</t>
+          <t>9786055160913</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Putları Yıkıyoruz</t>
+          <t>Beyaz Kale'nin Öteki Kapıları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055160821</t>
+          <t>9786055160760</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Fecr-i Ati Topluluğu</t>
+          <t>Ali Kemal - Bütün Şiirleri ve Bütün Hikayeleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055160838</t>
+          <t>9786055160906</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Fecr-i Ati Edebiyatı</t>
+          <t>Putları Yıkıyoruz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>950</v>
+        <v>750</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055160807</t>
+          <t>9786055160821</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ali Kemal - Hayatı Sanatı Eserleri</t>
+          <t>Fecr-i Ati Topluluğu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055160753</t>
+          <t>9786055160838</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Adanalı Ziya</t>
+          <t>Fecr-i Ati Edebiyatı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055160722</t>
+          <t>9786055160807</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ara Nesil Edebiyatı Tarihi (Ciltli)</t>
+          <t>Ali Kemal - Hayatı Sanatı Eserleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055160777</t>
+          <t>9786055160753</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Son Şiir Okulu - Ukaz-ı Osmani</t>
+          <t>Adanalı Ziya</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799753293685</t>
+          <t>9786055160722</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Turizm Ekonomisi</t>
+          <t>Ara Nesil Edebiyatı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756122914</t>
+          <t>9786055160777</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk Anorexia</t>
+          <t>Osmanlının Son Şiir Okulu - Ukaz-ı Osmani</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055160555</t>
+          <t>9799753293685</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>40 Yıl Sonra Diyorlar Ki</t>
+          <t>Turizm Ekonomisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055160609</t>
+          <t>9789756122914</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kavganın ve Sevdanın Şairi Kemal Özer</t>
+          <t>Kafkaesk Anorexia</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055160678</t>
+          <t>9786055160555</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Serbest Şiirin İlk Kuramcısı: Nureddin Ferruh Alkend</t>
+          <t>40 Yıl Sonra Diyorlar Ki</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055160562</t>
+          <t>9786055160609</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Beş Kuşak Konuşuyor</t>
+          <t>Kavganın ve Sevdanın Şairi Kemal Özer</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055160661</t>
+          <t>9786055160678</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ahrar Fırkası ve 2. Meşrutiyet Anıları</t>
+          <t>Serbest Şiirin İlk Kuramcısı: Nureddin Ferruh Alkend</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756122563</t>
+          <t>9786055160562</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kelami Münakaşalara Giriş 1</t>
+          <t>Beş Kuşak Konuşuyor</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055160593</t>
+          <t>9786055160661</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Haşim Bey</t>
+          <t>Ahrar Fırkası ve 2. Meşrutiyet Anıları</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055160579</t>
+          <t>9789756122563</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Folklor Şiire Düşman Mı?</t>
+          <t>Kelami Münakaşalara Giriş 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055160685</t>
+          <t>9786055160593</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İsmail Safa: Muhakemat-ı Edebiyye</t>
+          <t>Hüseyin Haşim Bey</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055160692</t>
+          <t>9786055160579</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Sadık: Tekamül</t>
+          <t>Folklor Şiire Düşman Mı?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9756055160657</t>
+          <t>9786055160685</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gece'yi Nabokov'la Okumak</t>
+          <t>İsmail Safa: Muhakemat-ı Edebiyye</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055160586</t>
+          <t>9786055160692</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Rasim Matbuat Hatıralarından Muharrir, Şair, Edib</t>
+          <t>Mahmud Sadık: Tekamül</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055160715</t>
+          <t>9756055160657</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ara Nesil Edebiyatı</t>
+          <t>Gece'yi Nabokov'la Okumak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055160418</t>
+          <t>9786055160586</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nigar Hanım - Toplu Şiirleri</t>
+          <t>Ahmed Rasim Matbuat Hatıralarından Muharrir, Şair, Edib</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055160395</t>
+          <t>9786055160715</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İşgal İstanbul'unda İstihbarat ve Eylem</t>
+          <t>Ara Nesil Edebiyatı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055160357</t>
+          <t>9786055160418</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği / Şüphe! Aşka Galipsin</t>
+          <t>Nigar Hanım - Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055160142</t>
+          <t>9786055160395</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Korsan Yuvası</t>
+          <t>İşgal İstanbul'unda İstihbarat ve Eylem</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055160104</t>
+          <t>9786055160357</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Saman Sarısı</t>
+          <t>Ağustos Böceği / Şüphe! Aşka Galipsin</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055160340</t>
+          <t>9786055160142</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Geceye Aşık / Gönül Sarmaşıkları</t>
+          <t>Korsan Yuvası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055160333</t>
+          <t>9786055160104</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları</t>
+          <t>Saman Sarısı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055160371</t>
+          <t>9786055160340</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Safha-i Şebab</t>
+          <t>Geceye Aşık / Gönül Sarmaşıkları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055160241</t>
+          <t>9786055160333</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sadri Ertem Toplu Öyküler (Ciltli)</t>
+          <t>Kırgız Destanları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055160203</t>
+          <t>9786055160371</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Elem Çiçekleri (Ciltli)</t>
+          <t>Bir Safha-i Şebab</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055160234</t>
+          <t>9786055160241</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan</t>
+          <t>Sadri Ertem Toplu Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054223923</t>
+          <t>9786055160203</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşları</t>
+          <t>Elem Çiçekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055160272</t>
+          <t>9786055160234</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054223916</t>
+          <t>9786054223923</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>Yol Arkadaşları</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055160296</t>
+          <t>9786055160272</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı Albümü</t>
+          <t>Osmanoflar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055160227</t>
+          <t>9786054223916</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054223046</t>
+          <t>9786055160296</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Nergisi Meşakku'l-Uşşak</t>
+          <t>İsmail Gaspıralı Albümü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055160180</t>
+          <t>9786055160227</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bir İngiliz Tercümanın Hatıraları</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055160159</t>
+          <t>9786054223046</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Zaniyeler</t>
+          <t>Nergisi Meşakku'l-Uşşak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054223237</t>
+          <t>9786055160180</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>18. Asır Saz Şairlerinden Kusuri</t>
+          <t>İstanbul'da Bir İngiliz Tercümanın Hatıraları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055160074</t>
+          <t>9786055160159</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hayat Arası Öyküler ya da Umran Nazif Yiğiter</t>
+          <t>Zaniyeler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054223749</t>
+          <t>9786054223237</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ziya ve Sevda</t>
+          <t>18. Asır Saz Şairlerinden Kusuri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054223442</t>
+          <t>9786055160074</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ziya Paşa’nın Poetikası</t>
+          <t>Hayat Arası Öyküler ya da Umran Nazif Yiğiter</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000002708</t>
+          <t>9786054223749</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yazgıya Başkaldıran Yazar: Necati Tosuner</t>
+          <t>Ziya ve Sevda</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054223503</t>
+          <t>9786054223442</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal’in Poetikası</t>
+          <t>Ziya Paşa’nın Poetikası</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055160005</t>
+          <t>3990000002708</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Yazgıya Başkaldıran Yazar: Necati Tosuner</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756122792</t>
+          <t>9786054223503</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Batı Şiiri</t>
+          <t>Yahya Kemal’in Poetikası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054223299</t>
+          <t>9786055160005</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dilbilgisi</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756122419</t>
+          <t>9789756122792</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Poetikasının Kitabı</t>
+          <t>Türkçe’de Batı Şiiri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756122815</t>
+          <t>9786054223299</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Yokluk Fikri ve Akif Paşa’nın Adem Kasidesi</t>
+          <t>Türkçe Dilbilgisi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756122471</t>
+          <t>9789756122419</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kadın Kimliği</t>
+          <t>Türk ve Alman Poetikasının Kitabı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055160050</t>
+          <t>9789756122815</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanı El Kitabı</t>
+          <t>Türk Şiirinde Yokluk Fikri ve Akif Paşa’nın Adem Kasidesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055160043</t>
+          <t>9789756122471</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Nüktecileri</t>
+          <t>Türk Romanında Kadın Kimliği</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990000001696</t>
+          <t>9786055160050</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılabının Karakterleri</t>
+          <t>Türk Romanı El Kitabı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054223671</t>
+          <t>9786055160043</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Turgut Uyar’ın Poetikası</t>
+          <t>Türk Nüktecileri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054223763</t>
+          <t>3990000001696</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Ak Sayfaları</t>
+          <t>Türk İnkılabının Karakterleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055160135</t>
+          <t>9786054223671</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Edebiyatı 2</t>
+          <t>Turgut Uyar’ın Poetikası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055160500</t>
+          <t>9786054223763</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Edebiyatı 1 Şiir</t>
+          <t>Tarihin Ak Sayfaları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054223435</t>
+          <t>9786055160135</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Poetikası</t>
+          <t>Tanzimat Edebiyatı 2</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054223343</t>
+          <t>9786055160500</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Şairnameler</t>
+          <t>Tanzimat Edebiyatı 1 Şiir</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054223626</t>
+          <t>9786054223435</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’un Poetikası</t>
+          <t>Tanpınar’ın Poetikası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055160494</t>
+          <t>9786054223343</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun Edebiyatı</t>
+          <t>Şairnameler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054223817</t>
+          <t>9786054223626</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Saz Şiirinin Kadroları</t>
+          <t>Sezai Karakoç’un Poetikası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756122495</t>
+          <t>9786055160494</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Normaldışılık</t>
+          <t>Servet-i Fünun Edebiyatı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054223428</t>
+          <t>9786054223817</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Salah Birsel’in Poetikası</t>
+          <t>Saz Şiirinin Kadroları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055160890</t>
+          <t>9789756122495</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Sanat ve Normaldışılık</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054223312</t>
+          <t>9786054223428</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Rönesans Çağı Cihan Edebiyatında Türk Takdirkarlığı</t>
+          <t>Salah Birsel’in Poetikası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756122761</t>
+          <t>9786055160890</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Edebiyat</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756122983</t>
+          <t>9786054223312</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Öykünün Sesini Kısmak</t>
+          <t>Rönesans Çağı Cihan Edebiyatında Türk Takdirkarlığı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055160524</t>
+          <t>9789756122761</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Öykü Sanatı</t>
+          <t>Psikanaliz ve Edebiyat</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756122105</t>
+          <t>9789756122983</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Otoritenin İzdüşümü</t>
+          <t>Öykünün Sesini Kısmak</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756122167</t>
+          <t>9786055160524</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Oltu Şura Hükümeti ve Yasin Haşimoğlu'nun Hatıraları</t>
+          <t>Öykü Sanatı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054223596</t>
+          <t>9789756122105</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Oktay Rifat’ın Poetikası</t>
+          <t>Otoritenin İzdüşümü</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756122785</t>
+          <t>9789756122167</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Novel Yazarı Olarak Martin Walser</t>
+          <t>Oltu Şura Hükümeti ve Yasin Haşimoğlu'nun Hatıraları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055160487</t>
+          <t>9786054223596</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl’ın Poetikası</t>
+          <t>Oktay Rifat’ın Poetikası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054223640</t>
+          <t>9789756122785</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal’in Poetikası</t>
+          <t>Novel Yazarı Olarak Martin Walser</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756122464</t>
+          <t>9786055160487</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Moderniteden Postmoderniteye Kavramsal Bir Yolculuk</t>
+          <t>Necip Fazıl’ın Poetikası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055160265</t>
+          <t>9786054223640</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat 2 - Nesir</t>
+          <t>Namık Kemal’in Poetikası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055160470</t>
+          <t>9789756122464</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat 1 Şiir</t>
+          <t>Moderniteden Postmoderniteye Kavramsal Bir Yolculuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756122716</t>
+          <t>9786055160265</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Masalların Psikanalizi</t>
+          <t>Milli Edebiyat 2 - Nesir</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756122709</t>
+          <t>9786055160470</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Leyla Hanım (Saz)</t>
+          <t>Milli Edebiyat 1 Şiir</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759896089</t>
+          <t>9789756122716</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Lenin ve Leninizm Hayatı, Şahsiyeti, Hakkındaki Mütalaalar</t>
+          <t>Masalların Psikanalizi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054223886</t>
+          <t>9789756122709</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Külhani Edipler</t>
+          <t>Leyla Hanım (Saz)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756122570</t>
+          <t>9789759896089</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kelami Münakaşalara Giriş 1-2 (2 Cilt)</t>
+          <t>Lenin ve Leninizm Hayatı, Şahsiyeti, Hakkındaki Mütalaalar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054223985</t>
+          <t>9786054223886</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kars Halkevi ve Faaliyetleri</t>
+          <t>Külhani Edipler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054223947</t>
+          <t>9789756122570</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İstifçi</t>
+          <t>Kelami Münakaşalara Giriş 1-2 (2 Cilt)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756122921</t>
+          <t>9786054223985</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İran Türkleri Aşık Muhitleri</t>
+          <t>Kars Halkevi ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756122938</t>
+          <t>9786054223947</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İran Türk Aşıkları ve Milli Kimlik</t>
+          <t>İstifçi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756122877</t>
+          <t>9789756122921</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İngilizce ile Türkçe Arasında Uluslararası Köprüler</t>
+          <t>İran Türkleri Aşık Muhitleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054223558</t>
+          <t>9789756122938</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İlhan Berk’in Poetikası</t>
+          <t>İran Türk Aşıkları ve Milli Kimlik</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054223961</t>
+          <t>9789756122877</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Limanı: Pazar Postası</t>
+          <t>İngilizce ile Türkçe Arasında Uluslararası Köprüler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054223282</t>
+          <t>9786054223558</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Harabat Karşısında Namık Kemal</t>
+          <t>İlhan Berk’in Poetikası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054223015</t>
+          <t>9786054223961</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Florinalı Nazım Hatırat-ı Meşahir</t>
+          <t>İkinci Yeni Limanı: Pazar Postası</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756122990</t>
+          <t>9786054223282</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Harabat Karşısında Namık Kemal</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756122488</t>
+          <t>9786054223015</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Estetik Eğitim</t>
+          <t>Florinalı Nazım Hatırat-ı Meşahir</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000002710</t>
+          <t>9789756122990</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Enderunlu Hamid Divanı</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054223602</t>
+          <t>9789756122488</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Edip Cansever’in Poetikası</t>
+          <t>Estetik Eğitim</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756122440</t>
+          <t>3990000002710</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Terapi Olabilir mi?</t>
+          <t>Enderunlu Hamid Divanı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054223893</t>
+          <t>9786054223602</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Düşkünler</t>
+          <t>Edip Cansever’in Poetikası</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756122143</t>
+          <t>9789756122440</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Gelmek - Dile Gelmek</t>
+          <t>Edebiyat Terapi Olabilir mi?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756122624</t>
+          <t>9786054223893</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Düşkünler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055160012</t>
+          <t>9789756122143</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Dünyaya Gelmek - Dile Gelmek</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054223824</t>
+          <t>9789756122624</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dandizm ve Türk Edebiyatında Dandy</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054223855</t>
+          <t>9786055160012</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çıkrıklar Durunca</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000004406</t>
+          <t>9786054223824</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Dünyası Edebiyatı (Ciltli)</t>
+          <t>Dandizm ve Türk Edebiyatında Dandy</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>1800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054223367</t>
+          <t>9786054223855</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kırgız Hikayeleri Antolojisi</t>
+          <t>Çıkrıklar Durunca</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055160449</t>
+          <t>3990000004406</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Edebiyatı 2</t>
+          <t>Çağdaş Türk Dünyası Edebiyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>750</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756122730</t>
+          <t>9786054223367</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Edebiyatı 1 - Şiir</t>
+          <t>Çağdaş Kırgız Hikayeleri Antolojisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756122860</t>
+          <t>9786055160449</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov Üzerine Yazılar</t>
+          <t>Cumhuriyet Edebiyatı 2</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054223510</t>
+          <t>9789756122730</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya’nın Poetikası</t>
+          <t>Cumhuriyet Edebiyatı 1 - Şiir</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054223329</t>
+          <t>9789756122860</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Meyvası</t>
+          <t>Cengiz Aytmatov Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055160432</t>
+          <t>9786054223510</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Bilge: Cengiz Aytmatov</t>
+          <t>Cemal Süreya’nın Poetikası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054223787</t>
+          <t>9786054223329</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Boran</t>
+          <t>Cehennem Meyvası</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054223794</t>
+          <t>9786055160432</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Tarihi Coğrafya İncelemesi</t>
+          <t>Bozkırdaki Bilge: Cengiz Aytmatov</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054223527</t>
+          <t>9786054223787</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Behçet Necatigil’in Poetikası</t>
+          <t>Boran</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756122808</t>
+          <t>9786054223794</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatı</t>
+          <t>Bir Tarihi Coğrafya İncelemesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054223879</t>
+          <t>9786054223527</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ayhan Kırdar - Bütün Şiirleri</t>
+          <t>Behçet Necatigil’in Poetikası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>3990000004405</t>
+          <t>9789756122808</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Rengi Kırmızıdır</t>
+          <t>Batı Edebiyatı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054223398</t>
+          <t>9786054223879</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Asaf Halet’in Poetikası</t>
+          <t>Ayhan Kırdar - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990000002590</t>
+          <t>3990000004405</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Alphonse De Lamartine Tercümeleri ve Tesiri</t>
+          <t>Aşkın Rengi Kırmızıdır</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755201764</t>
+          <t>9786054223398</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Alfred de Musset Tercümeleri ve Tesiri</t>
+          <t>Asaf Halet’in Poetikası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756122846</t>
+          <t>3990000002590</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Albatros’un Gölgesi (Baudelaire)</t>
+          <t>Alphonse De Lamartine Tercümeleri ve Tesiri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054223374</t>
+          <t>9789755201764</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim’in Poetikası</t>
+          <t>Alfred de Musset Tercümeleri ve Tesiri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756122679</t>
+          <t>9789756122846</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim - Bütün Şiirleri</t>
+          <t>Albatros’un Gölgesi (Baudelaire)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054223633</t>
+          <t>9786054223374</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamid’in Poetikası</t>
+          <t>Ahmet Haşim’in Poetikası</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
+          <t>9789756122679</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Haşim - Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786054223633</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Abdülhak Hamid’in Poetikası</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
           <t>9789759896058</t>
         </is>
       </c>
-      <c r="B199" s="1" t="inlineStr">
+      <c r="B201" s="1" t="inlineStr">
         <is>
           <t>20. Yüzyıl Amerikan Romancıları</t>
         </is>
       </c>
-      <c r="C199" s="1">
+      <c r="C201" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>