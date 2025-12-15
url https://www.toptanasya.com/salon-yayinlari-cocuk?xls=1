--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,535 +85,580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059530972</t>
+          <t>9786057879950</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Eğlenerek Boyama Kitabı</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>65</v>
+        <v>149</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059530996</t>
+          <t>9786258737066</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Karakterler - Eğlenerek Boyama Kitabı</t>
+          <t>Muhteşem Çocuk Serisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>65</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257336895</t>
+          <t>9786258737011</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Aya Okula Başlıyor</t>
+          <t>Kelebek Aya Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>825</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257336888</t>
+          <t>9786059530972</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Aya Kelebek Oluyor</t>
+          <t>Mevsimler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257336901</t>
+          <t>9786059530996</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Aya ve Arkadaşları</t>
+          <t>Karakterler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057879547</t>
+          <t>9786257336895</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kara Orman</t>
+          <t>Kelebek Aya Okula Başlıyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257336833</t>
+          <t>9786257336888</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kedi Evrim ve Yaratılışı Sorguluyor</t>
+          <t>Tırtıl Aya Kelebek Oluyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257336727</t>
+          <t>9786257336901</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bu Bayrak İnmez</t>
+          <t>Kelebek Aya ve Arkadaşları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257336789</t>
+          <t>9786057879547</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Koca Çınar</t>
+          <t>Ormanda Macera</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257336703</t>
+          <t>9786257336833</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ressam</t>
+          <t>Meraklı Kedi Evrim ve Yaratılışı Sorguluyor</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059530958</t>
+          <t>9786257336727</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Eğlenerek Boyama Kitabı</t>
+          <t>Bu Bayrak İnmez</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>65</v>
+        <v>199</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059530439</t>
+          <t>9786257336789</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Eğlenerek Boyama Kitabı</t>
+          <t>Efe ile Koca Çınar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>65</v>
+        <v>179</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059530989</t>
+          <t>9786257336703</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Meslekler - Eğlenerek Boyama Kitabı</t>
+          <t>İçimdeki Ressam</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>65</v>
+        <v>199</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257336390</t>
+          <t>9786059530958</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Papatya Piggy</t>
+          <t>Şekiller - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057879059</t>
+          <t>9786059530439</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Boyama (8 Takım Set)</t>
+          <t>Harfler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>520</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057879974</t>
+          <t>9786059530989</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Meslekler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>149</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057879943</t>
+          <t>9786257336390</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Papatya Piggy</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057879844</t>
+          <t>9786057879059</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Eğlenerek Boyama (8 Takım Set)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>149</v>
+        <v>520</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057879820</t>
+          <t>9786057879974</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057879745</t>
+          <t>9786057879943</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çocuk Squidge Dibley 2 - Galaksiyi Ele Geçiriyor</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057879738</t>
+          <t>9786057879844</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çocuk Squidge Dibley - Okulu Ele Geçiriyor</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059530965</t>
+          <t>9786057879820</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Eğlenerek Boyama Kitabı</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>65</v>
+        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057879004</t>
+          <t>9786057879745</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Eğlenerek Boyama Kitabı</t>
+          <t>Muhteşem Çocuk Squidge Dibley 2 - Galaksiyi Ele Geçiriyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057879028</t>
+          <t>9786057879738</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Boyama Kitabı (8 Kitap Takım)</t>
+          <t>Muhteşem Çocuk Squidge Dibley - Okulu Ele Geçiriyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057879011</t>
+          <t>9786059530965</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bilim - Eğlenerek Boyama Kitabı</t>
+          <t>Sayılar - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059530941</t>
+          <t>9786057879004</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ülkeler - Eğlenerek Boyama Kitabı</t>
+          <t>Doğa - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059530484</t>
+          <t>9786057879028</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Eğlenerek Boyama Kitabı</t>
+          <t>Eğlenerek Boyama Kitabı (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>65</v>
+        <v>520</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059530446</t>
+          <t>9786057879011</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Eğlenerek Boyama Kitabı</t>
+          <t>Bilim - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059530422</t>
+          <t>9786059530941</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Giysiler - Eğlenerek Boyama Kitabı</t>
+          <t>Ülkeler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059530453</t>
+          <t>9786059530484</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü - Eğlenerek Boyama Kitabı</t>
+          <t>Taşıtlar - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059530491</t>
+          <t>9786059530446</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Eğlenerek Boyama Kitabı</t>
+          <t>Hayvanlar - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059530460</t>
+          <t>9786059530422</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Müzik - Eğlenerek Boyama Kitabı</t>
+          <t>Giysiler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
+          <t>9786059530453</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü - Eğlenerek Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786059530491</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Yiyecekler - Eğlenerek Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786059530460</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Müzik - Eğlenerek Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
           <t>9786059530477</t>
         </is>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Okul Eşyaları - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
-      <c r="C34" s="1">
+      <c r="C37" s="1">
         <v>65</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>