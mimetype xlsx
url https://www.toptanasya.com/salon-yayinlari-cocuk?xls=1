--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,580 +85,595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057879950</t>
+          <t>9786258737110</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Renkli Flüt Okulu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>149</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258737066</t>
+          <t>9786057879950</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çocuk Serisi</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>149</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258737011</t>
+          <t>9786258737066</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Aya Serisi (3 Kitap Takım)</t>
+          <t>Muhteşem Çocuk Serisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>825</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059530972</t>
+          <t>9786258737011</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Eğlenerek Boyama Kitabı</t>
+          <t>Kelebek Aya Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>65</v>
+        <v>825</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059530996</t>
+          <t>9786059530972</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Karakterler - Eğlenerek Boyama Kitabı</t>
+          <t>Mevsimler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257336895</t>
+          <t>9786059530996</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Aya Okula Başlıyor</t>
+          <t>Karakterler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257336888</t>
+          <t>9786257336895</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Aya Kelebek Oluyor</t>
+          <t>Kelebek Aya Okula Başlıyor</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257336901</t>
+          <t>9786257336888</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Aya ve Arkadaşları</t>
+          <t>Tırtıl Aya Kelebek Oluyor</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057879547</t>
+          <t>9786257336901</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Macera</t>
+          <t>Kelebek Aya ve Arkadaşları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257336833</t>
+          <t>9786057879547</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kedi Evrim ve Yaratılışı Sorguluyor</t>
+          <t>Ormanda Macera</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257336727</t>
+          <t>9786257336833</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bu Bayrak İnmez</t>
+          <t>Meraklı Kedi Evrim ve Yaratılışı Sorguluyor</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257336789</t>
+          <t>9786257336727</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Efe ile Koca Çınar</t>
+          <t>Bu Bayrak İnmez</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257336703</t>
+          <t>9786257336789</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ressam</t>
+          <t>Efe ile Koca Çınar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059530958</t>
+          <t>9786257336703</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Eğlenerek Boyama Kitabı</t>
+          <t>İçimdeki Ressam</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>65</v>
+        <v>199</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059530439</t>
+          <t>9786059530958</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Eğlenerek Boyama Kitabı</t>
+          <t>Şekiller - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059530989</t>
+          <t>9786059530439</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Meslekler - Eğlenerek Boyama Kitabı</t>
+          <t>Harfler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257336390</t>
+          <t>9786059530989</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Papatya Piggy</t>
+          <t>Meslekler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057879059</t>
+          <t>9786257336390</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Boyama (8 Takım Set)</t>
+          <t>Papatya Piggy</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057879974</t>
+          <t>9786057879059</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Eğlenerek Boyama (8 Takım Set)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>149</v>
+        <v>520</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057879943</t>
+          <t>9786057879974</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>175</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057879844</t>
+          <t>9786057879943</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057879820</t>
+          <t>9786057879844</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057879745</t>
+          <t>9786057879820</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çocuk Squidge Dibley 2 - Galaksiyi Ele Geçiriyor</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>149</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057879738</t>
+          <t>9786057879745</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çocuk Squidge Dibley - Okulu Ele Geçiriyor</t>
+          <t>Muhteşem Çocuk Squidge Dibley 2 - Galaksiyi Ele Geçiriyor</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059530965</t>
+          <t>9786057879738</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Eğlenerek Boyama Kitabı</t>
+          <t>Muhteşem Çocuk Squidge Dibley - Okulu Ele Geçiriyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057879004</t>
+          <t>9786059530965</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Eğlenerek Boyama Kitabı</t>
+          <t>Sayılar - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057879028</t>
+          <t>9786057879004</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Boyama Kitabı (8 Kitap Takım)</t>
+          <t>Doğa - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>520</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057879011</t>
+          <t>9786057879028</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bilim - Eğlenerek Boyama Kitabı</t>
+          <t>Eğlenerek Boyama Kitabı (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>65</v>
+        <v>520</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059530941</t>
+          <t>9786057879011</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ülkeler - Eğlenerek Boyama Kitabı</t>
+          <t>Bilim - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059530484</t>
+          <t>9786059530941</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Eğlenerek Boyama Kitabı</t>
+          <t>Ülkeler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059530446</t>
+          <t>9786059530484</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Eğlenerek Boyama Kitabı</t>
+          <t>Taşıtlar - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059530422</t>
+          <t>9786059530446</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Giysiler - Eğlenerek Boyama Kitabı</t>
+          <t>Hayvanlar - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059530453</t>
+          <t>9786059530422</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü - Eğlenerek Boyama Kitabı</t>
+          <t>Giysiler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059530491</t>
+          <t>9786059530453</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Eğlenerek Boyama Kitabı</t>
+          <t>Gökyüzü - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059530460</t>
+          <t>9786059530491</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Müzik - Eğlenerek Boyama Kitabı</t>
+          <t>Yiyecekler - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
+          <t>9786059530460</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Müzik - Eğlenerek Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
           <t>9786059530477</t>
         </is>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Okul Eşyaları - Eğlenerek Boyama Kitabı</t>
         </is>
       </c>
-      <c r="C37" s="1">
+      <c r="C38" s="1">
         <v>65</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>