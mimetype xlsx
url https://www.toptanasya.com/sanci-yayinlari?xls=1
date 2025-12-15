--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,1030 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259727196</t>
+          <t>9786259727103</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kes Nemendo</t>
+          <t>Beklemek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259727127</t>
+          <t>9786259727196</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tohum</t>
+          <t>Kes Nemendo</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056945694</t>
+          <t>9786259727127</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kore Demokratik Halk Cumhuriyeti Sosyalist Anayasası</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259727110</t>
+          <t>9786056945694</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gül, Demir ve Çığlık</t>
+          <t>Kore Demokratik Halk Cumhuriyeti Sosyalist Anayasası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259727189</t>
+          <t>9786259727110</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Turnalar</t>
+          <t>Gül, Demir ve Çığlık</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259727165</t>
+          <t>9786259727189</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Ses</t>
+          <t>Turnalar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259727172</t>
+          <t>9786259727165</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Darbe ve Umut</t>
+          <t>Üşüyen Ses</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259727158</t>
+          <t>9786259727172</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Zaman Elçisi</t>
+          <t>Darbe ve Umut</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259727134</t>
+          <t>9786259727158</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sokak Futbolu: 4 Taş 1 Top</t>
+          <t>Kayıp Bir Zaman Elçisi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259727141</t>
+          <t>9786259727134</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Heybemden Öyküler</t>
+          <t>Sokak Futbolu: 4 Taş 1 Top</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259827094</t>
+          <t>9786259727141</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Hikaye Demenan Destanı</t>
+          <t>Heybemden Öyküler</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259827070</t>
+          <t>9786259827094</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ermeni̇ Edebiyatından Portreler</t>
+          <t>Uzun Bir Hikaye Demenan Destanı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057434296</t>
+          <t>9786259827070</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Bugüne Türkiye'nin Özgeçmişi</t>
+          <t>Ermeni̇ Edebiyatından Portreler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056913075</t>
+          <t>9786057434296</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Tanzimat'tan Bugüne Türkiye'nin Özgeçmişi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056945687</t>
+          <t>9786056913075</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dersim (Bir Dünya Vatan)</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>25</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056945663</t>
+          <t>9786056945687</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Bugüne Türkiye'nin Özgeçmişi</t>
+          <t>Dersim (Bir Dünya Vatan)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056841224</t>
+          <t>9786056945663</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Kaybeden Kartal</t>
+          <t>Tanzimat'tan Bugüne Türkiye'nin Özgeçmişi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056913051</t>
+          <t>9786056841224</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Veda</t>
+          <t>Gökyüzünü Kaybeden Kartal</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>42</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259827056</t>
+          <t>9786056913051</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Bitmeyen Veda</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259891637</t>
+          <t>9786259827056</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Komün Yakasından - 1</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259827063</t>
+          <t>9786259891637</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şairane Şiirsellikler - 2 (Ciltli)</t>
+          <t>Tarihin Komün Yakasından - 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259827032</t>
+          <t>9786259827063</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sanat Edebiyat Yazıları</t>
+          <t>Şairane Şiirsellikler - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259827001</t>
+          <t>9786259827032</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Birazdan Başkaldırıyorum</t>
+          <t>Sanat Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259827018</t>
+          <t>9786259827001</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hatırlama Biçimleri</t>
+          <t>Birazdan Başkaldırıyorum</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057166388</t>
+          <t>9786259827018</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Metris’ten Munzur’a</t>
+          <t>Hatırlama Biçimleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259827049</t>
+          <t>9786057166388</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çhemo Wedardae</t>
+          <t>Metris’ten Munzur’a</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259891682</t>
+          <t>9786259827049</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaban Günceler</t>
+          <t>Çhemo Wedardae</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259827025</t>
+          <t>9786259891682</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kirpiklerimiz Ufuk Çizgisi</t>
+          <t>Yaban Günceler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4444444442683</t>
+          <t>9786259827025</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 26</t>
+          <t>Kirpiklerimiz Ufuk Çizgisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259891644</t>
+          <t>4444444442683</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İdeolojisiz</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 26</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259891699</t>
+          <t>9786259891644</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Futbol Panteonlarındaki Tanrılar</t>
+          <t>İdeolojisiz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>4440000004423</t>
+          <t>9786259891699</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 25</t>
+          <t>Futbol Panteonlarındaki Tanrılar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259891620</t>
+          <t>4440000004423</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zazalar’da Parçalı Yapı</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 25</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057166395</t>
+          <t>9786259891620</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sınıfların Kökeni</t>
+          <t>Zazalar’da Parçalı Yapı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259891613</t>
+          <t>9786057166395</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çı Tawo</t>
+          <t>Türkiye’de Sınıfların Kökeni</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259891675</t>
+          <t>9786259891613</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Çı Tawo</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057166333</t>
+          <t>9786259891675</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ğada</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259891668</t>
+          <t>9786057166333</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kürt Edebiyatından Portreler</t>
+          <t>Ğada</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259891651</t>
+          <t>9786259891668</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çetin - Ce</t>
+          <t>Kürt Edebiyatından Portreler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259891606</t>
+          <t>9786259891651</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşamayan Filizler</t>
+          <t>Çetin - Ce</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057166371</t>
+          <t>9786259891606</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zilli’nin Günlükleri</t>
+          <t>Olgunlaşamayan Filizler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057086068</t>
+          <t>9786057166371</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çoban</t>
+          <t>Zilli’nin Günlükleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>4440000003237</t>
+          <t>9786057086068</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 22 Mayıs - Haziran 2023</t>
+          <t>Çoban</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057166364</t>
+          <t>4440000003237</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kavimler Toplamı Yokluk</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 22 Mayıs - Haziran 2023</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057166340</t>
+          <t>9786057166364</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Phezne Gamu</t>
+          <t>Kavimler Toplamı Yokluk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057166326</t>
+          <t>9786057166340</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Avustralya Edebiyatından Portreler</t>
+          <t>Phezne Gamu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>4440000002814</t>
+          <t>9786057166326</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 21 Ocak - Şubat 2023</t>
+          <t>Avustralya Edebiyatından Portreler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057166319</t>
+          <t>4440000002814</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Boşluğa İlahiler</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 21 Ocak - Şubat 2023</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057166302</t>
+          <t>9786057166319</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Helme Huyaiş</t>
+          <t>Boşluğa İlahiler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057434289</t>
+          <t>9786057166302</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Arzela</t>
+          <t>Helme Huyaiş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057434272</t>
+          <t>9786057434289</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yünden Bir Bellek</t>
+          <t>Arzela</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057434258</t>
+          <t>9786057434272</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hep Fesleğen Kokacak Elleri</t>
+          <t>Yünden Bir Bellek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057434265</t>
+          <t>9786057434258</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hekata Aşira Demenu</t>
+          <t>Hep Fesleğen Kokacak Elleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057434241</t>
+          <t>9786057434265</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntılar, Sırlar, Sanrılar</t>
+          <t>Hekata Aşira Demenu</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057434210</t>
+          <t>9786057434241</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Afganistan</t>
+          <t>Sıkıntılar, Sırlar, Sanrılar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057434203</t>
+          <t>9786057434210</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Geç Betik</t>
+          <t>Afganistan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056945656</t>
+          <t>9786057434203</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dangalak</t>
+          <t>Geç Betik</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056945625</t>
+          <t>9786056945656</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Soluksuz Patikalar</t>
+          <t>Dangalak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056913099</t>
+          <t>9786056945625</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlk Devre</t>
+          <t>Soluksuz Patikalar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056913020</t>
+          <t>9786056913099</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Göğe (DVD'li)</t>
+          <t>İlk Devre</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056913068</t>
+          <t>9786056913020</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dersim - 19. Yüzyıldan Cumhuriyetin İlk Yıllarına</t>
+          <t>Topraktan Göğe (DVD'li)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056841286</t>
+          <t>9786056913068</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rahmans Hirtenflöte</t>
+          <t>Doğu Dersim - 19. Yüzyıldan Cumhuriyetin İlk Yıllarına</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>650</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056841231</t>
+          <t>9786056841286</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ez Ne Ez Im</t>
+          <t>Rahmans Hirtenflöte</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058260672</t>
+          <t>9786056841231</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zincirin Halkası</t>
+          <t>Ez Ne Ez Im</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058260689</t>
+          <t>9786058260672</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çatlaklar ve Kesitler</t>
+          <t>Zincirin Halkası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9786058260689</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Çatlaklar ve Kesitler</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9786058260641</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Rahman'ın Kavalı</t>
         </is>
       </c>
-      <c r="C67" s="1">
+      <c r="C68" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>