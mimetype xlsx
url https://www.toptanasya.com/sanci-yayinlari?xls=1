--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1045 +85,1120 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259727103</t>
+          <t>9786057166357</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Beklemek</t>
+          <t>Gidenleri Beklerken</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259727196</t>
+          <t>9786056841217</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kes Nemendo</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259727127</t>
+          <t>9786259287126</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tohum</t>
+          <t>Varoluşun Çatlakları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056945694</t>
+          <t>9786259287119</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kore Demokratik Halk Cumhuriyeti Sosyalist Anayasası</t>
+          <t>Stalin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259727110</t>
+          <t>9786259287102</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gül, Demir ve Çığlık</t>
+          <t>İyiliğin Meziyeti 1 - Av u Dil Su ve Yürek ve Gül</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259727189</t>
+          <t>9786259727103</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Turnalar</t>
+          <t>Beklemek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259727165</t>
+          <t>9786259727196</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Ses</t>
+          <t>Kes Nemendo</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259727172</t>
+          <t>9786259727127</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Darbe ve Umut</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259727158</t>
+          <t>9786056945694</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Zaman Elçisi</t>
+          <t>Kore Demokratik Halk Cumhuriyeti Sosyalist Anayasası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259727134</t>
+          <t>9786259727110</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sokak Futbolu: 4 Taş 1 Top</t>
+          <t>Gül, Demir ve Çığlık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259727141</t>
+          <t>9786259727189</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Heybemden Öyküler</t>
+          <t>Turnalar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259827094</t>
+          <t>9786259727165</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Hikaye Demenan Destanı</t>
+          <t>Üşüyen Ses</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259827070</t>
+          <t>9786259727172</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ermeni̇ Edebiyatından Portreler</t>
+          <t>Darbe ve Umut</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057434296</t>
+          <t>9786259727158</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Bugüne Türkiye'nin Özgeçmişi</t>
+          <t>Kayıp Bir Zaman Elçisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056913075</t>
+          <t>9786259727134</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Sokak Futbolu: 4 Taş 1 Top</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056945687</t>
+          <t>9786259727141</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dersim (Bir Dünya Vatan)</t>
+          <t>Heybemden Öyküler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>25</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056945663</t>
+          <t>9786259827094</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Bugüne Türkiye'nin Özgeçmişi</t>
+          <t>Uzun Bir Hikaye Demenan Destanı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056841224</t>
+          <t>9786259827070</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Kaybeden Kartal</t>
+          <t>Ermeni̇ Edebiyatından Portreler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056913051</t>
+          <t>9786057434296</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Veda</t>
+          <t>Tanzimat'tan Bugüne Türkiye'nin Özgeçmişi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>42</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259827056</t>
+          <t>9786056913075</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259891637</t>
+          <t>9786056945687</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Komün Yakasından - 1</t>
+          <t>Dersim (Bir Dünya Vatan)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259827063</t>
+          <t>9786056945663</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şairane Şiirsellikler - 2 (Ciltli)</t>
+          <t>Tanzimat'tan Bugüne Türkiye'nin Özgeçmişi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259827032</t>
+          <t>9786056841224</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sanat Edebiyat Yazıları</t>
+          <t>Gökyüzünü Kaybeden Kartal</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259827001</t>
+          <t>9786056913051</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Birazdan Başkaldırıyorum</t>
+          <t>Bitmeyen Veda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259827018</t>
+          <t>9786259827056</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hatırlama Biçimleri</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057166388</t>
+          <t>9786259891637</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Metris’ten Munzur’a</t>
+          <t>Tarihin Komün Yakasından - 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259827049</t>
+          <t>9786259827063</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çhemo Wedardae</t>
+          <t>Şairane Şiirsellikler - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259891682</t>
+          <t>9786259827032</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yaban Günceler</t>
+          <t>Sanat Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259827025</t>
+          <t>9786259827001</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kirpiklerimiz Ufuk Çizgisi</t>
+          <t>Birazdan Başkaldırıyorum</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4444444442683</t>
+          <t>9786259827018</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 26</t>
+          <t>Hatırlama Biçimleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259891644</t>
+          <t>9786057166388</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İdeolojisiz</t>
+          <t>Metris’ten Munzur’a</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259891699</t>
+          <t>9786259827049</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Futbol Panteonlarındaki Tanrılar</t>
+          <t>Çhemo Wedardae</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>4440000004423</t>
+          <t>9786259891682</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 25</t>
+          <t>Yaban Günceler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259891620</t>
+          <t>9786259827025</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Zazalar’da Parçalı Yapı</t>
+          <t>Kirpiklerimiz Ufuk Çizgisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057166395</t>
+          <t>4444444442683</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sınıfların Kökeni</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 26</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259891613</t>
+          <t>9786259891644</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çı Tawo</t>
+          <t>İdeolojisiz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259891675</t>
+          <t>9786259891699</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Futbol Panteonlarındaki Tanrılar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057166333</t>
+          <t>4440000004423</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ğada</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 25</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259891668</t>
+          <t>9786259891620</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kürt Edebiyatından Portreler</t>
+          <t>Zazalar’da Parçalı Yapı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259891651</t>
+          <t>9786057166395</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çetin - Ce</t>
+          <t>Türkiye’de Sınıfların Kökeni</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259891606</t>
+          <t>9786259891613</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşamayan Filizler</t>
+          <t>Çı Tawo</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057166371</t>
+          <t>9786259891675</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zilli’nin Günlükleri</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057086068</t>
+          <t>9786057166333</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çoban</t>
+          <t>Ğada</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4440000003237</t>
+          <t>9786259891668</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 22 Mayıs - Haziran 2023</t>
+          <t>Kürt Edebiyatından Portreler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057166364</t>
+          <t>9786259891651</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kavimler Toplamı Yokluk</t>
+          <t>Çetin - Ce</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057166340</t>
+          <t>9786259891606</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Phezne Gamu</t>
+          <t>Olgunlaşamayan Filizler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057166326</t>
+          <t>9786057166371</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Avustralya Edebiyatından Portreler</t>
+          <t>Zilli’nin Günlükleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>4440000002814</t>
+          <t>9786057086068</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 21 Ocak - Şubat 2023</t>
+          <t>Çoban</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057166319</t>
+          <t>4440000003237</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Boşluğa İlahiler</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 22 Mayıs - Haziran 2023</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057166302</t>
+          <t>9786057166364</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Helme Huyaiş</t>
+          <t>Kavimler Toplamı Yokluk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057434289</t>
+          <t>9786057166340</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Arzela</t>
+          <t>Phezne Gamu</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057434272</t>
+          <t>9786057166326</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yünden Bir Bellek</t>
+          <t>Avustralya Edebiyatından Portreler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057434258</t>
+          <t>4440000002814</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hep Fesleğen Kokacak Elleri</t>
+          <t>Sancı Kültür Sanat Edebiyat Dergisi Sayı: 21 Ocak - Şubat 2023</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057434265</t>
+          <t>9786057166319</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hekata Aşira Demenu</t>
+          <t>Boşluğa İlahiler</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057434241</t>
+          <t>9786057166302</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntılar, Sırlar, Sanrılar</t>
+          <t>Helme Huyaiş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057434210</t>
+          <t>9786057434289</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Afganistan</t>
+          <t>Arzela</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057434203</t>
+          <t>9786057434272</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Geç Betik</t>
+          <t>Yünden Bir Bellek</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056945656</t>
+          <t>9786057434258</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dangalak</t>
+          <t>Hep Fesleğen Kokacak Elleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056945625</t>
+          <t>9786057434265</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Soluksuz Patikalar</t>
+          <t>Hekata Aşira Demenu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056913099</t>
+          <t>9786057434241</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İlk Devre</t>
+          <t>Sıkıntılar, Sırlar, Sanrılar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056913020</t>
+          <t>9786057434210</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Göğe (DVD'li)</t>
+          <t>Afganistan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056913068</t>
+          <t>9786057434203</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dersim - 19. Yüzyıldan Cumhuriyetin İlk Yıllarına</t>
+          <t>Geç Betik</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>650</v>
+        <v>115</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056841286</t>
+          <t>9786056945656</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Rahmans Hirtenflöte</t>
+          <t>Dangalak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056841231</t>
+          <t>9786056945625</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ez Ne Ez Im</t>
+          <t>Soluksuz Patikalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058260672</t>
+          <t>9786056913099</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zincirin Halkası</t>
+          <t>İlk Devre</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058260689</t>
+          <t>9786056913020</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çatlaklar ve Kesitler</t>
+          <t>Topraktan Göğe (DVD'li)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
+          <t>9786056913068</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Dersim - 19. Yüzyıldan Cumhuriyetin İlk Yıllarına</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786056841286</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Rahmans Hirtenflöte</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786056841231</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Ez Ne Ez Im</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786058260672</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Zincirin Halkası</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786058260689</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Çatlaklar ve Kesitler</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
           <t>9786058260641</t>
         </is>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Rahman'ın Kavalı</t>
         </is>
       </c>
-      <c r="C68" s="1">
+      <c r="C73" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>