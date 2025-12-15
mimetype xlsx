--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -94,1351 +94,1351 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786256811164</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Olamayanlar 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>289</v>
+        <v>347</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786257797269</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Doktorların Bilmedikleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>382</v>
+        <v>458</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256811362</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Durdurulamayan Kadınlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>429</v>
+        <v>515</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256974074</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Taverna İstanbul</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256811324</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Kadınsı Gelecek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>195</v>
+        <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786256811317</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Hikaye Paradoksu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>195</v>
+        <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786256811287</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Batı’nın Savaşı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>273</v>
+        <v>328</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786256811157</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Sessiz Ezgi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>254</v>
+        <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786256811096</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bükülen Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>410</v>
+        <v>492</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786256974982</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Paralaks: Boşluk ve An</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>566</v>
+        <v>679</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786256974791</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Yanılsama</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>254</v>
+        <v>305</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786256974685</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Ya Hikaye Ya Ölüm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>254</v>
+        <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786256974654</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Bugün Çok Mutsuzum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>174</v>
+        <v>209</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786256974784</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Stoacılığın Küçük Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>257</v>
+        <v>308</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786256974302</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Hafif Yaralar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>198</v>
+        <v>308</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786257406932</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Gelecek Kaygısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256974593</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Şaşırt Beni!</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>257</v>
+        <v>308</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256974227</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Tüfeksiz Hareketler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>211</v>
+        <v>253</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786258064780</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>İyi Yere Nasıl Gidilir?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>308</v>
+        <v>370</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786256974111</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Kadınlığın Gizemi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>328</v>
+        <v>394</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786256974081</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Manchester Oldum Ben</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>308</v>
+        <v>370</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786256974029</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Az</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>335</v>
+        <v>402</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786256974036</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Ataerkil Düzene Hapsolan Yalnızca Biz Miyiz?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>386</v>
+        <v>463</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786258064841</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Hasta Olmak Zorunda Değilsin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>335</v>
+        <v>402</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786258064735</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Brigitta</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786258064766</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Protokol</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>335</v>
+        <v>402</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786258064667</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Dördü Çeyrek Geçe Hayatlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786258064643</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Rüyasızlık</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786258064575</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Cesur</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>283</v>
+        <v>340</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786258064490</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Üstün Yetenekliler Okulu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>335</v>
+        <v>402</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786258064582</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Candide ya da İyimserlik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786258064599</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Büyükler Yıkılıyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>283</v>
+        <v>340</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786258064452</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Güzel Kuşlar Mektebi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>179</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786258064483</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kalabalıkların Çılgınlığı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>283</v>
+        <v>340</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786258064308</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Birdenbire</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>217</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786258064285</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Elma Çekirdeği</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786258064261</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Dikkat Dağıtıcı Bir Çağda Okumanın Hazzı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786258064223</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786258064162</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Kaptan Stormfield'ın Cenneti Ziyaretinden Bir Bölüm</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786258064100</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786258064117</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>İntihar Kulübü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786258064124</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Karanlığın Kalbi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786258064087</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Billy Budd</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786258064056</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Her Şey Çıkar İçin mi?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786258064032</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Balık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>308</v>
+        <v>370</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786257406840</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Bedenimin Kısa Hikayesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786257406789</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Sonunu Erteleme Fikirleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786257406604</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Oksitosin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786257406574</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>X'in Hikayesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786257406451</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>İlk Kadın</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>308</v>
+        <v>370</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786257406468</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Zizek’in Nükteleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>179</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786257406352</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Neden Umut?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786257406376</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Haberci</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786257406338</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786257406284</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Çatal</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786257406260</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>İstanbul Kokulu Mutfaklar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>257</v>
+        <v>308</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786257406222</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786257406178</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Mutlu Prens ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786257406161</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786257406062</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Miras</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786257406086</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786257406079</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Mutluluktan Ölen Adam</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786257406024</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Olamayanlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>207</v>
+        <v>248</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786257406000</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Deli</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>78</v>
+        <v>94</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786257797993</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Savrulan Bir Hayat</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>155</v>
+        <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786257797962</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786257797955</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Çatalhöyük 12 - Ghods of Zargon Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>257</v>
+        <v>308</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786257797924</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786257797931</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Test</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>181</v>
+        <v>217</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786257797887</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786257797870</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786257797863</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Ermiş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786257797856</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Korku</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786257797849</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786257797825</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786257797801</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786257797795</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Karanlıktan Şafağa</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786257797344</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Karagöz İle Hacivat - Uyanış</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786257797320</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Haz Sorunu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>360</v>
+        <v>432</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786257797306</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786257797146</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Bir Masalmış Geçen Yıllar - İstanbul Kokulu Mutfaklar 2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>383</v>
+        <v>460</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786257797085</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Faşizm</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786257797047</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Akışkan Doğanlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786257797030</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Wagner’in İzinde</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786057628909</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Kintu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>308</v>
+        <v>370</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786057628930</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Artı Eksi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>257</v>
+        <v>308</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786257797023</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Mama’nın Son Sarılışı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>283</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786057628992</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Nasıl İyi Bir Varlık Olunur?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>