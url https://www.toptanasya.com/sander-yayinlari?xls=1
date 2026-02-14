--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -94,1351 +94,1351 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786256811164</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Olamayanlar 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>347</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786257797269</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Doktorların Bilmedikleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>458</v>
+        <v>476</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256811362</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Durdurulamayan Kadınlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>515</v>
+        <v>535</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256974074</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Taverna İstanbul</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>390</v>
+        <v>405</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256811324</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Kadınsı Gelecek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>305</v>
+        <v>317</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786256811317</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Hikaye Paradoksu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>305</v>
+        <v>317</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786256811287</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Batı’nın Savaşı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>328</v>
+        <v>341</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786256811157</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Sessiz Ezgi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>305</v>
+        <v>317</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786256811096</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bükülen Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>492</v>
+        <v>511</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786256974982</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Paralaks: Boşluk ve An</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>679</v>
+        <v>705</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786256974791</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Yanılsama</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>305</v>
+        <v>317</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786256974685</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Ya Hikaye Ya Ölüm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>305</v>
+        <v>317</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786256974654</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Bugün Çok Mutsuzum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>209</v>
+        <v>217</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786256974784</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Stoacılığın Küçük Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786256974302</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Hafif Yaralar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786257406932</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Gelecek Kaygısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256974593</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Şaşırt Beni!</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256974227</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Tüfeksiz Hareketler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>253</v>
+        <v>263</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786258064780</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>İyi Yere Nasıl Gidilir?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>370</v>
+        <v>384</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786256974111</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Kadınlığın Gizemi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>394</v>
+        <v>409</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786256974081</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Manchester Oldum Ben</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>370</v>
+        <v>384</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786256974029</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Az</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>402</v>
+        <v>418</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786256974036</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Ataerkil Düzene Hapsolan Yalnızca Biz Miyiz?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>463</v>
+        <v>481</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786258064841</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Hasta Olmak Zorunda Değilsin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>402</v>
+        <v>418</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786258064735</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Brigitta</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786258064766</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Protokol</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>402</v>
+        <v>418</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786258064667</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Dördü Çeyrek Geçe Hayatlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786258064643</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Rüyasızlık</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786258064575</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Cesur</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>340</v>
+        <v>353</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786258064490</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Üstün Yetenekliler Okulu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>402</v>
+        <v>418</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786258064582</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Candide ya da İyimserlik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786258064599</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Büyükler Yıkılıyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>340</v>
+        <v>353</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786258064452</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Güzel Kuşlar Mektebi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>215</v>
+        <v>223</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786258064483</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kalabalıkların Çılgınlığı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>340</v>
+        <v>353</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786258064308</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Birdenbire</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786258064285</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Elma Çekirdeği</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786258064261</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Dikkat Dağıtıcı Bir Çağda Okumanın Hazzı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786258064223</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786258064162</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Kaptan Stormfield'ın Cenneti Ziyaretinden Bir Bölüm</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786258064100</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786258064117</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>İntihar Kulübü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786258064124</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Karanlığın Kalbi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786258064087</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Billy Budd</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786258064056</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Her Şey Çıkar İçin mi?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786258064032</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Balık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>370</v>
+        <v>384</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786257406840</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Bedenimin Kısa Hikayesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786257406789</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Sonunu Erteleme Fikirleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786257406604</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Oksitosin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786257406574</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>X'in Hikayesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786257406451</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>İlk Kadın</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>370</v>
+        <v>384</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786257406468</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Zizek’in Nükteleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>215</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786257406352</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Neden Umut?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786257406376</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Haberci</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786257406338</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786257406284</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Çatal</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786257406260</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>İstanbul Kokulu Mutfaklar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786257406222</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786257406178</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Mutlu Prens ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786257406161</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786257406062</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Miras</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786257406086</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786257406079</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Mutluluktan Ölen Adam</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786257406024</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Olamayanlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>248</v>
+        <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786257406000</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Deli</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786257797993</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Savrulan Bir Hayat</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>186</v>
+        <v>193</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786257797962</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786257797955</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Çatalhöyük 12 - Ghods of Zargon Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786257797924</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786257797931</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Test</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>217</v>
+        <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786257797887</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786257797870</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786257797863</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Ermiş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786257797856</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Korku</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786257797849</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786257797825</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786257797801</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786257797795</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Karanlıktan Şafağa</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786257797344</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Karagöz İle Hacivat - Uyanış</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786257797320</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Haz Sorunu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>432</v>
+        <v>449</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786257797306</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786257797146</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Bir Masalmış Geçen Yıllar - İstanbul Kokulu Mutfaklar 2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>460</v>
+        <v>478</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786257797085</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Faşizm</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786257797047</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Akışkan Doğanlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786257797030</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Wagner’in İzinde</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786057628909</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Kintu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>370</v>
+        <v>384</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786057628930</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Artı Eksi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786257797023</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Mama’nın Son Sarılışı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>340</v>
+        <v>353</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786057628992</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Nasıl İyi Bir Varlık Olunur?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>