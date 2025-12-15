--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,2920 +85,2935 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257285148</t>
+          <t>9786258517002</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Saat On İkiyi Sek İçiyordu</t>
+          <t>Böyle Olmaz!</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254435379</t>
+          <t>9786257285148</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimden Sesleniyorum</t>
+          <t>Saat On İkiyi Sek İçiyordu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258270563</t>
+          <t>9786254435379</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>La Tulipe Noire - Siyah Lale</t>
+          <t>Gezegenimden Sesleniyorum</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258270136</t>
+          <t>9786258270563</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio</t>
+          <t>La Tulipe Noire - Siyah Lale</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258270105</t>
+          <t>9786258270136</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ankara Bahçelievler Hatırası</t>
+          <t>Pinocchio</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>88</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257285735</t>
+          <t>9786258270105</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilge Zeytin Ağacı</t>
+          <t>Ankara Bahçelievler Hatırası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>225</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257285704</t>
+          <t>9786257285735</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zamanzen</t>
+          <t>Bilge Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257285520</t>
+          <t>9786257285704</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayalleriyle Yaşlanan Kız</t>
+          <t>Zamanzen</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050631920</t>
+          <t>9786257285520</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnsan ile Ka</t>
+          <t>Hayalleriyle Yaşlanan Kız</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>42</v>
+        <v>475</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050631913</t>
+          <t>9786050631920</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Begonvilli Ev</t>
+          <t>İnsan ile Ka</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>325</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258270822</t>
+          <t>9786050631913</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Son Ginkgo</t>
+          <t>Begonvilli Ev</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258270839</t>
+          <t>9786258270822</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mülk Adamı</t>
+          <t>Son Ginkgo</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258270815</t>
+          <t>9786258270839</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yapayanlış</t>
+          <t>Mülk Adamı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258270846</t>
+          <t>9786258270815</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle Cevdet Tarihi Cilt 2</t>
+          <t>Yapayanlış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258270792</t>
+          <t>9786258270846</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ertelemek Çok Mu Zordu Gidişini?</t>
+          <t>Günümüz Türkçesiyle Cevdet Tarihi Cilt 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257285438</t>
+          <t>9786258270792</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Veraset Mektupları</t>
+          <t>Ertelemek Çok Mu Zordu Gidişini?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258270785</t>
+          <t>9786257285438</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Arzuhal</t>
+          <t>Veraset Mektupları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258270808</t>
+          <t>9786258270785</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Umudun Koynunda</t>
+          <t>Arzuhal</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257285100</t>
+          <t>9786258270808</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sandık</t>
+          <t>Bir Umudun Koynunda</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258270778</t>
+          <t>9786257285100</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ülkelerin Aynası</t>
+          <t>Sandık</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258270761</t>
+          <t>9786258270778</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Roman Tarihine Genel Bir Bakış</t>
+          <t>Ülkelerin Aynası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258270754</t>
+          <t>9786258270761</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Roman Tarihine Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258270570</t>
+          <t>9786258270754</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>La Porte Etroite - Dar Kapı</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258270495</t>
+          <t>9786258270570</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Le Philosophe Ignorant - Cahil Filozof</t>
+          <t>La Porte Etroite - Dar Kapı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258270594</t>
+          <t>9786258270495</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>La Symphinie Pastorale - Pastoral Senfoni</t>
+          <t>Le Philosophe Ignorant - Cahil Filozof</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258270488</t>
+          <t>9786258270594</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Du Contrat Social - Toplum Sözleşmesi</t>
+          <t>La Symphinie Pastorale - Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258270471</t>
+          <t>9786258270488</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Le Chef-d’œuvre Inconnu- Gizli Başyapıt</t>
+          <t>Du Contrat Social - Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258270440</t>
+          <t>9786258270471</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Comment On Meurt - Nasıl Ölünür</t>
+          <t>Le Chef-d’œuvre Inconnu- Gizli Başyapıt</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258270518</t>
+          <t>9786258270440</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>L'avare (Cimri)</t>
+          <t>Comment On Meurt - Nasıl Ölünür</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056947988</t>
+          <t>9786258270518</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İnsandan Öte</t>
+          <t>L'avare (Cimri)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258270501</t>
+          <t>9786056947988</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Собачье сердце (Köpek Kalbi) (Rusça)</t>
+          <t>İnsandan Öte</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258270150</t>
+          <t>9786258270501</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>La Tia Tula (İspanyolca)</t>
+          <t>Собачье сердце (Köpek Kalbi) (Rusça)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258270532</t>
+          <t>9786258270150</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Чайка (Martı) (Rusça)</t>
+          <t>La Tia Tula (İspanyolca)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258270464</t>
+          <t>9786258270532</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Мы (Biz) (Rusça)</t>
+          <t>Чайка (Martı) (Rusça)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258270252</t>
+          <t>9786258270464</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Дядя Ваня (Vanya Dayı) (Rusça)</t>
+          <t>Мы (Biz) (Rusça)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258270143</t>
+          <t>9786258270252</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>чем люди живы - İnsan Ne İle Yaşar</t>
+          <t>Дядя Ваня (Vanya Dayı) (Rusça)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258270723</t>
+          <t>9786258270143</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Menfa</t>
+          <t>чем люди живы - İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258270457</t>
+          <t>9786258270723</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Кроткая (Uysal Bir Kız) (Rusça)</t>
+          <t>Menfa</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258270556</t>
+          <t>9786258270457</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Записки сумасшедшего (Bir Delinin Hatıra Defteri) (Rusça)</t>
+          <t>Кроткая (Uysal Bir Kız) (Rusça)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258270587</t>
+          <t>9786258270556</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Детство (Çocukluğum) (Rusça)</t>
+          <t>Записки сумасшедшего (Bir Delinin Hatıra Defteri) (Rusça)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258270617</t>
+          <t>9786258270587</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Tablolar</t>
+          <t>Детство (Çocukluğum) (Rusça)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257285988</t>
+          <t>9786258270617</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Bey</t>
+          <t>Hayattan Tablolar</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257285711</t>
+          <t>9786257285988</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer'ın Yeni Felsefesi</t>
+          <t>Muhsin Bey</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258270600</t>
+          <t>9786257285711</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>The Wise Olive Tree</t>
+          <t>Schopenhauer'ın Yeni Felsefesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258270730</t>
+          <t>9786258270600</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Piyon – Satranç Konulu Öyküler</t>
+          <t>The Wise Olive Tree</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258270693</t>
+          <t>9786258270730</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Uyku ve Uyku Halleri</t>
+          <t>Şah ve Piyon – Satranç Konulu Öyküler</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258270716</t>
+          <t>9786258270693</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Müjde Amerika’da İslam’ı Yayma Teşebbüsü</t>
+          <t>Uyku ve Uyku Halleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258270280</t>
+          <t>9786258270716</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle Cevdet Tarihi Cilt 1</t>
+          <t>Müjde Amerika’da İslam’ı Yayma Teşebbüsü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258270709</t>
+          <t>9786258270280</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Günümüz Türkçesiyle Cevdet Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258270426</t>
+          <t>9786258270709</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kızılay Cemiyeti</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257285483</t>
+          <t>9786258270426</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Kızılay Cemiyeti</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258270624</t>
+          <t>9786257285483</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bir Roman Yahut Amerika Doktorları</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>276</v>
+        <v>175</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258270648</t>
+          <t>9786258270624</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İkinci Geliş Yahut İstanbul'da Neler Olmuş?</t>
+          <t>Bilimsel Bir Roman Yahut Amerika Doktorları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257285964</t>
+          <t>9786258270648</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Dünyaya İkinci Geliş Yahut İstanbul'da Neler Olmuş?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257285834</t>
+          <t>9786257285964</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Alice in Wonderland</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257285780</t>
+          <t>9786257285834</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Alice in Wonderland</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257285742</t>
+          <t>9786257285780</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babanın Çocuk Üzerindeki Hak ve Görevleri</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257285759</t>
+          <t>9786257285742</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed'in Peygamberliğini Doğrulayan Müjdeler</t>
+          <t>Anne ve Babanın Çocuk Üzerindeki Hak ve Görevleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257285797</t>
+          <t>9786257285759</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’s Travels</t>
+          <t>Hazreti Muhammed'in Peygamberliğini Doğrulayan Müjdeler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057044303</t>
+          <t>9786257285797</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Filmsever Kayıt Defteri (Ciltli)</t>
+          <t>Gulliver’s Travels</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057044327</t>
+          <t>9786057044303</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Müziksever Kayıt Defteri (Ciltli)</t>
+          <t>Filmsever Kayıt Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057044310</t>
+          <t>9786057044327</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gezisever Kayıt Defteri (Ciltli)</t>
+          <t>Müziksever Kayıt Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257285575</t>
+          <t>9786057044310</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Wuthering Heights</t>
+          <t>Gezisever Kayıt Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257285612</t>
+          <t>9786257285575</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>The Strange Case Of Dr. Jekyll And Mr. Hyde</t>
+          <t>Wuthering Heights</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257285605</t>
+          <t>9786257285612</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Le Rouge et le Noir (Livre II)</t>
+          <t>The Strange Case Of Dr. Jekyll And Mr. Hyde</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257285490</t>
+          <t>9786257285605</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Le Rouge et le Noir (Livre I)</t>
+          <t>Le Rouge et le Noir (Livre II)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257285629</t>
+          <t>9786257285490</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>The Picture of Dorian Grey</t>
+          <t>Le Rouge et le Noir (Livre I)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257285674</t>
+          <t>9786257285629</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kişi Kaldık Ankara’da?</t>
+          <t>The Picture of Dorian Grey</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257285643</t>
+          <t>9786257285674</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>The Sign of the Four</t>
+          <t>Kaç Kişi Kaldık Ankara’da?</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257285650</t>
+          <t>9786257285643</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Heart of Darkness</t>
+          <t>The Sign of the Four</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257285667</t>
+          <t>9786257285650</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>A Christmas Carol</t>
+          <t>Heart of Darkness</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257285681</t>
+          <t>9786257285667</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma</t>
+          <t>A Christmas Carol</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257285018</t>
+          <t>9786257285681</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Felsefesi</t>
+          <t>Elimi Bırakma</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257285698</t>
+          <t>9786257285018</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şeytankaya Tılsımı</t>
+          <t>Kadınların Felsefesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257285766</t>
+          <t>9786257285698</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Deliler</t>
+          <t>Şeytankaya Tılsımı</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257285728</t>
+          <t>9786257285766</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Av Seyahati</t>
+          <t>Kuşlar ve Deliler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258270082</t>
+          <t>9786257285728</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sened-i İttifak Tanzimat Fermanı Islahat Fermanı</t>
+          <t>Bir Av Seyahati</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257285773</t>
+          <t>9786258270082</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>A Study in Scarlet</t>
+          <t>Sened-i İttifak Tanzimat Fermanı Islahat Fermanı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257285810</t>
+          <t>9786257285773</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Zambağın Hikayesi</t>
+          <t>A Study in Scarlet</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257285803</t>
+          <t>9786257285810</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>The Great Getsby</t>
+          <t>Bir Zambağın Hikayesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257285827</t>
+          <t>9786257285803</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bartleby, The Scrivener</t>
+          <t>The Great Getsby</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257285858</t>
+          <t>9786257285827</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Bartleby, The Scrivener</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257285865</t>
+          <t>9786257285858</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Black Beauty</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257285872</t>
+          <t>9786257285865</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Güfte</t>
+          <t>Black Beauty</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257285889</t>
+          <t>9786257285872</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İlk Sevgi</t>
+          <t>Güfte</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257285896</t>
+          <t>9786257285889</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İstilası</t>
+          <t>İlk Sevgi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257285902</t>
+          <t>9786257285896</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Deccal 1</t>
+          <t>İslam’ın İstilası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257285841</t>
+          <t>9786257285902</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Deccal 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258270419</t>
+          <t>9786257285841</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bu Hüznün Mesnevisi Yazıldı</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258270402</t>
+          <t>9786258270419</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Семейное счастие - Aile Mutluluğu</t>
+          <t>Bu Hüznün Mesnevisi Yazıldı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258270396</t>
+          <t>9786258270402</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Brief einer Unbekannten - Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Семейное счастие - Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258270389</t>
+          <t>9786258270396</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Angst - Korku</t>
+          <t>Brief einer Unbekannten - Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258270372</t>
+          <t>9786258270389</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Phantastische Nacht - Olağanüstü Bir Gece</t>
+          <t>Angst - Korku</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258270365</t>
+          <t>9786258270372</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Der Amokläufer - Amok Koşucusu</t>
+          <t>Phantastische Nacht - Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258270334</t>
+          <t>9786258270365</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Faust - Ein Fragment</t>
+          <t>Der Amokläufer - Amok Koşucusu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258270327</t>
+          <t>9786258270334</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hoc - Burun</t>
+          <t>Faust - Ein Fragment</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258270341</t>
+          <t>9786258270327</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Капитанская дочка - Yüzbaşının Kızı</t>
+          <t>Hoc - Burun</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258270358</t>
+          <t>9786258270341</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Красный смех - Kızıl Kahkaha</t>
+          <t>Капитанская дочка - Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258270297</t>
+          <t>9786258270358</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>The Murders in the Rue Morgue</t>
+          <t>Красный смех - Kızıl Kahkaha</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258270310</t>
+          <t>9786258270297</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Before Adam</t>
+          <t>The Murders in the Rue Morgue</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258270242</t>
+          <t>9786258270310</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Okunmayan Kitabın Kahraman Aşıkları</t>
+          <t>Before Adam</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258270266</t>
+          <t>9786258270242</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>What is Man?</t>
+          <t>Okunmayan Kitabın Kahraman Aşıkları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257285377</t>
+          <t>9786258270266</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Le Petit Prince</t>
+          <t>What is Man?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258270259</t>
+          <t>9786257285377</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Роковые яйца - Ölümcül Yumurtalar</t>
+          <t>Le Petit Prince</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258270228</t>
+          <t>9786258270259</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Хозяйка - Ev Sahibesi</t>
+          <t>Роковые яйца - Ölümcül Yumurtalar</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258270235</t>
+          <t>9786258270228</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Игрок - Kumarbaz</t>
+          <t>Хозяйка - Ev Sahibesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258270204</t>
+          <t>9786258270235</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Палата № 6 - Altıncı Koğuş</t>
+          <t>Игрок - Kumarbaz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258270181</t>
+          <t>9786258270204</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Isabelle Severse</t>
+          <t>Палата № 6 - Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258270174</t>
+          <t>9786258270181</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>The Prophet</t>
+          <t>Isabelle Severse</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258270167</t>
+          <t>9786258270174</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Vierundzwanzig Stunden aus dem Leben einer Frau</t>
+          <t>The Prophet</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258270129</t>
+          <t>9786258270167</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kan Serisi 2 - Kan ve Gen</t>
+          <t>Vierundzwanzig Stunden aus dem Leben einer Frau</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258270112</t>
+          <t>9786258270129</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yangın</t>
+          <t>Kan Serisi 2 - Kan ve Gen</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258270075</t>
+          <t>9786258270112</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa ve Zamanı</t>
+          <t>İçimdeki Yangın</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258270099</t>
+          <t>9786258270075</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ayestefanos Anlaşması</t>
+          <t>Ahmet Cevdet Paşa ve Zamanı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258270013</t>
+          <t>9786258270099</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kosova Zaferi Ankara Hezimeti</t>
+          <t>Ayestefanos Anlaşması</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257285995</t>
+          <t>9786258270013</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şemsa</t>
+          <t>Kosova Zaferi Ankara Hezimeti</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257285339</t>
+          <t>9786257285995</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>The Curious Case of Benjamin Button</t>
+          <t>Şemsa</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258270006</t>
+          <t>9786257285339</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Tell</t>
+          <t>The Curious Case of Benjamin Button</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258270051</t>
+          <t>9786258270006</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Der Prozess</t>
+          <t>Wilhelm Tell</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258270044</t>
+          <t>9786258270051</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Die Leiden des jungen Werthers</t>
+          <t>Der Prozess</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257285971</t>
+          <t>9786258270044</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>% 5</t>
+          <t>Die Leiden des jungen Werthers</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257285940</t>
+          <t>9786257285971</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşkünün Mektupları</t>
+          <t>% 5</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257285933</t>
+          <t>9786257285940</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Saime</t>
+          <t>Bir Düşkünün Mektupları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257285926</t>
+          <t>9786257285933</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>The War of Worlds</t>
+          <t>Saime</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257285919</t>
+          <t>9786257285926</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>The War of Worlds</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257285957</t>
+          <t>9786257285919</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Saye</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257285292</t>
+          <t>9786257285957</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tabuttaki Çivi</t>
+          <t>Saye</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257285285</t>
+          <t>9786257285292</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Otoliz</t>
+          <t>Tabuttaki Çivi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257285308</t>
+          <t>9786257285285</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kesişen Yollar</t>
+          <t>Otoliz</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257285421</t>
+          <t>9786257285308</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Der Zwang</t>
+          <t>Kesişen Yollar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257285360</t>
+          <t>9786257285421</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Savunması</t>
+          <t>Der Zwang</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257285384</t>
+          <t>9786257285360</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Vol de Nuit</t>
+          <t>Bir Şiir Savunması</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257285025</t>
+          <t>9786257285384</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Karı Koca Masalları</t>
+          <t>Vol de Nuit</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257285032</t>
+          <t>9786257285025</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gülünç Felaketler</t>
+          <t>Karı Koca Masalları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257285445</t>
+          <t>9786257285032</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Beşir Fuat</t>
+          <t>Gülünç Felaketler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257285186</t>
+          <t>9786257285445</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Beşir Fuat</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257285537</t>
+          <t>9786257285186</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkçesiyle 1876 Kanun-i Esasi</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257285476</t>
+          <t>9786257285537</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gençlik - Evlilik</t>
+          <t>Günümüz Türkçesiyle 1876 Kanun-i Esasi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257285469</t>
+          <t>9786257285476</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Saltanatı</t>
+          <t>Gençlik - Evlilik</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254435393</t>
+          <t>9786257285469</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ahır Toplantısı</t>
+          <t>Güzelliğin Saltanatı</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257285636</t>
+          <t>9786254435393</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tersine Dünya</t>
+          <t>Ahır Toplantısı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257285599</t>
+          <t>9786257285636</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye Hanım</t>
+          <t>Tersine Dünya</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257285582</t>
+          <t>9786257285599</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ezilenlerin İletişimi</t>
+          <t>Fatma Aliye Hanım</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257285001</t>
+          <t>9786257285582</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Sevdası</t>
+          <t>Ezilenlerin İletişimi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257285414</t>
+          <t>9786257285001</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Suizan - Esaret</t>
+          <t>Çalışma Sevdası</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257285568</t>
+          <t>9786257285414</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Kadın</t>
+          <t>Suizan - Esaret</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257285544</t>
+          <t>9786257285568</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>A Room Of One's Own</t>
+          <t>Kırmızı ve Kadın</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257285551</t>
+          <t>9786257285544</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>A Room Of One's Own</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257285452</t>
+          <t>9786257285551</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Voyage au Centre de la Terre</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257285322</t>
+          <t>9786257285452</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Die Verwandlung</t>
+          <t>Voyage au Centre de la Terre</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257285216</t>
+          <t>9786257285322</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çölün Sesi</t>
+          <t>Die Verwandlung</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257285315</t>
+          <t>9786257285216</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Une Fantaisie du Docteur Ox</t>
+          <t>Çölün Sesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257285278</t>
+          <t>9786257285315</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Schachnovelle</t>
+          <t>Une Fantaisie du Docteur Ox</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257285261</t>
+          <t>9786257285278</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Le Dernier Jour D’un Condamne</t>
+          <t>Schachnovelle</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257285230</t>
+          <t>9786257285261</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ben Yazmadım</t>
+          <t>Le Dernier Jour D’un Condamne</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257285223</t>
+          <t>9786257285230</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>The Call Of The Wild</t>
+          <t>Ben Yazmadım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257285254</t>
+          <t>9786257285223</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri ve Cadı</t>
+          <t>The Call Of The Wild</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257285247</t>
+          <t>9786257285254</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Yeniçeri ve Cadı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257285193</t>
+          <t>9786257285247</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sapkın</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257285209</t>
+          <t>9786257285193</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sürgü</t>
+          <t>Sapkın</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257285179</t>
+          <t>9786257285209</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pazarlık</t>
+          <t>Sürgü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257285162</t>
+          <t>9786257285179</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>1960 Askeri Müdahalesi ve Milli Birlik Komitesinde Yaşanan İhtilaflar</t>
+          <t>Küçük Pazarlık</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257285155</t>
+          <t>9786257285162</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>The Happy Prince</t>
+          <t>1960 Askeri Müdahalesi ve Milli Birlik Komitesinde Yaşanan İhtilaflar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257285131</t>
+          <t>9786257285155</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Allah’tan Çav Bella’yı Vermemiş</t>
+          <t>The Happy Prince</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257285117</t>
+          <t>9786257285131</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kitap Dedektifi</t>
+          <t>Allah’tan Çav Bella’yı Vermemiş</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257285124</t>
+          <t>9786257285117</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Film Öyküleri</t>
+          <t>Kitap Dedektifi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>560</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257285094</t>
+          <t>9786257285124</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Voyvoda’nın Hazinesi</t>
+          <t>Film Öyküleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257285049</t>
+          <t>9786257285094</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yoldan Düşme Zamanı</t>
+          <t>Voyvoda’nın Hazinesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257285063</t>
+          <t>9786257285049</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bir de Annelik Çıktı Başımıza!</t>
+          <t>Yoldan Düşme Zamanı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257285087</t>
+          <t>9786257285063</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Savaşı</t>
+          <t>Bir de Annelik Çıktı Başımıza!</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257285056</t>
+          <t>9786257285087</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bir Kırık Gözlük Bir Kırmızı Not Defteri</t>
+          <t>Kıyamet Savaşı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>52</v>
+        <v>600</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254435362</t>
+          <t>9786257285056</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Kahvaltı</t>
+          <t>Bir Kırık Gözlük Bir Kırmızı Not Defteri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>52</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254435331</t>
+          <t>9786254435362</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sinematografik Mekanın Tasarımı ve Algısı</t>
+          <t>Cehennemde Kahvaltı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254435355</t>
+          <t>9786254435331</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kıssadan Hisse (Günümüz Türkçesiyle)</t>
+          <t>Sinematografik Mekanın Tasarımı ve Algısı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254435317</t>
+          <t>9786254435355</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kimse Sana Karşı Değil</t>
+          <t>Kıssadan Hisse (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050631999</t>
+          <t>9786254435317</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde</t>
+          <t>Kimse Sana Karşı Değil</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254435324</t>
+          <t>9786050631999</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kan Serisi 1 - Kan ve Kül</t>
+          <t>Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050631975</t>
+          <t>9786254435324</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Gölgesinde</t>
+          <t>Kan Serisi 1 - Kan ve Kül</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254435300</t>
+          <t>9786050631975</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Hakikat</t>
+          <t>Deliliğin Gölgesinde</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050631982</t>
+          <t>9786254435300</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Hayal ve Hakikat</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050631968</t>
+          <t>9786050631982</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Karamuk</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786050631937</t>
+          <t>9786050631968</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bak Şimdi Aklıma Ne Geldi!</t>
+          <t>Karamuk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050631944</t>
+          <t>9786050631937</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Müstakil Zamanlar</t>
+          <t>Bak Şimdi Aklıma Ne Geldi!</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>42</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786056947995</t>
+          <t>9786050631944</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Karalama Defteri</t>
+          <t>Müstakil Zamanlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>225</v>
+        <v>42</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050631906</t>
+          <t>9786056947995</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Cesaret</t>
+          <t>Karalama Defteri</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786056947971</t>
+          <t>9786050631906</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bendeniz</t>
+          <t>Cebimdeki Cesaret</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786056947964</t>
+          <t>9786056947971</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dokunmadım Say</t>
+          <t>Bendeniz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786056947957</t>
+          <t>9786056947964</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler</t>
+          <t>Dokunmadım Say</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786056947940</t>
+          <t>9786056947957</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Işık</t>
+          <t>Tuhaf Şeyler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786056947926</t>
+          <t>9786056947940</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Karşı Evin Penceresi</t>
+          <t>Kaybolan Işık</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786056947919</t>
+          <t>9786056947926</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Az Şekerli Hikayeler</t>
+          <t>Karşı Evin Penceresi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
+          <t>9786056947919</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Az Şekerli Hikayeler</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
           <t>9786050310436</t>
         </is>
       </c>
-      <c r="B193" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Bursa’da İki Zaman</t>
         </is>
       </c>
-      <c r="C193" s="1">
+      <c r="C194" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>