--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,7195 +85,7435 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259398471</t>
+          <t>9786259365534</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tufan 2. Kitap</t>
+          <t>Ayna Bekçileri ve Kuantum Numerolojisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259398464</t>
+          <t>9786259365527</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yazan Kalem</t>
+          <t>Lazlar - Işığından Sayılır Güneşin 1. Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259385129</t>
+          <t>9786259275048</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Güncel Evrimi</t>
+          <t>Köleliğin Zincirleri</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259385112</t>
+          <t>9786259385174</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dengesizliği</t>
+          <t>Yeni Bir Ben Olacaksınız - 2026 Ajanda</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259398495</t>
+          <t>9786259275024</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hallaç-ı Mansur Ölüme Giderken</t>
+          <t>Güzel Olur Bazen Sonlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259385105</t>
+          <t>9786259275031</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu Neleri Unuttu?</t>
+          <t>Sonbahar Çağırıyor Gitmesem Olmaz</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259385136</t>
+          <t>9786259275079</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılabı Üzerine Düşünceler</t>
+          <t>Hayaletler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255601070</t>
+          <t>9786259365503</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mors Kooperatifi</t>
+          <t>Bozkırdaki Ateş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259656571</t>
+          <t>9786259275017</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Devrimin İçinden</t>
+          <t>Çin Astrolojisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259656564</t>
+          <t>9786259275062</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Kılıç - 2. Kitap</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259633404</t>
+          <t>9786259398419</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Kılıç - 1. Kitap</t>
+          <t>Yunan Tarihinin Gerçeği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259656588</t>
+          <t>9786259385150</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve İnsanın Evrimi</t>
+          <t>Yunan Biyolojisi ve Tıbbı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259398402</t>
+          <t>9786259275000</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik Aklın Serüveni</t>
+          <t>Osmanlı Devleti Ölürken</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259398433</t>
+          <t>9786259385198</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Öznesi Olmak</t>
+          <t>İnanç Şifa ve Tıp</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255518927</t>
+          <t>9786259385167</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Yapay Zeka Okuryazarlığı</t>
+          <t>Japonya Siyaseti ve Türkiye-Japonya İlişkileri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259398457</t>
+          <t>9786259385143</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Baki Kalan</t>
+          <t>Rüzgâra Kapılmış</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259656595</t>
+          <t>9786259398471</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Logosu Felsefeden Arındırmak</t>
+          <t>Tufan 2. Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758304592</t>
+          <t>9786259398464</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kafir</t>
+          <t>Kendini Yazan Kalem</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259656557</t>
+          <t>9786259385129</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tufan 1. Kitap</t>
+          <t>Dünyanın Güncel Evrimi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259633497</t>
+          <t>9786259385112</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Voltaire’in Felsefe Sözlüğü Cilt 6</t>
+          <t>Dünyanın Dengesizliği</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259656533</t>
+          <t>9786259398495</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 10</t>
+          <t>Hallaç-ı Mansur Ölüme Giderken</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259656519</t>
+          <t>9786259385105</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 8</t>
+          <t>İnsanoğlu Neleri Unuttu?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259656502</t>
+          <t>9786259385136</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 7</t>
+          <t>Türk İnkılabı Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259656526</t>
+          <t>9786255601070</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 9</t>
+          <t>Mors Kooperatifi</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256005297</t>
+          <t>9786259656571</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Felsefesinde Kaygı'nın Yeri</t>
+          <t>Devrimin İçinden</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256005143</t>
+          <t>9786259656564</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Anne &amp; Şefkat ve Merhamet Pınarı</t>
+          <t>Ateş ve Kılıç - 2. Kitap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259633459</t>
+          <t>9786259633404</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Atatürk Demedikçe Karanlık Kabadayı Gezer</t>
+          <t>Ateş ve Kılıç - 1. Kitap</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259633473</t>
+          <t>9786259656588</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Melodi</t>
+          <t>Ahlak ve İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259633466</t>
+          <t>9786259398402</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeyler Okunmasın Diye Yazılır</t>
+          <t>İdeolojik Aklın Serüveni</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259633411</t>
+          <t>9786259398433</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Acımak</t>
+          <t>Hayatın Öznesi Olmak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259633480</t>
+          <t>9786255518927</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Felsefesi</t>
+          <t>Eleştirel Yapay Zeka Okuryazarlığı</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255518965</t>
+          <t>9786259398457</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Yukarıda: Eskiçağ Mezopotamya Dininin Göksel Yönü ve Göksel Kehanetler</t>
+          <t>Baki Kalan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255518989</t>
+          <t>9786259656595</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Filozof Derviş Yunus Emre</t>
+          <t>Logosu Felsefeden Arındırmak</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256885776</t>
+          <t>9789758304592</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>“Milli Güvenlik” Algısı Kıskacında Türkiye</t>
+          <t>Kafir</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256885035</t>
+          <t>9786259656557</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Hipnoz</t>
+          <t>Tufan 1. Kitap</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256885646</t>
+          <t>9786259633497</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 4. Kitap</t>
+          <t>Voltaire’in Felsefe Sözlüğü Cilt 6</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255518200</t>
+          <t>9786259656533</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Travma Sonrası Stres Bozukluğu El Kitabı</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 10</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255518309</t>
+          <t>9786259656519</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Diagnostik Emperyalizm</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 8</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255518286</t>
+          <t>9786259656502</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Ergenlerde Travma</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 7</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255518293</t>
+          <t>9786259656526</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Kitabı</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 9</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255518279</t>
+          <t>9786256005297</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Sosyal Psikolojisi</t>
+          <t>Heidegger Felsefesinde Kaygı'nın Yeri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256885462</t>
+          <t>9786256005143</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kara Gözlerin Ak Umudu</t>
+          <t>Anne &amp; Şefkat ve Merhamet Pınarı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256885479</t>
+          <t>9786259633459</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Bizim</t>
+          <t>Kadınlar Atatürk Demedikçe Karanlık Kabadayı Gezer</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257647540</t>
+          <t>9786259633473</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Köken Sözlüğü</t>
+          <t>Hayalet Melodi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255518750</t>
+          <t>9786259633466</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Türklerle Savaşları</t>
+          <t>Bazı Şeyler Okunmasın Diye Yazılır</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255518866</t>
+          <t>9786259633411</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Düşyokuş</t>
+          <t>Acımak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255518873</t>
+          <t>9786259633480</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Son Işık Da Söndü</t>
+          <t>Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255518941</t>
+          <t>9786255518965</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 8</t>
+          <t>Bir Zamanlar Yukarıda: Eskiçağ Mezopotamya Dininin Göksel Yönü ve Göksel Kehanetler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255518835</t>
+          <t>9786255518989</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fındıkkıran ve Farelerin Kralı</t>
+          <t>Filozof Derviş Yunus Emre</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255518842</t>
+          <t>9786256885776</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Serapionun Hikayesi</t>
+          <t>“Milli Güvenlik” Algısı Kıskacında Türkiye</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255518897</t>
+          <t>9786256885035</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ütopik ve Bilimsel Sosyalizm</t>
+          <t>Kendi Kendine Hipnoz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255518804</t>
+          <t>9786256885646</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zaralı Nuri</t>
+          <t>Bilgeliğin Yedi Sütunu 4. Kitap</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255518781</t>
+          <t>9786255518200</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gavur Kızı</t>
+          <t>Travma ve Travma Sonrası Stres Bozukluğu El Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255518798</t>
+          <t>9786255518309</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aleviler Atatürk'ü Neden Çok Sever?</t>
+          <t>Diagnostik Emperyalizm</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255518811</t>
+          <t>9786255518286</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Çocuğunun Anıları</t>
+          <t>Çocuklarda ve Ergenlerde Travma</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255518880</t>
+          <t>9786255518293</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 7</t>
+          <t>Avrupa Birliği Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255518903</t>
+          <t>9786255518279</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Quovadis</t>
+          <t>Ahlakın Sosyal Psikolojisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256005204</t>
+          <t>9786256885462</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 2 - Aşk Destanı</t>
+          <t>Kara Gözlerin Ak Umudu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255518859</t>
+          <t>9786256885479</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar - 3</t>
+          <t>Bu Dünya Bizim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255519412</t>
+          <t>9786257647540</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>I Ching – I Ching Yorumu</t>
+          <t>Türk Dilinin Köken Sözlüğü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255518736</t>
+          <t>9786255518750</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Uykular Bahçesi</t>
+          <t>Türklerin Türklerle Savaşları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255518828</t>
+          <t>9786255518866</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Düşyokuş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255518767</t>
+          <t>9786255518873</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Acıları</t>
+          <t>Son Işık Da Söndü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255518774</t>
+          <t>9786255518941</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 6</t>
+          <t>Büyük Savaşın Hikayesi Cilt 8</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255518743</t>
+          <t>9786255518835</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 5</t>
+          <t>Fındıkkıran ve Farelerin Kralı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255518705</t>
+          <t>9786255518842</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 4</t>
+          <t>Serapionun Hikayesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255518712</t>
+          <t>9786255518897</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 3</t>
+          <t>Ütopik ve Bilimsel Sosyalizm</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255518590</t>
+          <t>9786255518804</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim ve Turizm</t>
+          <t>Zaralı Nuri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255518675</t>
+          <t>9786255518781</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Turizm İletişimi ve Tanıtımı</t>
+          <t>Gavur Kızı</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255518682</t>
+          <t>9786255518798</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Görünenin Ötesi</t>
+          <t>Aleviler Atatürk'ü Neden Çok Sever?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255518699</t>
+          <t>9786255518811</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>O’yu Bu Yapmak</t>
+          <t>Bir Köy Çocuğunun Anıları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255518613</t>
+          <t>9786255518880</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Leonid Pavloviç Potapov ve Altay Türk Şamanizmi</t>
+          <t>Büyük Savaşın Hikayesi Cilt 7</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255518521</t>
+          <t>9786255518903</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kan ve Karanlık Tin</t>
+          <t>Quovadis</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257647878</t>
+          <t>9786256005204</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık</t>
+          <t>Pardayanlar 2 - Aşk Destanı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255518651</t>
+          <t>9786255518859</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Konsantrasyon ve Meditasyon</t>
+          <t>Pardayanlar - 3</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255518576</t>
+          <t>9786255519412</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 2</t>
+          <t>I Ching – I Ching Yorumu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255518569</t>
+          <t>9786255518736</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 1</t>
+          <t>Küçük Uykular Bahçesi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255518637</t>
+          <t>9786255518828</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Voltaire’in Felsefe Sözlüğü Cilt 5</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255518668</t>
+          <t>9786255518767</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Avrasya'nın Saklı Aklı</t>
+          <t>Şeytanın Acıları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255518620</t>
+          <t>9786255518774</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ziyaret</t>
+          <t>Büyük Savaşın Hikayesi Cilt 6</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255518644</t>
+          <t>9786255518743</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kendini Hazırla</t>
+          <t>Büyük Savaşın Hikayesi Cilt 5</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255518583</t>
+          <t>9786255518705</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Penceresinden Filmlere Bakmak</t>
+          <t>Büyük Savaşın Hikayesi Cilt 4</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255518606</t>
+          <t>9786255518712</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ufolar ve Ölümcül Hipotez</t>
+          <t>Büyük Savaşın Hikayesi Cilt 3</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255518538</t>
+          <t>9786255518590</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türk-İngiliz İlişkileri</t>
+          <t>Göstergebilim ve Turizm</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255518446</t>
+          <t>9786255518675</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Yanıldı mı?/ İznik'te 1700 Yıl Sonra Altın Vuruş</t>
+          <t>Turizm İletişimi ve Tanıtımı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255518460</t>
+          <t>9786255518682</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Roman Çözümlemeleri</t>
+          <t>Görünenin Ötesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255518491</t>
+          <t>9786255518699</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Leyleği Havada Görmek</t>
+          <t>O’yu Bu Yapmak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255518453</t>
+          <t>9786255518613</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kura Nehri İçten Akar</t>
+          <t>Leonid Pavloviç Potapov ve Altay Türk Şamanizmi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255518385</t>
+          <t>9786255518521</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kısa Rus Tarihi</t>
+          <t>Kutlu Kan ve Karanlık Tin</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255518507</t>
+          <t>9786257647878</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Oyunu - İnsan Oyunlarının Psikolojisi</t>
+          <t>Yaşlılık</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255518484</t>
+          <t>9786255518651</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmeye Giden Yol</t>
+          <t>Konsantrasyon ve Meditasyon</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255518545</t>
+          <t>9786255518576</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Ruhsal Şifa</t>
+          <t>Büyük Savaşın Hikayesi Cilt 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255518439</t>
+          <t>9786255518569</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kültür-Sanat-Gezi Yazılarım</t>
+          <t>Büyük Savaşın Hikayesi Cilt 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255518477</t>
+          <t>9786255518637</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Oyunu</t>
+          <t>Voltaire’in Felsefe Sözlüğü Cilt 5</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255518392</t>
+          <t>9786255518668</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Walt Whitman'ın Hayatı</t>
+          <t>Avrasya'nın Saklı Aklı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255518422</t>
+          <t>9786255518620</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Orhun Yazıtları</t>
+          <t>Tuhaf Ziyaret</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255518415</t>
+          <t>9786255518644</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Lenin Tanrısızların Tanrısı</t>
+          <t>Kendini Hazırla</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>520</v>
+        <v>270</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255518361</t>
+          <t>9786255518583</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mabet</t>
+          <t>Anlamın Penceresinden Filmlere Bakmak</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255518408</t>
+          <t>9786255518606</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>I Ching Yorumu</t>
+          <t>Ufolar ve Ölümcül Hipotez</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255518323</t>
+          <t>9786255518538</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Diğer Ben</t>
+          <t>Türk-İngiliz İlişkileri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255518330</t>
+          <t>9786255518446</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane</t>
+          <t>Tanrı Yanıldı mı?/ İznik'te 1700 Yıl Sonra Altın Vuruş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255518378</t>
+          <t>9786255518460</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Âdi İftirası: Mumsöndü</t>
+          <t>Roman Çözümlemeleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255518316</t>
+          <t>9786255518491</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Meftun</t>
+          <t>Leyleği Havada Görmek</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255518354</t>
+          <t>9786255518453</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Üzerine</t>
+          <t>Kura Nehri İçten Akar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255518248</t>
+          <t>9786255518385</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cam Kutu İçindeki Mücevher</t>
+          <t>Kısa Rus Tarihi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255518255</t>
+          <t>9786255518507</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>“Homo Homını Manıpulus”</t>
+          <t>İnsanların Oyunu - İnsan Oyunlarının Psikolojisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255518217</t>
+          <t>9786255518484</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Voltaire’in Felsefe Sözlüğü Cilt 4</t>
+          <t>Kendini Bilmeye Giden Yol</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255518231</t>
+          <t>9786255518545</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Köken</t>
+          <t>Bilimsel Ruhsal Şifa</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255518262</t>
+          <t>9786255518439</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>“Homo Homını Manıpulus”</t>
+          <t>Kültür-Sanat-Gezi Yazılarım</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255518064</t>
+          <t>9786255518477</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Heceleri Kodluyorum</t>
+          <t>Hayvanların Oyunu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255518187</t>
+          <t>9786255518392</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Türklerinde Şamanizm ve Milliyetçilik</t>
+          <t>Walt Whitman'ın Hayatı</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255518224</t>
+          <t>9786255518422</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Seviyelendirilmiş Sınıflara Hayır!</t>
+          <t>Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255518095</t>
+          <t>9786255518415</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Altın Krallık Lidya</t>
+          <t>Lenin Tanrısızların Tanrısı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>370</v>
+        <v>520</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255518194</t>
+          <t>9786255518361</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Demir Adam</t>
+          <t>İçimdeki Mabet</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255518118</t>
+          <t>9786255518408</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Nun Yüce Gerçeği Keşfetme Yolculuğu</t>
+          <t>I Ching Yorumu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255518125</t>
+          <t>9786255518323</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nun Rüya Yaşam Rehberi</t>
+          <t>Diğer Ben</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255518163</t>
+          <t>9786255518330</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Antik ve Modern Dönemde Cinsel Tapınma</t>
+          <t>Tımarhane</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255518156</t>
+          <t>9786255518378</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Fallik Tapınma</t>
+          <t>Dünyanın En Âdi İftirası: Mumsöndü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255518170</t>
+          <t>9786255518316</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - Özet</t>
+          <t>Gökyüzüne Meftun</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257221146</t>
+          <t>9786255518354</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Stoacılık</t>
+          <t>İdeoloji Üzerine</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255518057</t>
+          <t>9786255518248</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyetin İdeolojisi: Halkçılık</t>
+          <t>Cam Kutu İçindeki Mücevher</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255518149</t>
+          <t>9786255518255</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri</t>
+          <t>“Homo Homını Manıpulus”</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255518132</t>
+          <t>9786255518217</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Voltaire’in Felsefe Sözlüğü Cilt 4</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>850</v>
+        <v>280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255518101</t>
+          <t>9786255518231</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Evcil Memeli Olmak</t>
+          <t>Köken</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256885370</t>
+          <t>9786255518262</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Fatma</t>
+          <t>“Homo Homını Manıpulus”</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255518071</t>
+          <t>9786255518064</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ama Bu Suriyeliler</t>
+          <t>Heceleri Kodluyorum</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256005983</t>
+          <t>9786255518187</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Narsizm ve İktidar</t>
+          <t>Sibirya Türklerinde Şamanizm ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786255518040</t>
+          <t>9786255518224</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızdaki Baharlara Merhaba</t>
+          <t>Seviyelendirilmiş Sınıflara Hayır!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255518088</t>
+          <t>9786255518095</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 3</t>
+          <t>Altın Krallık Lidya</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255518026</t>
+          <t>9786255518194</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Parçacık Seyahati Yeni Higgs İzleri</t>
+          <t>Demir Adam</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255518033</t>
+          <t>9786255518118</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Yedi Çılgınlığı</t>
+          <t>Nun Yüce Gerçeği Keşfetme Yolculuğu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256005990</t>
+          <t>9786255518125</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hollywood ve Mutlu Son Fenomeni</t>
+          <t>Nun Rüya Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255518019</t>
+          <t>9786255518163</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kamusal Alanda İktidar Mücadelesi</t>
+          <t>Antik ve Modern Dönemde Cinsel Tapınma</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255518002</t>
+          <t>9786255518156</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölüler Diyaloğu</t>
+          <t>Fallik Tapınma</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257647656</t>
+          <t>9786255518170</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ali Hoca Set (5 Kitap Takım)</t>
+          <t>Mesnevi - Özet</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256005952</t>
+          <t>9786257221146</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Haşim Nahit Erbil Türk Fikir Tarihindeki Yeri</t>
+          <t>Stoacılık</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256005969</t>
+          <t>9786255518057</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Delilik</t>
+          <t>Erken Cumhuriyetin İdeolojisi: Halkçılık</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256005976</t>
+          <t>9786255518149</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 2</t>
+          <t>Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256005914</t>
+          <t>9786255518132</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Büyük Kuşatmalar</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>620</v>
+        <v>850</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256005921</t>
+          <t>9786255518101</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Boethius ve Kındı’de Felsefi Sağaltım</t>
+          <t>Türkiye'de Evcil Memeli Olmak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256005945</t>
+          <t>9786256885370</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türk Şaman Uygarlığı -II-</t>
+          <t>Babaannem Fatma</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256005938</t>
+          <t>9786255518071</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türk Şaman Uygarlığı -I-</t>
+          <t>Ama Bu Suriyeliler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>470</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256005907</t>
+          <t>9786256005983</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yarın Hitlerin mi?</t>
+          <t>Narsizm ve İktidar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256005884</t>
+          <t>9786255518040</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 1</t>
+          <t>Hayatınızdaki Baharlara Merhaba</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256005853</t>
+          <t>9786255518088</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Vatandaşlık</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 3</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256005860</t>
+          <t>9786255518026</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>BaşMelek</t>
+          <t>Parçacık Seyahati Yeni Higgs İzleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256005877</t>
+          <t>9786255518033</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Küresel İklim Değişikliği ve Kitlesel Yok Oluşlar</t>
+          <t>Bilimin Yedi Çılgınlığı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256005822</t>
+          <t>9786256005990</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Önce Acıktım Sonra Ağladım</t>
+          <t>Hollywood ve Mutlu Son Fenomeni</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256005839</t>
+          <t>9786255518019</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Değişen Erkek İmgesi</t>
+          <t>Dijital Kamusal Alanda İktidar Mücadelesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256005679</t>
+          <t>9786255518002</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Nagualizm</t>
+          <t>Bir Ölüler Diyaloğu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256005761</t>
+          <t>9786257647656</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Moskova'nın Aynaları</t>
+          <t>Ali Hoca Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256005808</t>
+          <t>9786256005952</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Felsefesi</t>
+          <t>Haşim Nahit Erbil Türk Fikir Tarihindeki Yeri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256005747</t>
+          <t>9786256005969</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Jean Baudrillard Düşüncesinde Hakikat Sorunu</t>
+          <t>Delilik</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256005709</t>
+          <t>9786256005976</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Biyolojinin Felsefesi</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256005792</t>
+          <t>9786256005914</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Ölüler Kitabı</t>
+          <t>Tarihteki Büyük Kuşatmalar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>170</v>
+        <v>620</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256005815</t>
+          <t>9786256005921</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Celal Nuri İleri</t>
+          <t>Boethius ve Kındı’de Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256005754</t>
+          <t>9786256005945</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Kadim Türk Şaman Uygarlığı -II-</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257221078</t>
+          <t>9786256005938</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şans Aşk ve Mantık</t>
+          <t>Kadim Türk Şaman Uygarlığı -I-</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256005778</t>
+          <t>9786256005907</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Âdem ile Havva'nın İlk Kitabı</t>
+          <t>Yarın Hitlerin mi?</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256005785</t>
+          <t>9786256005884</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Bir Komutanın Kaleminden Ermeniler</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 1</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256005716</t>
+          <t>9786256005853</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şansın Mantığı</t>
+          <t>Dijital Dünyada Vatandaşlık</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256005594</t>
+          <t>9786256005860</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da Savaş Sanatı</t>
+          <t>BaşMelek</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256005730</t>
+          <t>9786256005877</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kokoro - Japon İç Dünyasının İp Uçları ve Yankıları</t>
+          <t>Küresel İklim Değişikliği ve Kitlesel Yok Oluşlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256005723</t>
+          <t>9786256005822</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sinagog’u ve Kabala</t>
+          <t>Önce Acıktım Sonra Ağladım</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256005686</t>
+          <t>9786256005839</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Nükleer Macerası</t>
+          <t>Değişen Erkek İmgesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054452538</t>
+          <t>9786256005679</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>X - Işınlarından Kuarklara Çağdaş Fizikçiler ve Buluşları</t>
+          <t>Nagualizm</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256005662</t>
+          <t>9786256005761</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sümer Uygarlığı</t>
+          <t>Moskova'nın Aynaları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256005648</t>
+          <t>9786256005808</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Akrepleri</t>
+          <t>Matematiğin Felsefesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256005655</t>
+          <t>9786256005747</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası ve Davranışı</t>
+          <t>Jean Baudrillard Düşüncesinde Hakikat Sorunu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256005693</t>
+          <t>9786256005709</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İsa’nın Çocukları</t>
+          <t>Biyolojinin Felsefesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257647823</t>
+          <t>9786256005792</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çin Tarihinin Gerçeği - Gizlenen Türk Uygarlığı</t>
+          <t>Mısır’ın Ölüler Kitabı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258349405</t>
+          <t>9786256005815</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Evrimin Minik Kitabı</t>
+          <t>Celal Nuri İleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057370679</t>
+          <t>9786256005754</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Koluaçık Hacım Sultan Velayetnamesi</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254448157</t>
+          <t>9786257221078</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’da Bir Esir</t>
+          <t>Şans Aşk ve Mantık</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053710011</t>
+          <t>9786256005778</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Ulusal Bir Devletin Doğuşu</t>
+          <t>Âdem ile Havva'nın İlk Kitabı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254448188</t>
+          <t>9786256005785</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Ermeni Bir Komutanın Kaleminden Ermeniler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256885912</t>
+          <t>9786256005716</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Cihangir Simit Fırını: Since 1920</t>
+          <t>Şansın Mantığı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258349795</t>
+          <t>9786256005594</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dijital Duygu</t>
+          <t>Ortaçağ’da Savaş Sanatı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256005624</t>
+          <t>9786256005730</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Suyu 1. Cilt</t>
+          <t>Kokoro - Japon İç Dünyasının İp Uçları ve Yankıları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256005617</t>
+          <t>9786256005723</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tunalı'da Son Bahar</t>
+          <t>Şeytan Sinagog’u ve Kabala</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256005631</t>
+          <t>9786256005686</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Suyu 2. Cilt</t>
+          <t>Türkiye’nin Nükleer Macerası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256005600</t>
+          <t>9786054452538</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Kaldı</t>
+          <t>X - Işınlarından Kuarklara Çağdaş Fizikçiler ve Buluşları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256005488</t>
+          <t>9786256005662</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>1972 Yılının Önemli Bir Gününde Önemsiz Bir Adam</t>
+          <t>Sümer Uygarlığı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256005525</t>
+          <t>9786256005648</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Amber Kokulu Hayatlar</t>
+          <t>Türkiye’nin Akrepleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256005532</t>
+          <t>9786256005655</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gergin Yaşam</t>
+          <t>İnsan Doğası ve Davranışı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256005549</t>
+          <t>9786256005693</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Eros &amp; Psyche’nin Hikayesi</t>
+          <t>İsa’nın Çocukları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256005556</t>
+          <t>9786257647823</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji İnsan ve Medeniyet Araştırmalarına Giriş</t>
+          <t>Çin Tarihinin Gerçeği - Gizlenen Türk Uygarlığı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256005495</t>
+          <t>9786258349405</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Işık Alemi</t>
+          <t>Kocaman Evrimin Minik Kitabı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256005426</t>
+          <t>9786057370679</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Seyir Defteri Uygarlık Tarihi: Başlangıçtan 20. Yüzyıla</t>
+          <t>Koluaçık Hacım Sultan Velayetnamesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256005501</t>
+          <t>9786254448157</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Güzel Birlik Güzelin Fark Edilişi</t>
+          <t>Kafkasya’da Bir Esir</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256005518</t>
+          <t>9786053710011</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi 3. Cilt</t>
+          <t>Mustafa Kemal ve Ulusal Bir Devletin Doğuşu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256005464</t>
+          <t>9786254448188</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Panik Atak / Kaygı Bozukluğu</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256005471</t>
+          <t>9786256885912</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dehşetin Yüzleri</t>
+          <t>Cihangir Simit Fırını: Since 1920</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256005457</t>
+          <t>9786258349795</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kazanılmış Çıkarlar ve Barışın Doğası</t>
+          <t>Dijital Duygu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256005440</t>
+          <t>9786256005624</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Eylül Öyküleri</t>
+          <t>Türkiye'nin Suyu 1. Cilt</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256005365</t>
+          <t>9786256005617</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Psikolojisi</t>
+          <t>Tunalı'da Son Bahar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256005419</t>
+          <t>9786256005631</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Akli ve İnsani Temeli</t>
+          <t>Türkiye’nin Suyu 2. Cilt</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256005433</t>
+          <t>9786256005600</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Altay - Himalaya</t>
+          <t>Hüznün Kaldı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256005273</t>
+          <t>9786256005488</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Spinoza’da Felsefi Sağaltım</t>
+          <t>1972 Yılının Önemli Bir Gününde Önemsiz Bir Adam</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256005402</t>
+          <t>9786256005525</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aklın Öyküsü</t>
+          <t>Amber Kokulu Hayatlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256005396</t>
+          <t>9786256005532</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Oyunların Dijital Hali -3</t>
+          <t>Gergin Yaşam</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256005389</t>
+          <t>9786256005549</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Nedir? - Politik ve Toplumsal Bilginin ABC'si</t>
+          <t>Eros &amp; Psyche’nin Hikayesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256885059</t>
+          <t>9786256005556</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mermer ve Taş Ocaklarının Çevreye Etkileri</t>
+          <t>Antropoloji İnsan ve Medeniyet Araştırmalarına Giriş</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256005341</t>
+          <t>9786256005495</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hempa</t>
+          <t>Işık Alemi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256005358</t>
+          <t>9786256005426</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin F'si</t>
+          <t>Uygarlığın Seyir Defteri Uygarlık Tarihi: Başlangıçtan 20. Yüzyıla</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256005211</t>
+          <t>9786256005501</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Model Cinayetleri</t>
+          <t>Güzel Birlik Güzelin Fark Edilişi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256005372</t>
+          <t>9786256005518</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi 2. Cilt</t>
+          <t>Haçlı Seferleri Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256005303</t>
+          <t>9786256005464</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Laneti Zihin ve Bedene Açılan Savaş</t>
+          <t>Panik Atak / Kaygı Bozukluğu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256005327</t>
+          <t>9786256005471</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’de Felsefi Sağaltım</t>
+          <t>Dehşetin Yüzleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256005334</t>
+          <t>9786256005457</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Etrüskler - İtalya’nın Eski Türk Boyu</t>
+          <t>Kazanılmış Çıkarlar ve Barışın Doğası</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256005266</t>
+          <t>9786256005440</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Mitoloji</t>
+          <t>Eylül Öyküleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256005174</t>
+          <t>9786256005365</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 10. Kitap</t>
+          <t>Ulusların Psikolojisi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256885349</t>
+          <t>9786256005419</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Töre</t>
+          <t>Ahlakın Akli ve İnsani Temeli</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050605471</t>
+          <t>9786256005433</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Cinayetler</t>
+          <t>Altay - Himalaya</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256005280</t>
+          <t>9786256005273</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kant’a Göre Felsefi Sağaltım</t>
+          <t>Spinoza’da Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256005228</t>
+          <t>9786256005402</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Cübbesiz Mezunlar</t>
+          <t>Aklın Öyküsü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256005259</t>
+          <t>9786256005396</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir?</t>
+          <t>Oyunların Dijital Hali -3</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256005235</t>
+          <t>9786256005389</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi I. Cilt</t>
+          <t>Kapitalizm Nedir? - Politik ve Toplumsal Bilginin ABC'si</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256005198</t>
+          <t>9786256885059</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Kontrolü</t>
+          <t>Mermer ve Taş Ocaklarının Çevreye Etkileri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256005105</t>
+          <t>9786256005341</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Liderliğin Rolü</t>
+          <t>Hempa</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256005136</t>
+          <t>9786256005358</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İletişimcisinin Türkçe Dil Kaynağı</t>
+          <t>Fiziğin F'si</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256005167</t>
+          <t>9786256005211</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu</t>
+          <t>Model Cinayetleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>1100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256005112</t>
+          <t>9786256005372</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Siyaset</t>
+          <t>Haçlı Seferleri Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256005129</t>
+          <t>9786256005303</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Mitoloji</t>
+          <t>Bilimin Laneti Zihin ve Bedene Açılan Savaş</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256005099</t>
+          <t>9786256005327</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 9. Kitap</t>
+          <t>Yunus Emre’de Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256005068</t>
+          <t>9786256005334</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 6. Kitap</t>
+          <t>Etrüskler - İtalya’nın Eski Türk Boyu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256005082</t>
+          <t>9786256005266</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 8. Kitap</t>
+          <t>100 Soruda Mitoloji</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256005075</t>
+          <t>9786256005174</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 7. Kitap</t>
+          <t>Bilgeliğin Yedi Sütunu 10. Kitap</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258349764</t>
+          <t>9786256885349</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan'da Gündelik Şeyler</t>
+          <t>Töre</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256005006</t>
+          <t>9786050605471</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Manik-Depresif El Kitabı</t>
+          <t>Huzursuz Cinayetler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258349788</t>
+          <t>9786256005280</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tarikat, Cemaat, Kadın</t>
+          <t>Kant’a Göre Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256885097</t>
+          <t>9786256005228</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Fouche - Napoleon'un Korktuğu Adam</t>
+          <t>Cübbesiz Mezunlar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256005044</t>
+          <t>9786256005259</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Emek Yıldızı Ahmet Karaali</t>
+          <t>Nasıl Çizilir?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256885936</t>
+          <t>9786256005235</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Algoritmaların Kara Kutusu Üzerine Düşünmek</t>
+          <t>Haçlı Seferleri Tarihi I. Cilt</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256885981</t>
+          <t>9786256005198</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Erken Ortaçağda Bizans Tarihi</t>
+          <t>Bilginin Kontrolü</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256885943</t>
+          <t>9786256005105</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Reaktörler’in Radyasyon Güvenliği Nasıl Artırılarak Kaza Riski Sıfıra Yaklaşıyor?</t>
+          <t>İnsan Kaynakları Yönetiminde Liderliğin Rolü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258349818</t>
+          <t>9786256005136</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Satır Hikayeleri</t>
+          <t>Günümüz İletişimcisinin Türkçe Dil Kaynağı</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256005037</t>
+          <t>9786256005167</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrinin Kara Kitabı</t>
+          <t>Bilgeliğin Yedi Sütunu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256005020</t>
+          <t>9786256005112</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutku Hormon Aldatma</t>
+          <t>Toplumsal Siyaset</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256885974</t>
+          <t>9786256005129</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihinin Gerçeği</t>
+          <t>Postmodern Mitoloji</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256885998</t>
+          <t>9786256005099</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Montaigne</t>
+          <t>Bilgeliğin Yedi Sütunu 9. Kitap</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256885967</t>
+          <t>9786256005068</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Bilge</t>
+          <t>Bilgeliğin Yedi Sütunu 6. Kitap</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256885929</t>
+          <t>9786256005082</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Arasındaki Büyücü</t>
+          <t>Bilgeliğin Yedi Sütunu 8. Kitap</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256885875</t>
+          <t>9786256005075</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Düşünür Müsünüz?</t>
+          <t>Bilgeliğin Yedi Sütunu 7. Kitap</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256885905</t>
+          <t>9786258349764</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Titreşimleri</t>
+          <t>Antik Yunan'da Gündelik Şeyler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256885899</t>
+          <t>9786256005006</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Dünya</t>
+          <t>Manik-Depresif El Kitabı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256885189</t>
+          <t>9786258349788</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Gönlünde İz Bırakan Kadınlar</t>
+          <t>İslam’da Tarikat, Cemaat, Kadın</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256885868</t>
+          <t>9786256885097</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Kuleleri</t>
+          <t>Fouche - Napoleon'un Korktuğu Adam</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256885844</t>
+          <t>9786256005044</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Futbolun Emek Yıldızı Ahmet Karaali</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256885851</t>
+          <t>9786256885936</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Astral Dünya</t>
+          <t>Algoritmaların Kara Kutusu Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256885608</t>
+          <t>9786256885981</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Güneş ve Rüzgardan Elektrik Bedava Ve Tertemiz Mi?</t>
+          <t>Erken Ortaçağda Bizans Tarihi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256885691</t>
+          <t>9786256885943</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere, Küçük Öyküler -2-</t>
+          <t>Nükleer Reaktörler’in Radyasyon Güvenliği Nasıl Artırılarak Kaza Riski Sıfıra Yaklaşıyor?</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256885677</t>
+          <t>9786258349818</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere, Küçük Öyküler</t>
+          <t>Satır Hikayeleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256885684</t>
+          <t>9786256005037</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hacı Ali</t>
+          <t>Psikiyatrinin Kara Kitabı</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256885714</t>
+          <t>9786256005020</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İsrail Devletinin Kuruluşu</t>
+          <t>Aşk Tutku Hormon Aldatma</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256885707</t>
+          <t>9786256885974</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Kuruluşu</t>
+          <t>Mısır Tarihinin Gerçeği</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256885738</t>
+          <t>9786256885998</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Milliyetçiliği</t>
+          <t>Mevlana ve Montaigne</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256885752</t>
+          <t>9786256885967</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Evrimin Öyküsü</t>
+          <t>Ölümsüz Bilge</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256885783</t>
+          <t>9786256885929</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Öyküsü</t>
+          <t>Ruhlar Arasındaki Büyücü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256885790</t>
+          <t>9786256885875</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mübadele Öyküleri</t>
+          <t>Psikanaliz Düşünür Müsünüz?</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256885745</t>
+          <t>9786256885905</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 5. Kitap</t>
+          <t>Gerçeğin Titreşimleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256885721</t>
+          <t>9786256885899</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hermetik İnisiyasyon</t>
+          <t>Gizemli Dünya</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256885820</t>
+          <t>9786256885189</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Gezegenlerin Etkileri ve Konumları</t>
+          <t>Mustafa Kemal'in Gönlünde İz Bırakan Kadınlar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256885653</t>
+          <t>9786256885868</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Krallık Şambala</t>
+          <t>Trabzon Kuleleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256885547</t>
+          <t>9786256885844</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mirasçılar</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>229</v>
+        <v>160</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256885578</t>
+          <t>9786256885851</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Altından Hava Geçen Tekerlekler</t>
+          <t>Astral Dünya</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256885523</t>
+          <t>9786256885608</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şaşkınlık</t>
+          <t>Güneş ve Rüzgardan Elektrik Bedava Ve Tertemiz Mi?</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256885592</t>
+          <t>9786256885691</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Zaman, Tanrı ve Dört - Boyutçuluk</t>
+          <t>Büyüklere, Küçük Öyküler -2-</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256885585</t>
+          <t>9786256885677</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Sağaltım</t>
+          <t>Büyüklere, Küçük Öyküler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256885615</t>
+          <t>9786256885684</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Hukuk</t>
+          <t>Hacı Ali</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256885516</t>
+          <t>9786256885714</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İki Yol</t>
+          <t>İsrail Devletinin Kuruluşu</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256885486</t>
+          <t>9786256885707</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>Siyonizmin Kuruluşu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256885448</t>
+          <t>9786256885738</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sıkıca Tutunacağım</t>
+          <t>Atatürk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256885417</t>
+          <t>9786256885752</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Shambhala</t>
+          <t>Evrimin Öyküsü</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256885363</t>
+          <t>9786256885783</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Şifresi</t>
+          <t>Müziğin Öyküsü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256885387</t>
+          <t>9786256885790</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>A.K.P.'nin Avrupa Birliği İle Dansı</t>
+          <t>Mübadele Öyküleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256885332</t>
+          <t>9786256885745</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Adnan Oktar’ın Gerçek Yüzü</t>
+          <t>Bilgeliğin Yedi Sütunu 5. Kitap</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256885301</t>
+          <t>9786256885721</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Beynin Evrimi ve Geleceği</t>
+          <t>Hermetik İnisiyasyon</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256885196</t>
+          <t>9786256885820</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bilim Üzerine</t>
+          <t>Gezegenlerin Etkileri ve Konumları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258349979</t>
+          <t>9786256885653</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Zorunluluk ve İtaat</t>
+          <t>Kayıp Krallık Şambala</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256885240</t>
+          <t>9786256885547</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kutsal Değerleri</t>
+          <t>Mirasçılar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>400</v>
+        <v>229</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256885264</t>
+          <t>9786256885578</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Kökeni</t>
+          <t>Altından Hava Geçen Tekerlekler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256885202</t>
+          <t>9786256885523</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Demokrasilerin Evrimi</t>
+          <t>Şaşkınlık</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256885295</t>
+          <t>9786256885592</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Fikriye</t>
+          <t>Zaman, Tanrı ve Dört - Boyutçuluk</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256885219</t>
+          <t>9786256885585</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kemal Atatürk'ün Ülkesi</t>
+          <t>Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256885233</t>
+          <t>9786256885615</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 3. Kitap</t>
+          <t>Nietzsche ve Hukuk</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256885271</t>
+          <t>9786256885516</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Uyanık'ın Diri Oğlu - Hayy İbn Yakzan</t>
+          <t>İki Yol</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057370631</t>
+          <t>9786256885486</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Eğitimi Nasıl Düzeltiriz?</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256885134</t>
+          <t>9786256885448</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Melek Tavus Dini Yezidilik</t>
+          <t>Yaşama Sıkıca Tutunacağım</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256885028</t>
+          <t>9786256885417</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm - Tüketim Eksikliği Ekonomisi</t>
+          <t>Shambhala</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256885004</t>
+          <t>9786256885363</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Capitalism - Economy of Consumption Deficiency</t>
+          <t>Kaderin Şifresi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256885110</t>
+          <t>9786256885387</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Camilerimiz</t>
+          <t>A.K.P.'nin Avrupa Birliği İle Dansı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256885103</t>
+          <t>9786256885332</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji Kaynakları ve Çevre</t>
+          <t>Adnan Oktar’ın Gerçek Yüzü</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258349955</t>
+          <t>9786256885301</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Melek Sayıları</t>
+          <t>Beynin Evrimi ve Geleceği</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258349528</t>
+          <t>9786256885196</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici ve Güzel Sözler</t>
+          <t>Bilim Üzerine</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257647076</t>
+          <t>9786258349979</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kuğunun Çığlığı</t>
+          <t>Zorunluluk ve İtaat</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258349900</t>
+          <t>9786256885240</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Larende’nin Varisleri İkinci Kitap</t>
+          <t>İslam'ın Kutsal Değerleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258349917</t>
+          <t>9786256885264</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İki Kıtayı Bağlayan Altın Bağ</t>
+          <t>Dillerin Kökeni</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258349931</t>
+          <t>9786256885202</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bu Topraklarda Biyoloji Eğitiminin ve Biliminin Öyküsü</t>
+          <t>Demokrasilerin Evrimi</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258349948</t>
+          <t>9786256885295</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Numeroloji</t>
+          <t>Fikriye</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258349894</t>
+          <t>9786256885219</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Acılar Denizi</t>
+          <t>Kemal Atatürk'ün Ülkesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257221399</t>
+          <t>9786256885233</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Bilgeliğin Yedi Sütunu 3. Kitap</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258349375</t>
+          <t>9786256885271</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Anlam Anahtarı - Liseler Ve Üniversite Hazırlık İçin</t>
+          <t>Uyanık'ın Diri Oğlu - Hayy İbn Yakzan</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256885011</t>
+          <t>9786057370631</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Görkemli Unutuş - Toplumsal Belleğin Kıvrımlarında Dumlupınar Faciası</t>
+          <t>Eğitimi Nasıl Düzeltiriz?</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258349924</t>
+          <t>9786256885134</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Zafere Giden Yol</t>
+          <t>Melek Tavus Dini Yezidilik</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>620</v>
+        <v>240</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258349993</t>
+          <t>9786256885028</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Padişahların Anneleri</t>
+          <t>Kapitalizm - Tüketim Eksikliği Ekonomisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256885066</t>
+          <t>9786256885004</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bizim İçin Değil</t>
+          <t>Capitalism - Economy of Consumption Deficiency</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256885073</t>
+          <t>9786256885110</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sürgün</t>
+          <t>Camilerimiz</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256885042</t>
+          <t>9786256885103</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Madencilik ve Çevre</t>
+          <t>Yenilenebilir Enerji Kaynakları ve Çevre</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258349962</t>
+          <t>9786258349955</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Kaybı ve Derin Tahribatlar</t>
+          <t>Melek Sayıları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258349757</t>
+          <t>9786258349528</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Numeroloji ve Melek Sayıları</t>
+          <t>Etkileyici ve Güzel Sözler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258349887</t>
+          <t>9786257647076</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sultanlara İmparatorlara Diz Çöktüren Kadınlar</t>
+          <t>Kuğunun Çığlığı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258349610</t>
+          <t>9786258349900</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Katalonya'ya Selam</t>
+          <t>Larende’nin Varisleri İkinci Kitap</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258349672</t>
+          <t>9786258349917</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>İki Kıtayı Bağlayan Altın Bağ</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786058349245</t>
+          <t>9786258349931</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İyimserlik - Optimizm</t>
+          <t>Bu Topraklarda Biyoloji Eğitiminin ve Biliminin Öyküsü</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258349566</t>
+          <t>9786258349948</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Gerçek ve Gerçeklik - İnsan İradesinin Bir Yaşam Tarihi</t>
+          <t>Numeroloji</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258349573</t>
+          <t>9786258349894</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Evren’in Tanrısal Düzeni</t>
+          <t>Acılar Denizi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258349726</t>
+          <t>9786257221399</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Endüstrinin Yaban Kedileri</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258349535</t>
+          <t>9786258349375</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatla Yaşamak</t>
+          <t>Anlam Anahtarı - Liseler Ve Üniversite Hazırlık İçin</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258349634</t>
+          <t>9786256885011</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Kapı</t>
+          <t>Görkemli Unutuş - Toplumsal Belleğin Kıvrımlarında Dumlupınar Faciası</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258349580</t>
+          <t>9786258349924</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Divine Order of the Universe</t>
+          <t>Zafere Giden Yol</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258349559</t>
+          <t>9786258349993</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>5 Celse 575 Gün</t>
+          <t>Padişahların Anneleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258349368</t>
+          <t>9786256885066</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Anlam Anahtarı - Ortaokul İçin</t>
+          <t>Ölüm Bizim İçin Değil</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257647229</t>
+          <t>9786256885073</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Emir</t>
+          <t>Bitmeyen Sürgün</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258349733</t>
+          <t>9786256885042</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bulut</t>
+          <t>Madencilik ve Çevre</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258349696</t>
+          <t>9786258349962</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Leibniz’den Yapay Zekaya</t>
+          <t>Cumhuriyet'in Kaybı ve Derin Tahribatlar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258349719</t>
+          <t>9786258349757</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar - 1</t>
+          <t>Numeroloji ve Melek Sayıları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258349702</t>
+          <t>9786258349887</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Gizler - Atlantisten Taş Kürelere Neandarthallerden Antroposen'e</t>
+          <t>Sultanlara İmparatorlara Diz Çöktüren Kadınlar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258349665</t>
+          <t>9786258349610</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Latife Cumhuriyet Kadını</t>
+          <t>Katalonya'ya Selam</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254448133</t>
+          <t>9786258349672</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto - Sosyalizmin Alfabesi - Diyalektik ve Tarihi Materyalizm</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258349511</t>
+          <t>9786058349245</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Askı</t>
+          <t>İyimserlik - Optimizm</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257647458</t>
+          <t>9786258349566</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ayrılıyoruz</t>
+          <t>Gerçek ve Gerçeklik - İnsan İradesinin Bir Yaşam Tarihi</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257647717</t>
+          <t>9786258349573</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Feriha</t>
+          <t>Evren’in Tanrısal Düzeni</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257221801</t>
+          <t>9786258349726</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Vampir Hikayeleri</t>
+          <t>Endüstrinin Yaban Kedileri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258349290</t>
+          <t>9786258349535</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Emlakta Kurumsal Düzen</t>
+          <t>Edebiyatla Yaşamak</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057370648</t>
+          <t>9786258349634</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Gavur Efe</t>
+          <t>Duvardaki Kapı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057361677</t>
+          <t>9786258349580</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Germenlerle Slavların Kökeni</t>
+          <t>Divine Order of the Universe</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258349481</t>
+          <t>9786258349559</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Günlük Modumuz ve Yediklerimiz</t>
+          <t>5 Celse 575 Gün</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257221870</t>
+          <t>9786258349368</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Heredot'tan Neyzen Tevfik'e Bilgelik Öyküleri</t>
+          <t>Anlam Anahtarı - Ortaokul İçin</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257221948</t>
+          <t>9786257647229</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Herşey Herşeyin İçinde</t>
+          <t>İlk 100 Emir</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057146274</t>
+          <t>9786258349733</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İçerik Pazarlama</t>
+          <t>Mavi Bulut</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258349443</t>
+          <t>9786258349696</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İhtişamlı Ambersonlar</t>
+          <t>Leibniz’den Yapay Zekaya</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057361660</t>
+          <t>9786258349719</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İlk 1 Saniye</t>
+          <t>Pardayanlar - 1</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057146205</t>
+          <t>9786258349702</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sözleşmesi ve Kadın</t>
+          <t>Gizler - Atlantisten Taş Kürelere Neandarthallerden Antroposen'e</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254448164</t>
+          <t>9786258349665</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Gezegeni</t>
+          <t>Latife Cumhuriyet Kadını</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257647885</t>
+          <t>9786254448133</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kitaptaki Not</t>
+          <t>Komünist Manifesto - Sosyalizmin Alfabesi - Diyalektik ve Tarihi Materyalizm</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257647311</t>
+          <t>9786258349511</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Efsane ve Masalları</t>
+          <t>Askı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258349153</t>
+          <t>9786257647458</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Hint Toplumlarının Kökeni</t>
+          <t>Eyvah Ayrılıyoruz</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257647434</t>
+          <t>9786257647717</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Hayaletleri</t>
+          <t>Feriha</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257370617</t>
+          <t>9786257221801</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Nefer</t>
+          <t>En Güzel Vampir Hikayeleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258349214</t>
+          <t>9786258349290</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Neyse...</t>
+          <t>Emlakta Kurumsal Düzen</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057146281</t>
+          <t>9786057370648</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Yaratıcı Drama</t>
+          <t>Gavur Efe</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257221788</t>
+          <t>9786057361677</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Onurlu Bayan Günışığı</t>
+          <t>Germenlerle Slavların Kökeni</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258349399</t>
+          <t>9786258349481</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - Napoli İlişkileri (1737-1759)</t>
+          <t>Günlük Modumuz ve Yediklerimiz</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258349344</t>
+          <t>9786257221870</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dört Dilli Zaza Eremedi Pivaza - Misto'nun Hikayesi</t>
+          <t>Heredot'tan Neyzen Tevfik'e Bilgelik Öyküleri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258349238</t>
+          <t>9786257221948</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Dokunmanın Gücü</t>
+          <t>Herşey Herşeyin İçinde</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258349351</t>
+          <t>9786057146274</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Dna'mız Sıfırlanacak - Progenitör</t>
+          <t>İçerik Pazarlama</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057146298</t>
+          <t>9786258349443</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dingin Yaşamın Kutsal Kitabı</t>
+          <t>İhtişamlı Ambersonlar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057146229</t>
+          <t>9786057361660</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamlarının Vasıf ve Sorumlulukları</t>
+          <t>İlk 1 Saniye</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257221368</t>
+          <t>9786057146205</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Demokrasi</t>
+          <t>İstanbul Sözleşmesi ve Kadın</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258349412</t>
+          <t>9786254448164</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Dekabristler - Aralıkçılar İsyanı</t>
+          <t>Kadınlar Gezegeni</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257647861</t>
+          <t>9786257647885</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çözülemeyen Gizemli Olaylar</t>
+          <t>Kitaptaki Not</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257647670</t>
+          <t>9786257647311</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Celile Hanım</t>
+          <t>Kızılderili Efsane ve Masalları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786005737065</t>
+          <t>9786258349153</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Biyoteknoloji Çağında İnsan Kalabilmek</t>
+          <t>Kuzey Hint Toplumlarının Kökeni</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257221764</t>
+          <t>9786257647434</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Tören ve Alaylar</t>
+          <t>Mahşerin Hayaletleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258349016</t>
+          <t>9786257370617</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Otizm - Farkındalık ve İletişim</t>
+          <t>Nefer</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257647472</t>
+          <t>9786258349214</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Şamanik Şifa</t>
+          <t>Neyse...</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257647045</t>
+          <t>9786057146281</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Sosyalist Gerçekçilik</t>
+          <t>Okul Öncesi Eğitimde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057146236</t>
+          <t>9786257221788</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Şans Nasıl Denenir?</t>
+          <t>Onurlu Bayan Günışığı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257647892</t>
+          <t>9786258349399</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tanık</t>
+          <t>Osmanlı - Napoli İlişkileri (1737-1759)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258349283</t>
+          <t>9786258349344</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Kozmik Yansımalar</t>
+          <t>Dört Dilli Zaza Eremedi Pivaza - Misto'nun Hikayesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257221504</t>
+          <t>9786258349238</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Simyacı Romanındaki Gizemli Mesajların Analizi</t>
+          <t>Dokunmanın Gücü</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258349320</t>
+          <t>9786258349351</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 2. Kitap</t>
+          <t>Dna'mız Sıfırlanacak - Progenitör</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057361646</t>
+          <t>9786057146298</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 1. Kitap</t>
+          <t>Dingin Yaşamın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057361653</t>
+          <t>9786057146229</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bersisa - Şeytan Tuzağı</t>
+          <t>Devlet Adamlarının Vasıf ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257647052</t>
+          <t>9786257221368</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Aşka Boyanan Kadınlar - 2</t>
+          <t>Devlet ve Demokrasi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257221894</t>
+          <t>9786258349412</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aşka Boyanan Kadınlar</t>
+          <t>Dekabristler - Aralıkçılar İsyanı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257221856</t>
+          <t>9786257647861</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Aşk Menem Aşık Menem</t>
+          <t>Çözülemeyen Gizemli Olaylar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258349474</t>
+          <t>9786257647670</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tarihinin Gerçeği - 12 Bin Yıllık Türk Varlığı</t>
+          <t>Celile Hanım</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258349009</t>
+          <t>9786005737065</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Altın Çiçeğin Sırrı</t>
+          <t>Biyoteknoloji Çağında İnsan Kalabilmek</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257221757</t>
+          <t>9786257221764</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Cenaze Kaldırma</t>
+          <t>Osmanlı'da Tören ve Alaylar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258349542</t>
+          <t>9786258349016</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Son Mandal</t>
+          <t>Otizm - Farkındalık ve İletişim</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257647533</t>
+          <t>9786257647472</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Nedir?</t>
+          <t>Şamanik Şifa</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257647298</t>
+          <t>9786257647045</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Temel İlkeri</t>
+          <t>Sanatta Sosyalist Gerçekçilik</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258349252</t>
+          <t>9786057146236</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Temeli</t>
+          <t>Şans Nasıl Denenir?</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257221795</t>
+          <t>9786257647892</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sümbülün Yüreği</t>
+          <t>Sessiz Tanık</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257221252</t>
+          <t>9786258349283</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sufizm</t>
+          <t>Şiirsel Kozmik Yansımalar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257647359</t>
+          <t>9786257221504</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Taciz</t>
+          <t>Simyacı Romanındaki Gizemli Mesajların Analizi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057221115</t>
+          <t>9786258349320</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf</t>
+          <t>Bilgeliğin Yedi Sütunu 2. Kitap</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258349061</t>
+          <t>9786057361646</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy Gandhi Mektuplaşmaları</t>
+          <t>Bilgeliğin Yedi Sütunu 1. Kitap</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257647083</t>
+          <t>9786057361653</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Troya'nın Hazineleri</t>
+          <t>Bersisa - Şeytan Tuzağı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257221818</t>
+          <t>9786257647052</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Hayat</t>
+          <t>Aşka Boyanan Kadınlar - 2</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057370600</t>
+          <t>9786257221894</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık ve Bilim</t>
+          <t>Aşka Boyanan Kadınlar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257647366</t>
+          <t>9786257221856</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Konuk</t>
+          <t>Aşk Menem Aşık Menem</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057146243</t>
+          <t>9786258349474</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Yolcuları</t>
+          <t>Anadolu Tarihinin Gerçeği - 12 Bin Yıllık Türk Varlığı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257647854</t>
+          <t>9786258349009</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Sanatçılar Anayasası</t>
+          <t>Altın Çiçeğin Sırrı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257647946</t>
+          <t>9786257221757</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yurdun Emek Yıldızları</t>
+          <t>Alevilikte Cenaze Kaldırma</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257647304</t>
+          <t>9786258349542</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Zebra Pilot</t>
+          <t>Son Mandal</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258349504</t>
+          <t>9786257647533</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yitik Leyla</t>
+          <t>Sosyalizm Nedir?</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257647724</t>
+          <t>9786257647298</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Ayarlan - Hayat Seni Bekliyor</t>
+          <t>Aleviliğin Temel İlkeri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257221726</t>
+          <t>9786258349252</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Kanlı Tarihi</t>
+          <t>Ahlakın Temeli</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257221719</t>
+          <t>9786257221795</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Galata Çöplüğü</t>
+          <t>Sümbülün Yüreği</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258349191</t>
+          <t>9786257221252</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Cesetlerden Hallice</t>
+          <t>100 Soruda Sufizm</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258349184</t>
+          <t>9786257647359</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kelle Koltukta</t>
+          <t>Taciz</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257647908</t>
+          <t>9786057221115</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Güncesi</t>
+          <t>Tasavvuf</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258349306</t>
+          <t>9786258349061</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İran Tarihinin Gerçeği</t>
+          <t>Tolstoy Gandhi Mektuplaşmaları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258349160</t>
+          <t>9786257647083</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Larende’nin Varisleri</t>
+          <t>Troya'nın Hazineleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057370624</t>
+          <t>9786257221818</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Üçüncü Hayat</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257647748</t>
+          <t>9786057370600</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güç Oyunu</t>
+          <t>Uygarlık ve Bilim</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257647502</t>
+          <t>9786257647366</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası</t>
+          <t>Uzaylı Konuk</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057146250</t>
+          <t>9786057146243</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Elmas Sutra</t>
+          <t>Yabanın Yolcuları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057370662</t>
+          <t>9786257647854</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Sanatı - Zen Dersleri</t>
+          <t>Yaşasın Sanatçılar Anayasası</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257647397</t>
+          <t>9786257647946</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Yer Kökenli Tehlikeler</t>
+          <t>Yurdun Emek Yıldızları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257647830</t>
+          <t>9786257647304</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tanık</t>
+          <t>Zebra Pilot</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257647403</t>
+          <t>9786258349504</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik ve Teknolojik Tehlikeler</t>
+          <t>Yitik Leyla</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257647571</t>
+          <t>9786257647724</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Enok'un Kayıp Kitabı</t>
+          <t>Yaşama Ayarlan - Hayat Seni Bekliyor</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257647984</t>
+          <t>9786257221726</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'de Yeni Tasavvufi Eğilimler</t>
+          <t>Osmanlının Kanlı Tarihi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257647410</t>
+          <t>9786257221719</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İklimsel ve Biyolojik Tehlikeler</t>
+          <t>Galata Çöplüğü</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257647380</t>
+          <t>9786258349191</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Deprem ve Tsunami</t>
+          <t>Cesetlerden Hallice</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257647427</t>
+          <t>9786258349184</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Elementler ve Sağlık</t>
+          <t>Kelle Koltukta</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257647939</t>
+          <t>9786257647908</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Emlakçılar Okumasın</t>
+          <t>Gölgelerin Güncesi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257647953</t>
+          <t>9786258349306</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Cosmos ve Ben</t>
+          <t>İran Tarihinin Gerçeği</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057146212</t>
+          <t>9786258349160</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bütün İlkleri Yeniden Yaşa</t>
+          <t>Larende’nin Varisleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786056818028</t>
+          <t>9786057370624</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Bilgeliği</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257647922</t>
+          <t>9786257647748</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Larende’nin Düşüşü Larende’nin Varisleri Kısım -1</t>
+          <t>Küresel Güç Oyunu</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057361693</t>
+          <t>9786257647502</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sindirimin Gerçek Öyküsü</t>
+          <t>Su Damlası</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057361639</t>
+          <t>9786057146250</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>I Ching - Değişimler Kitabı</t>
+          <t>Elmas Sutra</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257647663</t>
+          <t>9786057370662</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Tüccarlar, Fatihler ve Zigguratlar</t>
+          <t>Liderlik Sanatı - Zen Dersleri</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057361615</t>
+          <t>9786257647397</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching - Nur ve Öz Kitabı</t>
+          <t>Yer Kökenli Tehlikeler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057361622</t>
+          <t>9786257647830</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Şarkısı</t>
+          <t>Tanık</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057370655</t>
+          <t>9786257647403</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Biyoteknoloji Çağında İnsan Kalabilmek</t>
+          <t>Sosyolojik ve Teknolojik Tehlikeler</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057361608</t>
+          <t>9786257647571</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Sakin Beyaz Tuna</t>
+          <t>Peygamber Enok'un Kayıp Kitabı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257647847</t>
+          <t>9786257647984</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İlk Olarak Politik Konulara Çivi</t>
+          <t>Modern Türkiye'de Yeni Tasavvufi Eğilimler</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257647915</t>
+          <t>9786257647410</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>2035 - Sonun Başlangıcı</t>
+          <t>İklimsel ve Biyolojik Tehlikeler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257647816</t>
+          <t>9786257647380</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Mucize Tedavi</t>
+          <t>Gençler İçin Deprem ve Tsunami</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257647649</t>
+          <t>9786257647427</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Popüler Diyetlerin Toplu Mezarlığı Sağlıklı ve Uzun Yaşama Dair Muhteşem Tavsiyeler</t>
+          <t>Elementler ve Sağlık</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257647809</t>
+          <t>9786257647939</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Patlak Ampul</t>
+          <t>Emlakçılar Okumasın</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257647694</t>
+          <t>9786257647953</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Telomer Gerçeği</t>
+          <t>Cosmos ve Ben</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257647687</t>
+          <t>9786057146212</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Dogma ve Sosyoloji</t>
+          <t>Bütün İlkleri Yeniden Yaşa</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257647755</t>
+          <t>9786056818028</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Tribünde Var Bir İyi Adam</t>
+          <t>Duyguların Bilgeliği</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257221320</t>
+          <t>9786257647922</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayında Cinsel Eğlimler</t>
+          <t>Larende’nin Düşüşü Larende’nin Varisleri Kısım -1</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257647441</t>
+          <t>9786057361693</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>5. Boyut</t>
+          <t>Sindirimin Gerçek Öyküsü</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257647595</t>
+          <t>9786057361639</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han’ın Tatar Kağanlığı</t>
+          <t>I Ching - Değişimler Kitabı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257647601</t>
+          <t>9786257647663</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ustaca Yaşlanma</t>
+          <t>Tüccarlar, Fatihler ve Zigguratlar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257647618</t>
+          <t>9786057361615</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Evrim El Kitabı</t>
+          <t>Tao Te Ching - Nur ve Öz Kitabı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257647625</t>
+          <t>9786057361622</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Saat</t>
+          <t>Tanrı'nın Şarkısı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257647632</t>
+          <t>9786057370655</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Anılarla, Öykülerle ve Fıkralarla Anadolu</t>
+          <t>Biyoteknoloji Çağında İnsan Kalabilmek</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257221412</t>
+          <t>9786057361608</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>The Şeyh Sait - Bir İngiliz Oyunu</t>
+          <t>Sakin Beyaz Tuna</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257221863</t>
+          <t>9786257647847</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Masonlar</t>
+          <t>İlk Olarak Politik Konulara Çivi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257647564</t>
+          <t>9786257647915</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kanla Abdest Alanlar</t>
+          <t>2035 - Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257647137</t>
+          <t>9786257647816</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Beyin</t>
+          <t>Mucize Tedavi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257647519</t>
+          <t>9786257647649</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Evrimi</t>
+          <t>Popüler Diyetlerin Toplu Mezarlığı Sağlıklı ve Uzun Yaşama Dair Muhteşem Tavsiyeler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257221740</t>
+          <t>9786257647809</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Mevlana İle Sohbet</t>
+          <t>Patlak Ampul</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257647212</t>
+          <t>9786257647694</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Silahsız Güç: Boykot</t>
+          <t>Telomer Gerçeği</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257647182</t>
+          <t>9786257647687</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hazar Kağanlığı</t>
+          <t>Dogma ve Sosyoloji</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257647120</t>
+          <t>9786257647755</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Simetrik Can Alıcı Diriliş</t>
+          <t>Tribünde Var Bir İyi Adam</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257221962</t>
+          <t>9786257221320</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Yolculukların Hüzünlü Gezgini</t>
+          <t>Osmanlı Sarayında Cinsel Eğlimler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257647090</t>
+          <t>9786257647441</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sakal</t>
+          <t>5. Boyut</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257721825</t>
+          <t>9786257647595</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Cengiz Han’ın Tatar Kağanlığı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257221382</t>
+          <t>9786257647601</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Gerçek Tarihi</t>
+          <t>Ustaca Yaşlanma</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>620</v>
+        <v>250</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257221771</t>
+          <t>9786257647618</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ketojenik Diyet</t>
+          <t>Herkes İçin Evrim El Kitabı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257221542</t>
+          <t>9786257647625</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Leninizm Nedir?</t>
+          <t>Biyolojik Saat</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257221665</t>
+          <t>9786257647632</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Politik Ekonomi Nedir?</t>
+          <t>Anılarla, Öykülerle ve Fıkralarla Anadolu</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257221429</t>
+          <t>9786257221412</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'le Sohbet</t>
+          <t>The Şeyh Sait - Bir İngiliz Oyunu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254448102</t>
+          <t>9786257221863</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Turan Tarihine Giriş</t>
+          <t>Masonlar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257221535</t>
+          <t>9786257647564</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Komünizm Nedir?</t>
+          <t>Kanla Abdest Alanlar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257221528</t>
+          <t>9786257647137</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Beyin</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257221269</t>
+          <t>9786257647519</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Anne, Baba ve Eğitimciler İçin Büyüme Sürecinde Sorunlar ve Çözüm Yolları</t>
+          <t>Denizlerin Evrimi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257221337</t>
+          <t>9786257221740</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Cem Uygulamaları</t>
+          <t>Mevlana İle Sohbet</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257221375</t>
+          <t>9786257647212</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Gök Tanrı İnancı</t>
+          <t>Silahsız Güç: Boykot</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257221290</t>
+          <t>9786257647182</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Postacı Kız</t>
+          <t>Hazar Kağanlığı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257221030</t>
+          <t>9786257647120</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Teleny</t>
+          <t>Simetrik Can Alıcı Diriliş</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257221313</t>
+          <t>9786257221962</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih - Ne Varsa O'nun İçinde Var</t>
+          <t>Unutulmaz Yolculukların Hüzünlü Gezgini</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257221344</t>
+          <t>9786257647090</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Musa’nın Çocukları</t>
+          <t>Sakal</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786050614466</t>
+          <t>9786257721825</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Dört Odası</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786057941930</t>
+          <t>9786257221382</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Komünizm ve Sol Korkusu</t>
+          <t>Türklerin Gerçek Tarihi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
+          <t>9786257221771</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Ketojenik Diyet</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786257221542</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Marksizm Leninizm Nedir?</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786257221665</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Politik Ekonomi Nedir?</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786257221429</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal'le Sohbet</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786254448102</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Turan Tarihine Giriş</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786257221535</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Komünizm Nedir?</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786257221528</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786257221269</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Anne, Baba ve Eğitimciler İçin Büyüme Sürecinde Sorunlar ve Çözüm Yolları</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786257221337</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Alevilikte Cem Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786257221375</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Gök Tanrı İnancı</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786257221290</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Postacı Kız</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786257221030</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Teleny</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786257221313</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Fihi Ma Fih - Ne Varsa O'nun İçinde Var</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786257221344</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Musa’nın Çocukları</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786050614466</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Dört Odası</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786057941930</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Komünizm ve Sol Korkusu</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
           <t>9786054452828</t>
         </is>
       </c>
-      <c r="B478" s="1" t="inlineStr">
+      <c r="B494" s="1" t="inlineStr">
         <is>
           <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
-      <c r="C478" s="1">
+      <c r="C494" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>