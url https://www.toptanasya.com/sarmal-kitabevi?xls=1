--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,7435 +85,7615 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259365534</t>
+          <t>9786259398488</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ayna Bekçileri ve Kuantum Numerolojisi</t>
+          <t>Kitlelerin Ayaklanışı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259365527</t>
+          <t>9786259365558</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Lazlar - Işığından Sayılır Güneşin 1. Kitap</t>
+          <t>Devrim Seni Seviyorum</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259275048</t>
+          <t>9786259365541</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Köleliğin Zincirleri</t>
+          <t>Yoga Vazişta 1. Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259385174</t>
+          <t>9786259365565</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Ben Olacaksınız - 2026 Ajanda</t>
+          <t>Yoga Vazişta 2. Kitap</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259275024</t>
+          <t>9786259365572</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güzel Olur Bazen Sonlar</t>
+          <t>Avrupa’da Cadılık</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259275031</t>
+          <t>9786259365589</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Çağırıyor Gitmesem Olmaz</t>
+          <t>Prusyacılık ve Sosyalizm</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259275079</t>
+          <t>9786258693003</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler</t>
+          <t>Kaçan Uçurtmamız</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259365503</t>
+          <t>9786259365596</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Ateş</t>
+          <t>Noel Kutlaması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259275017</t>
+          <t>9786258693010</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çin Astrolojisi</t>
+          <t>Ruhsal Enerji</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259275062</t>
+          <t>9786258693034</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Bahçanızdan Erik Bile Çalmadım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259398419</t>
+          <t>9786258693027</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yunan Tarihinin Gerçeği</t>
+          <t>Devlet Vergi İsyan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259385150</t>
+          <t>9786258693041</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yunan Biyolojisi ve Tıbbı</t>
+          <t>Kan Davası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259275000</t>
+          <t>9786259365534</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Ölürken</t>
+          <t>Ayna Bekçileri ve Kuantum Numerolojisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259385198</t>
+          <t>9786259365527</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnanç Şifa ve Tıp</t>
+          <t>Lazlar - Işığından Sayılır Güneşin 1. Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259385167</t>
+          <t>9786259275048</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Japonya Siyaseti ve Türkiye-Japonya İlişkileri</t>
+          <t>Köleliğin Zincirleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259385143</t>
+          <t>9786259385174</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rüzgâra Kapılmış</t>
+          <t>Yeni Bir Ben Olacaksınız - 2026 Ajanda</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259398471</t>
+          <t>9786259275024</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tufan 2. Kitap</t>
+          <t>Güzel Olur Bazen Sonlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259398464</t>
+          <t>9786259275031</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yazan Kalem</t>
+          <t>Sonbahar Çağırıyor Gitmesem Olmaz</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259385129</t>
+          <t>9786259275079</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Güncel Evrimi</t>
+          <t>Hayaletler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259385112</t>
+          <t>9786259365503</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dengesizliği</t>
+          <t>Bozkırdaki Ateş</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259398495</t>
+          <t>9786259275017</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hallaç-ı Mansur Ölüme Giderken</t>
+          <t>Çin Astrolojisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259385105</t>
+          <t>9786259275062</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu Neleri Unuttu?</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259385136</t>
+          <t>9786259398419</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılabı Üzerine Düşünceler</t>
+          <t>Yunan Tarihinin Gerçeği</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255601070</t>
+          <t>9786259385150</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mors Kooperatifi</t>
+          <t>Yunan Biyolojisi ve Tıbbı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259656571</t>
+          <t>9786259275000</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Devrimin İçinden</t>
+          <t>Osmanlı Devleti Ölürken</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259656564</t>
+          <t>9786259385198</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Kılıç - 2. Kitap</t>
+          <t>İnanç Şifa ve Tıp</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259633404</t>
+          <t>9786259385167</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Kılıç - 1. Kitap</t>
+          <t>Japonya Siyaseti ve Türkiye-Japonya İlişkileri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259656588</t>
+          <t>9786259385143</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve İnsanın Evrimi</t>
+          <t>Rüzgâra Kapılmış</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259398402</t>
+          <t>9786259398471</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik Aklın Serüveni</t>
+          <t>Tufan 2. Kitap</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259398433</t>
+          <t>9786259398464</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Öznesi Olmak</t>
+          <t>Kendini Yazan Kalem</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255518927</t>
+          <t>9786259385129</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Yapay Zeka Okuryazarlığı</t>
+          <t>Dünyanın Güncel Evrimi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259398457</t>
+          <t>9786259385112</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Baki Kalan</t>
+          <t>Dünyanın Dengesizliği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259656595</t>
+          <t>9786259398495</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Logosu Felsefeden Arındırmak</t>
+          <t>Hallaç-ı Mansur Ölüme Giderken</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758304592</t>
+          <t>9786259385105</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kafir</t>
+          <t>İnsanoğlu Neleri Unuttu?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259656557</t>
+          <t>9786259385136</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tufan 1. Kitap</t>
+          <t>Türk İnkılabı Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259633497</t>
+          <t>9786255601070</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Voltaire’in Felsefe Sözlüğü Cilt 6</t>
+          <t>Mors Kooperatifi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259656533</t>
+          <t>9786259656571</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 10</t>
+          <t>Devrimin İçinden</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259656519</t>
+          <t>9786259656564</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 8</t>
+          <t>Ateş ve Kılıç - 2. Kitap</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259656502</t>
+          <t>9786259633404</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 7</t>
+          <t>Ateş ve Kılıç - 1. Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259656526</t>
+          <t>9786259656588</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 9</t>
+          <t>Ahlak ve İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256005297</t>
+          <t>9786259398402</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Felsefesinde Kaygı'nın Yeri</t>
+          <t>İdeolojik Aklın Serüveni</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256005143</t>
+          <t>9786259398433</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Anne &amp; Şefkat ve Merhamet Pınarı</t>
+          <t>Hayatın Öznesi Olmak</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259633459</t>
+          <t>9786255518927</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Atatürk Demedikçe Karanlık Kabadayı Gezer</t>
+          <t>Eleştirel Yapay Zeka Okuryazarlığı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259633473</t>
+          <t>9786259398457</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Melodi</t>
+          <t>Baki Kalan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259633466</t>
+          <t>9786259656595</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeyler Okunmasın Diye Yazılır</t>
+          <t>Logosu Felsefeden Arındırmak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259633411</t>
+          <t>9789758304592</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Acımak</t>
+          <t>Kafir</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259633480</t>
+          <t>9786259656557</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Felsefesi</t>
+          <t>Tufan 1. Kitap</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255518965</t>
+          <t>9786259633497</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Yukarıda: Eskiçağ Mezopotamya Dininin Göksel Yönü ve Göksel Kehanetler</t>
+          <t>Voltaire’in Felsefe Sözlüğü Cilt 6</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255518989</t>
+          <t>9786259656533</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Filozof Derviş Yunus Emre</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 10</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256885776</t>
+          <t>9786259656519</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>“Milli Güvenlik” Algısı Kıskacında Türkiye</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 8</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256885035</t>
+          <t>9786259656502</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Hipnoz</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 7</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256885646</t>
+          <t>9786259656526</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 4. Kitap</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 9</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255518200</t>
+          <t>9786256005297</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Travma Sonrası Stres Bozukluğu El Kitabı</t>
+          <t>Heidegger Felsefesinde Kaygı'nın Yeri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255518309</t>
+          <t>9786256005143</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Diagnostik Emperyalizm</t>
+          <t>Anne &amp; Şefkat ve Merhamet Pınarı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255518286</t>
+          <t>9786259633459</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Ergenlerde Travma</t>
+          <t>Kadınlar Atatürk Demedikçe Karanlık Kabadayı Gezer</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255518293</t>
+          <t>9786259633473</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Kitabı</t>
+          <t>Hayalet Melodi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255518279</t>
+          <t>9786259633466</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Sosyal Psikolojisi</t>
+          <t>Bazı Şeyler Okunmasın Diye Yazılır</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256885462</t>
+          <t>9786259633411</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kara Gözlerin Ak Umudu</t>
+          <t>Acımak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256885479</t>
+          <t>9786259633480</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Bizim</t>
+          <t>Yaşam Felsefesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257647540</t>
+          <t>9786255518965</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Köken Sözlüğü</t>
+          <t>Bir Zamanlar Yukarıda: Eskiçağ Mezopotamya Dininin Göksel Yönü ve Göksel Kehanetler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255518750</t>
+          <t>9786255518989</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Türklerle Savaşları</t>
+          <t>Filozof Derviş Yunus Emre</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255518866</t>
+          <t>9786256885776</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Düşyokuş</t>
+          <t>“Milli Güvenlik” Algısı Kıskacında Türkiye</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255518873</t>
+          <t>9786256885035</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Son Işık Da Söndü</t>
+          <t>Kendi Kendine Hipnoz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255518941</t>
+          <t>9786256885646</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 8</t>
+          <t>Bilgeliğin Yedi Sütunu 4. Kitap</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255518835</t>
+          <t>9786255518200</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fındıkkıran ve Farelerin Kralı</t>
+          <t>Travma ve Travma Sonrası Stres Bozukluğu El Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255518842</t>
+          <t>9786255518309</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Serapionun Hikayesi</t>
+          <t>Diagnostik Emperyalizm</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255518897</t>
+          <t>9786255518286</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ütopik ve Bilimsel Sosyalizm</t>
+          <t>Çocuklarda ve Ergenlerde Travma</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255518804</t>
+          <t>9786255518293</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zaralı Nuri</t>
+          <t>Avrupa Birliği Kitabı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255518781</t>
+          <t>9786255518279</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gavur Kızı</t>
+          <t>Ahlakın Sosyal Psikolojisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255518798</t>
+          <t>9786256885462</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aleviler Atatürk'ü Neden Çok Sever?</t>
+          <t>Kara Gözlerin Ak Umudu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255518811</t>
+          <t>9786256885479</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Çocuğunun Anıları</t>
+          <t>Bu Dünya Bizim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255518880</t>
+          <t>9786257647540</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 7</t>
+          <t>Türk Dilinin Köken Sözlüğü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>500</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255518903</t>
+          <t>9786255518750</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Quovadis</t>
+          <t>Türklerin Türklerle Savaşları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256005204</t>
+          <t>9786255518866</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar 2 - Aşk Destanı</t>
+          <t>Düşyokuş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255518859</t>
+          <t>9786255518873</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar - 3</t>
+          <t>Son Işık Da Söndü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255519412</t>
+          <t>9786255518941</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>I Ching – I Ching Yorumu</t>
+          <t>Büyük Savaşın Hikayesi Cilt 8</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255518736</t>
+          <t>9786255518835</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Uykular Bahçesi</t>
+          <t>Fındıkkıran ve Farelerin Kralı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255518828</t>
+          <t>9786255518842</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Serapionun Hikayesi</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255518767</t>
+          <t>9786255518897</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Acıları</t>
+          <t>Ütopik ve Bilimsel Sosyalizm</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255518774</t>
+          <t>9786255518804</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 6</t>
+          <t>Zaralı Nuri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255518743</t>
+          <t>9786255518781</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 5</t>
+          <t>Gavur Kızı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255518705</t>
+          <t>9786255518798</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 4</t>
+          <t>Aleviler Atatürk'ü Neden Çok Sever?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255518712</t>
+          <t>9786255518811</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 3</t>
+          <t>Bir Köy Çocuğunun Anıları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255518590</t>
+          <t>9786255518880</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim ve Turizm</t>
+          <t>Büyük Savaşın Hikayesi Cilt 7</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255518675</t>
+          <t>9786255518903</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Turizm İletişimi ve Tanıtımı</t>
+          <t>Quovadis</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255518682</t>
+          <t>9786256005204</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Görünenin Ötesi</t>
+          <t>Pardayanlar 2 - Aşk Destanı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255518699</t>
+          <t>9786255518859</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>O’yu Bu Yapmak</t>
+          <t>Pardayanlar - 3</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255518613</t>
+          <t>9786255519412</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Leonid Pavloviç Potapov ve Altay Türk Şamanizmi</t>
+          <t>I Ching – I Ching Yorumu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255518521</t>
+          <t>9786255518736</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kan ve Karanlık Tin</t>
+          <t>Küçük Uykular Bahçesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257647878</t>
+          <t>9786255518828</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255518651</t>
+          <t>9786255518767</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Konsantrasyon ve Meditasyon</t>
+          <t>Şeytanın Acıları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255518576</t>
+          <t>9786255518774</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 2</t>
+          <t>Büyük Savaşın Hikayesi Cilt 6</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255518569</t>
+          <t>9786255518743</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Büyük Savaşın Hikayesi Cilt 1</t>
+          <t>Büyük Savaşın Hikayesi Cilt 5</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255518637</t>
+          <t>9786255518705</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Voltaire’in Felsefe Sözlüğü Cilt 5</t>
+          <t>Büyük Savaşın Hikayesi Cilt 4</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255518668</t>
+          <t>9786255518712</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Avrasya'nın Saklı Aklı</t>
+          <t>Büyük Savaşın Hikayesi Cilt 3</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255518620</t>
+          <t>9786255518590</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Ziyaret</t>
+          <t>Göstergebilim ve Turizm</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255518644</t>
+          <t>9786255518675</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kendini Hazırla</t>
+          <t>Turizm İletişimi ve Tanıtımı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255518583</t>
+          <t>9786255518682</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Penceresinden Filmlere Bakmak</t>
+          <t>Görünenin Ötesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255518606</t>
+          <t>9786255518699</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ufolar ve Ölümcül Hipotez</t>
+          <t>O’yu Bu Yapmak</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255518538</t>
+          <t>9786255518613</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türk-İngiliz İlişkileri</t>
+          <t>Leonid Pavloviç Potapov ve Altay Türk Şamanizmi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255518446</t>
+          <t>9786255518521</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Yanıldı mı?/ İznik'te 1700 Yıl Sonra Altın Vuruş</t>
+          <t>Kutlu Kan ve Karanlık Tin</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255518460</t>
+          <t>9786257647878</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Roman Çözümlemeleri</t>
+          <t>Yaşlılık</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255518491</t>
+          <t>9786255518651</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Leyleği Havada Görmek</t>
+          <t>Konsantrasyon ve Meditasyon</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255518453</t>
+          <t>9786255518576</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kura Nehri İçten Akar</t>
+          <t>Büyük Savaşın Hikayesi Cilt 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255518385</t>
+          <t>9786255518569</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kısa Rus Tarihi</t>
+          <t>Büyük Savaşın Hikayesi Cilt 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255518507</t>
+          <t>9786255518637</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Oyunu - İnsan Oyunlarının Psikolojisi</t>
+          <t>Voltaire’in Felsefe Sözlüğü Cilt 5</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255518484</t>
+          <t>9786255518668</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmeye Giden Yol</t>
+          <t>Avrasya'nın Saklı Aklı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255518545</t>
+          <t>9786255518620</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Ruhsal Şifa</t>
+          <t>Tuhaf Ziyaret</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255518439</t>
+          <t>9786255518644</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kültür-Sanat-Gezi Yazılarım</t>
+          <t>Kendini Hazırla</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255518477</t>
+          <t>9786255518583</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Oyunu</t>
+          <t>Anlamın Penceresinden Filmlere Bakmak</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255518392</t>
+          <t>9786255518606</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Walt Whitman'ın Hayatı</t>
+          <t>Ufolar ve Ölümcül Hipotez</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255518422</t>
+          <t>9786255518538</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Orhun Yazıtları</t>
+          <t>Türk-İngiliz İlişkileri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255518415</t>
+          <t>9786255518446</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Lenin Tanrısızların Tanrısı</t>
+          <t>Tanrı Yanıldı mı?/ İznik'te 1700 Yıl Sonra Altın Vuruş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255518361</t>
+          <t>9786255518460</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mabet</t>
+          <t>Roman Çözümlemeleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255518408</t>
+          <t>9786255518491</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>I Ching Yorumu</t>
+          <t>Leyleği Havada Görmek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255518323</t>
+          <t>9786255518453</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Diğer Ben</t>
+          <t>Kura Nehri İçten Akar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255518330</t>
+          <t>9786255518385</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tımarhane</t>
+          <t>Kısa Rus Tarihi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255518378</t>
+          <t>9786255518507</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Âdi İftirası: Mumsöndü</t>
+          <t>İnsanların Oyunu - İnsan Oyunlarının Psikolojisi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255518316</t>
+          <t>9786255518484</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Meftun</t>
+          <t>Kendini Bilmeye Giden Yol</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255518354</t>
+          <t>9786255518545</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Üzerine</t>
+          <t>Bilimsel Ruhsal Şifa</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255518248</t>
+          <t>9786255518439</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cam Kutu İçindeki Mücevher</t>
+          <t>Kültür-Sanat-Gezi Yazılarım</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255518255</t>
+          <t>9786255518477</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>“Homo Homını Manıpulus”</t>
+          <t>Hayvanların Oyunu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255518217</t>
+          <t>9786255518392</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Voltaire’in Felsefe Sözlüğü Cilt 4</t>
+          <t>Walt Whitman'ın Hayatı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255518231</t>
+          <t>9786255518422</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Köken</t>
+          <t>Orhun Yazıtları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255518262</t>
+          <t>9786255518415</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>“Homo Homını Manıpulus”</t>
+          <t>Lenin Tanrısızların Tanrısı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255518064</t>
+          <t>9786255518361</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Heceleri Kodluyorum</t>
+          <t>İçimdeki Mabet</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255518187</t>
+          <t>9786255518408</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Türklerinde Şamanizm ve Milliyetçilik</t>
+          <t>I Ching Yorumu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786255518224</t>
+          <t>9786255518323</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Seviyelendirilmiş Sınıflara Hayır!</t>
+          <t>Diğer Ben</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255518095</t>
+          <t>9786255518330</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Altın Krallık Lidya</t>
+          <t>Tımarhane</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255518194</t>
+          <t>9786255518378</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Demir Adam</t>
+          <t>Dünyanın En Âdi İftirası: Mumsöndü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255518118</t>
+          <t>9786255518316</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Nun Yüce Gerçeği Keşfetme Yolculuğu</t>
+          <t>Gökyüzüne Meftun</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255518125</t>
+          <t>9786255518354</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Nun Rüya Yaşam Rehberi</t>
+          <t>İdeoloji Üzerine</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255518163</t>
+          <t>9786255518248</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Antik ve Modern Dönemde Cinsel Tapınma</t>
+          <t>Cam Kutu İçindeki Mücevher</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255518156</t>
+          <t>9786255518255</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Fallik Tapınma</t>
+          <t>“Homo Homını Manıpulus”</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255518170</t>
+          <t>9786255518217</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - Özet</t>
+          <t>Voltaire’in Felsefe Sözlüğü Cilt 4</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257221146</t>
+          <t>9786255518231</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Stoacılık</t>
+          <t>Köken</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255518057</t>
+          <t>9786255518262</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyetin İdeolojisi: Halkçılık</t>
+          <t>“Homo Homını Manıpulus”</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255518149</t>
+          <t>9786255518064</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri</t>
+          <t>Heceleri Kodluyorum</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255518132</t>
+          <t>9786255518187</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Sibirya Türklerinde Şamanizm ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>850</v>
+        <v>420</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255518101</t>
+          <t>9786255518224</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Evcil Memeli Olmak</t>
+          <t>Seviyelendirilmiş Sınıflara Hayır!</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256885370</t>
+          <t>9786255518095</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Fatma</t>
+          <t>Altın Krallık Lidya</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786255518071</t>
+          <t>9786255518194</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ama Bu Suriyeliler</t>
+          <t>Demir Adam</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256005983</t>
+          <t>9786255518118</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Narsizm ve İktidar</t>
+          <t>Nun Yüce Gerçeği Keşfetme Yolculuğu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255518040</t>
+          <t>9786255518125</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızdaki Baharlara Merhaba</t>
+          <t>Nun Rüya Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255518088</t>
+          <t>9786255518163</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 3</t>
+          <t>Antik ve Modern Dönemde Cinsel Tapınma</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255518026</t>
+          <t>9786255518156</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Parçacık Seyahati Yeni Higgs İzleri</t>
+          <t>Fallik Tapınma</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255518033</t>
+          <t>9786255518170</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Yedi Çılgınlığı</t>
+          <t>Mesnevi - Özet</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256005990</t>
+          <t>9786257221146</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hollywood ve Mutlu Son Fenomeni</t>
+          <t>Stoacılık</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255518019</t>
+          <t>9786255518057</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kamusal Alanda İktidar Mücadelesi</t>
+          <t>Erken Cumhuriyetin İdeolojisi: Halkçılık</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255518002</t>
+          <t>9786255518149</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölüler Diyaloğu</t>
+          <t>Bilimin Öncüleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257647656</t>
+          <t>9786255518132</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ali Hoca Set (5 Kitap Takım)</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>800</v>
+        <v>850</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256005952</t>
+          <t>9786255518101</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Haşim Nahit Erbil Türk Fikir Tarihindeki Yeri</t>
+          <t>Türkiye'de Evcil Memeli Olmak</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256005969</t>
+          <t>9786256885370</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Delilik</t>
+          <t>Babaannem Fatma</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256005976</t>
+          <t>9786255518071</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 2</t>
+          <t>Ama Bu Suriyeliler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256005914</t>
+          <t>9786256005983</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Büyük Kuşatmalar</t>
+          <t>Narsizm ve İktidar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>620</v>
+        <v>320</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256005921</t>
+          <t>9786255518040</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Boethius ve Kındı’de Felsefi Sağaltım</t>
+          <t>Hayatınızdaki Baharlara Merhaba</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256005945</t>
+          <t>9786255518088</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türk Şaman Uygarlığı -II-</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 3</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256005938</t>
+          <t>9786255518026</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türk Şaman Uygarlığı -I-</t>
+          <t>Parçacık Seyahati Yeni Higgs İzleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>470</v>
+        <v>170</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256005907</t>
+          <t>9786255518033</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yarın Hitlerin mi?</t>
+          <t>Bilimin Yedi Çılgınlığı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256005884</t>
+          <t>9786256005990</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Voltaire'in Felsefe Sözlüğü Cilt 1</t>
+          <t>Hollywood ve Mutlu Son Fenomeni</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256005853</t>
+          <t>9786255518019</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Vatandaşlık</t>
+          <t>Dijital Kamusal Alanda İktidar Mücadelesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256005860</t>
+          <t>9786255518002</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>BaşMelek</t>
+          <t>Bir Ölüler Diyaloğu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256005877</t>
+          <t>9786257647656</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Küresel İklim Değişikliği ve Kitlesel Yok Oluşlar</t>
+          <t>Ali Hoca Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256005822</t>
+          <t>9786256005952</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Önce Acıktım Sonra Ağladım</t>
+          <t>Haşim Nahit Erbil Türk Fikir Tarihindeki Yeri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256005839</t>
+          <t>9786256005969</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Değişen Erkek İmgesi</t>
+          <t>Delilik</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256005679</t>
+          <t>9786256005976</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nagualizm</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 2</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256005761</t>
+          <t>9786256005914</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Moskova'nın Aynaları</t>
+          <t>Tarihteki Büyük Kuşatmalar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>620</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256005808</t>
+          <t>9786256005921</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Felsefesi</t>
+          <t>Boethius ve Kındı’de Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256005747</t>
+          <t>9786256005945</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Jean Baudrillard Düşüncesinde Hakikat Sorunu</t>
+          <t>Kadim Türk Şaman Uygarlığı -II-</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256005709</t>
+          <t>9786256005938</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Biyolojinin Felsefesi</t>
+          <t>Kadim Türk Şaman Uygarlığı -I-</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256005792</t>
+          <t>9786256005907</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Ölüler Kitabı</t>
+          <t>Yarın Hitlerin mi?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256005815</t>
+          <t>9786256005884</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Celal Nuri İleri</t>
+          <t>Voltaire'in Felsefe Sözlüğü Cilt 1</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256005754</t>
+          <t>9786256005853</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Dijital Dünyada Vatandaşlık</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257221078</t>
+          <t>9786256005860</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şans Aşk ve Mantık</t>
+          <t>BaşMelek</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256005778</t>
+          <t>9786256005877</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Âdem ile Havva'nın İlk Kitabı</t>
+          <t>Küresel İklim Değişikliği ve Kitlesel Yok Oluşlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256005785</t>
+          <t>9786256005822</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Bir Komutanın Kaleminden Ermeniler</t>
+          <t>Önce Acıktım Sonra Ağladım</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256005716</t>
+          <t>9786256005839</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Şansın Mantığı</t>
+          <t>Değişen Erkek İmgesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>520</v>
+        <v>270</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256005594</t>
+          <t>9786256005679</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da Savaş Sanatı</t>
+          <t>Nagualizm</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256005730</t>
+          <t>9786256005761</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kokoro - Japon İç Dünyasının İp Uçları ve Yankıları</t>
+          <t>Moskova'nın Aynaları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256005723</t>
+          <t>9786256005808</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sinagog’u ve Kabala</t>
+          <t>Matematiğin Felsefesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256005686</t>
+          <t>9786256005747</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Nükleer Macerası</t>
+          <t>Jean Baudrillard Düşüncesinde Hakikat Sorunu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054452538</t>
+          <t>9786256005709</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>X - Işınlarından Kuarklara Çağdaş Fizikçiler ve Buluşları</t>
+          <t>Biyolojinin Felsefesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256005662</t>
+          <t>9786256005792</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sümer Uygarlığı</t>
+          <t>Mısır’ın Ölüler Kitabı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256005648</t>
+          <t>9786256005815</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Akrepleri</t>
+          <t>Celal Nuri İleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256005655</t>
+          <t>9786256005754</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası ve Davranışı</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256005693</t>
+          <t>9786257221078</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İsa’nın Çocukları</t>
+          <t>Şans Aşk ve Mantık</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257647823</t>
+          <t>9786256005778</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çin Tarihinin Gerçeği - Gizlenen Türk Uygarlığı</t>
+          <t>Âdem ile Havva'nın İlk Kitabı</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258349405</t>
+          <t>9786256005785</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Evrimin Minik Kitabı</t>
+          <t>Ermeni Bir Komutanın Kaleminden Ermeniler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057370679</t>
+          <t>9786256005716</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Koluaçık Hacım Sultan Velayetnamesi</t>
+          <t>Şansın Mantığı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254448157</t>
+          <t>9786256005594</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’da Bir Esir</t>
+          <t>Ortaçağ’da Savaş Sanatı</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053710011</t>
+          <t>9786256005730</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Ulusal Bir Devletin Doğuşu</t>
+          <t>Kokoro - Japon İç Dünyasının İp Uçları ve Yankıları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254448188</t>
+          <t>9786256005723</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Şeytan Sinagog’u ve Kabala</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256885912</t>
+          <t>9786256005686</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cihangir Simit Fırını: Since 1920</t>
+          <t>Türkiye’nin Nükleer Macerası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258349795</t>
+          <t>9786054452538</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dijital Duygu</t>
+          <t>X - Işınlarından Kuarklara Çağdaş Fizikçiler ve Buluşları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256005624</t>
+          <t>9786256005662</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Suyu 1. Cilt</t>
+          <t>Sümer Uygarlığı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256005617</t>
+          <t>9786256005648</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tunalı'da Son Bahar</t>
+          <t>Türkiye’nin Akrepleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256005631</t>
+          <t>9786256005655</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Suyu 2. Cilt</t>
+          <t>İnsan Doğası ve Davranışı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256005600</t>
+          <t>9786256005693</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Kaldı</t>
+          <t>İsa’nın Çocukları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256005488</t>
+          <t>9786257647823</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>1972 Yılının Önemli Bir Gününde Önemsiz Bir Adam</t>
+          <t>Çin Tarihinin Gerçeği - Gizlenen Türk Uygarlığı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256005525</t>
+          <t>9786258349405</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Amber Kokulu Hayatlar</t>
+          <t>Kocaman Evrimin Minik Kitabı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256005532</t>
+          <t>9786057370679</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gergin Yaşam</t>
+          <t>Koluaçık Hacım Sultan Velayetnamesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256005549</t>
+          <t>9786254448157</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Eros &amp; Psyche’nin Hikayesi</t>
+          <t>Kafkasya’da Bir Esir</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256005556</t>
+          <t>9786053710011</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji İnsan ve Medeniyet Araştırmalarına Giriş</t>
+          <t>Mustafa Kemal ve Ulusal Bir Devletin Doğuşu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256005495</t>
+          <t>9786254448188</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Işık Alemi</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256005426</t>
+          <t>9786256885912</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Seyir Defteri Uygarlık Tarihi: Başlangıçtan 20. Yüzyıla</t>
+          <t>Cihangir Simit Fırını: Since 1920</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256005501</t>
+          <t>9786258349795</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Güzel Birlik Güzelin Fark Edilişi</t>
+          <t>Dijital Duygu</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256005518</t>
+          <t>9786256005624</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi 3. Cilt</t>
+          <t>Türkiye'nin Suyu 1. Cilt</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256005464</t>
+          <t>9786256005617</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Panik Atak / Kaygı Bozukluğu</t>
+          <t>Tunalı'da Son Bahar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256005471</t>
+          <t>9786256005631</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dehşetin Yüzleri</t>
+          <t>Türkiye’nin Suyu 2. Cilt</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256005457</t>
+          <t>9786256005600</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kazanılmış Çıkarlar ve Barışın Doğası</t>
+          <t>Hüznün Kaldı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256005440</t>
+          <t>9786256005488</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eylül Öyküleri</t>
+          <t>1972 Yılının Önemli Bir Gününde Önemsiz Bir Adam</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256005365</t>
+          <t>9786256005525</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Psikolojisi</t>
+          <t>Amber Kokulu Hayatlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256005419</t>
+          <t>9786256005532</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Akli ve İnsani Temeli</t>
+          <t>Gergin Yaşam</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256005433</t>
+          <t>9786256005549</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Altay - Himalaya</t>
+          <t>Eros &amp; Psyche’nin Hikayesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256005273</t>
+          <t>9786256005556</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Spinoza’da Felsefi Sağaltım</t>
+          <t>Antropoloji İnsan ve Medeniyet Araştırmalarına Giriş</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256005402</t>
+          <t>9786256005495</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aklın Öyküsü</t>
+          <t>Işık Alemi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256005396</t>
+          <t>9786256005426</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Oyunların Dijital Hali -3</t>
+          <t>Uygarlığın Seyir Defteri Uygarlık Tarihi: Başlangıçtan 20. Yüzyıla</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256005389</t>
+          <t>9786256005501</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Nedir? - Politik ve Toplumsal Bilginin ABC'si</t>
+          <t>Güzel Birlik Güzelin Fark Edilişi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256885059</t>
+          <t>9786256005518</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Mermer ve Taş Ocaklarının Çevreye Etkileri</t>
+          <t>Haçlı Seferleri Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256005341</t>
+          <t>9786256005464</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hempa</t>
+          <t>Panik Atak / Kaygı Bozukluğu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256005358</t>
+          <t>9786256005471</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin F'si</t>
+          <t>Dehşetin Yüzleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256005211</t>
+          <t>9786256005457</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Model Cinayetleri</t>
+          <t>Kazanılmış Çıkarlar ve Barışın Doğası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256005372</t>
+          <t>9786256005440</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi 2. Cilt</t>
+          <t>Eylül Öyküleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256005303</t>
+          <t>9786256005365</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Laneti Zihin ve Bedene Açılan Savaş</t>
+          <t>Ulusların Psikolojisi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256005327</t>
+          <t>9786256005419</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’de Felsefi Sağaltım</t>
+          <t>Ahlakın Akli ve İnsani Temeli</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256005334</t>
+          <t>9786256005433</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Etrüskler - İtalya’nın Eski Türk Boyu</t>
+          <t>Altay - Himalaya</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256005266</t>
+          <t>9786256005273</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Mitoloji</t>
+          <t>Spinoza’da Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256005174</t>
+          <t>9786256005402</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 10. Kitap</t>
+          <t>Aklın Öyküsü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256885349</t>
+          <t>9786256005396</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Töre</t>
+          <t>Oyunların Dijital Hali -3</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050605471</t>
+          <t>9786256005389</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Cinayetler</t>
+          <t>Kapitalizm Nedir? - Politik ve Toplumsal Bilginin ABC'si</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256005280</t>
+          <t>9786256885059</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kant’a Göre Felsefi Sağaltım</t>
+          <t>Mermer ve Taş Ocaklarının Çevreye Etkileri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256005228</t>
+          <t>9786256005341</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Cübbesiz Mezunlar</t>
+          <t>Hempa</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256005259</t>
+          <t>9786256005358</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Çizilir?</t>
+          <t>Fiziğin F'si</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256005235</t>
+          <t>9786256005211</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi I. Cilt</t>
+          <t>Model Cinayetleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256005198</t>
+          <t>9786256005372</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Kontrolü</t>
+          <t>Haçlı Seferleri Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256005105</t>
+          <t>9786256005303</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Liderliğin Rolü</t>
+          <t>Bilimin Laneti Zihin ve Bedene Açılan Savaş</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256005136</t>
+          <t>9786256005327</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İletişimcisinin Türkçe Dil Kaynağı</t>
+          <t>Yunus Emre’de Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256005167</t>
+          <t>9786256005334</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu</t>
+          <t>Etrüskler - İtalya’nın Eski Türk Boyu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256005112</t>
+          <t>9786256005266</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Siyaset</t>
+          <t>100 Soruda Mitoloji</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256005129</t>
+          <t>9786256005174</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Mitoloji</t>
+          <t>Bilgeliğin Yedi Sütunu 10. Kitap</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256005099</t>
+          <t>9786256885349</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 9. Kitap</t>
+          <t>Töre</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256005068</t>
+          <t>9786050605471</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 6. Kitap</t>
+          <t>Huzursuz Cinayetler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256005082</t>
+          <t>9786256005280</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 8. Kitap</t>
+          <t>Kant’a Göre Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256005075</t>
+          <t>9786256005228</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 7. Kitap</t>
+          <t>Cübbesiz Mezunlar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258349764</t>
+          <t>9786256005259</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan'da Gündelik Şeyler</t>
+          <t>Nasıl Çizilir?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256005006</t>
+          <t>9786256005235</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Manik-Depresif El Kitabı</t>
+          <t>Haçlı Seferleri Tarihi I. Cilt</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258349788</t>
+          <t>9786256005198</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tarikat, Cemaat, Kadın</t>
+          <t>Bilginin Kontrolü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256885097</t>
+          <t>9786256005105</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Fouche - Napoleon'un Korktuğu Adam</t>
+          <t>İnsan Kaynakları Yönetiminde Liderliğin Rolü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256005044</t>
+          <t>9786256005136</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Emek Yıldızı Ahmet Karaali</t>
+          <t>Günümüz İletişimcisinin Türkçe Dil Kaynağı</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256885936</t>
+          <t>9786256005167</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Algoritmaların Kara Kutusu Üzerine Düşünmek</t>
+          <t>Bilgeliğin Yedi Sütunu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>240</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256885981</t>
+          <t>9786256005112</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Erken Ortaçağda Bizans Tarihi</t>
+          <t>Toplumsal Siyaset</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256885943</t>
+          <t>9786256005129</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Reaktörler’in Radyasyon Güvenliği Nasıl Artırılarak Kaza Riski Sıfıra Yaklaşıyor?</t>
+          <t>Postmodern Mitoloji</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258349818</t>
+          <t>9786256005099</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Satır Hikayeleri</t>
+          <t>Bilgeliğin Yedi Sütunu 9. Kitap</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256005037</t>
+          <t>9786256005068</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrinin Kara Kitabı</t>
+          <t>Bilgeliğin Yedi Sütunu 6. Kitap</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256005020</t>
+          <t>9786256005082</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutku Hormon Aldatma</t>
+          <t>Bilgeliğin Yedi Sütunu 8. Kitap</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256885974</t>
+          <t>9786256005075</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihinin Gerçeği</t>
+          <t>Bilgeliğin Yedi Sütunu 7. Kitap</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256885998</t>
+          <t>9786258349764</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Montaigne</t>
+          <t>Antik Yunan'da Gündelik Şeyler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256885967</t>
+          <t>9786256005006</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Bilge</t>
+          <t>Manik-Depresif El Kitabı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256885929</t>
+          <t>9786258349788</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Arasındaki Büyücü</t>
+          <t>İslam’da Tarikat, Cemaat, Kadın</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256885875</t>
+          <t>9786256885097</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Düşünür Müsünüz?</t>
+          <t>Fouche - Napoleon'un Korktuğu Adam</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256885905</t>
+          <t>9786256005044</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Titreşimleri</t>
+          <t>Futbolun Emek Yıldızı Ahmet Karaali</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256885899</t>
+          <t>9786256885936</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Dünya</t>
+          <t>Algoritmaların Kara Kutusu Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256885189</t>
+          <t>9786256885981</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Gönlünde İz Bırakan Kadınlar</t>
+          <t>Erken Ortaçağda Bizans Tarihi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256885868</t>
+          <t>9786256885943</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Kuleleri</t>
+          <t>Nükleer Reaktörler’in Radyasyon Güvenliği Nasıl Artırılarak Kaza Riski Sıfıra Yaklaşıyor?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256885844</t>
+          <t>9786258349818</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Satır Hikayeleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256885851</t>
+          <t>9786256005037</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Astral Dünya</t>
+          <t>Psikiyatrinin Kara Kitabı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256885608</t>
+          <t>9786256005020</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Güneş ve Rüzgardan Elektrik Bedava Ve Tertemiz Mi?</t>
+          <t>Aşk Tutku Hormon Aldatma</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256885691</t>
+          <t>9786256885974</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere, Küçük Öyküler -2-</t>
+          <t>Mısır Tarihinin Gerçeği</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256885677</t>
+          <t>9786256885998</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere, Küçük Öyküler</t>
+          <t>Mevlana ve Montaigne</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256885684</t>
+          <t>9786256885967</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hacı Ali</t>
+          <t>Ölümsüz Bilge</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256885714</t>
+          <t>9786256885929</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İsrail Devletinin Kuruluşu</t>
+          <t>Ruhlar Arasındaki Büyücü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256885707</t>
+          <t>9786256885875</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Kuruluşu</t>
+          <t>Psikanaliz Düşünür Müsünüz?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256885738</t>
+          <t>9786256885905</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Milliyetçiliği</t>
+          <t>Gerçeğin Titreşimleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256885752</t>
+          <t>9786256885899</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Evrimin Öyküsü</t>
+          <t>Gizemli Dünya</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256885783</t>
+          <t>9786256885189</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Öyküsü</t>
+          <t>Mustafa Kemal'in Gönlünde İz Bırakan Kadınlar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256885790</t>
+          <t>9786256885868</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mübadele Öyküleri</t>
+          <t>Trabzon Kuleleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256885745</t>
+          <t>9786256885844</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 5. Kitap</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256885721</t>
+          <t>9786256885851</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hermetik İnisiyasyon</t>
+          <t>Astral Dünya</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256885820</t>
+          <t>9786256885608</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gezegenlerin Etkileri ve Konumları</t>
+          <t>Güneş ve Rüzgardan Elektrik Bedava Ve Tertemiz Mi?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256885653</t>
+          <t>9786256885691</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Krallık Şambala</t>
+          <t>Büyüklere, Küçük Öyküler -2-</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256885547</t>
+          <t>9786256885677</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Mirasçılar</t>
+          <t>Büyüklere, Küçük Öyküler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>229</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256885578</t>
+          <t>9786256885684</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Altından Hava Geçen Tekerlekler</t>
+          <t>Hacı Ali</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256885523</t>
+          <t>9786256885714</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Şaşkınlık</t>
+          <t>İsrail Devletinin Kuruluşu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256885592</t>
+          <t>9786256885707</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Zaman, Tanrı ve Dört - Boyutçuluk</t>
+          <t>Siyonizmin Kuruluşu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256885585</t>
+          <t>9786256885738</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Sağaltım</t>
+          <t>Atatürk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256885615</t>
+          <t>9786256885752</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Hukuk</t>
+          <t>Evrimin Öyküsü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256885516</t>
+          <t>9786256885783</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İki Yol</t>
+          <t>Müziğin Öyküsü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256885486</t>
+          <t>9786256885790</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış Destanı</t>
+          <t>Mübadele Öyküleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256885448</t>
+          <t>9786256885745</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sıkıca Tutunacağım</t>
+          <t>Bilgeliğin Yedi Sütunu 5. Kitap</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256885417</t>
+          <t>9786256885721</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Shambhala</t>
+          <t>Hermetik İnisiyasyon</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256885363</t>
+          <t>9786256885820</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Şifresi</t>
+          <t>Gezegenlerin Etkileri ve Konumları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256885387</t>
+          <t>9786256885653</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>A.K.P.'nin Avrupa Birliği İle Dansı</t>
+          <t>Kayıp Krallık Şambala</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256885332</t>
+          <t>9786256885547</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Adnan Oktar’ın Gerçek Yüzü</t>
+          <t>Mirasçılar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>250</v>
+        <v>229</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256885301</t>
+          <t>9786256885578</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Beynin Evrimi ve Geleceği</t>
+          <t>Altından Hava Geçen Tekerlekler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256885196</t>
+          <t>9786256885523</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Bilim Üzerine</t>
+          <t>Şaşkınlık</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258349979</t>
+          <t>9786256885592</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Zorunluluk ve İtaat</t>
+          <t>Zaman, Tanrı ve Dört - Boyutçuluk</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256885240</t>
+          <t>9786256885585</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kutsal Değerleri</t>
+          <t>Felsefi Sağaltım</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256885264</t>
+          <t>9786256885615</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Kökeni</t>
+          <t>Nietzsche ve Hukuk</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256885202</t>
+          <t>9786256885516</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Demokrasilerin Evrimi</t>
+          <t>İki Yol</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256885295</t>
+          <t>9786256885486</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Fikriye</t>
+          <t>Gılgamış Destanı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256885219</t>
+          <t>9786256885448</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kemal Atatürk'ün Ülkesi</t>
+          <t>Yaşama Sıkıca Tutunacağım</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256885233</t>
+          <t>9786256885417</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 3. Kitap</t>
+          <t>Shambhala</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256885271</t>
+          <t>9786256885363</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Uyanık'ın Diri Oğlu - Hayy İbn Yakzan</t>
+          <t>Kaderin Şifresi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057370631</t>
+          <t>9786256885387</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Eğitimi Nasıl Düzeltiriz?</t>
+          <t>A.K.P.'nin Avrupa Birliği İle Dansı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256885134</t>
+          <t>9786256885332</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Melek Tavus Dini Yezidilik</t>
+          <t>Adnan Oktar’ın Gerçek Yüzü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256885028</t>
+          <t>9786256885301</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm - Tüketim Eksikliği Ekonomisi</t>
+          <t>Beynin Evrimi ve Geleceği</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256885004</t>
+          <t>9786256885196</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Capitalism - Economy of Consumption Deficiency</t>
+          <t>Bilim Üzerine</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256885110</t>
+          <t>9786258349979</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Camilerimiz</t>
+          <t>Zorunluluk ve İtaat</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256885103</t>
+          <t>9786256885240</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji Kaynakları ve Çevre</t>
+          <t>İslam'ın Kutsal Değerleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258349955</t>
+          <t>9786256885264</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Melek Sayıları</t>
+          <t>Dillerin Kökeni</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258349528</t>
+          <t>9786256885202</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici ve Güzel Sözler</t>
+          <t>Demokrasilerin Evrimi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257647076</t>
+          <t>9786256885295</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kuğunun Çığlığı</t>
+          <t>Fikriye</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258349900</t>
+          <t>9786256885219</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Larende’nin Varisleri İkinci Kitap</t>
+          <t>Kemal Atatürk'ün Ülkesi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258349917</t>
+          <t>9786256885233</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>İki Kıtayı Bağlayan Altın Bağ</t>
+          <t>Bilgeliğin Yedi Sütunu 3. Kitap</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258349931</t>
+          <t>9786256885271</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bu Topraklarda Biyoloji Eğitiminin ve Biliminin Öyküsü</t>
+          <t>Uyanık'ın Diri Oğlu - Hayy İbn Yakzan</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258349948</t>
+          <t>9786057370631</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Numeroloji</t>
+          <t>Eğitimi Nasıl Düzeltiriz?</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258349894</t>
+          <t>9786256885134</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Acılar Denizi</t>
+          <t>Melek Tavus Dini Yezidilik</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257221399</t>
+          <t>9786256885028</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Kapitalizm - Tüketim Eksikliği Ekonomisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258349375</t>
+          <t>9786256885004</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Anlam Anahtarı - Liseler Ve Üniversite Hazırlık İçin</t>
+          <t>Capitalism - Economy of Consumption Deficiency</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256885011</t>
+          <t>9786256885110</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Görkemli Unutuş - Toplumsal Belleğin Kıvrımlarında Dumlupınar Faciası</t>
+          <t>Camilerimiz</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258349924</t>
+          <t>9786256885103</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Zafere Giden Yol</t>
+          <t>Yenilenebilir Enerji Kaynakları ve Çevre</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>620</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258349993</t>
+          <t>9786258349955</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Padişahların Anneleri</t>
+          <t>Melek Sayıları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256885066</t>
+          <t>9786258349528</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bizim İçin Değil</t>
+          <t>Etkileyici ve Güzel Sözler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256885073</t>
+          <t>9786257647076</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sürgün</t>
+          <t>Kuğunun Çığlığı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256885042</t>
+          <t>9786258349900</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Madencilik ve Çevre</t>
+          <t>Larende’nin Varisleri İkinci Kitap</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258349962</t>
+          <t>9786258349917</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Kaybı ve Derin Tahribatlar</t>
+          <t>İki Kıtayı Bağlayan Altın Bağ</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258349757</t>
+          <t>9786258349931</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Numeroloji ve Melek Sayıları</t>
+          <t>Bu Topraklarda Biyoloji Eğitiminin ve Biliminin Öyküsü</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258349887</t>
+          <t>9786258349948</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sultanlara İmparatorlara Diz Çöktüren Kadınlar</t>
+          <t>Numeroloji</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258349610</t>
+          <t>9786258349894</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Katalonya'ya Selam</t>
+          <t>Acılar Denizi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258349672</t>
+          <t>9786257221399</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786058349245</t>
+          <t>9786258349375</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İyimserlik - Optimizm</t>
+          <t>Anlam Anahtarı - Liseler Ve Üniversite Hazırlık İçin</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258349566</t>
+          <t>9786256885011</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Gerçek ve Gerçeklik - İnsan İradesinin Bir Yaşam Tarihi</t>
+          <t>Görkemli Unutuş - Toplumsal Belleğin Kıvrımlarında Dumlupınar Faciası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258349573</t>
+          <t>9786258349924</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Evren’in Tanrısal Düzeni</t>
+          <t>Zafere Giden Yol</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>620</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258349726</t>
+          <t>9786258349993</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Endüstrinin Yaban Kedileri</t>
+          <t>Padişahların Anneleri</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258349535</t>
+          <t>9786256885066</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatla Yaşamak</t>
+          <t>Ölüm Bizim İçin Değil</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258349634</t>
+          <t>9786256885073</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Kapı</t>
+          <t>Bitmeyen Sürgün</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258349580</t>
+          <t>9786256885042</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Divine Order of the Universe</t>
+          <t>Madencilik ve Çevre</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258349559</t>
+          <t>9786258349962</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>5 Celse 575 Gün</t>
+          <t>Cumhuriyet'in Kaybı ve Derin Tahribatlar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258349368</t>
+          <t>9786258349757</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Anlam Anahtarı - Ortaokul İçin</t>
+          <t>Numeroloji ve Melek Sayıları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257647229</t>
+          <t>9786258349887</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 Emir</t>
+          <t>Sultanlara İmparatorlara Diz Çöktüren Kadınlar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258349733</t>
+          <t>9786258349610</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bulut</t>
+          <t>Katalonya'ya Selam</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258349696</t>
+          <t>9786258349672</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Leibniz’den Yapay Zekaya</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258349719</t>
+          <t>9786058349245</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Pardayanlar - 1</t>
+          <t>İyimserlik - Optimizm</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258349702</t>
+          <t>9786258349566</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Gizler - Atlantisten Taş Kürelere Neandarthallerden Antroposen'e</t>
+          <t>Gerçek ve Gerçeklik - İnsan İradesinin Bir Yaşam Tarihi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258349665</t>
+          <t>9786258349573</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Latife Cumhuriyet Kadını</t>
+          <t>Evren’in Tanrısal Düzeni</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254448133</t>
+          <t>9786258349726</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto - Sosyalizmin Alfabesi - Diyalektik ve Tarihi Materyalizm</t>
+          <t>Endüstrinin Yaban Kedileri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258349511</t>
+          <t>9786258349535</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Askı</t>
+          <t>Edebiyatla Yaşamak</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257647458</t>
+          <t>9786258349634</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ayrılıyoruz</t>
+          <t>Duvardaki Kapı</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257647717</t>
+          <t>9786258349580</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Feriha</t>
+          <t>Divine Order of the Universe</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257221801</t>
+          <t>9786258349559</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Vampir Hikayeleri</t>
+          <t>5 Celse 575 Gün</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258349290</t>
+          <t>9786258349368</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Emlakta Kurumsal Düzen</t>
+          <t>Anlam Anahtarı - Ortaokul İçin</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057370648</t>
+          <t>9786257647229</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gavur Efe</t>
+          <t>İlk 100 Emir</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057361677</t>
+          <t>9786258349733</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Germenlerle Slavların Kökeni</t>
+          <t>Mavi Bulut</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258349481</t>
+          <t>9786258349696</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Günlük Modumuz ve Yediklerimiz</t>
+          <t>Leibniz’den Yapay Zekaya</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257221870</t>
+          <t>9786258349719</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Heredot'tan Neyzen Tevfik'e Bilgelik Öyküleri</t>
+          <t>Pardayanlar - 1</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257221948</t>
+          <t>9786258349702</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Herşey Herşeyin İçinde</t>
+          <t>Gizler - Atlantisten Taş Kürelere Neandarthallerden Antroposen'e</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057146274</t>
+          <t>9786258349665</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İçerik Pazarlama</t>
+          <t>Latife Cumhuriyet Kadını</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258349443</t>
+          <t>9786254448133</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İhtişamlı Ambersonlar</t>
+          <t>Komünist Manifesto - Sosyalizmin Alfabesi - Diyalektik ve Tarihi Materyalizm</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057361660</t>
+          <t>9786258349511</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İlk 1 Saniye</t>
+          <t>Askı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057146205</t>
+          <t>9786257647458</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sözleşmesi ve Kadın</t>
+          <t>Eyvah Ayrılıyoruz</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254448164</t>
+          <t>9786257647717</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Gezegeni</t>
+          <t>Feriha</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257647885</t>
+          <t>9786257221801</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kitaptaki Not</t>
+          <t>En Güzel Vampir Hikayeleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257647311</t>
+          <t>9786258349290</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Efsane ve Masalları</t>
+          <t>Emlakta Kurumsal Düzen</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258349153</t>
+          <t>9786057370648</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Hint Toplumlarının Kökeni</t>
+          <t>Gavur Efe</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257647434</t>
+          <t>9786057361677</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Hayaletleri</t>
+          <t>Germenlerle Slavların Kökeni</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257370617</t>
+          <t>9786258349481</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Nefer</t>
+          <t>Günlük Modumuz ve Yediklerimiz</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258349214</t>
+          <t>9786257221870</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Neyse...</t>
+          <t>Heredot'tan Neyzen Tevfik'e Bilgelik Öyküleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057146281</t>
+          <t>9786257221948</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Yaratıcı Drama</t>
+          <t>Herşey Herşeyin İçinde</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257221788</t>
+          <t>9786057146274</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Onurlu Bayan Günışığı</t>
+          <t>İçerik Pazarlama</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258349399</t>
+          <t>9786258349443</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - Napoli İlişkileri (1737-1759)</t>
+          <t>İhtişamlı Ambersonlar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258349344</t>
+          <t>9786057361660</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dört Dilli Zaza Eremedi Pivaza - Misto'nun Hikayesi</t>
+          <t>İlk 1 Saniye</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258349238</t>
+          <t>9786057146205</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Dokunmanın Gücü</t>
+          <t>İstanbul Sözleşmesi ve Kadın</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258349351</t>
+          <t>9786254448164</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Dna'mız Sıfırlanacak - Progenitör</t>
+          <t>Kadınlar Gezegeni</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057146298</t>
+          <t>9786257647885</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dingin Yaşamın Kutsal Kitabı</t>
+          <t>Kitaptaki Not</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057146229</t>
+          <t>9786257647311</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamlarının Vasıf ve Sorumlulukları</t>
+          <t>Kızılderili Efsane ve Masalları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257221368</t>
+          <t>9786258349153</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Demokrasi</t>
+          <t>Kuzey Hint Toplumlarının Kökeni</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258349412</t>
+          <t>9786257647434</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dekabristler - Aralıkçılar İsyanı</t>
+          <t>Mahşerin Hayaletleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257647861</t>
+          <t>9786257370617</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çözülemeyen Gizemli Olaylar</t>
+          <t>Nefer</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257647670</t>
+          <t>9786258349214</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Celile Hanım</t>
+          <t>Neyse...</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786005737065</t>
+          <t>9786057146281</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Biyoteknoloji Çağında İnsan Kalabilmek</t>
+          <t>Okul Öncesi Eğitimde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257221764</t>
+          <t>9786257221788</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Tören ve Alaylar</t>
+          <t>Onurlu Bayan Günışığı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258349016</t>
+          <t>9786258349399</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Otizm - Farkındalık ve İletişim</t>
+          <t>Osmanlı - Napoli İlişkileri (1737-1759)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257647472</t>
+          <t>9786258349344</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Şamanik Şifa</t>
+          <t>Dört Dilli Zaza Eremedi Pivaza - Misto'nun Hikayesi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257647045</t>
+          <t>9786258349238</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Sosyalist Gerçekçilik</t>
+          <t>Dokunmanın Gücü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057146236</t>
+          <t>9786258349351</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Şans Nasıl Denenir?</t>
+          <t>Dna'mız Sıfırlanacak - Progenitör</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257647892</t>
+          <t>9786057146298</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tanık</t>
+          <t>Dingin Yaşamın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258349283</t>
+          <t>9786057146229</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Kozmik Yansımalar</t>
+          <t>Devlet Adamlarının Vasıf ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257221504</t>
+          <t>9786257221368</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Simyacı Romanındaki Gizemli Mesajların Analizi</t>
+          <t>Devlet ve Demokrasi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258349320</t>
+          <t>9786258349412</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 2. Kitap</t>
+          <t>Dekabristler - Aralıkçılar İsyanı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057361646</t>
+          <t>9786257647861</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu 1. Kitap</t>
+          <t>Çözülemeyen Gizemli Olaylar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057361653</t>
+          <t>9786257647670</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bersisa - Şeytan Tuzağı</t>
+          <t>Celile Hanım</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257647052</t>
+          <t>9786005737065</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Aşka Boyanan Kadınlar - 2</t>
+          <t>Biyoteknoloji Çağında İnsan Kalabilmek</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257221894</t>
+          <t>9786257221764</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Aşka Boyanan Kadınlar</t>
+          <t>Osmanlı'da Tören ve Alaylar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257221856</t>
+          <t>9786258349016</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Aşk Menem Aşık Menem</t>
+          <t>Otizm - Farkındalık ve İletişim</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258349474</t>
+          <t>9786257647472</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tarihinin Gerçeği - 12 Bin Yıllık Türk Varlığı</t>
+          <t>Şamanik Şifa</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258349009</t>
+          <t>9786257647045</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Altın Çiçeğin Sırrı</t>
+          <t>Sanatta Sosyalist Gerçekçilik</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257221757</t>
+          <t>9786057146236</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Cenaze Kaldırma</t>
+          <t>Şans Nasıl Denenir?</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258349542</t>
+          <t>9786257647892</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Son Mandal</t>
+          <t>Sessiz Tanık</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257647533</t>
+          <t>9786258349283</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Nedir?</t>
+          <t>Şiirsel Kozmik Yansımalar</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257647298</t>
+          <t>9786257221504</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Temel İlkeri</t>
+          <t>Simyacı Romanındaki Gizemli Mesajların Analizi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258349252</t>
+          <t>9786258349320</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Temeli</t>
+          <t>Bilgeliğin Yedi Sütunu 2. Kitap</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257221795</t>
+          <t>9786057361646</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sümbülün Yüreği</t>
+          <t>Bilgeliğin Yedi Sütunu 1. Kitap</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257221252</t>
+          <t>9786057361653</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sufizm</t>
+          <t>Bersisa - Şeytan Tuzağı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257647359</t>
+          <t>9786257647052</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Taciz</t>
+          <t>Aşka Boyanan Kadınlar - 2</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057221115</t>
+          <t>9786257221894</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf</t>
+          <t>Aşka Boyanan Kadınlar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258349061</t>
+          <t>9786257221856</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy Gandhi Mektuplaşmaları</t>
+          <t>Aşk Menem Aşık Menem</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257647083</t>
+          <t>9786258349474</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Troya'nın Hazineleri</t>
+          <t>Anadolu Tarihinin Gerçeği - 12 Bin Yıllık Türk Varlığı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257221818</t>
+          <t>9786258349009</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Hayat</t>
+          <t>Altın Çiçeğin Sırrı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057370600</t>
+          <t>9786257221757</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık ve Bilim</t>
+          <t>Alevilikte Cenaze Kaldırma</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257647366</t>
+          <t>9786258349542</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Konuk</t>
+          <t>Son Mandal</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057146243</t>
+          <t>9786257647533</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Yolcuları</t>
+          <t>Sosyalizm Nedir?</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257647854</t>
+          <t>9786257647298</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Sanatçılar Anayasası</t>
+          <t>Aleviliğin Temel İlkeri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257647946</t>
+          <t>9786258349252</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Yurdun Emek Yıldızları</t>
+          <t>Ahlakın Temeli</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257647304</t>
+          <t>9786257221795</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Zebra Pilot</t>
+          <t>Sümbülün Yüreği</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258349504</t>
+          <t>9786257221252</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yitik Leyla</t>
+          <t>100 Soruda Sufizm</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257647724</t>
+          <t>9786257647359</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Ayarlan - Hayat Seni Bekliyor</t>
+          <t>Taciz</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257221726</t>
+          <t>9786057221115</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Kanlı Tarihi</t>
+          <t>Tasavvuf</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257221719</t>
+          <t>9786258349061</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Galata Çöplüğü</t>
+          <t>Tolstoy Gandhi Mektuplaşmaları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258349191</t>
+          <t>9786257647083</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cesetlerden Hallice</t>
+          <t>Troya'nın Hazineleri</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258349184</t>
+          <t>9786257221818</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kelle Koltukta</t>
+          <t>Üçüncü Hayat</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257647908</t>
+          <t>9786057370600</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Güncesi</t>
+          <t>Uygarlık ve Bilim</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258349306</t>
+          <t>9786257647366</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İran Tarihinin Gerçeği</t>
+          <t>Uzaylı Konuk</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258349160</t>
+          <t>9786057146243</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Larende’nin Varisleri</t>
+          <t>Yabanın Yolcuları</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057370624</t>
+          <t>9786257647854</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Yaşasın Sanatçılar Anayasası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257647748</t>
+          <t>9786257647946</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güç Oyunu</t>
+          <t>Yurdun Emek Yıldızları</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257647502</t>
+          <t>9786257647304</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası</t>
+          <t>Zebra Pilot</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057146250</t>
+          <t>9786258349504</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Elmas Sutra</t>
+          <t>Yitik Leyla</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057370662</t>
+          <t>9786257647724</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Sanatı - Zen Dersleri</t>
+          <t>Yaşama Ayarlan - Hayat Seni Bekliyor</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257647397</t>
+          <t>9786257221726</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yer Kökenli Tehlikeler</t>
+          <t>Osmanlının Kanlı Tarihi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257647830</t>
+          <t>9786257221719</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Tanık</t>
+          <t>Galata Çöplüğü</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257647403</t>
+          <t>9786258349191</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik ve Teknolojik Tehlikeler</t>
+          <t>Cesetlerden Hallice</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257647571</t>
+          <t>9786258349184</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Enok'un Kayıp Kitabı</t>
+          <t>Kelle Koltukta</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257647984</t>
+          <t>9786257647908</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'de Yeni Tasavvufi Eğilimler</t>
+          <t>Gölgelerin Güncesi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257647410</t>
+          <t>9786258349306</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İklimsel ve Biyolojik Tehlikeler</t>
+          <t>İran Tarihinin Gerçeği</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257647380</t>
+          <t>9786258349160</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Deprem ve Tsunami</t>
+          <t>Larende’nin Varisleri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257647427</t>
+          <t>9786057370624</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Elementler ve Sağlık</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257647939</t>
+          <t>9786257647748</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Emlakçılar Okumasın</t>
+          <t>Küresel Güç Oyunu</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257647953</t>
+          <t>9786257647502</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Cosmos ve Ben</t>
+          <t>Su Damlası</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057146212</t>
+          <t>9786057146250</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Bütün İlkleri Yeniden Yaşa</t>
+          <t>Elmas Sutra</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786056818028</t>
+          <t>9786057370662</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Bilgeliği</t>
+          <t>Liderlik Sanatı - Zen Dersleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257647922</t>
+          <t>9786257647397</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Larende’nin Düşüşü Larende’nin Varisleri Kısım -1</t>
+          <t>Yer Kökenli Tehlikeler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057361693</t>
+          <t>9786257647830</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sindirimin Gerçek Öyküsü</t>
+          <t>Tanık</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057361639</t>
+          <t>9786257647403</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>I Ching - Değişimler Kitabı</t>
+          <t>Sosyolojik ve Teknolojik Tehlikeler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257647663</t>
+          <t>9786257647571</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Tüccarlar, Fatihler ve Zigguratlar</t>
+          <t>Peygamber Enok'un Kayıp Kitabı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057361615</t>
+          <t>9786257647984</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching - Nur ve Öz Kitabı</t>
+          <t>Modern Türkiye'de Yeni Tasavvufi Eğilimler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057361622</t>
+          <t>9786257647410</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Şarkısı</t>
+          <t>İklimsel ve Biyolojik Tehlikeler</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057370655</t>
+          <t>9786257647380</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Biyoteknoloji Çağında İnsan Kalabilmek</t>
+          <t>Gençler İçin Deprem ve Tsunami</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057361608</t>
+          <t>9786257647427</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sakin Beyaz Tuna</t>
+          <t>Elementler ve Sağlık</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257647847</t>
+          <t>9786257647939</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İlk Olarak Politik Konulara Çivi</t>
+          <t>Emlakçılar Okumasın</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>520</v>
+        <v>170</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257647915</t>
+          <t>9786257647953</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>2035 - Sonun Başlangıcı</t>
+          <t>Cosmos ve Ben</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257647816</t>
+          <t>9786057146212</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Mucize Tedavi</t>
+          <t>Bütün İlkleri Yeniden Yaşa</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257647649</t>
+          <t>9786056818028</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Popüler Diyetlerin Toplu Mezarlığı Sağlıklı ve Uzun Yaşama Dair Muhteşem Tavsiyeler</t>
+          <t>Duyguların Bilgeliği</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257647809</t>
+          <t>9786257647922</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Patlak Ampul</t>
+          <t>Larende’nin Düşüşü Larende’nin Varisleri Kısım -1</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257647694</t>
+          <t>9786057361693</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Telomer Gerçeği</t>
+          <t>Sindirimin Gerçek Öyküsü</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257647687</t>
+          <t>9786057361639</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Dogma ve Sosyoloji</t>
+          <t>I Ching - Değişimler Kitabı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257647755</t>
+          <t>9786257647663</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Tribünde Var Bir İyi Adam</t>
+          <t>Tüccarlar, Fatihler ve Zigguratlar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257221320</t>
+          <t>9786057361615</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayında Cinsel Eğlimler</t>
+          <t>Tao Te Ching - Nur ve Öz Kitabı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257647441</t>
+          <t>9786057361622</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>5. Boyut</t>
+          <t>Tanrı'nın Şarkısı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257647595</t>
+          <t>9786057370655</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han’ın Tatar Kağanlığı</t>
+          <t>Biyoteknoloji Çağında İnsan Kalabilmek</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257647601</t>
+          <t>9786057361608</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ustaca Yaşlanma</t>
+          <t>Sakin Beyaz Tuna</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257647618</t>
+          <t>9786257647847</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Evrim El Kitabı</t>
+          <t>İlk Olarak Politik Konulara Çivi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257647625</t>
+          <t>9786257647915</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Saat</t>
+          <t>2035 - Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257647632</t>
+          <t>9786257647816</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Anılarla, Öykülerle ve Fıkralarla Anadolu</t>
+          <t>Mucize Tedavi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257221412</t>
+          <t>9786257647649</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>The Şeyh Sait - Bir İngiliz Oyunu</t>
+          <t>Popüler Diyetlerin Toplu Mezarlığı Sağlıklı ve Uzun Yaşama Dair Muhteşem Tavsiyeler</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257221863</t>
+          <t>9786257647809</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Masonlar</t>
+          <t>Patlak Ampul</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257647564</t>
+          <t>9786257647694</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kanla Abdest Alanlar</t>
+          <t>Telomer Gerçeği</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257647137</t>
+          <t>9786257647687</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Beyin</t>
+          <t>Dogma ve Sosyoloji</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257647519</t>
+          <t>9786257647755</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Evrimi</t>
+          <t>Tribünde Var Bir İyi Adam</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257221740</t>
+          <t>9786257221320</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Mevlana İle Sohbet</t>
+          <t>Osmanlı Sarayında Cinsel Eğlimler</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257647212</t>
+          <t>9786257647441</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Silahsız Güç: Boykot</t>
+          <t>5. Boyut</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257647182</t>
+          <t>9786257647595</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Hazar Kağanlığı</t>
+          <t>Cengiz Han’ın Tatar Kağanlığı</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257647120</t>
+          <t>9786257647601</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Simetrik Can Alıcı Diriliş</t>
+          <t>Ustaca Yaşlanma</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257221962</t>
+          <t>9786257647618</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Yolculukların Hüzünlü Gezgini</t>
+          <t>Herkes İçin Evrim El Kitabı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257647090</t>
+          <t>9786257647625</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sakal</t>
+          <t>Biyolojik Saat</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257721825</t>
+          <t>9786257647632</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Anılarla, Öykülerle ve Fıkralarla Anadolu</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257221382</t>
+          <t>9786257221412</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Gerçek Tarihi</t>
+          <t>The Şeyh Sait - Bir İngiliz Oyunu</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>620</v>
+        <v>170</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257221771</t>
+          <t>9786257221863</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ketojenik Diyet</t>
+          <t>Masonlar</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257221542</t>
+          <t>9786257647564</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Leninizm Nedir?</t>
+          <t>Kanla Abdest Alanlar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257221665</t>
+          <t>9786257647137</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Politik Ekonomi Nedir?</t>
+          <t>Beyin</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257221429</t>
+          <t>9786257647519</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'le Sohbet</t>
+          <t>Denizlerin Evrimi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254448102</t>
+          <t>9786257221740</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Turan Tarihine Giriş</t>
+          <t>Mevlana İle Sohbet</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257221535</t>
+          <t>9786257647212</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Komünizm Nedir?</t>
+          <t>Silahsız Güç: Boykot</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257221528</t>
+          <t>9786257647182</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Hazar Kağanlığı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257221269</t>
+          <t>9786257647120</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Anne, Baba ve Eğitimciler İçin Büyüme Sürecinde Sorunlar ve Çözüm Yolları</t>
+          <t>Simetrik Can Alıcı Diriliş</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257221337</t>
+          <t>9786257221962</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Cem Uygulamaları</t>
+          <t>Unutulmaz Yolculukların Hüzünlü Gezgini</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257221375</t>
+          <t>9786257647090</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Gök Tanrı İnancı</t>
+          <t>Sakal</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257221290</t>
+          <t>9786257721825</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Postacı Kız</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257221030</t>
+          <t>9786257221382</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Teleny</t>
+          <t>Türklerin Gerçek Tarihi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>270</v>
+        <v>620</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257221313</t>
+          <t>9786257221771</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih - Ne Varsa O'nun İçinde Var</t>
+          <t>Ketojenik Diyet</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257221344</t>
+          <t>9786257221542</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Musa’nın Çocukları</t>
+          <t>Marksizm Leninizm Nedir?</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786050614466</t>
+          <t>9786257221665</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Dört Odası</t>
+          <t>Politik Ekonomi Nedir?</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786057941930</t>
+          <t>9786257221429</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Komünizm ve Sol Korkusu</t>
+          <t>Mustafa Kemal'le Sohbet</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
+          <t>9786254448102</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Turan Tarihine Giriş</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786257221535</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Komünizm Nedir?</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786257221528</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786257221269</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Anne, Baba ve Eğitimciler İçin Büyüme Sürecinde Sorunlar ve Çözüm Yolları</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786257221337</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Alevilikte Cem Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786257221375</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Gök Tanrı İnancı</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786257221290</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Postacı Kız</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786257221030</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Teleny</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786257221313</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Fihi Ma Fih - Ne Varsa O'nun İçinde Var</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786257221344</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Musa’nın Çocukları</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786050614466</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Dört Odası</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786057941930</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Komünizm ve Sol Korkusu</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
           <t>9786054452828</t>
         </is>
       </c>
-      <c r="B494" s="1" t="inlineStr">
+      <c r="B506" s="1" t="inlineStr">
         <is>
           <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
-      <c r="C494" s="1">
+      <c r="C506" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>