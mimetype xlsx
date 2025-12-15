--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,18640 +85,18835 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786050212037</t>
+          <t>9786050212198</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Panik Atak ve Kaygı Bozukluklarından Kurtulun</t>
+          <t>Kuantum 101</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050212044</t>
+          <t>9786050212181</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Akıncılar, Hükümdarlar ve Tacirler</t>
+          <t>Kısa İskandinavya Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050212075</t>
+          <t>9786050212204</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamın Psikopatolojisi</t>
+          <t>Futbol Tarihi 101</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050210927</t>
+          <t>9786050212174</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Kadınları</t>
+          <t>Bilim, Din ve Yaşam Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050210835</t>
+          <t>9786050212167</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Anatomi</t>
+          <t>Viking Çağı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050207101</t>
+          <t>9786050212150</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın İlkeleri Üzerine Bir Soruşturma</t>
+          <t>Kiku</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050206616</t>
+          <t>9786050212136</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçuluk</t>
+          <t>Sanatçıların Hayat Hikayeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050206371</t>
+          <t>9786050212143</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Beynin ve Zihnin Kısa Tarihi</t>
+          <t>Uygarlıkların Çöküşü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754681291</t>
+          <t>9786050212099</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Doğu Bilgelerinden Seçmeler</t>
+          <t>Sigmund Freud</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>6</v>
+        <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050206449</t>
+          <t>9786050212082</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Tarihi</t>
+          <t>Finansal Longevity</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754681314</t>
+          <t>9786050212129</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Evrensel Bildirgesi</t>
+          <t>John Locke</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>2</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050201376</t>
+          <t>9786050212112</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İnanç İçgüdüsü</t>
+          <t>Nietzsche’nin Gönlü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754680683</t>
+          <t>9786050212105</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İki Ülke İki Devrim Türkiye İran</t>
+          <t>Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754688122</t>
+          <t>9786050212037</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İdea Nedir?</t>
+          <t>Panik Atak ve Kaygı Bozukluklarından Kurtulun</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050202205</t>
+          <t>9786050212044</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Karanlık Yan</t>
+          <t>Akıncılar, Hükümdarlar ve Tacirler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754688092</t>
+          <t>9786050212075</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina</t>
+          <t>Günlük Yaşamın Psikopatolojisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050200539</t>
+          <t>9786050210927</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev ile Şirin</t>
+          <t>Nietzsche’nin Kadınları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>10</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754686357</t>
+          <t>9786050210835</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Husserl</t>
+          <t>A’dan Z’ye Anatomi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>15</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050202250</t>
+          <t>9786050207101</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Histeri</t>
+          <t>Ahlakın İlkeleri Üzerine Bir Soruşturma</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754689945</t>
+          <t>9786050206616</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yerden Haberler</t>
+          <t>Varoluşçuluk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754687682</t>
+          <t>9786050206371</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlığın Özü</t>
+          <t>Beynin ve Zihnin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754687774</t>
+          <t>9789754681291</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Heidegger: Varlık ve Zaman - Varlık ve Hakikat - Sanat ve Hakikat - Düşünmek Ne Demektir? - Doğu ve Batı</t>
+          <t>Doğu Bilgelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754685251</t>
+          <t>9786050206449</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hegel</t>
+          <t>Kapitalizmin Tarihi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050202038</t>
+          <t>9789754681314</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ritmi</t>
+          <t>İnsan Hakları Evrensel Bildirgesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754682595</t>
+          <t>9786050201376</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hastalıksız Bir Yaşam</t>
+          <t>İnanç İçgüdüsü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754685312</t>
+          <t>9789754680683</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 5. Kitap Güfte ve Besteleriyle</t>
+          <t>İki Ülke İki Devrim Türkiye İran</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754685305</t>
+          <t>9789754688122</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 4. Kitap Güfte ve Besteleriyle</t>
+          <t>İdea Nedir?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>125</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754685299</t>
+          <t>9786050202205</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 3. Kitap Güfte ve Besteleriyle</t>
+          <t>İçimizdeki Karanlık Yan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754684803</t>
+          <t>9789754688092</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 2. Kitap</t>
+          <t>İbn Sina</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754686227</t>
+          <t>9786050200539</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Hüsrev ile Şirin</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754681048</t>
+          <t>9789754686357</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 1. Kitap</t>
+          <t>Husserl</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754688160</t>
+          <t>9786050202250</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilimin Abc’si</t>
+          <t>Histeri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754686012</t>
+          <t>9789754689945</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Goethe</t>
+          <t>Hiçbir Yerden Haberler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754688665</t>
+          <t>9789754687682</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gezgin ile Gölgesi</t>
+          <t>Hıristiyanlığın Özü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754684193</t>
+          <t>9789754687774</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Genel Edebiyat Bilimi</t>
+          <t>Heidegger: Varlık ve Zaman - Varlık ve Hakikat - Sanat ve Hakikat - Düşünmek Ne Demektir? - Doğu ve Batı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050202243</t>
+          <t>9789754685251</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Uygarlık Tarihi</t>
+          <t>Hegel</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754684698</t>
+          <t>9786050202038</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gelin Odasındaki Hayalet</t>
+          <t>Hayatın Ritmi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000006147</t>
+          <t>9789754682595</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Friedrich Nietzsche Toplu Eserleri 19 Kitap Takım</t>
+          <t>Hastalıksız Bir Yaşam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>178.24</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754686838</t>
+          <t>9789754685312</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu’nda Sanat ve Toplum</t>
+          <t>Halk Türküleri 5. Kitap Güfte ve Besteleriyle</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754686142</t>
+          <t>9789754685305</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Felsefesi</t>
+          <t>Halk Türküleri 4. Kitap Güfte ve Besteleriyle</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050200935</t>
+          <t>9789754685299</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Foucault Sözlüğü</t>
+          <t>Halk Türküleri 3. Kitap Güfte ve Besteleriyle</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754689624</t>
+          <t>9789754684803</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Foucault</t>
+          <t>Halk Türküleri 2. Kitap</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>25</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050201079</t>
+          <t>9789754686227</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Pozlama Teknikleri ve Yaratıcılık</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754686241</t>
+          <t>9789754681048</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Teknik Okumaları</t>
+          <t>Halk Türküleri 1. Kitap</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>30</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754687064</t>
+          <t>9789754688160</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Filmden Dijitale Fotoğraf</t>
+          <t>Göstergebilimin Abc’si</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754686920</t>
+          <t>9789754686012</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ferrari’sini Satan Hergele</t>
+          <t>Goethe</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050201222</t>
+          <t>9789754688665</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin</t>
+          <t>Gezgin ile Gölgesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754683806</t>
+          <t>9789754684193</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Feminist Edebiyat Eleştirisi</t>
+          <t>Genel Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754686494</t>
+          <t>9786050202243</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Gençler İçin Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>17.5</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754688498</t>
+          <t>9789754684698</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi (Ciltli)</t>
+          <t>Gelin Odasındaki Hayalet</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>46.3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754686500</t>
+          <t>3990000006147</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Seti 14 Kitap</t>
+          <t>Friedrich Nietzsche Toplu Eserleri 19 Kitap Takım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>187.5</v>
+        <v>178.24</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754681192</t>
+          <t>9789754686838</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Nedir?</t>
+          <t>Frankfurt Okulu’nda Sanat ve Toplum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754687781</t>
+          <t>9789754686142</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Farsça Türkçe Sözlük (Ciltli)</t>
+          <t>Geleceğin Felsefesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050201604</t>
+          <t>9786050200935</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Farsça Türkçe Cep Sözlüğü</t>
+          <t>Foucault Sözlüğü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050200058</t>
+          <t>9789754689624</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Foucault</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754686951</t>
+          <t>9786050201079</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Doğa Tarihi ve Gökler Kuramı</t>
+          <t>Fotoğrafta Pozlama Teknikleri ve Yaratıcılık</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754685701</t>
+          <t>9789754686241</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Etik ve Estetik Değerler</t>
+          <t>Fotoğraf Teknik Okumaları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754688429</t>
+          <t>9789754687064</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Estetiğin ABC’si</t>
+          <t>Filmden Dijitale Fotoğraf</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050201277</t>
+          <t>9789754686920</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan</t>
+          <t>Ferrari’sini Satan Hergele</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050201574</t>
+          <t>9786050201222</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Eski Roma</t>
+          <t>Ferhat ile Şirin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050200553</t>
+          <t>9789754683806</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Sözlüğü</t>
+          <t>Feminist Edebiyat Eleştirisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754680782</t>
+          <t>9789754686494</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>En Kutsalı Yaratmak</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050202304</t>
+          <t>9789754688498</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin En Ölümcül Silahı Demokrasi Yalanı</t>
+          <t>Felsefe Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>25</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754688153</t>
+          <t>9789754686500</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Emile Ya Da Eğitim Üzerine</t>
+          <t>Felsefe Seti 14 Kitap</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>40</v>
+        <v>187</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754687927</t>
+          <t>9789754681192</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ellerimde</t>
+          <t>Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754685619</t>
+          <t>9789754687781</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Einstein Fikir Mimarları 3</t>
+          <t>Farsça Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754688580</t>
+          <t>9786050201604</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine Ruhun Eğitimi - Ahlaki Eğitim - Pratik Eğitim</t>
+          <t>Farsça Türkçe Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754681499</t>
+          <t>9786050200058</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Dünyasında Anadolu (Anadolu Mitolojisi)</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754687767</t>
+          <t>9789754686951</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Çağırdığı</t>
+          <t>Evrensel Doğa Tarihi ve Gökler Kuramı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754681482</t>
+          <t>9789754685701</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Etik ve Estetik Değerler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754680959</t>
+          <t>9789754688429</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Türkler</t>
+          <t>Estetiğin ABC’si</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050200232</t>
+          <t>9786050201277</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dünya Felsefe Tarihi</t>
+          <t>Eski Yunan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754683738</t>
+          <t>9786050201574</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinlerinde Hayatın Anlamı</t>
+          <t>Eski Roma</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754686753</t>
+          <t>9786050200553</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dondurmam Gaymak Bir Ege Geyiği</t>
+          <t>Eski Anadolu Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>10</v>
+        <v>750</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754685947</t>
+          <t>9789754680782</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>En Kutsalı Yaratmak</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050201932</t>
+          <t>9786050202304</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Doğu Bilgeliği</t>
+          <t>Emperyalizmin En Ölümcül Silahı Demokrasi Yalanı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>12.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754684124</t>
+          <t>9789754688153</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İnsanlaşması</t>
+          <t>Emile Ya Da Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050200003</t>
+          <t>9789754687927</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hak ve Tarih</t>
+          <t>Ellerimde</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754682496</t>
+          <t>9789754685619</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Yaşayan Atatürk</t>
+          <t>Einstein Fikir Mimarları 3</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050201437</t>
+          <t>9789754688580</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Doğa Fotoğrafçısının Elkitabı</t>
+          <t>Eğitim Üzerine Ruhun Eğitimi - Ahlaki Eğitim - Pratik Eğitim</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>20</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050201918</t>
+          <t>9789754681499</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Kebir’den Seçmeler</t>
+          <t>Efsaneler Dünyasında Anadolu (Anadolu Mitolojisi)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754682434</t>
+          <t>9789754687767</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dinler Kavşağı Anadolu</t>
+          <t>Düşüncenin Çağırdığı</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050200966</t>
+          <t>9789754681482</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dijital Teknoloji Çağında Reklam Fotoğrafçılığı</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754689099</t>
+          <t>9789754680959</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafta Yaratıcı Teknikler</t>
+          <t>Dünyada Türkler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754687897</t>
+          <t>9786050200232</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğraf Rehberi</t>
+          <t>Dünya Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754685121</t>
+          <t>9789754683738</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinleri Ansiklopedisi</t>
+          <t>Dünya Dinlerinde Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754689266</t>
+          <t>9789754686753</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Fotoğraf</t>
+          <t>Dondurmam Gaymak Bir Ege Geyiği</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754687880</t>
+          <t>9789754685947</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin ABC’si</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754682939</t>
+          <t>9786050201932</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Öyküdür Kişisel İlişkiler Üzerine Yeni Bir Teori</t>
+          <t>Doğu Bilgeliği</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>7.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050201697</t>
+          <t>9789754684124</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşırılığın Peygamberleri</t>
+          <t>Doğanın İnsanlaşması</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754686104</t>
+          <t>9786050200003</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Asya Yollarında</t>
+          <t>Doğal Hak ve Tarih</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754687224</t>
+          <t>9789754682496</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Eğitim Üzerine</t>
+          <t>Düşünceleriyle Yaşayan Atatürk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754687057</t>
+          <t>9786050201437</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Doğa Fotoğrafçısının Elkitabı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050201253</t>
+          <t>9786050201918</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji</t>
+          <t>Divan-ı Kebir’den Seçmeler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>600</v>
+        <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754687859</t>
+          <t>9789754682434</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Anne-Babalar İçin Bebek Ruh Sağlığı Rehberi</t>
+          <t>Dinler Kavşağı Anadolu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754687248</t>
+          <t>9786050200966</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Projeleri</t>
+          <t>Dijital Teknoloji Çağında Reklam Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754687279</t>
+          <t>9789754689099</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefe</t>
+          <t>Dijital Fotoğrafta Yaratıcı Teknikler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>7.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754680508</t>
+          <t>9789754687897</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Amatör Balıkçılık</t>
+          <t>Dijital Fotoğraf Rehberi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754689792</t>
+          <t>9789754685121</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Alkibiades 1-2</t>
+          <t>Dünya Dinleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754682038</t>
+          <t>9789754689266</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Akıllar, Beyinler ve Bilim</t>
+          <t>Dijital Dünyada Fotoğraf</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>6</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754687750</t>
+          <t>9789754687880</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ağrı’ya Dönüş</t>
+          <t>Felsefenin ABC’si</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050201468</t>
+          <t>9789754682939</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Acelesi Olanlar İçin 99 İcat</t>
+          <t>Aşk Bir Öyküdür Kişisel İlişkiler Üzerine Yeni Bir Teori</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>12.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754689297</t>
+          <t>9786050201697</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Acelesi Olanlar İçin 90 Klasik Kitap</t>
+          <t>Aşırılığın Peygamberleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>12.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050202236</t>
+          <t>9789754686104</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıla Yön Veren 20 Büyük Filozof</t>
+          <t>Asya Yollarında</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754688627</t>
+          <t>9789754687224</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Dijital Fotoğraf</t>
+          <t>Aristoteles Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754687828</t>
+          <t>9789754687057</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Sözlük (Büyük Boy)</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050201635</t>
+          <t>9786050201253</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Sözlük (Orta Boy)</t>
+          <t>Antropoloji</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754685046</t>
+          <t>9789754687859</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Fotoğraf Terimleri Sözlüğü</t>
+          <t>Anne-Babalar İçin Bebek Ruh Sağlığı Rehberi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050203196</t>
+          <t>9789754687248</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Filozofları</t>
+          <t>Anayasa Projeleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>32.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754685602</t>
+          <t>9789754687279</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Devlet Efsanesi</t>
+          <t>Analitik Felsefe</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>500</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754686272</t>
+          <t>9789754680508</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Denemeler: 1. Kitap</t>
+          <t>Amatör Balıkçılık</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050200225</t>
+          <t>9789754689792</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Deleuze Sözlüğü</t>
+          <t>Alkibiades 1-2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754680126</t>
+          <t>9789754682038</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Davranışlarımızın Kökeni</t>
+          <t>Akıllar, Beyinler ve Bilim</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754685589</t>
+          <t>9789754687750</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>David Strauss - İtirafçı ve Yazar</t>
+          <t>Ağrı’ya Dönüş</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754680966</t>
+          <t>9786050201468</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dağlardan Sorun Beni</t>
+          <t>Acelesi Olanlar İçin 99 İcat</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754689396</t>
+          <t>9789754689297</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Farsça Metinler</t>
+          <t>Acelesi Olanlar İçin 90 Klasik Kitap</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754684858</t>
+          <t>9786050202236</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çingene ve Bakire</t>
+          <t>20. Yüzyıla Yön Veren 20 Büyük Filozof</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754681345</t>
+          <t>9789754688627</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çin Denemeleri</t>
+          <t>100 Soruda Dijital Fotoğraf</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>6</v>
+        <v>65</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754688917</t>
+          <t>9789754687828</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Demir’le Mutlu Diyet</t>
+          <t>Arapça-Türkçe Sözlük (Büyük Boy)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>12.5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754680430</t>
+          <t>9786050201635</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Atlas</t>
+          <t>Arapça Türkçe Sözlük (Orta Boy)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754681338</t>
+          <t>9789754685046</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kuşaklar</t>
+          <t>Açıklamalı Fotoğraf Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754686937</t>
+          <t>9786050203196</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şeflerin Yatak Odası Sırları</t>
+          <t>Hitler'in Filozofları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>20</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754682588</t>
+          <t>9789754685602</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Burcunuz ve Geleceğiniz Yıllık Transit Yorumlarınız</t>
+          <t>Devlet Efsanesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>6.48</v>
+        <v>500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754680232</t>
+          <t>9789754686272</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Diliyle Hayyam</t>
+          <t>Denemeler: 1. Kitap</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>7.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754688191</t>
+          <t>9786050200225</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Fotoğraf Yazdım</t>
+          <t>Deleuze Sözlüğü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754680447</t>
+          <t>9789754680126</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Briç</t>
+          <t>Davranışlarımızın Kökeni</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754686906</t>
+          <t>9789754685589</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtlar</t>
+          <t>David Strauss - İtirafçı ve Yazar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754686173</t>
+          <t>9789754680966</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Dağlardan Sorun Beni</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754682175</t>
+          <t>9789754689396</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyücünün Anıları</t>
+          <t>Çözümlü Farsça Metinler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>6</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754688436</t>
+          <t>9789754684858</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
+          <t>Çingene ve Bakire</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754682908</t>
+          <t>9789754681345</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Felsefe</t>
+          <t>Çin Denemeleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754686968</t>
+          <t>9789754688917</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ben, Lucifer</t>
+          <t>Çağatay Demir’le Mutlu Diyet</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754681130</t>
+          <t>9789754680430</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bedensel Estetik Scarsdale Rejimi</t>
+          <t>Cinsel Atlas</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754689105</t>
+          <t>9789754681338</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Baudrillard</t>
+          <t>Büyülü Kuşaklar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050201642</t>
+          <t>9789754686937</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası İcatlar</t>
+          <t>Büyük Şeflerin Yatak Odası Sırları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754681147</t>
+          <t>9789754682588</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Mutfaklarından Balık Yemekleri</t>
+          <t>Burcunuz ve Geleceğiniz Yıllık Transit Yorumlarınız</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>12.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754686036</t>
+          <t>9789754680232</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Oğlum</t>
+          <t>Bugünün Diliyle Hayyam</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>10</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754686111</t>
+          <t>9789754688191</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Bu Sefer Fotoğraf Yazdım</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754688450</t>
+          <t>9789754680447</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Atilla Dorsay / Sinemayı Yazan Adam</t>
+          <t>Briç</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754684148</t>
+          <t>9789754686906</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Suçları</t>
+          <t>Bozkurtlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>7.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754681093</t>
+          <t>9789754686173</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Aşka Çağrı</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754686302</t>
+          <t>9789754682175</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Şehvet Üzerine 1. Kitap</t>
+          <t>Bir Büyücünün Anıları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050204063</t>
+          <t>9789754688436</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mizaç</t>
+          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050203486</t>
+          <t>9789754682908</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Başka Diyarların Felsefeleri 1</t>
+          <t>Bilim ve Felsefe</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>40</v>
+        <v>7</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050203295</t>
+          <t>9789754686968</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Ben, Lucifer</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050203080</t>
+          <t>9789754681130</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Üçlü Sarmal</t>
+          <t>Bedensel Estetik Scarsdale Rejimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050203141</t>
+          <t>9789754689105</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>101 Gündelik Felsefe Deneyimi</t>
+          <t>Baudrillard</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786058942202</t>
+          <t>9786050201642</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Öncesi Türk İnancı ve Evrensel Bağları</t>
+          <t>Baş Belası İcatlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>7.41</v>
+        <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754683981</t>
+          <t>9789754681147</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kalem ve Kılıç</t>
+          <t>Türk ve Avrupa Mutfaklarından Balık Yemekleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>20</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754682137</t>
+          <t>9789754686036</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Gündemi</t>
+          <t>Babam ve Oğlum</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754681307</t>
+          <t>9789754686111</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gerçeklikleri</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000006114</t>
+          <t>9789754688450</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kader Dönemeci Batı Barut Kokuyor 1. Kitap</t>
+          <t>Atilla Dorsay / Sinemayı Yazan Adam</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>11.57</v>
+        <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754685749</t>
+          <t>9789754684148</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Jung Aslında Ne Dedi?</t>
+          <t>Aşkın Suçları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754682281</t>
+          <t>9789754681093</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Yüreğinde Tarihe Yolculuk Anıtlar-Olaylar-Efsaneler</t>
+          <t>Aşka Çağrı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050200836</t>
+          <t>9789754686302</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İskendername</t>
+          <t>Aşk ve Şehvet Üzerine 1. Kitap</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754686326</t>
+          <t>9786050204063</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihinden Gayriciddi Notlar</t>
+          <t>Aşk-ı Mizaç</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>12.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754688184</t>
+          <t>9786050203486</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yükselişi</t>
+          <t>Başka Diyarların Felsefeleri 1</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050204186</t>
+          <t>9786050203295</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Başka Diyarların Felsefeleri 1 - 2 (2 Kitap )</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050204117</t>
+          <t>9786050203080</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İzmir'den İstanbul'a Batı Anadolu 1830</t>
+          <t>Üçlü Sarmal</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050203783</t>
+          <t>9786050203141</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>101 Gündelik Felsefe Deneyimi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050203073</t>
+          <t>9786058942202</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyük Komutanlar</t>
+          <t>İslamiyet Öncesi Türk İnancı ve Evrensel Bağları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050203615</t>
+          <t>9789754683981</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Fizik Devrimi ve Yedi Büyük Fizikçi</t>
+          <t>Kalem ve Kılıç</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050203516</t>
+          <t>9789754682137</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Zafer Sarhoşluğu</t>
+          <t>Kadınların Gündemi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786058791725</t>
+          <t>9789754681307</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf - Tırnak İçinde</t>
+          <t>Kadın Gerçeklikleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050203271</t>
+          <t>3990000006114</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>Kader Dönemeci Batı Barut Kokuyor 1. Kitap</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754680928</t>
+          <t>9789754685749</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İstanbul Adaları (Ciltli)</t>
+          <t>Jung Aslında Ne Dedi?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>500</v>
+        <v>7</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754687866</t>
+          <t>9789754682281</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kanar - Arapça Türkçe Sözlük (Ciltli)</t>
+          <t>İstanbul’un Yüreğinde Tarihe Yolculuk Anıtlar-Olaylar-Efsaneler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>70</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050202731</t>
+          <t>9786050200836</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 1</t>
+          <t>İskendername</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050203462</t>
+          <t>9789754686326</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Akli ve İnsani Temeli</t>
+          <t>İnsanlık Tarihinden Gayriciddi Notlar</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>12.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050203899</t>
+          <t>9789754688184</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Doğuşu</t>
+          <t>İnsanın Yükselişi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050202878</t>
+          <t>9786050204186</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Evren</t>
+          <t>Başka Diyarların Felsefeleri 1 - 2 (2 Kitap )</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050202908</t>
+          <t>9786050204117</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Şiiri</t>
+          <t>İzmir'den İstanbul'a Batı Anadolu 1830</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050205794</t>
+          <t>9786050203783</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filozoflardan 100 Önemli Aforizma</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050205480</t>
+          <t>9786050203073</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Rüyanın Psikolojisi</t>
+          <t>Tarihe Yön Veren Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050206111</t>
+          <t>9786050203615</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bellek Yanılgısı</t>
+          <t>Dünyayı Değiştiren Fizik Devrimi ve Yedi Büyük Fizikçi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050206005</t>
+          <t>9786050203516</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Olasılıksızlık</t>
+          <t>Zafer Sarhoşluğu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>175</v>
+        <v>20</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786050206142</t>
+          <t>9786058791725</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Einstein ve Kuantum</t>
+          <t>Fotoğraf - Tırnak İçinde</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050206289</t>
+          <t>9786050203271</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Rönesans’tan Bugüne Modern Avrupa Tarihi</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050204315</t>
+          <t>9789754680928</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Bir Yıl</t>
+          <t>Tarih Boyunca İstanbul Adaları (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050205459</t>
+          <t>9789754687866</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe-Farsça Sözlük / Büyük Farsça-Türkçe Sözlük (2 Sözlük Takım) (Ciltli)</t>
+          <t>Kanar - Arapça Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050205374</t>
+          <t>9786050202731</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Max Weber</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786050204674</t>
+          <t>9786050203462</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Psikopatlar Arasında</t>
+          <t>Ahlakın Akli ve İnsani Temeli</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>35</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752703605</t>
+          <t>9786050203899</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Zara, Çelik Yelekli Kuşlar</t>
+          <t>Evrenin Doğuşu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>4.63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050204841</t>
+          <t>9786050202878</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi Tarihi</t>
+          <t>İçimizdeki Evren</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754688559</t>
+          <t>9786050202908</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (2 Cilt Takım) (Ciltli)</t>
+          <t>Evrenin Şiiri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050204780</t>
+          <t>9786050205794</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kusursuzluk Çabası ve Yetersizlik Duygusu</t>
+          <t>Büyük Filozoflardan 100 Önemli Aforizma</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786050205435</t>
+          <t>9786050205480</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İran: Aklın İmparatorluğu</t>
+          <t>Rüyanın Psikolojisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050204506</t>
+          <t>9786050206111</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Diyojen'in Fıçısı ve Diğer Felsefe Öyküleri</t>
+          <t>Bellek Yanılgısı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050203226</t>
+          <t>9786050206005</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı ve Kaos</t>
+          <t>Olasılıksızlık</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>17.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050203158</t>
+          <t>9786050206142</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Farta Kartalı - Yaz Arkadaşları 3</t>
+          <t>Einstein ve Kuantum</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>9</v>
+        <v>275</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050205183</t>
+          <t>9786050206289</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Bilgi</t>
+          <t>Rönesans’tan Bugüne Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786056463587</t>
+          <t>9786050204315</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gülün Alı Var</t>
+          <t>Doğu’da Bir Yıl</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>18.52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050203738</t>
+          <t>9786050205459</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Sözlüğü</t>
+          <t>Büyük Türkçe-Farsça Sözlük / Büyük Farsça-Türkçe Sözlük (2 Sözlük Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050203646</t>
+          <t>9786050205374</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Felsefesi Tarihi</t>
+          <t>Max Weber</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050205367</t>
+          <t>9786050204674</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Dünya Haritası Boyama Kitabı</t>
+          <t>Psikopatlar Arasında</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050205169</t>
+          <t>9789752703605</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Büyük Farsça-Türkçe Sözlük (Ciltli)</t>
+          <t>Zara, Çelik Yelekli Kuşlar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050204056</t>
+          <t>9786050204841</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Reklamda Görsel Tasarım</t>
+          <t>Fransız Devrimi Tarihi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050203325</t>
+          <t>9789754688559</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Lacan ve Çağdaş Sinema</t>
+          <t>Osmanlı Türkçesi Sözlüğü (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>17.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050203967</t>
+          <t>9786050204780</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeyi Öğrenme ve Öğretme</t>
+          <t>Kusursuzluk Çabası ve Yetersizlik Duygusu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050203981</t>
+          <t>9786050205435</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>İran: Aklın İmparatorluğu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754680922</t>
+          <t>9786050204506</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İstanbul Adaları Cilt 2 (Ciltli)</t>
+          <t>Diyojen'in Fıçısı ve Diğer Felsefe Öyküleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>251.85</v>
+        <v>20</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050203493</t>
+          <t>9786050203226</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı</t>
+          <t>Rastlantı ve Kaos</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>125</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050202465</t>
+          <t>9786050203158</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Görünen İnsan</t>
+          <t>Farta Kartalı - Yaz Arkadaşları 3</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754680690</t>
+          <t>9786050205183</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Zipangu Işığı Japon Halk Masalları</t>
+          <t>Toplumsal Cinsiyet ve Bilgi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050200843</t>
+          <t>9786056463587</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Kırmızı Gülün Alı Var</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754686128</t>
+          <t>9786050203738</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Spinoza Sözlüğü</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754684261</t>
+          <t>9786050203646</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yunanlılar’ın Trajik Çağında Felsefe</t>
+          <t>İlkçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754685527</t>
+          <t>9786050205367</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yunan Tragedyası Üzerine İki Konferans</t>
+          <t>Dünya Haritası Boyama Kitabı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754684544</t>
+          <t>9786050205169</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitleri</t>
+          <t>Büyük Farsça-Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754687743</t>
+          <t>9786050204056</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yoldaşım 40 Yıl</t>
+          <t>Reklamda Görsel Tasarım</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050202571</t>
+          <t>9786050203325</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Gizli Bahçesi</t>
+          <t>Lacan ve Çağdaş Sinema</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>25</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754680805</t>
+          <t>9786050203967</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Balık Avcılığı</t>
+          <t>Düşünmeyi Öğrenme ve Öğretme</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754685626</t>
+          <t>9786050203981</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yedi İnsan Doğası Kuramı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>8.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754686944</t>
+          <t>9789754680922</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ye Türk’üm Ye</t>
+          <t>Tarih Boyunca İstanbul Adaları Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>10</v>
+        <v>251.85</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050202328</t>
+          <t>9786050203493</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Gücü</t>
+          <t>Birinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754683950</t>
+          <t>9786050202465</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Wagner Olayı - Nietzsche Wagner’e Karşı</t>
+          <t>Görünen İnsan</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050200485</t>
+          <t>9789754680690</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Zipangu Işığı Japon Halk Masalları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789754686470</t>
+          <t>9786050200843</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Felsefelerine Giriş</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050208436</t>
+          <t>9789754686128</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Mitleri</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050201307</t>
+          <t>9789754684261</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Yunanlılar’ın Trajik Çağında Felsefe</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050200454</t>
+          <t>9789754685527</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Yunan Tragedyası Üzerine İki Konferans</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754686791</t>
+          <t>9789754684544</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mill</t>
+          <t>Yunan Mitleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>12.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9799756347645</t>
+          <t>9789754687743</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Say Fikir Mimarları Seti (13 Kitap)</t>
+          <t>Yoldaşım 40 Yıl</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050200607</t>
+          <t>9786050202571</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış Hukuku</t>
+          <t>Doğanın Gizli Bahçesi</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754688481</t>
+          <t>9789754680805</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer</t>
+          <t>Yeni Başlayanlar İçin Balık Avcılığı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754684100</t>
+          <t>9789754685626</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Masalcı Nine</t>
+          <t>Yedi İnsan Doğası Kuramı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>4.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050208191</t>
+          <t>9789754686944</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji - Kahramanın Yolculuğu</t>
+          <t>Ye Türk’üm Ye</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>3990000055649</t>
+          <t>9786050202328</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kader Dönemeği</t>
+          <t>Yaşama Gücü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754689617</t>
+          <t>9789754683950</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımayan Anadolu</t>
+          <t>Wagner Olayı - Nietzsche Wagner’e Karşı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>3990000030800</t>
+          <t>9786050200485</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Öç Günlüğü - Kan Yerde Kalmaz</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754689990</t>
+          <t>9789754686470</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Varoluş Felsefelerine Giriş</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754682021</t>
+          <t>9786050208436</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İdealler</t>
+          <t>Tanrı Mitleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>4.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754687088</t>
+          <t>9786050201307</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Baskı</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754686418</t>
+          <t>9786050200454</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Afyon Karahisar (Ciltli)</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>40</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754685008</t>
+          <t>9789754686791</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Siyah - Beyaz Negatif</t>
+          <t>Mill</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>100</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050201017</t>
+          <t>9799756347645</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın ABC’si</t>
+          <t>Say Fikir Mimarları Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050201208</t>
+          <t>9786050200607</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Anlam ve Anlatım</t>
+          <t>Savaş ve Barış Hukuku</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754686234</t>
+          <t>9789754688481</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname</t>
+          <t>Schopenhauer</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754686203</t>
+          <t>9789754684100</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer</t>
+          <t>Masalcı Nine</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>30</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>3990000009045</t>
+          <t>9786050208191</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Say Kültür Seti (16 Kitap)</t>
+          <t>Mitoloji - Kahramanın Yolculuğu</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>231.48</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754687095</t>
+          <t>3990000055649</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta ve Kanserde Doğru Beslenme</t>
+          <t>Kader Dönemeği</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058662100</t>
+          <t>9789754689617</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Detoks</t>
+          <t>Sınır Tanımayan Anadolu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.8</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754682960</t>
+          <t>3990000030800</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Kaos</t>
+          <t>Öç Günlüğü - Kan Yerde Kalmaz</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>7.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754681246</t>
+          <t>9789754689990</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Roman Yazma Sanatı</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754689082</t>
+          <t>9789754682021</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Resmin Temelleri</t>
+          <t>Siyasal İdealler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>75</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754686265</t>
+          <t>9789754687088</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Renk Dünyamız 101 Kompozisyon 101 Yorum</t>
+          <t>Siyah Beyaz Baskı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754687231</t>
+          <t>9789754686418</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Pythagoras</t>
+          <t>Siyah Beyaz Afyon Karahisar (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754682793</t>
+          <t>9789754685008</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiyi Yerli Yerine Oturtmak</t>
+          <t>Siyah - Beyaz Negatif</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789754680461</t>
+          <t>9786050201017</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Aktivite</t>
+          <t>Sinemanın ABC’si</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789754680072</t>
+          <t>9786050201208</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine</t>
+          <t>Sinemada Anlam ve Anlatım</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754684278</t>
+          <t>9789754686234</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Nedir?</t>
+          <t>Seyahatname</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>65</v>
+        <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754682212</t>
+          <t>9789754686203</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Problem Çocuklar ve Tedavi (Çocuk ve Stres)</t>
+          <t>Schopenhauer</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789754685343</t>
+          <t>3990000009045</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Pozitivist Felsefe</t>
+          <t>Say Kültür Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>7</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754688641</t>
+          <t>9789754687095</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizmin ABC’si</t>
+          <t>Sağlıkta ve Kanserde Doğru Beslenme</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789754686821</t>
+          <t>9786058662100</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Pavlov</t>
+          <t>Ruhsal Detoks</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>20</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789754685558</t>
+          <t>9789754682960</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Öyküleriyle Halk Türküleri Notaları ve Sözleriyle Birlikte</t>
+          <t>Ruh ve Kaos</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789754686296</t>
+          <t>9789754681246</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ötekini Bilmek</t>
+          <t>Roman Yazma Sanatı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050201901</t>
+          <t>9789754689082</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Öteki Dilde Var Olmak</t>
+          <t>Resmin Temelleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789754680393</t>
+          <t>9789754686265</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Öp Babanın Kelini</t>
+          <t>Renk Dünyamız 101 Kompozisyon 101 Yorum</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>3.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789754686135</t>
+          <t>9789754687231</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Pythagoras</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>10</v>
+        <v>75</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789754686258</t>
+          <t>9789754682793</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Psikolojiyi Yerli Yerine Oturtmak</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789754681178</t>
+          <t>9789754680461</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Öç Günlüğü / Kader Dönemeci (2 Kitap Takım)</t>
+          <t>Psikolojik Aktivite</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789754682106</t>
+          <t>9789754680072</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ozanların Dili Notalarıyla</t>
+          <t>Psikanaliz Üzerine</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789754687798</t>
+          <t>9789754684278</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Psikanaliz Nedir?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050201345</t>
+          <t>9789754682212</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Cep Sözlüğü</t>
+          <t>Problem Çocuklar ve Tedavi (Çocuk ve Stres)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050200942</t>
+          <t>9789754685343</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Tarihi</t>
+          <t>Pozitivist Felsefe</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>3990000009044</t>
+          <t>9789754688641</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Seti (15 Kitap Takım)</t>
+          <t>Postmodernizmin ABC’si</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050201512</t>
+          <t>9789754686821</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Oedipus</t>
+          <t>Pavlov</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050201451</t>
+          <t>9789754685558</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Novum Organum</t>
+          <t>Öyküleriyle Halk Türküleri Notaları ve Sözleriyle Birlikte</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789754682113</t>
+          <t>9789754686296</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Notalarıyla Zeybekler ve Ege-Akdeniz Türküleri</t>
+          <t>Ötekini Bilmek</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789754685503</t>
+          <t>9786050201901</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Öteki Dilde Var Olmak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789754688238</t>
+          <t>9789754680393</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Nerede O Eski Katiller</t>
+          <t>Öp Babanın Kelini</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>10</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789754682557</t>
+          <t>9789754686135</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Nağmeler Tahtım Olsaydı</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050201291</t>
+          <t>9789754686258</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tektanrılı Din</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789754686074</t>
+          <t>9789754681178</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Metaforla Saadet Olmaz</t>
+          <t>Öç Günlüğü / Kader Dönemeci (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050201413</t>
+          <t>9789754682106</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler - 100 Temel Eser</t>
+          <t>Ozanların Dili Notalarıyla</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789754682151</t>
+          <t>9789754687798</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Melankoli</t>
+          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789754686807</t>
+          <t>9786050201345</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gözlü Dev Nazım Hikmet</t>
+          <t>Osmanlı Türkçesi Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050200591</t>
+          <t>9786050200942</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Marx</t>
+          <t>Ortadoğu Tarihi</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786050200355</t>
+          <t>3990000009044</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Maçahel</t>
+          <t>Psikoloji Seti (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>20</v>
+        <v>255</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789754684841</t>
+          <t>9786050201512</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Locarno Dilencisi</t>
+          <t>Oedipus</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050202366</t>
+          <t>9786050201451</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Novum Organum</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050201314</t>
+          <t>9789754682113</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Leonardo’dan Hegel’e Batı Düşünce Tarihi</t>
+          <t>Notalarıyla Zeybekler ve Ege-Akdeniz Türküleri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050201826</t>
+          <t>9789754685503</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Tarihi</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789754689969</t>
+          <t>9789754688238</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Lacan Sözlüğü</t>
+          <t>Nerede O Eski Katiller</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789754688658</t>
+          <t>9789754682557</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Lacan</t>
+          <t>Nağmeler Tahtım Olsaydı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050201178</t>
+          <t>9786050201291</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Musa ve Tektanrılı Din</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050200287</t>
+          <t>9789754686074</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerin Bilgeliği</t>
+          <t>Metaforla Saadet Olmaz</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786056275401</t>
+          <t>9786050201413</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kurşunkalem</t>
+          <t>Mesnevi’den Seçmeler - 100 Temel Eser</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>32.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789754687149</t>
+          <t>9789754682151</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Klasik Müzik Rehberi</t>
+          <t>Melankoli</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050201963</t>
+          <t>9789754686807</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Soruşturmacı Gazeteciden</t>
+          <t>Mavi Gözlü Dev Nazım Hikmet</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789754688443</t>
+          <t>9786050200591</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard</t>
+          <t>Marx</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050201956</t>
+          <t>9786050200355</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kısa Film Yapımı</t>
+          <t>Maçahel</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050201123</t>
+          <t>9789754684841</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Locarno Dilencisi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>3990000015800</t>
+          <t>9786050202366</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Kültür</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050201062</t>
+          <t>9786050201314</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Leonardo’dan Hegel’e Batı Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789754684186</t>
+          <t>9786050201826</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat Bilimi</t>
+          <t>Latin Amerika Tarihi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051253268</t>
+          <t>9789754689969</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Karakalem</t>
+          <t>Lacan Sözlüğü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>50.93</v>
+        <v>15</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789754682120</t>
+          <t>9789754688658</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Türküleri Notalarıyla</t>
+          <t>Lacan</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789754685244</t>
+          <t>9786050201178</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kant</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050202076</t>
+          <t>9786050200287</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kısa Felsefe Tarihi</t>
+          <t>Köpeklerin Bilgeliği</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789754686975</t>
+          <t>9786056275401</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Öz</t>
+          <t>Kurşunkalem</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>10</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789754681017</t>
+          <t>9789754687149</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Gerçek Öyküler</t>
+          <t>Klasik Müzik Rehberi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754681222</t>
+          <t>9786050201963</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Kavşağı Anadolu</t>
+          <t>Kim Korkar Soruşturmacı Gazeteciden</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789754680812</t>
+          <t>9789754688443</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>UFO’lar Uzayın Gizeminden İpuçları Uzaylılarla Karşılaşma ve İlişkiler Üzerine Kapsamlı Bir Araştırma</t>
+          <t>Kierkegaard</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789754687811</t>
+          <t>9786050201956</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Türkler İçin Korece 1</t>
+          <t>Kısa Film Yapımı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789754687804</t>
+          <t>9786050201123</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Farsça Sözlük (Ciltli)</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789754685053</t>
+          <t>3990000015800</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türk Fotoğrafında 101 Kompozisyon 101 Yorum</t>
+          <t>Kent ve Kültür</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789754687309</t>
+          <t>9786050201062</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tutkal</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754688139</t>
+          <t>9789754684186</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun ABC’si</t>
+          <t>Karşılaştırmalı Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>12.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754685879</t>
+          <t>9786051253268</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>The Türkler</t>
+          <t>Karakalem</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>10</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754680607</t>
+          <t>9789754682120</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yaşam İçin Yararı ve Yararsızlığı Üzerine</t>
+          <t>Karadeniz Türküleri Notalarıyla</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754688603</t>
+          <t>9789754685244</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Kant</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754680898</t>
+          <t>9786050202076</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Öyküsü Mitoloji</t>
+          <t>Kısa Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754685954</t>
+          <t>9789754686975</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Varlık ve Öz</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754683837</t>
+          <t>9789754681017</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Josefine ya da Fare Ulusu</t>
+          <t>Uzaylılar Gerçek Öyküler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786050201000</t>
+          <t>9789754681222</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Farsça / Farsça-Türkçe - Cep Sözlüğü</t>
+          <t>Uygarlıklar Kavşağı Anadolu</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>7.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786050201802</t>
+          <t>9789754680812</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Suluboya Sanatı</t>
+          <t>UFO’lar Uzayın Gizeminden İpuçları Uzaylılarla Karşılaşma ve İlişkiler Üzerine Kapsamlı Bir Araştırma</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>100</v>
+        <v>9</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786050200898</t>
+          <t>9789754687811</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayvan</t>
+          <t>Türkler İçin Korece 1</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754686364</t>
+          <t>9789754687804</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Türkçe - Farsça Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789754687033</t>
+          <t>9789754685053</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sofistlerin Çürütmeleri Üzerine</t>
+          <t>Türk Fotoğrafında 101 Kompozisyon 101 Yorum</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>7.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786050206814</t>
+          <t>9789754687309</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Husserl’in Fenomenolojisi</t>
+          <t>Tutkal</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786050207118</t>
+          <t>9789754688139</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kozmostaki Evimiz</t>
+          <t>Tiyatronun ABC’si</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>125</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786050206852</t>
+          <t>9789754685879</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Homo Sapiens</t>
+          <t>The Türkler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786050207538</t>
+          <t>9789754680607</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Giysiler Kültürler ve Kadınlar</t>
+          <t>Tarihin Yaşam İçin Yararı ve Yararsızlığı Üzerine</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786050207200</t>
+          <t>9789754688603</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Her İstediğimizi Yapabilir miyiz? - Düşünme Çemberi 6</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786050207194</t>
+          <t>9789754680898</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bazen Korkmak Gerekir mi? - Düşünme Çemberi 5</t>
+          <t>Tanrıların Öyküsü Mitoloji</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786050207187</t>
+          <t>9789754685954</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Çalışmak mı Eğlenmek mi? - Düşünme Çemberi 4</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>100</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050207170</t>
+          <t>9789754683837</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Karar Vermeli? - Düşünme Çemberi 3</t>
+          <t>Şarkıcı Josefine ya da Fare Ulusu</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786050207163</t>
+          <t>9786050201000</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak Kolay mı? - Düşünme Çemberi 2</t>
+          <t>Türkçe-Farsça / Farsça-Türkçe - Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>100</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786050207156</t>
+          <t>9786050201802</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Paylaşmalı? - Düşünme Çemberi 1</t>
+          <t>Suluboya Sanatı</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>3990000051704</t>
+          <t>9786050200898</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü Cilt: 2 (Ciltli)</t>
+          <t>Sosyal Hayvan</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786050206791</t>
+          <t>9789754686364</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Varoluşçuluk</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786050212068</t>
+          <t>9789754687033</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm Üzerine</t>
+          <t>Sofistlerin Çürütmeleri Üzerine</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786050212051</t>
+          <t>9786050206814</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 101</t>
+          <t>Husserl’in Fenomenolojisi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786050211986</t>
+          <t>9786050207118</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Din Üstüne</t>
+          <t>Kozmostaki Evimiz</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786050212013</t>
+          <t>9786050206852</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Gaslighting</t>
+          <t>Akıllı Homo Sapiens</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786050212020</t>
+          <t>9786050207538</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Anne Olmak</t>
+          <t>Giysiler Kültürler ve Kadınlar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786050211979</t>
+          <t>9786050207200</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bilim</t>
+          <t>Her İstediğimizi Yapabilir miyiz? - Düşünme Çemberi 6</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786050211993</t>
+          <t>9786050207194</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Aşık Filozoflar</t>
+          <t>Bazen Korkmak Gerekir mi? - Düşünme Çemberi 5</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786050212006</t>
+          <t>9786050207187</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi 101</t>
+          <t>Çalışmak mı Eğlenmek mi? - Düşünme Çemberi 4</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786050211948</t>
+          <t>9786050207170</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Birinci Analitikler</t>
+          <t>Nasıl Karar Vermeli? - Düşünme Çemberi 3</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786050211962</t>
+          <t>9786050207163</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Erdemler ve Kötülükler - Gençlik, Yaşlılık, Yaşam ve Ölüm Üzerine</t>
+          <t>Mutlu Olmak Kolay mı? - Düşünme Çemberi 2</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786050211955</t>
+          <t>9786050207156</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Üzerine</t>
+          <t>Nasıl Paylaşmalı? - Düşünme Çemberi 1</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786050211924</t>
+          <t>3990000051704</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Oluş ve Bozuluş Üzerine</t>
+          <t>Osmanlı Türkçesi Sözlüğü Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786050204681</t>
+          <t>9786050206791</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Yeni Başlayanlar İçin Varoluşçuluk</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786050202922</t>
+          <t>9786050212068</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Masumiyet</t>
+          <t>Narsisizm Üzerine</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786050204810</t>
+          <t>9786050212051</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Türk Devrim Tarihi 101</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786050211917</t>
+          <t>9786050211986</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kopernik’ten Einstein’e</t>
+          <t>Din Üstüne</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786250211931</t>
+          <t>9786050212013</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Yücelik Duyguları Üzerine Gözlemler</t>
+          <t>Gaslighting</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786050211863</t>
+          <t>9786050212020</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Haz İlkesinin Ötesinde</t>
+          <t>Anne Olmak</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786050204223</t>
+          <t>9786050211979</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Işığı ile Hakikati Arama</t>
+          <t>Bilim</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786050203806</t>
+          <t>9786050211993</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafta Pozlandırma</t>
+          <t>Aşık Filozoflar</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786050208474</t>
+          <t>9786050212006</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Sanayi Devrimi</t>
+          <t>Çocuk Psikolojisi 101</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786050211900</t>
+          <t>9786050211948</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ay Kadınları Amazonlar</t>
+          <t>Birinci Analitikler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786050211870</t>
+          <t>9786050211962</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Dinleri Öğretiyorum</t>
+          <t>Erdemler ve Kötülükler - Gençlik, Yaşlılık, Yaşam ve Ölüm Üzerine</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786050211887</t>
+          <t>9786050211955</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hakları Tarihi</t>
+          <t>Gökyüzü Üzerine</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786050211894</t>
+          <t>9786050211924</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Fransız Usulü İyi Yaşama Sanatı</t>
+          <t>Oluş ve Bozuluş Üzerine</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786050211856</t>
+          <t>9786050204681</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Beyin</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786050211849</t>
+          <t>9786050202922</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Matematik Herkes İçindir</t>
+          <t>Güç ve Masumiyet</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786050211825</t>
+          <t>9786050204810</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Stoacılık 101</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786050211832</t>
+          <t>9786050211917</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Narsist Sapkınlar</t>
+          <t>Kopernik’ten Einstein’e</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786050211801</t>
+          <t>9786250211931</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Kripto Para Rehberi</t>
+          <t>Güzellik ve Yücelik Duyguları Üzerine Gözlemler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786050211818</t>
+          <t>9786050211863</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Histerinin Psikoterapisi</t>
+          <t>Haz İlkesinin Ötesinde</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786050211788</t>
+          <t>9786050204223</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İnsan Öfkesini Nasıl Yener?</t>
+          <t>Tabiat Işığı ile Hakikati Arama</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786050211764</t>
+          <t>9786050203806</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Kendisinin Efendisi Olur?</t>
+          <t>Dijital Fotoğrafta Pozlandırma</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786050211771</t>
+          <t>9786050208474</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetler Arasında İş Birliği</t>
+          <t>Dünya Tarihinde Sanayi Devrimi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786050211795</t>
+          <t>9786050211900</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filozoflar</t>
+          <t>Ay Kadınları Amazonlar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786050211634</t>
+          <t>9786050211870</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Sanatı ve Mimarisi</t>
+          <t>Kızıma Dinleri Öğretiyorum</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786050211658</t>
+          <t>9786050211887</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Renkli İskandinav Mitleri</t>
+          <t>Kadın Hakları Tarihi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786259525556</t>
+          <t>9786050211894</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Astro Tarot Destesi</t>
+          <t>Fransız Usulü İyi Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786050211627</t>
+          <t>9786050211856</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı</t>
+          <t>Müzik ve Beyin</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786050211641</t>
+          <t>9786050211849</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka 101</t>
+          <t>Matematik Herkes İçindir</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786050211610</t>
+          <t>9786050211825</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bir Matematikçinin Savunması</t>
+          <t>Stoacılık 101</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786050211665</t>
+          <t>9786050211832</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Platon Toplu Eserleri 1 &amp; 2 Cilt Takım (Ciltli)</t>
+          <t>Narsist Sapkınlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>2000</v>
+        <v>275</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786050211597</t>
+          <t>9786050211801</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Platon: Toplu Eserleri 1. Cilt</t>
+          <t>Hızlı Kripto Para Rehberi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786050211603</t>
+          <t>9786050211818</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Platon: Toplu Eserleri 2. Cilt</t>
+          <t>Histerinin Psikoterapisi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>1100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786050207330</t>
+          <t>9786050211788</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Etik 101 - Altruizm ve Faydacılıktan Biyoetik ve Politik Etiğe</t>
+          <t>İnsan Öfkesini Nasıl Yener?</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786050211566</t>
+          <t>9786050211764</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Para Yönetimi</t>
+          <t>İnsan Nasıl Kendisinin Efendisi Olur?</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786050211559</t>
+          <t>9786050211771</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Psikolojisi ve Risk Yönetimi</t>
+          <t>Cinsiyetler Arasında İş Birliği</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786050211542</t>
+          <t>9786050211795</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı 101</t>
+          <t>Büyük Filozoflar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786050211535</t>
+          <t>9786050211634</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Kısa Tarihi</t>
+          <t>Antik Mısır Sanatı ve Mimarisi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786050211504</t>
+          <t>9786050211658</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Sosyopatım</t>
+          <t>Renkli İskandinav Mitleri</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786050210828</t>
+          <t>9786259525556</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sanatı</t>
+          <t>Astro Tarot Destesi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789754689891</t>
+          <t>9786050211627</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Otoritaryen Kişilik Üstüne</t>
+          <t>Bilinçaltı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786050205770</t>
+          <t>9786050211641</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Phaidros</t>
+          <t>Yapay Zeka 101</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789754687125</t>
+          <t>9786050211610</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yeni İmparatorluk Çağı</t>
+          <t>Bir Matematikçinin Savunması</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786050207446</t>
+          <t>9786050211665</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking</t>
+          <t>Platon Toplu Eserleri 1 &amp; 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789754689938</t>
+          <t>9786050211597</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Savunusu</t>
+          <t>Platon: Toplu Eserleri 1. Cilt</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786050207040</t>
+          <t>9786050211603</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İslam'a Neler Borçlu</t>
+          <t>Platon: Toplu Eserleri 2. Cilt</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786050206944</t>
+          <t>9786050207330</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sorun Çözme ve Plan Yapma Becerileri - Sobece 5</t>
+          <t>Etik 101 - Altruizm ve Faydacılıktan Biyoetik ve Politik Etiğe</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786050207606</t>
+          <t>9786050211566</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Modern Devletin Kökenleri</t>
+          <t>Hızlı Para Yönetimi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786050207569</t>
+          <t>9786050211559</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Çizgibilim Serisi Seti (10 Kitap Kutulu)</t>
+          <t>Yatırım Psikolojisi ve Risk Yönetimi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>3500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786050211467</t>
+          <t>9786050211542</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Stressiz Yatırım Sanatı</t>
+          <t>Türk Edebiyatı 101</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786259525549</t>
+          <t>9786050211535</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyileştiren Zihin</t>
+          <t>Müziğin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786050211474</t>
+          <t>9786050211504</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji 101</t>
+          <t>Ben Bir Sosyopatım</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786050211443</t>
+          <t>9786050210828</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Milyonerliğe</t>
+          <t>Aşk Sanatı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786050211498</t>
+          <t>9789754689891</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Yürüyüşü Üzerine</t>
+          <t>Otoritaryen Kişilik Üstüne</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786050211481</t>
+          <t>9786050205770</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’da İslam Egemenliğinde Hindistan</t>
+          <t>Phaidros</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786050211450</t>
+          <t>9789754687125</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Borderline</t>
+          <t>Yeni İmparatorluk Çağı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786050211429</t>
+          <t>9786050207446</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Atalarımızdan Kalan Miras</t>
+          <t>Stephen Hawking</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786050211436</t>
+          <t>9789754689938</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Psikoterapi</t>
+          <t>Sosyolojinin Savunusu</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786050211399</t>
+          <t>9786050207040</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sade Yaşamın Gücü</t>
+          <t>Avrupa İslam'a Neler Borçlu</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786050211375</t>
+          <t>9786050206944</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Al Sat 101</t>
+          <t>Sorun Çözme ve Plan Yapma Becerileri - Sobece 5</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786050211412</t>
+          <t>9786050207606</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Yatırımcının Finansal Bağımsızlık Rehberi</t>
+          <t>Modern Devletin Kökenleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786050211382</t>
+          <t>9786050207569</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ruh Üzerine</t>
+          <t>Çizgibilim Serisi Seti (10 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>200</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786050211405</t>
+          <t>9786050211467</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Cadılık</t>
+          <t>Stressiz Yatırım Sanatı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786050211108</t>
+          <t>9786259525549</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türkiye Tarihi</t>
+          <t>Kendini İyileştiren Zihin</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786050211092</t>
+          <t>9786050211474</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Hala Seviyor muyuz?</t>
+          <t>Psikoloji 101</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786050211078</t>
+          <t>9786050211443</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Sanat Okuma ve Düşünme Uygulamaları</t>
+          <t>Sıfırdan Milyonerliğe</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786050205220</t>
+          <t>9786050211498</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Euthydemos ve Parmenides - Bütün Yapıtları 27</t>
+          <t>Hayvanların Yürüyüşü Üzerine</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786050211061</t>
+          <t>9786050211481</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Nevrotik Kişiliği</t>
+          <t>Orta Çağ’da İslam Egemenliğinde Hindistan</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786050211054</t>
+          <t>9786050211450</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuzak</t>
+          <t>Borderline</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786050211085</t>
+          <t>9786050211429</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Antropoloji</t>
+          <t>Atalarımızdan Kalan Miras</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786050209952</t>
+          <t>9786050211436</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Yatırım</t>
+          <t>Kendi Kendine Psikoterapi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786050211023</t>
+          <t>9786050211399</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Kısa Tarihi</t>
+          <t>Sade Yaşamın Gücü</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786050211030</t>
+          <t>9786050211375</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik 101</t>
+          <t>Al Sat 101</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786050211047</t>
+          <t>9786050211412</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bütçe Yönetimi 101</t>
+          <t>Akıllı Yatırımcının Finansal Bağımsızlık Rehberi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786050210958</t>
+          <t>9786050211382</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Ruh Üzerine</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786050210965</t>
+          <t>9786050211405</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İlgi</t>
+          <t>Cadılık</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786050210972</t>
+          <t>9786050211108</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Felsefe</t>
+          <t>Kısa Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786050210859</t>
+          <t>9786050211092</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kısa Modern Avrupa Tarihi</t>
+          <t>Yaşamı Hala Seviyor muyuz?</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786050204292</t>
+          <t>9786050211078</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adım Adım Resim</t>
+          <t>Çocuklarla Sanat Okuma ve Düşünme Uygulamaları</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786050210910</t>
+          <t>9786050205220</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sığırtmaç Türküleri</t>
+          <t>Euthydemos ve Parmenides - Bütün Yapıtları 27</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786050210941</t>
+          <t>9786050211061</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kurşunkalem</t>
+          <t>Çağımızın Nevrotik Kişiliği</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786050210934</t>
+          <t>9786050211054</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Karakalem</t>
+          <t>Büyük Tuzak</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786050204698</t>
+          <t>9786050211085</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi (Ciltli)</t>
+          <t>Felsefi Antropoloji</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>1750</v>
+        <v>260</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786050210897</t>
+          <t>9786050209952</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Mutluluk Arayışı</t>
+          <t>A’dan Z’ye Yatırım</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786050210903</t>
+          <t>9786050211023</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Dünya’nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786050210842</t>
+          <t>9786050211030</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Külyutmaz</t>
+          <t>Girişimcilik 101</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786050200317</t>
+          <t>9786050211047</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Tartışma Sanatının İncelikleri</t>
+          <t>Bütçe Yönetimi 101</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786050201031</t>
+          <t>9786050210958</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Anlam</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786050210811</t>
+          <t>9786050210965</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kısa İktisat Tarihi</t>
+          <t>Sosyal İlgi</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789754689778</t>
+          <t>9786050210972</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesi</t>
+          <t>Kediler ve Felsefe</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786050210804</t>
+          <t>9786050210859</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender İmparatorluğu</t>
+          <t>Kısa Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786050210798</t>
+          <t>9786050204292</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Nasıl Sağ Çıkılır?</t>
+          <t>Çocuklar İçin Adım Adım Resim</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786050210675</t>
+          <t>9786050210910</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yemekleri</t>
+          <t>Sığırtmaç Türküleri</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786050210668</t>
+          <t>9786050210941</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Kısa Tarihi</t>
+          <t>Kurşunkalem</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786050210651</t>
+          <t>9786050210934</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Tarot 101</t>
+          <t>Karakalem</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786050210132</t>
+          <t>9786050204698</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>100 Başyapıtta Sanat - En Önemli Sanat Eserleri Ne Anlatıyor?</t>
+          <t>Felsefe Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>650</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786050210644</t>
+          <t>9786050210897</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Taş Çağı Beyni</t>
+          <t>İnsanın Mutluluk Arayışı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786050210163</t>
+          <t>9786050210903</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Etik 101 - Özgecilik ve Yararcılıktan Biyoetik ve Siyasal Etiğe</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786050210507</t>
+          <t>9786050210842</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Evrim</t>
+          <t>Külyutmaz</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786050210491</t>
+          <t>9786050200317</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Narsizmin İçyüzü</t>
+          <t>Tartışma Sanatının İncelikleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050210637</t>
+          <t>9786050201031</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Tüm Bilim Öğretisinin Temeli</t>
+          <t>Tarihte Anlam</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786259864228</t>
+          <t>9786050210811</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Erk Hayvanlarının Mesajları 50 Kartlık Deste ve Kitapçık</t>
+          <t>Kısa İktisat Tarihi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786050210477</t>
+          <t>9789754689778</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaderini Nasıl Belirler?</t>
+          <t>Bilgi Felsefesi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786050210484</t>
+          <t>9786050210804</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Huzur Bulur?</t>
+          <t>Büyük İskender İmparatorluğu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786050210460</t>
+          <t>9786050210798</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kısa İsrail - Filistin Tarihi</t>
+          <t>Tarihten Nasıl Sağ Çıkılır?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786050210453</t>
+          <t>9786050210675</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Eskilerin Bilgeliği Uzak Geçmişten Yaşam Dersleri</t>
+          <t>Dünyanın En Güzel Yemekleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786050210439</t>
+          <t>9786050210668</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kendi Tarihini Anlatıyor</t>
+          <t>Deliliğin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786050210446</t>
+          <t>9786050210651</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sapiens Sapiens’e Karşı</t>
+          <t>Tarot 101</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786050207958</t>
+          <t>9786050210132</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sevme Sanatı (Modern Kapak)</t>
+          <t>100 Başyapıtta Sanat - En Önemli Sanat Eserleri Ne Anlatıyor?</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786050210422</t>
+          <t>9786050210644</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi - Cilt 4</t>
+          <t>Taş Çağı Beyni</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786050210408</t>
+          <t>9786050210163</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Psikolog Olmayanlar İçin Psikoloji</t>
+          <t>Etik 101 - Özgecilik ve Yararcılıktan Biyoetik ve Siyasal Etiğe</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786050210415</t>
+          <t>9786050210507</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Matematik</t>
+          <t>101 Soruda Evrim</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786050210385</t>
+          <t>9786050210491</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Modern Mimarlık</t>
+          <t>Narsizmin İçyüzü</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786050210392</t>
+          <t>9786050210637</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Dünya Tarihi</t>
+          <t>Tüm Bilim Öğretisinin Temeli</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786050210378</t>
+          <t>9786259864228</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kimseye Söyleme</t>
+          <t>Erk Hayvanlarının Mesajları 50 Kartlık Deste ve Kitapçık</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786050210248</t>
+          <t>9786050210477</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>İnsan Kaderini Nasıl Belirler?</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786050210231</t>
+          <t>9786050210484</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Eudemos'a Etik</t>
+          <t>İnsan Nasıl Huzur Bulur?</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786050210194</t>
+          <t>9786050210460</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sevme Sanatı (Ciltli)</t>
+          <t>Kısa İsrail - Filistin Tarihi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786050210187</t>
+          <t>9786050210453</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ağacın Eğitimi (Ciltli)</t>
+          <t>Eskilerin Bilgeliği Uzak Geçmişten Yaşam Dersleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786050202311</t>
+          <t>9786050210439</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafa Dair 101 Temel İpucu</t>
+          <t>Dünya Kendi Tarihini Anlatıyor</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786050205725</t>
+          <t>9786050210446</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Dünya Mitolojisi</t>
+          <t>Sapiens Sapiens’e Karşı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786050210200</t>
+          <t>9786050207958</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dükkanı</t>
+          <t>Sevme Sanatı (Modern Kapak)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786050210217</t>
+          <t>9786050210422</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Sosyoloji</t>
+          <t>Roma Tarihi - Cilt 4</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786050210170</t>
+          <t>9786050210408</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Nevroz ve İnsan Gelişimi - Kendini Gerçekleştirme Mücadelesi</t>
+          <t>Psikolog Olmayanlar İçin Psikoloji</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786050210125</t>
+          <t>9786050210415</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Bir Sanattır - Erich Fromm’un Hayatı ve Eserleri</t>
+          <t>A'dan Z'ye Matematik</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786050210156</t>
+          <t>9786050210385</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Modern Mimarlık</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786050210149</t>
+          <t>9786050210392</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Paranın Öyküsü - Uydurma Bir Şeyin Gerçek Hikayesi</t>
+          <t>Lezzetli Dünya Tarihi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786050210101</t>
+          <t>9786050210378</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Ekonomi</t>
+          <t>Sakın Kimseye Söyleme</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786050210118</t>
+          <t>9786050210248</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Dönüm Noktaları - Evrenin Sırlarını Nasıl Keşfettik?</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786050210095</t>
+          <t>9786050210231</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>101 Derste Psikoloji</t>
+          <t>Eudemos'a Etik</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786050209785</t>
+          <t>9786050210194</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Sevme Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786050209853</t>
+          <t>9786050210187</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Dünya Tarihi Taş Çağından Dijital Çağa</t>
+          <t>Küçük Ağacın Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786050210071</t>
+          <t>9786050202311</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Mitolojisi</t>
+          <t>Dijital Fotoğrafa Dair 101 Temel İpucu</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786050210088</t>
+          <t>9786050205725</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Modern Sanat</t>
+          <t>A’dan Z’ye Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786050210033</t>
+          <t>9786050210200</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıkların Grameri</t>
+          <t>Felsefe Dükkanı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786050210064</t>
+          <t>9786050210217</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Sapiens’in En Büyük Başarıları</t>
+          <t>Bir Solukta Sosyoloji</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786050210057</t>
+          <t>9786050210170</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Erich Fromm’un Önemi</t>
+          <t>Nevroz ve İnsan Gelişimi - Kendini Gerçekleştirme Mücadelesi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786050210040</t>
+          <t>9786050210125</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Antik Çağ</t>
+          <t>Yaşamak Bir Sanattır - Erich Fromm’un Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786050210019</t>
+          <t>9786050210156</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Şekerin Tarihi</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786050210026</t>
+          <t>9786050210149</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Annem Bir Şizofren</t>
+          <t>Paranın Öyküsü - Uydurma Bir Şeyin Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786050209976</t>
+          <t>9786050210101</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeyi Unutmayan Adam</t>
+          <t>Bir Solukta Ekonomi</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786050209983</t>
+          <t>9786050210118</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sokrates ve İnsan Sevgisi</t>
+          <t>Bilimin Dönüm Noktaları - Evrenin Sırlarını Nasıl Keşfettik?</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786050210002</t>
+          <t>9786050210095</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Dinden Felsefeye</t>
+          <t>101 Derste Psikoloji</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786050209990</t>
+          <t>9786050209785</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Aeneas</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786050209969</t>
+          <t>9786050209853</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Suyun Tarihi</t>
+          <t>A’dan Z’ye Dünya Tarihi Taş Çağından Dijital Çağa</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786050209884</t>
+          <t>9786050210071</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>20 Düşünme Aracı</t>
+          <t>Kısa Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786050209945</t>
+          <t>9786050210088</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Babama Anarşizmi Anlatıyorum</t>
+          <t>101 Soruda Modern Sanat</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786050209891</t>
+          <t>9786050210033</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Toplum</t>
+          <t>Uygarlıkların Grameri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786050209907</t>
+          <t>9786050210064</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya</t>
+          <t>Sapiens’in En Büyük Başarıları</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786050209921</t>
+          <t>9786050210057</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kısa Yunan Mitolojisi</t>
+          <t>Erich Fromm’un Önemi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786050209914</t>
+          <t>9786050210040</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Öyküleriyle Dünya Mitolojisi</t>
+          <t>101 Soruda Antik Çağ</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786050209877</t>
+          <t>9786050210019</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Bugüne Sanatın Öyküsü</t>
+          <t>Şekerin Tarihi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>1500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786050209822</t>
+          <t>9786050210026</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Konuşma Sanatı</t>
+          <t>Annem Bir Şizofren</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786050209815</t>
+          <t>9786050209976</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Moskova</t>
+          <t>Hiçbir Şeyi Unutmayan Adam</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786050209846</t>
+          <t>9786050209983</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Astronomi</t>
+          <t>Sokrates ve İnsan Sevgisi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786050209839</t>
+          <t>9786050210002</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Özgür İrade</t>
+          <t>Dinden Felsefeye</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786050209860</t>
+          <t>9786050209990</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Dünya Tarihi</t>
+          <t>Aeneas</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786050209808</t>
+          <t>9786050209969</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İlkeleri ve Tarih Felsefesi Üstüne Başka Yazılar</t>
+          <t>Suyun Tarihi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786050209792</t>
+          <t>9786050209884</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Felsefesi Üzerine Araştırmalar</t>
+          <t>20 Düşünme Aracı</t>
         </is>
       </c>
       <c r="C504" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786050209778</t>
+          <t>9786050209945</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Theodor W. Adorno</t>
+          <t>Babama Anarşizmi Anlatıyorum</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786050209754</t>
+          <t>9786050209891</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Freud Üzerine</t>
+          <t>Sağlıklı Toplum</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786050209730</t>
+          <t>9786050209907</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Borsa 101</t>
+          <t>Orta Asya</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786050209747</t>
+          <t>9786050209921</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Tanıklık Tutanağı</t>
+          <t>Kısa Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786050209761</t>
+          <t>9786050209914</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Felsefesi</t>
+          <t>Yaratılış Öyküleriyle Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786050209716</t>
+          <t>9786050209877</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi 101</t>
+          <t>Başlangıçtan Bugüne Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786050209723</t>
+          <t>9786050209822</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve İklim Değişikliği 101</t>
+          <t>Çocuklarla Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786050209693</t>
+          <t>9786050209815</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Pavlov'un Köpeklerinden Stanford Mahkumlarına En Çarpıcı Psikoloji Deneyleri</t>
+          <t>Kısaca Moskova</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786050209709</t>
+          <t>9786050209846</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Barcelona</t>
+          <t>A'dan Z'ye Astronomi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786050209686</t>
+          <t>9786050209839</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aklın Peşinde - Bir Yaranın Öyküsü</t>
+          <t>Özgür İrade</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786050209662</t>
+          <t>9786050209860</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi</t>
+          <t>Kedilerin Dünya Tarihi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786050209679</t>
+          <t>9786050209808</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Beş Milyon Yıl</t>
+          <t>Tarihin İlkeleri ve Tarih Felsefesi Üstüne Başka Yazılar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786050209631</t>
+          <t>9786050209792</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Felsefe</t>
+          <t>Platon’un Felsefesi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C517" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786050209655</t>
+          <t>9786050209778</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Kudüs</t>
+          <t>Theodor W. Adorno</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786050209648</t>
+          <t>9786050209754</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Leydi Sapiens</t>
+          <t>Freud Üzerine</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786050209624</t>
+          <t>9786050209730</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş ve Sonrasında Kadın Beyni</t>
+          <t>Borsa 101</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786050206722</t>
+          <t>9786050209747</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 8</t>
+          <t>Tanıklık Tutanağı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786050205329</t>
+          <t>9786050209761</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Tek Derste İktisat</t>
+          <t>Çocukluk Felsefesi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786050205381</t>
+          <t>9786050209716</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Gibi Olacaksınız</t>
+          <t>Türk Mitolojisi 101</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786050208078</t>
+          <t>9786050209723</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Say Büyük Felsefe Sözlüğü (2 Cilt Takım) (Ciltli)</t>
+          <t>Çevre ve İklim Değişikliği 101</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>1750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786050206340</t>
+          <t>9786050209693</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 8</t>
+          <t>Pavlov'un Köpeklerinden Stanford Mahkumlarına En Çarpıcı Psikoloji Deneyleri</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786050206098</t>
+          <t>9786050209709</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Etimoloji Sözlüğü</t>
+          <t>Kısaca Barcelona</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786050209617</t>
+          <t>9786050209686</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dünya Mitolojisinde Kadınlar</t>
+          <t>Kayıp Aklın Peşinde - Bir Yaranın Öyküsü</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786050209594</t>
+          <t>9786050209662</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786050209600</t>
+          <t>9786050209679</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kore Tarihi</t>
+          <t>Beş Milyon Yıl</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786050209563</t>
+          <t>9786050209631</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi 3. Cilt</t>
+          <t>Bir Solukta Felsefe</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786050209587</t>
+          <t>9786050209655</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Viyana</t>
+          <t>Kısaca Kudüs</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786050209570</t>
+          <t>9786050209648</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Çocuk</t>
+          <t>Leydi Sapiens</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786050209549</t>
+          <t>9786050209624</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Felsefe - Okullarda Sorgulama ve Diyalog</t>
+          <t>Orta Yaş ve Sonrasında Kadın Beyni</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786050209532</t>
+          <t>9786050206722</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dinler Tarihi</t>
+          <t>Farsça Öğrenim Seti 8</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786050209518</t>
+          <t>9786050205329</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kısa Yunanistan Tarihi</t>
+          <t>Tek Derste İktisat</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786050209525</t>
+          <t>9786050205381</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Sembolizm</t>
+          <t>Tanrılar Gibi Olacaksınız</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786050209501</t>
+          <t>9786050208078</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>101 Derste Ürün Tasarımı</t>
+          <t>Say Büyük Felsefe Sözlüğü (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>275</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786050209488</t>
+          <t>9786050206340</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hindistan Tarihi</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 8</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786050209495</t>
+          <t>9786050206098</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>101 Derste Reklamcılık</t>
+          <t>Türk Dilinin Etimoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786050209464</t>
+          <t>9786050209617</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Antropoloji</t>
+          <t>Dünya Mitolojisinde Kadınlar</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786050209471</t>
+          <t>9786050209594</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm - Değişen Bilinç Hallerinde ”Ruhlar Dünyasıyla Bağlantı Kurmak”</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786050209457</t>
+          <t>9786050209600</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kısa Babil Tarihi</t>
+          <t>Kısa Kore Tarihi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786050209433</t>
+          <t>9786050209563</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Mezhepleri Ferisilik ve Sadukilik Giriş</t>
+          <t>Roma Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786050209440</t>
+          <t>9786050209587</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Nöromatik</t>
+          <t>Kısaca Viyana</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786050209426</t>
+          <t>9786050209570</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Sevginin ve Şiddetin Kaynağı (Modern Kapak) - İyinin ve Kötünün Arasında İnsan Kalbi</t>
+          <t>Felsefe ve Çocuk</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786050209419</t>
+          <t>9786050209549</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sevginin ve Şiddetin Kaynağı - İyinin ve Kötünün Arasında İnsan Kalbi</t>
+          <t>Eğitimde Felsefe - Okullarda Sorgulama ve Diyalog</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786050209389</t>
+          <t>9786050209532</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Karakter</t>
+          <t>Kısa Dinler Tarihi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786050209402</t>
+          <t>9786050209518</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kıbrıs Tarihi</t>
+          <t>Kısa Yunanistan Tarihi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786050209372</t>
+          <t>9786050209525</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bölünme</t>
+          <t>Sembolizm</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786050209365</t>
+          <t>9786050209501</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Yaşam - 1933 Chicago Dersleri</t>
+          <t>101 Derste Ürün Tasarımı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786050209396</t>
+          <t>9786050209488</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Çağı - En Kullanışlı Malzememiz ve Uygarlığın İnşası</t>
+          <t>Kısa Hindistan Tarihi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786050209341</t>
+          <t>9786050209495</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Evrene Bir De Böyle Bakın</t>
+          <t>101 Derste Reklamcılık</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786050209358</t>
+          <t>9786050209464</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Feminizm</t>
+          <t>Bir Solukta Antropoloji</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786050209334</t>
+          <t>9786050209471</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Nasıl Değiştirdik?</t>
+          <t>Şamanizm - Değişen Bilinç Hallerinde ”Ruhlar Dünyasıyla Bağlantı Kurmak”</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786050209297</t>
+          <t>9786050209457</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Paris</t>
+          <t>Kısa Babil Tarihi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786050209303</t>
+          <t>9786050209433</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Bilgisayarları - Süper Hızlı Bilgisayarlar Nasıl İnşa Edilecek?</t>
+          <t>Yahudi Mezhepleri Ferisilik ve Sadukilik Giriş</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786050209327</t>
+          <t>9786050209440</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Girdap Öyküleri - Bizsiz Onlar</t>
+          <t>Nöromatik</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786050209310</t>
+          <t>9786050209426</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Dünya Dinleri</t>
+          <t>Sevginin ve Şiddetin Kaynağı (Modern Kapak) - İyinin ve Kötünün Arasında İnsan Kalbi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786050209273</t>
+          <t>9786050209419</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Geleceği</t>
+          <t>Sevginin ve Şiddetin Kaynağı - İyinin ve Kötünün Arasında İnsan Kalbi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786050209280</t>
+          <t>9786050209389</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü Üzerine Bir Mektup</t>
+          <t>Ahlak ve Karakter</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786050208016</t>
+          <t>9786050209402</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Tutkuları</t>
+          <t>Kısa Kıbrıs Tarihi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786050209259</t>
+          <t>9786050209372</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Dünya Mitolojisi</t>
+          <t>Büyük Bölünme</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786050209242</t>
+          <t>9786050209365</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ajan Sonya</t>
+          <t>Doğa ve Yaşam - 1933 Chicago Dersleri</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786050209211</t>
+          <t>9786050209396</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Siyasal Sosyolojisi</t>
+          <t>Ahşap Çağı - En Kullanışlı Malzememiz ve Uygarlığın İnşası</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786050209204</t>
+          <t>9786050209341</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Mantığa Giriş</t>
+          <t>Evrene Bir De Böyle Bakın</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786050209228</t>
+          <t>9786050209358</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitleri ve Efsaneleri</t>
+          <t>Bir Solukta Feminizm</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786050209198</t>
+          <t>9786050209334</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çağ Tarihi</t>
+          <t>Dünyayı Nasıl Değiştirdik?</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057178565</t>
+          <t>9786050209297</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Karma</t>
+          <t>Kısaca Paris</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786050209174</t>
+          <t>9786050209303</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Modern Dünya</t>
+          <t>Kuantum Bilgisayarları - Süper Hızlı Bilgisayarlar Nasıl İnşa Edilecek?</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786050209167</t>
+          <t>9786050209327</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Hidrojen Devrimi</t>
+          <t>Girdap Öyküleri - Bizsiz Onlar</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786050209143</t>
+          <t>9786050209310</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kısa Demokrasi Tarihi</t>
+          <t>Bir Solukta Dünya Dinleri</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786050209136</t>
+          <t>9786050209273</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi</t>
+          <t>Savaşın Geleceği</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786050209150</t>
+          <t>9786050209280</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Saplantı ve İntikam Cinayetleri</t>
+          <t>Hoşgörü Üzerine Bir Mektup</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786050209112</t>
+          <t>9786050208016</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Dünya Acısı (Weltschmerz)</t>
+          <t>Ruhun Tutkuları</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786050209129</t>
+          <t>9786050209259</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Şu Diktatörler Ne Yer Ne İçer?</t>
+          <t>Bir Solukta Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786050208979</t>
+          <t>9786050209242</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Umut Devrimi</t>
+          <t>Ajan Sonya</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786050209082</t>
+          <t>9786050209211</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Telomeraz Devrimi</t>
+          <t>Türkiye'nin Siyasal Sosyolojisi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786050209099</t>
+          <t>9786050209204</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Mantığa Giriş</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786050209051</t>
+          <t>9786050209228</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Fabrikası</t>
+          <t>Kelt Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786050209068</t>
+          <t>9786050209198</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeye İnanmadan Nasıl Yaşanır?</t>
+          <t>Karanlık Çağ Tarihi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786050209020</t>
+          <t>9786057178565</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Neden Hasta Oluruz?</t>
+          <t>Karma</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786050209013</t>
+          <t>9786050209174</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dışı Zeka Arayışı</t>
+          <t>Bilim ve Modern Dünya</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786050209006</t>
+          <t>9786050209167</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Dört Adalı</t>
+          <t>Hidrojen Devrimi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786050208931</t>
+          <t>9786050209143</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Radyum ve Radyoaktivitenin Tarihi</t>
+          <t>Kısa Demokrasi Tarihi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786050208924</t>
+          <t>9786050209136</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Mars'a Yolculuk - Yüzyılın Misyonu</t>
+          <t>Dil Felsefesi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786050208948</t>
+          <t>9786050209150</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus ve Başkaldırma Felsefesi</t>
+          <t>Aşk, Saplantı ve İntikam Cinayetleri</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786050208900</t>
+          <t>9786050209112</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Lacan</t>
+          <t>Dünya Acısı (Weltschmerz)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786050208917</t>
+          <t>9786050209129</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan'da Bilim</t>
+          <t>Şu Diktatörler Ne Yer Ne İçer?</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786050208788</t>
+          <t>9786050208979</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye Teoremi</t>
+          <t>Umut Devrimi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786050208801</t>
+          <t>9786050209082</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>İzafiyet Teorisi: Özel ve Genel Görelilik (100. Yıldönümü Basımı)</t>
+          <t>Telomeraz Devrimi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786050208818</t>
+          <t>9786050209099</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Para Yönetimi 101</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786050209105</t>
+          <t>9786050209051</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Tek Derste Para</t>
+          <t>Gezegen Fabrikası</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786050209044</t>
+          <t>9786050209068</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kısa Mısır Tarihi</t>
+          <t>Hiçbir Şeye İnanmadan Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786050209037</t>
+          <t>9786050209020</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Astrobiyoloji</t>
+          <t>Neden Hasta Oluruz?</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786050208986</t>
+          <t>9786050209013</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Mutlu Olur?</t>
+          <t>Dünya Dışı Zeka Arayışı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786050208993</t>
+          <t>9786050209006</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kısa SSCB Tarihi</t>
+          <t>Dört Adalı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786050208955</t>
+          <t>9786050208931</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kant</t>
+          <t>Radyum ve Radyoaktivitenin Tarihi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786050208368</t>
+          <t>9786050208924</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Işığı ile Hakikati Arama</t>
+          <t>Mars'a Yolculuk - Yüzyılın Misyonu</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789754684728</t>
+          <t>9786050208948</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı (4 Kitap)</t>
+          <t>Albert Camus ve Başkaldırma Felsefesi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786050208795</t>
+          <t>9786050208900</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>DNA - Genetik Devrimin Öyküsü</t>
+          <t>Lacan</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786050208894</t>
+          <t>9786050208917</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Persler</t>
+          <t>Eski Yunan'da Bilim</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786050208887</t>
+          <t>9786050208788</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Uzay Turizmi ve Ticareti</t>
+          <t>Şemsiye Teoremi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786050208870</t>
+          <t>9786050208801</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Asurlar</t>
+          <t>İzafiyet Teorisi: Özel ve Genel Görelilik (100. Yıldönümü Basımı)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786050208863</t>
+          <t>9786050208818</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Alman Felsefesine Giriş</t>
+          <t>Para Yönetimi 101</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786050208856</t>
+          <t>9786050209105</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hastalık Umutsuzluk</t>
+          <t>Tek Derste Para</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786050208849</t>
+          <t>9786050209044</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunda Alman Ruhu</t>
+          <t>Kısa Mısır Tarihi</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786050208825</t>
+          <t>9786050209037</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Zamanlar İçin Lüzumlu Hayat Dersleri</t>
+          <t>Astrobiyoloji</t>
         </is>
       </c>
       <c r="C607" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786050208832</t>
+          <t>9786050208986</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kütleçekimi Dalgaları</t>
+          <t>İnsan Nasıl Mutlu Olur?</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786050208771</t>
+          <t>9786050208993</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi 2.Cilt</t>
+          <t>Kısa SSCB Tarihi</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786050208764</t>
+          <t>9786050208955</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Epigenetik - Deneyimler Kalıtımla Nasıl Aktarılır?</t>
+          <t>Kant</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786050208733</t>
+          <t>9786050208368</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kıta İdealizmi - Leibniz'den Nietzsche'ye</t>
+          <t>Tabiat Işığı ile Hakikati Arama</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786050208757</t>
+          <t>9789754684728</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kant Felsefesi Eleştirisi</t>
+          <t>Pasaklı (4 Kitap)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786050208740</t>
+          <t>9786050208795</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Dinler Tarihi</t>
+          <t>DNA - Genetik Devrimin Öyküsü</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786050208702</t>
+          <t>9786050208894</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Küçük Buzul Çağı</t>
+          <t>Persler</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786050208696</t>
+          <t>9786050208887</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Kısa Londra Tarihi</t>
+          <t>Uzay Turizmi ve Ticareti</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786050208689</t>
+          <t>9786050208870</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Asurlar</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786050208672</t>
+          <t>9786050208863</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Hititler - Unutulmuş Bir İmparatorluğun Öyküsü</t>
+          <t>Alman Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786050208665</t>
+          <t>9786050208856</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Metafizik İhtiyacı</t>
+          <t>Ölümcül Hastalık Umutsuzluk</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786050208658</t>
+          <t>9786050208849</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Olmak Neye Benzer ?</t>
+          <t>Türk Ordusunda Alman Ruhu</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786050208627</t>
+          <t>9786050208825</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kısa Japonya Tarihi</t>
+          <t>Tehlikeli Zamanlar İçin Lüzumlu Hayat Dersleri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786050208641</t>
+          <t>9786050208832</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Tugayı</t>
+          <t>Kütleçekimi Dalgaları</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786050208634</t>
+          <t>9786050208771</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Aileler İçin Otizm Rehberi</t>
+          <t>Roma Tarihi 2.Cilt</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786050207477</t>
+          <t>9786050208764</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Casus ve Hain</t>
+          <t>Epigenetik - Deneyimler Kalıtımla Nasıl Aktarılır?</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786050208597</t>
+          <t>9786050208733</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi 1. Cilt - Krallık Dönemi</t>
+          <t>Kıta İdealizmi - Leibniz'den Nietzsche'ye</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786050208610</t>
+          <t>9786050208757</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Jung</t>
+          <t>Kant Felsefesi Eleştirisi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786050208603</t>
+          <t>9786050208740</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Yazılar</t>
+          <t>A'dan Z'ye Dinler Tarihi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786050208580</t>
+          <t>9786050208702</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kısa Portekiz Tarihi</t>
+          <t>Küçük Buzul Çağı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786050208559</t>
+          <t>9786050208696</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Peşin Hükümlüler</t>
+          <t>Kısa Londra Tarihi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786050208542</t>
+          <t>9786050208689</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kısa Çin Tarihi</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786050208535</t>
+          <t>9786050208672</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Öyküleri</t>
+          <t>Hititler - Unutulmuş Bir İmparatorluğun Öyküsü</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786050208528</t>
+          <t>9786050208665</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kısa Afrika Tarihi</t>
+          <t>Metafizik İhtiyacı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786050208511</t>
+          <t>9786050208658</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kısa Fransa Tarihi</t>
+          <t>Yarasa Olmak Neye Benzer ?</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786050208481</t>
+          <t>9786050208627</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Kısa Japonya Tarihi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786050208467</t>
+          <t>9786050208641</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yolu</t>
+          <t>Casuslar Tugayı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786050208450</t>
+          <t>9786050208634</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Özgür Olur?</t>
+          <t>Aileler İçin Otizm Rehberi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>125</v>
+        <v>550</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786050208443</t>
+          <t>9786050207477</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Bir Seçim Nasıl Kazanılır?</t>
+          <t>Casus ve Hain</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786050208429</t>
+          <t>9786050208597</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bilgisi</t>
+          <t>Roma Tarihi 1. Cilt - Krallık Dönemi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786050208399</t>
+          <t>9786050208610</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Yaşama ve Yaşlanma Sanatı</t>
+          <t>Nietzsche ve Jung</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786050208405</t>
+          <t>9786050208603</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Dost Kazanma ve Dost Kalma Sanatı</t>
+          <t>Felsefi Yazılar</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786050208382</t>
+          <t>9786050208580</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Başlangıcı</t>
+          <t>Kısa Portekiz Tarihi</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786050208351</t>
+          <t>9786050208559</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller</t>
+          <t>Peşin Hükümlüler</t>
         </is>
       </c>
       <c r="C641" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786050208375</t>
+          <t>9786050208542</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Giordano Bruno ve Hermetik Gelenek</t>
+          <t>Kısa Çin Tarihi</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786050208320</t>
+          <t>9786050208535</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Spinoza'nın Etika'sı</t>
+          <t>Kuantum Öyküleri</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786050208306</t>
+          <t>9786050208528</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Şifresini Değiştirmek</t>
+          <t>Kısa Afrika Tarihi</t>
         </is>
       </c>
       <c r="C644" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786050208290</t>
+          <t>9786050208511</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bilim Nedir Nasıl Yapılır?</t>
+          <t>Kısa Fransa Tarihi</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786050208276</t>
+          <t>9786050208481</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yasalar</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786050208283</t>
+          <t>9786050208467</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Deliler Arasında Akıllı Olmak</t>
+          <t>Aklın Yolu</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786050208269</t>
+          <t>9786050208450</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Kartaca</t>
+          <t>İnsan Nasıl Özgür Olur?</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786050208252</t>
+          <t>9786050208443</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Makineler</t>
+          <t>Bir Seçim Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786050208221</t>
+          <t>9786050208429</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Madde ve Karanlık Enerji</t>
+          <t>İnsan Bilgisi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786050208214</t>
+          <t>9786050208399</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Genlerimizin Yolculuğu</t>
+          <t>Yaşama ve Yaşlanma Sanatı</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786050208207</t>
+          <t>9786050208405</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>İdeler ve Tanrı</t>
+          <t>Dost Kazanma ve Dost Kalma Sanatı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786050208108</t>
+          <t>9786050208382</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kısa İspanya Tarihi</t>
+          <t>Bilgeliğin Başlangıcı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786050208092</t>
+          <t>9786050208351</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Görelilik Kütleçekimi</t>
+          <t>Seri Katiller</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786050208061</t>
+          <t>9786050208375</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Satış 101</t>
+          <t>Giordano Bruno ve Hermetik Gelenek</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786050208047</t>
+          <t>9786050208320</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Evrim Yaşamı Nasıl Açıklar?</t>
+          <t>Spinoza'nın Etika'sı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786050208030</t>
+          <t>9786050208306</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>2062 Yapay Zeka Dünyası</t>
+          <t>Yaşamın Şifresini Değiştirmek</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786050208009</t>
+          <t>9786050208290</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Şüphecinin Zihin Rehberi</t>
+          <t>Bilim Nedir Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786050207989</t>
+          <t>9786050208276</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Kış</t>
+          <t>Yasalar</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786050207965</t>
+          <t>9786050208283</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Deliler Arasında Akıllı Olmak</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786050207903</t>
+          <t>9786050208269</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kötülük</t>
+          <t>Kartaca</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786050207941</t>
+          <t>9786050208252</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sevme Sanatı (Klasik Kapak)</t>
+          <t>Düşünen Makineler</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786050207910</t>
+          <t>9786050208221</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kısa İtalya Tarihi</t>
+          <t>Karanlık Madde ve Karanlık Enerji</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786050207934</t>
+          <t>9786050208214</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Ailem Covid-19 ve Ben</t>
+          <t>Genlerimizin Yolculuğu</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786050207897</t>
+          <t>9786050208207</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Erdem İdelerimizin Kökeni Üzerine Bir Soruşturma</t>
+          <t>İdeler ve Tanrı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786050207873</t>
+          <t>9786050208108</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan Fısıltılar</t>
+          <t>Kısa İspanya Tarihi</t>
         </is>
       </c>
       <c r="C666" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786050207866</t>
+          <t>9786050208092</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Tükenmeyen Soyu</t>
+          <t>Kuantum Görelilik Kütleçekimi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786050207804</t>
+          <t>9786050208061</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Romantizm</t>
+          <t>Satış 101</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786050207859</t>
+          <t>9786050208047</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Homo Sapiens</t>
+          <t>Evrim Yaşamı Nasıl Açıklar?</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786050207811</t>
+          <t>9786050208030</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağı</t>
+          <t>2062 Yapay Zeka Dünyası</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786050207774</t>
+          <t>9786050208009</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm 101</t>
+          <t>Şüphecinin Zihin Rehberi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786050207705</t>
+          <t>9786050207989</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Hayatı, Eserleri ve Meseleleriyle İbn Haldun</t>
+          <t>Nükleer Kış</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786050207781</t>
+          <t>9786050207965</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786050207767</t>
+          <t>9786050207903</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kısa Rusya Tarihi</t>
+          <t>Kötülük</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786050207750</t>
+          <t>9786050207941</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Bilim</t>
+          <t>Sevme Sanatı (Klasik Kapak)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786050207743</t>
+          <t>9786050207910</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bir Dünyada Bilimin Mum Işığı</t>
+          <t>Kısa İtalya Tarihi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786050207712</t>
+          <t>9786050207934</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Çiçero</t>
+          <t>Ailem Covid-19 ve Ben</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786050207651</t>
+          <t>9786050207897</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Marsilya Tarot</t>
+          <t>Güzellik ve Erdem İdelerimizin Kökeni Üzerine Bir Soruşturma</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786050207699</t>
+          <t>9786050207873</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Psikoloji</t>
+          <t>Dünya’dan Fısıltılar</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786050207668</t>
+          <t>9786050207866</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>EMDR ve Çocuklarla Psikoterapi Sanatı</t>
+          <t>Dinozorların Tükenmeyen Soyu</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786050207675</t>
+          <t>9786050207804</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kaos (Çizgi Bilim)</t>
+          <t>Romantizm</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786050207682</t>
+          <t>9786050207859</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Neden Hıristiyan Değilim?</t>
+          <t>Homo Sapiens</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786050207583</t>
+          <t>9786050207811</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Einstein'ın Canavarları</t>
+          <t>Yapay Zeka Çağı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786050207644</t>
+          <t>9786050207774</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Fransa Tarihi</t>
+          <t>Sosyalizm 101</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786050207637</t>
+          <t>9786050207705</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Psikolojisi</t>
+          <t>Hayatı, Eserleri ve Meseleleriyle İbn Haldun</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786050207590</t>
+          <t>9786050207781</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786050207613</t>
+          <t>9786050207767</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Perspektivizm, Güç İstenci, Doğruluk</t>
+          <t>Kısa Rusya Tarihi</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786050207521</t>
+          <t>9786050207750</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kentin Mucidi Mezopotamya</t>
+          <t>A'dan Z'ye Bilim</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786050207545</t>
+          <t>9786050207743</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşamöyküsünü Okuma Sanatı</t>
+          <t>Karanlık Bir Dünyada Bilimin Mum Işığı</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786050207620</t>
+          <t>9786050207712</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyalarda Yaşam Var mı?</t>
+          <t>Kod Adı Çiçero</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786050207576</t>
+          <t>9786050207651</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Teorisi</t>
+          <t>Marsilya Tarot</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786050207507</t>
+          <t>9786050207699</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Parva Naturalia</t>
+          <t>Yeni Başlayanlar İçin Psikoloji</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786050207514</t>
+          <t>9786050207668</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Edebiyatı 101</t>
+          <t>EMDR ve Çocuklarla Psikoterapi Sanatı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786050207491</t>
+          <t>9786050207675</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitolojisi</t>
+          <t>Kaos (Çizgi Bilim)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786050207484</t>
+          <t>9786050207682</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Evren Nasıl Ortaya Çıktı?</t>
+          <t>Neden Hıristiyan Değilim?</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786050207460</t>
+          <t>9786050207583</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Einstein'ın Canavarları</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786050207453</t>
+          <t>9786050207644</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Lezzetli Fransa Tarihi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786050207439</t>
+          <t>9786050207637</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Başarabilecek mi?</t>
+          <t>Bağımlılık Psikolojisi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786050206869</t>
+          <t>9786050207590</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Beynimiz Nasıl Çalışır?</t>
+          <t>Hermeneutik</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786050207422</t>
+          <t>9786050207613</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Milyarlarca ve Milyarlarca</t>
+          <t>Nietzsche: Perspektivizm, Güç İstenci, Doğruluk</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786050207408</t>
+          <t>9786050207521</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Çöp DNA</t>
+          <t>Kentin Mucidi Mezopotamya</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786050207392</t>
+          <t>9786050207545</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Bir Yaşamöyküsünü Okuma Sanatı</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786050207415</t>
+          <t>9786050207620</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Ne Anlama Geliyor?</t>
+          <t>Başka Dünyalarda Yaşam Var mı?</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786050207385</t>
+          <t>9786050207576</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Budizm 101</t>
+          <t>Kuantum Teorisi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786050207378</t>
+          <t>9786050207507</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Medeniyetleri</t>
+          <t>Parva Naturalia</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786050207361</t>
+          <t>9786050207514</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Cro Magnon</t>
+          <t>Amerikan Edebiyatı 101</t>
         </is>
       </c>
       <c r="C706" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786050207316</t>
+          <t>9786050207491</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Candide</t>
+          <t>Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786050207323</t>
+          <t>9786050207484</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi</t>
+          <t>Evren Nasıl Ortaya Çıktı?</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786050207293</t>
+          <t>9786050207460</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Genetik 101</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786050207309</t>
+          <t>9786050207453</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786050207286</t>
+          <t>9786050207439</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Modern Mitler</t>
+          <t>İnsanlık Başarabilecek mi?</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786050207255</t>
+          <t>9786050206869</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı Tarihi</t>
+          <t>Beynimiz Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786050207224</t>
+          <t>9786050207422</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Bilinç</t>
+          <t>Milyarlarca ve Milyarlarca</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786050207132</t>
+          <t>9786050207408</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Felsefe</t>
+          <t>Çöp DNA</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786050207149</t>
+          <t>9786050207392</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Mitleri</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786050207217</t>
+          <t>9786050207415</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Yönetim 101</t>
+          <t>Her Şey Ne Anlama Geliyor?</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786050207125</t>
+          <t>9786050207385</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Sobece - Sosyal Beceri Çocuk Eğitimi Seti (6 Kitap Takım)</t>
+          <t>Budizm 101</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>1800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786050207088</t>
+          <t>9786050207378</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Hegel'den Önce Hegel'den Sonra</t>
+          <t>Akdeniz Medeniyetleri</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786050207071</t>
+          <t>9786050207361</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Bir Şizofrenin Yaşamı</t>
+          <t>Cro Magnon</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786050207057</t>
+          <t>9786050207316</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Edebiyatı 101</t>
+          <t>Candide</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786050207026</t>
+          <t>9786050207323</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kısa Almanya Tarihi</t>
+          <t>Bizans İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786050207033</t>
+          <t>9786050207293</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Kılavuzu ve Kurnazlık Sanatı</t>
+          <t>Genetik 101</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786050207002</t>
+          <t>9786050207309</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Rönesans’ın Doğası</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786050207019</t>
+          <t>9786050207286</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Viking Mitleri</t>
+          <t>Modern Mitler</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786050206883</t>
+          <t>9786050207255</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Savaş Sanatı Tarihi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786050206876</t>
+          <t>9786050207224</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Bilinç</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786050206920</t>
+          <t>9786050207132</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Matematik</t>
+          <t>A'dan Z'ye Felsefe</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786050206937</t>
+          <t>9786050207149</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm</t>
+          <t>Tanrıça Mitleri</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786050206906</t>
+          <t>9786050207217</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Güç Eğitilebilir Çocuklar</t>
+          <t>Yönetim 101</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050206890</t>
+          <t>9786050207125</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Sobece - Sosyal Beceri Çocuk Eğitimi Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>150</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050206821</t>
+          <t>9786050207088</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi 101</t>
+          <t>Hegel'den Önce Hegel'den Sonra</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786050206760</t>
+          <t>9786050207071</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Gözüyle Haçlı Seferleri</t>
+          <t>Bir Şizofrenin Yaşamı</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050206746</t>
+          <t>9786050207057</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Kısa Tarihi</t>
+          <t>İngiliz Edebiyatı 101</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786050206753</t>
+          <t>9786050207026</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Marksizm</t>
+          <t>Kısa Almanya Tarihi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786050206777</t>
+          <t>9786050207033</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Bilgelik Kılavuzu ve Kurnazlık Sanatı</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786050206715</t>
+          <t>9786050207002</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Retorik</t>
+          <t>Rönesans’ın Doğası</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786050206739</t>
+          <t>9786050207019</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak Üzerine</t>
+          <t>Viking Mitleri</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786050206708</t>
+          <t>9786050206883</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786050206678</t>
+          <t>9786050206876</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Metindilbilimin ABC’si</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786050206654</t>
+          <t>9786050206920</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Matematik</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050206685</t>
+          <t>9786050206937</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İzafiyet</t>
+          <t>Kapitalizm</t>
         </is>
       </c>
       <c r="C741" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050206647</t>
+          <t>9786050206906</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Atomaltı Parçacıkların Şaşırtıcı Dünyası</t>
+          <t>Güç Eğitilebilir Çocuklar</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786050206630</t>
+          <t>9786050206890</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Görelilik Kuramı</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050206548</t>
+          <t>9786050206821</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Neden Dünyayı Fethetti?</t>
+          <t>Dinler Tarihi 101</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786050206456</t>
+          <t>9786050206760</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Müslümanların Gözüyle Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786050206593</t>
+          <t>9786050206746</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Dinleme Sanatı</t>
+          <t>Matematiğin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786050206609</t>
+          <t>9786050206753</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 101</t>
+          <t>Marksizm</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050206586</t>
+          <t>9786050206777</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Müzik Teorisi 101</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786050206555</t>
+          <t>9786050206715</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Retorik</t>
         </is>
       </c>
       <c r="C749" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050206562</t>
+          <t>9786050206739</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Müzakere 101</t>
+          <t>İnsan Olmak Üzerine</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786050206470</t>
+          <t>9786050206708</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Pamuk İmparatorluğu</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786050206500</t>
+          <t>9786050206678</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Metindilbilimin ABC’si</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786050206494</t>
+          <t>9786050206654</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun ve İnsan Bilimi</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786050206487</t>
+          <t>9786050206685</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Goethe ve Schiller’den Aforizmalar</t>
+          <t>İzafiyet</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786050206463</t>
+          <t>9786050206647</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
+          <t>Atomaltı Parçacıkların Şaşırtıcı Dünyası</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786050206432</t>
+          <t>9786050206630</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Rönesans'tan Bugüne Modern Avrupa Tarihi (Ciltli)</t>
+          <t>Einstein’ın Görelilik Kuramı</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786050206425</t>
+          <t>9786050206548</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Deli Doktorları</t>
+          <t>Avrupa Neden Dünyayı Fethetti?</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786050206401</t>
+          <t>9786050206456</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Felsefe 101</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786050205299</t>
+          <t>9786050206593</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Dinleme Sanatı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786050206388</t>
+          <t>9786050206609</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ın Gizli Tarihi</t>
+          <t>Dünya Tarihi 101</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050206395</t>
+          <t>9786050206586</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitolojisi</t>
+          <t>Müzik Teorisi 101</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050206364</t>
+          <t>9786050206555</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Yeni Bir Bakış</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050206319</t>
+          <t>9786050206562</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Laik Devlet Kuşatma Altında</t>
+          <t>Müzakere 101</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050206326</t>
+          <t>9786050206470</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Anatomi 101</t>
+          <t>Pamuk İmparatorluğu</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050206302</t>
+          <t>9786050206500</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Zenginliği (Seçmeler)</t>
+          <t>Kitleler Psikolojisi</t>
         </is>
       </c>
       <c r="C765" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786050206296</t>
+          <t>9786050206494</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağdan Günümüze Hıristiyan Müslüman İlişkileri Tarihi</t>
+          <t>İbn Haldun ve İnsan Bilimi</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050206272</t>
+          <t>9786050206487</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi (2 Cilt Bir Arada)</t>
+          <t>Goethe ve Schiller’den Aforizmalar</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>700</v>
+        <v>175</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786050206258</t>
+          <t>9786050206463</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Sanat Tarihi</t>
+          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786050206265</t>
+          <t>9786050206432</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Goril</t>
+          <t>Rönesans'tan Bugüne Modern Avrupa Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>450</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786050206241</t>
+          <t>9786050206425</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Novalis'ten Aforizmalar</t>
+          <t>Deli Doktorları</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786050205961</t>
+          <t>9786050206401</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Şiir</t>
+          <t>Felsefe 101</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786050205954</t>
+          <t>9786050205299</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Bir Liranın İki Günü</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786050206227</t>
+          <t>9786050206388</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Sorunlu Okul Çocuğu</t>
+          <t>Bizans'ın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786050206210</t>
+          <t>9786050206395</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Doğu Kaynaklarından Haşhaşilerin Esrarlı Tarihi</t>
+          <t>Japon Mitolojisi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786050206173</t>
+          <t>9786050206364</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Arızalı Tiplerle Mücadele Rehberi</t>
+          <t>Psikanalize Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786050206197</t>
+          <t>9786050206319</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Anabasis</t>
+          <t>Laik Devlet Kuşatma Altında</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786050206180</t>
+          <t>9786050206326</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Yatırım 101</t>
+          <t>Anatomi 101</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786050206203</t>
+          <t>9786050206302</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Zen-Budizm</t>
+          <t>Ulusların Zenginliği (Seçmeler)</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786050206159</t>
+          <t>9786050206296</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Akıl Çağı</t>
+          <t>Ortaçağdan Günümüze Hıristiyan Müslüman İlişkileri Tarihi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786050206128</t>
+          <t>9786050206272</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Yunan Mitolojisi (2 Cilt Bir Arada)</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786050206135</t>
+          <t>9786050206258</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Psikoloji</t>
+          <t>A'dan Z'ye Sanat Tarihi</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786050205732</t>
+          <t>9786050206265</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Güzel İse Evet</t>
+          <t>Görünmez Goril</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786050207736</t>
+          <t>9786050206241</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlama Yetisi Üzerine Bir Soruşturma</t>
+          <t>Novalis'ten Aforizmalar</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786050206067</t>
+          <t>9786050205961</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
+          <t>Çocuk ve Şiir</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786050206074</t>
+          <t>9786050205954</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Geleceği</t>
+          <t>Bir Liranın İki Günü</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786050206036</t>
+          <t>9786050206227</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Fotoğraf Rehberi - Turkish Photography Guide</t>
+          <t>Sorunlu Okul Çocuğu</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786050206081</t>
+          <t>9786050206210</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Walden Gölü</t>
+          <t>Doğu Kaynaklarından Haşhaşilerin Esrarlı Tarihi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786050206012</t>
+          <t>9786050206173</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kısa İngiltere Tarihi</t>
+          <t>Arızalı Tiplerle Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786050206050</t>
+          <t>9786050206197</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Marcus Antonius</t>
+          <t>Anabasis</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786050205930</t>
+          <t>9786050206180</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Fotoğrafçılar İçin Elkitabı</t>
+          <t>Yatırım 101</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786050206029</t>
+          <t>9786050206203</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>İsa Dogması</t>
+          <t>Psikanaliz ve Zen-Budizm</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786050205978</t>
+          <t>9786050206159</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Akıl Çağı</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786050209181</t>
+          <t>9786050206128</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786050205923</t>
+          <t>9786050206135</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Astroloji 101</t>
+          <t>A'dan Z'ye Psikoloji</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786050205916</t>
+          <t>9786050205732</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Yunan ve Roma Mitolojisi</t>
+          <t>Güzel İse Evet</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786050205893</t>
+          <t>9786050207736</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Felsefe, Din ve Kültürde Zaman</t>
+          <t>İnsanın Anlama Yetisi Üzerine Bir Soruşturma</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786050205855</t>
+          <t>9786050206067</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kategoriler - Önermeler</t>
+          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786050205862</t>
+          <t>9786050206074</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Akıl Zayıflığı</t>
+          <t>Bir Yanılsamanın Geleceği</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786050205787</t>
+          <t>9786050206036</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi 101</t>
+          <t>Türkiye Fotoğraf Rehberi - Turkish Photography Guide</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786050205763</t>
+          <t>9786050206081</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Tarih</t>
+          <t>Walden Gölü</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786050205756</t>
+          <t>9786050206012</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Evren ve Dünya Tarihi</t>
+          <t>Kısa İngiltere Tarihi</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786050205749</t>
+          <t>9786050206050</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik Üzerine</t>
+          <t>Marcus Antonius</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786050205671</t>
+          <t>9786050205930</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud'un Misyonu</t>
+          <t>Gezgin Fotoğrafçılar İçin Elkitabı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786050205664</t>
+          <t>9786050206029</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ İmparatorlukları</t>
+          <t>İsa Dogması</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786050205695</t>
+          <t>9786050205978</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sorunları</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786050205633</t>
+          <t>9786050209181</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Heidegger: Teknoloji ve İnsanlığın Geleceği</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786050205589</t>
+          <t>9786050205923</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün İyi Hisset</t>
+          <t>Astroloji 101</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786050205565</t>
+          <t>9786050205916</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi - Felsefe Tarihi 4</t>
+          <t>Yunan ve Roma Mitolojisi</t>
         </is>
       </c>
       <c r="C808" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786050205602</t>
+          <t>9786050205893</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Uçan Sincap İle Uzaylı Topaç'ın Serüvenleri</t>
+          <t>Felsefe, Din ve Kültürde Zaman</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786050205596</t>
+          <t>9786050205855</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Karita, Denizatı Derya ve Ötekiler</t>
+          <t>Kategoriler - Önermeler</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786050205558</t>
+          <t>9786050205862</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarihi</t>
+          <t>Akıl Zayıflığı</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786050205572</t>
+          <t>9786050205787</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Olma Sanatı</t>
+          <t>Ekonomi 101</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786050205497</t>
+          <t>9786050205763</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Üniversite</t>
+          <t>Tarih</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786050205527</t>
+          <t>9786050205756</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Tesla: Elektrik Çağının Mucidi</t>
+          <t>Bir Solukta Evren ve Dünya Tarihi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786050205442</t>
+          <t>9786050205749</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi</t>
+          <t>Eşcinsellik Üzerine</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786050202519</t>
+          <t>9786050205671</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe-Farsça Sözlük (Ciltli)</t>
+          <t>Sigmund Freud'un Misyonu</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789754685183</t>
+          <t>9786050205664</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Söylev) (Ciltli)</t>
+          <t>Antikçağ İmparatorlukları</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786050208719</t>
+          <t>9786050205695</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Meditasyonlar</t>
+          <t>Felsefe Sorunları</t>
         </is>
       </c>
       <c r="C818" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786050204728</t>
+          <t>9786050205633</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine</t>
+          <t>Heidegger: Teknoloji ve İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786050205503</t>
+          <t>9786050205589</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>İyi Düşün İyi Hisset</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786050205534</t>
+          <t>9786050205565</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Tarikat, Cemaat, Kadın</t>
+          <t>Aydınlanma Felsefesi - Felsefe Tarihi 4</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786050205473</t>
+          <t>9786050205602</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Cemaatler</t>
+          <t>Uçan Sincap İle Uzaylı Topaç'ın Serüvenleri</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786050205510</t>
+          <t>9786050205596</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık 101</t>
+          <t>Kaplumbağa Karita, Denizatı Derya ve Ötekiler</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786050204193</t>
+          <t>9786050205558</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Batı Geleneğinde Bilim ve Din Tarihi</t>
+          <t>Doğa Tarihi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786050205466</t>
+          <t>9786050205572</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı</t>
+          <t>Olma Sanatı</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786050205398</t>
+          <t>9786050205497</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi</t>
+          <t>Üniversite</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786050205411</t>
+          <t>9786050205527</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğe Giriş</t>
+          <t>Tesla: Elektrik Çağının Mucidi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786050205404</t>
+          <t>9786050205442</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>İçsavaş</t>
+          <t>Ekonomi</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786050205343</t>
+          <t>9786050202519</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Freud Düşüncesinin Büyüklüğü ve Sınırları</t>
+          <t>Büyük Türkçe-Farsça Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786050205282</t>
+          <t>9789754685183</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yeni Muhafazakar Tehdit</t>
+          <t>Nutuk (Söylev) (Ciltli)</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786050205312</t>
+          <t>9786050208719</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Küçük Burjuva İdeolojisinin Eleştirisi</t>
+          <t>Meditasyonlar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786050205275</t>
+          <t>9786050204728</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Çağı</t>
+          <t>Psikanaliz Üzerine</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786050205268</t>
+          <t>9786050205503</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilmem 'Gen'im Bilir!</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786050205251</t>
+          <t>9786050205534</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Anatomisi</t>
+          <t>Tarikat, Cemaat, Kadın</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786050205237</t>
+          <t>9786050205473</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Cemaatler</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786050205206</t>
+          <t>9786050205510</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Mimarlık 101</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786050205190</t>
+          <t>9786050204193</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarıcının Günlüğü</t>
+          <t>Batı Geleneğinde Bilim ve Din Tarihi</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786050205176</t>
+          <t>9786050205466</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Evren 101</t>
+          <t>İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786050205138</t>
+          <t>9786050205398</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786050201819</t>
+          <t>9786050205411</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Çin Felsefesi Tarihi</t>
+          <t>Metafiziğe Giriş</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786050200089</t>
+          <t>9786050205404</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Çevirinin Abc’si</t>
+          <t>İçsavaş</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789754686067</t>
+          <t>9786050205343</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Yaşamla Yoğrulmuş Bilgi</t>
+          <t>Freud Düşüncesinin Büyüklüğü ve Sınırları</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789754680515</t>
+          <t>9786050205282</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlam ve Amacı</t>
+          <t>Yeni Muhafazakar Tehdit</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789754680539</t>
+          <t>9786050205312</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Yaşamım ve Psikanaliz</t>
+          <t>Küçük Burjuva İdeolojisinin Eleştirisi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789754680164</t>
+          <t>9786050205275</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Kuantum Çağı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786050205114</t>
+          <t>9786050205268</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Buluşlarım</t>
+          <t>Ben Bilmem 'Gen'im Bilir!</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786050205121</t>
+          <t>9786050205251</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Öklid'in Penceresi</t>
+          <t>Kötülüğün Anatomisi</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786050205152</t>
+          <t>9786050205237</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786050205145</t>
+          <t>9786050205206</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi: Geçmişin ve Geleceğin Hükümdarı</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786050205084</t>
+          <t>9786050205190</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kendime Düşünceler</t>
+          <t>Baştan Çıkarıcının Günlüğü</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786050205091</t>
+          <t>9786050205176</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilicinin Düşleri</t>
+          <t>Evren 101</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786050205053</t>
+          <t>9786050205138</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kökeni</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789754686913</t>
+          <t>9786050201819</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Uyan Artık Türkiye</t>
+          <t>Çin Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789754688870</t>
+          <t>9786050200089</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Çevirinin Abc’si</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786050205022</t>
+          <t>9789754686067</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Mimari Fotoğraf</t>
+          <t>Yaşamla Yoğrulmuş Bilgi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786050205046</t>
+          <t>9789754680515</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Felsefe</t>
+          <t>Yaşamın Anlam ve Amacı</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786050202793</t>
+          <t>9789754680539</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Gezi Fotoğrafçılığı</t>
+          <t>Yaşamım ve Psikanaliz</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786050204889</t>
+          <t>9789754680164</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Evrim Nedir?</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786050203066</t>
+          <t>9786050205114</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Buluşlarım</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786050204711</t>
+          <t>9786050205121</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tektanrıcılık</t>
+          <t>Öklid'in Penceresi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786050204735</t>
+          <t>9786050205152</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Jül Sezar'ın Ölümü</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786050204896</t>
+          <t>9786050205145</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi 2 - Ortaçağ Felsefesi</t>
+          <t>Selahaddin Eyyubi: Geçmişin ve Geleceğin Hükümdarı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786050203363</t>
+          <t>9786050205084</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Etik Ahlak Felsefesi</t>
+          <t>Kendime Düşünceler</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786050204872</t>
+          <t>9786050205091</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Dilthey ve Felsefesi</t>
+          <t>Bir Bilicinin Düşleri</t>
         </is>
       </c>
       <c r="C864" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786050204773</t>
+          <t>9786050205053</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak</t>
+          <t>Yaşamın Kökeni</t>
         </is>
       </c>
       <c r="C865" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786050204803</t>
+          <t>9789754686913</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine Beş Konferans ve Psikanalize Toplu Bakış</t>
+          <t>Uyan Artık Türkiye</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789754680652</t>
+          <t>9789754688870</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri (2 Cilt Takım)</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789754684445</t>
+          <t>9786050205022</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Dionyssos Dithyrambosları 1884 - 1888</t>
+          <t>Tüm Yönleriyle Mimari Fotoğraf</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786050204834</t>
+          <t>9786050205046</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'de Geziler</t>
+          <t>Ana Hatlarıyla Felsefe</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786050204827</t>
+          <t>9786050202793</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>İstencin Özgür Tercihi Üzerine</t>
+          <t>Gezi Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786050204797</t>
+          <t>9786050204889</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Timaios</t>
+          <t>Evrim Nedir?</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786050200669</t>
+          <t>9786050203066</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Stilistlik</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786050207231</t>
+          <t>9786050204711</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Musa ve Tektanrıcılık</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789754686425</t>
+          <t>9786050204735</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Sözde Ermeni Soykırımı Projesi Toplumsal Bellek ve Sinema</t>
+          <t>Jül Sezar'ın Ölümü</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789754688009</t>
+          <t>9786050204896</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Söylevler</t>
+          <t>Felsefe Tarihi 2 - Ortaçağ Felsefesi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786050204742</t>
+          <t>9786050203363</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Etik Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786050204643</t>
+          <t>9786050204872</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Klasik Sosyolojik Teori</t>
+          <t>Wilhelm Dilthey ve Felsefesi</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786050204513</t>
+          <t>9786050204773</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihi</t>
+          <t>Baba Olmak</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786050202472</t>
+          <t>9786050204803</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Nevrozlar</t>
+          <t>Psikanaliz Üzerine Beş Konferans ve Psikanalize Toplu Bakış</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786050202687</t>
+          <t>9789754680652</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 1 (Seviye-Başlangıç-Üç Damla Kan)</t>
+          <t>Divan Şiiri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786050202724</t>
+          <t>9789754684445</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Sonsuza Matematiğin Öyküsü</t>
+          <t>Dionyssos Dithyrambosları 1884 - 1888</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786050200560</t>
+          <t>9786050204834</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Orkideleri</t>
+          <t>Akdeniz'de Geziler</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789754683936</t>
+          <t>9786050204827</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Anadan Doğma Diktatör</t>
+          <t>İstencin Özgür Tercihi Üzerine</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786050200690</t>
+          <t>9786050204797</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Aman Dikkat: Dikkat ve Öğrenme Sorunları</t>
+          <t>Timaios</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786050204766</t>
+          <t>9786050200669</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Titreme</t>
+          <t>Stilistlik</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786050202113</t>
+          <t>9786050207231</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Eski Mısır</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789754680317</t>
+          <t>9789754686425</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Kendini Savunan İnsan</t>
+          <t>Sözde Ermeni Soykırımı Projesi Toplumsal Bellek ve Sinema</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786050201970</t>
+          <t>9789754688009</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ Sanat Tarihi</t>
+          <t>Söylevler</t>
         </is>
       </c>
       <c r="C888" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789754688511</t>
+          <t>9786050204742</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Anne-Babalar İçin Ergen Ruh Sağlığı Rehberi</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786050207262</t>
+          <t>9786050204643</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçuluk</t>
+          <t>Klasik Sosyolojik Teori</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789754687002</t>
+          <t>9786050204513</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Okumak, Yazmak ve Yaşamak Üzerine</t>
+          <t>İnsanlık Tarihi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786050204551</t>
+          <t>9786050202472</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Nevrozlar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789754683899</t>
+          <t>9786050202687</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Putların Alacakaranlığı</t>
+          <t>Farsça Öğrenim Seti 1 (Seviye-Başlangıç-Üç Damla Kan)</t>
         </is>
       </c>
       <c r="C893" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786050204568</t>
+          <t>9786050202724</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Amatör Psikanalizi</t>
+          <t>Sıfırdan Sonsuza Matematiğin Öyküsü</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789754685800</t>
+          <t>9786050200560</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kaybedenler Kulübü</t>
+          <t>Anadolu Orkideleri</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789754687316</t>
+          <t>9789754683936</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Kavramların Evrimi</t>
+          <t>Anadan Doğma Diktatör</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786050204346</t>
+          <t>9786050200690</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kitle Psikolojisi</t>
+          <t>Aman Dikkat: Dikkat ve Öğrenme Sorunları</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786050204254</t>
+          <t>9786050204766</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı</t>
+          <t>Korku ve Titreme</t>
         </is>
       </c>
       <c r="C898" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786050204261</t>
+          <t>9786050202113</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 4. Cilt: Yakınçağ</t>
+          <t>Eski Mısır</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789754680201</t>
+          <t>9789754680317</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir İnsan Yeni Bir Toplum</t>
+          <t>Kendini Savunan İnsan</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786050204285</t>
+          <t>9786050201970</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Nazi Döneminde Bilim</t>
+          <t>Antikçağ Sanat Tarihi</t>
         </is>
       </c>
       <c r="C901" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786050202786</t>
+          <t>9789754688511</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti - Vatan Yahut Silistre - Dört Fasıl</t>
+          <t>Anne-Babalar İçin Ergen Ruh Sağlığı Rehberi</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786050202694</t>
+          <t>9786050207262</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 2 - Pancarcı Çocuk (Peserek-i Lebüfurüş)</t>
+          <t>Varoluşçuluk</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786050202625</t>
+          <t>9789754687002</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Okumak, Yazmak ve Yaşamak Üzerine</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786050204278</t>
+          <t>9786050204551</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786050204599</t>
+          <t>9789754683899</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bakış</t>
+          <t>Putların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786050204582</t>
+          <t>9786050204568</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Psikolojisi</t>
+          <t>Amatör Psikanalizi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786050203882</t>
+          <t>9789754685800</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji 101</t>
+          <t>Kaybedenler Kulübü</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786050203820</t>
+          <t>9789754687316</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 7: Buf-i Kur / Kör Baykuş</t>
+          <t>Kavramların Evrimi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786050203851</t>
+          <t>9786050204346</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluklar Şehri İstanbul - 1830</t>
+          <t>Kitle Psikolojisi</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786050208184</t>
+          <t>9786050204254</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Üzerine Konuşma</t>
+          <t>Akıl Sağlığı</t>
         </is>
       </c>
       <c r="C911" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786050204230</t>
+          <t>9786050204261</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Dünya Tarihi 4. Cilt: Yakınçağ</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786050204414</t>
+          <t>9789754680201</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi (4 Kitap Takım)</t>
+          <t>Yeni Bir İnsan Yeni Bir Toplum</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>1700</v>
+        <v>325</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786050204407</t>
+          <t>9786050204285</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Saksonya’dan İskenderiye’ye Bir Faytoncunun Serüvenleri</t>
+          <t>Nazi Döneminde Bilim</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786050204391</t>
+          <t>9786050202786</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükten Kaçış</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti - Vatan Yahut Silistre - Dört Fasıl</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786050204339</t>
+          <t>9786050202694</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudunun Öyküsü</t>
+          <t>Farsça Öğrenim Seti 2 - Pancarcı Çocuk (Peserek-i Lebüfurüş)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786050204322</t>
+          <t>9786050202625</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Sanat 101</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786050203950</t>
+          <t>9786050204278</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 3. Cilt: Yeniçağ</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786050204001</t>
+          <t>9786050204599</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olmak ya da Olmak</t>
+          <t>Bilimsel Bakış</t>
         </is>
       </c>
       <c r="C919" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786050209266</t>
+          <t>9786050204582</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Üzerine Mektuplar</t>
+          <t>Korkunun Psikolojisi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789754688320</t>
+          <t>9786050203882</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Mitoloji 101</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786050204209</t>
+          <t>9786050203820</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Devlet (Tam Metin)</t>
+          <t>Farsça Öğrenim Seti 7: Buf-i Kur / Kör Baykuş</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786050203929</t>
+          <t>9786050203851</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>İmparatorluklar Şehri İstanbul - 1830</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786050203974</t>
+          <t>9786050208184</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Sonlarında Türkiye'de Günlük Yaşam</t>
+          <t>Yöntem Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786050203998</t>
+          <t>9786050204230</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Kratylos</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786050203936</t>
+          <t>9786050204414</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Filmler</t>
+          <t>Dünya Tarihi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>300</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786050204032</t>
+          <t>9786050204407</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Merleau Ponty</t>
+          <t>Saksonya’dan İskenderiye’ye Bir Faytoncunun Serüvenleri</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786050204100</t>
+          <t>9786050204391</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Kökeni</t>
+          <t>Özgürlükten Kaçış</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786050204247</t>
+          <t>9786050204339</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Etkisi</t>
+          <t>İnsan Vücudunun Öyküsü</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786050204087</t>
+          <t>9786050204322</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Başka Diyarların Felsefeleri 2</t>
+          <t>Sanat 101</t>
         </is>
       </c>
       <c r="C930" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789754686081</t>
+          <t>9786050203950</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Dünya Tarihi 3. Cilt: Yeniçağ</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786050203837</t>
+          <t>9786050204001</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Protagoras</t>
+          <t>Sahip Olmak ya da Olmak</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786050203844</t>
+          <t>9786050209266</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Ahlak Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789754688047</t>
+          <t>9789754688320</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Sözlük (Küçük Boy)</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786050201352</t>
+          <t>9786050204209</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Cep Sözlüğü</t>
+          <t>Devlet (Tam Metin)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786050201628</t>
+          <t>9786050203929</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü Büyük Boy (Ciltli)</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789754689020</t>
+          <t>9786050203974</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü (Küçük Boy)</t>
+          <t>19. Yüzyıl Sonlarında Türkiye'de Günlük Yaşam</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789754689006</t>
+          <t>9786050203998</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü (Büyük Boy)</t>
+          <t>Kratylos</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786050201338</t>
+          <t>9786050203936</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Cep Sözlüğü</t>
+          <t>Bulmaca Filmler</t>
         </is>
       </c>
       <c r="C939" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786050203875</t>
+          <t>9786050204032</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Felsefe</t>
+          <t>Merleau Ponty</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786050203868</t>
+          <t>9786050204100</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Sinemamızın Yüzüncü Yılında 100 Yönetmen</t>
+          <t>Modern İnsanın Kökeni</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786050203004</t>
+          <t>9786050204247</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Mistik Bilginin Yeri</t>
+          <t>Şeytan Etkisi</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786050200980</t>
+          <t>9786050204087</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Varka ile Gülşah</t>
+          <t>Başka Diyarların Felsefeleri 2</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786050202670</t>
+          <t>9789754686081</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti / Çözümlü Farsça Metinler - 4 Seviye - Orta</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786050202649</t>
+          <t>9786050203837</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti / Çözümlü Farsça Metinler -3 / Seviye-Orta</t>
+          <t>Protagoras</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786050200799</t>
+          <t>9786050203844</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler / Bütün Denemeler - 3</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786050202274</t>
+          <t>9789754688047</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Sorgulayan Denemeler</t>
+          <t>Arapça-Türkçe Sözlük (Küçük Boy)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786050203790</t>
+          <t>9786050201352</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Troas'ta Yolculuk</t>
+          <t>Arapça - Türkçe Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786050202106</t>
+          <t>9786050201628</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Güz Düşüncesi</t>
+          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786050200324</t>
+          <t>9789754689020</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü (Küçük Boy)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789754684599</t>
+          <t>9789754689006</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Fotoğraf</t>
+          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü (Büyük Boy)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786050201116</t>
+          <t>9786050201338</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Acelesi Olanlar İçin 99 Klasik Film</t>
+          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786050204940</t>
+          <t>9786050203875</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>İslam ve Felsefe</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789754680263</t>
+          <t>9786050203868</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı</t>
+          <t>Sinemamızın Yüzüncü Yılında 100 Yönetmen</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789754680171</t>
+          <t>9786050203004</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>İslam Felsefesinde Mistik Bilginin Yeri</t>
         </is>
       </c>
       <c r="C955" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786050202755</t>
+          <t>9786050200980</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti - Beyaz Zambaklar Memleketinde</t>
+          <t>Varka ile Gülşah</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786050204988</t>
+          <t>9786050202670</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>İnsandaki Yıkıcılığın Kökenleri (Tam Metin)</t>
+          <t>Farsça Öğrenim Seti / Çözümlü Farsça Metinler - 4 Seviye - Orta</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786050203769</t>
+          <t>9786050202649</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Farsça Öğrenim Seti / Çözümlü Farsça Metinler -3 / Seviye-Orta</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786050203660</t>
+          <t>9786050200799</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın İnsan Anlayışı</t>
+          <t>Montaigne Denemeler - Bütün Denemeler 3</t>
         </is>
       </c>
       <c r="C959" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786050204971</t>
+          <t>9786050202274</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sorgulayan Denemeler</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786050204964</t>
+          <t>9786050203790</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hippias Theages</t>
+          <t>Troas'ta Yolculuk</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786050204957</t>
+          <t>9786050202106</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Geldim Gördüm Yendim</t>
+          <t>Güz Düşüncesi</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786050203677</t>
+          <t>9786050200324</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Beni Hiç Anlamıyorsun</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786050203608</t>
+          <t>9789754684599</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Budur</t>
+          <t>A’dan Z’ye Fotoğraf</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786050203653</t>
+          <t>9786050201116</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Acelesi Olanlar İçin 99 Klasik Film</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786050208504</t>
+          <t>9786050204940</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Din</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786050203530</t>
+          <t>9789754680263</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 2. Cilt: Ortaçağ</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786050200249</t>
+          <t>9789754680171</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Topalını Çin’de Görmüşler</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786050203547</t>
+          <t>9786050202755</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Maddenin En Son Yapıtaşı Higgs Bozonu</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti - Beyaz Zambaklar Memleketinde</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786050200997</t>
+          <t>9786050204988</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>İnsan Beyni</t>
+          <t>İnsandaki Yıkıcılığın Kökenleri (Tam Metin)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786050203479</t>
+          <t>9786050203769</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Ne Değildir?</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786050203349</t>
+          <t>9786050203660</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Farsça - Türkçe / Türkçe - Farsça Sözlük (Küçük Boy)</t>
+          <t>Marx'ın İnsan Anlayışı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786050203417</t>
+          <t>9786050204971</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bilimsel Deneyler</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786050203431</t>
+          <t>9786050204964</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyopatın İtirafları</t>
+          <t>Büyük Hippias Theages</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786050202779</t>
+          <t>9786050204957</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti 5 / Mavi ve Siyah</t>
+          <t>Geldim Gördüm Yendim</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786050202656</t>
+          <t>9786050203677</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 5 (Seviye - İleri)</t>
+          <t>Beni Hiç Anlamıyorsun</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786050202823</t>
+          <t>9786050203608</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Etik</t>
+          <t>Biyoloji Budur</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786050200331</t>
+          <t>9786050203653</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786050208498</t>
+          <t>9786050208504</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve Psikoterapi</t>
+          <t>Psikoterapi ve Din</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786050202588</t>
+          <t>9786050203530</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Rölativitenin ABC'si</t>
+          <t>Dünya Tarihi 2. Cilt: Ortaçağ</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786050203912</t>
+          <t>9786050200249</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler - 7</t>
+          <t>Türk’ün Topalını Çin’de Görmüşler</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789754685398</t>
+          <t>9786050203547</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Maddenin En Son Yapıtaşı Higgs Bozonu</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786050203165</t>
+          <t>9786050200997</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Dijital Görüntü Düzenleme ve Özel Efektler</t>
+          <t>İnsan Beyni</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786050203400</t>
+          <t>9786050203479</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihinden Kesitler</t>
+          <t>Halkla İlişkiler Ne Değildir?</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786050202830</t>
+          <t>9786050203349</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Sosyal Fethi</t>
+          <t>Farsça - Türkçe / Türkçe - Farsça Sözlük (Küçük Boy)</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786050203561</t>
+          <t>9786050203417</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Etik, Toplum, Siyaset</t>
+          <t>Büyük Bilimsel Deneyler</t>
         </is>
       </c>
       <c r="C986" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786050203776</t>
+          <t>9786050203431</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Theaitetos</t>
+          <t>Bir Sosyopatın İtirafları</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789754684162</t>
+          <t>9786050202779</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti 5 / Mavi ve Siyah</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789754689037</t>
+          <t>9786050202656</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Düşünceye Çağıran</t>
+          <t>Farsça Öğrenim Seti 5 (Seviye - İleri)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786050202137</t>
+          <t>9786050202823</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Phaidon</t>
+          <t>Uygulamalı Etik</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786050204094</t>
+          <t>9786050200331</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>İdeal ve Gerçek</t>
+          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789754689846</t>
+          <t>9786050208498</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd</t>
+          <t>Hayatın Anlamı ve Psikoterapi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786050204179</t>
+          <t>9786050202588</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Atalarımızın Gölgesinde</t>
+          <t>Rölativitenin ABC'si</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786050203394</t>
+          <t>9786050203912</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 1. Cilt: İlkçağ</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler - 7</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786050203233</t>
+          <t>9789754685398</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Emperyalizm</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786050203356</t>
+          <t>9786050203165</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Kritias - Kharmides</t>
+          <t>Dijital Görüntü Düzenleme ve Özel Efektler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789754686722</t>
+          <t>9786050203400</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine - Toplu Eserleri 1</t>
+          <t>Felsefe Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786050204926</t>
+          <t>9786050202830</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Üç Dinin Tarihi</t>
+          <t>Yeryüzünün Sosyal Fethi</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786050202717</t>
+          <t>9786050203561</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Sosyal Teori</t>
+          <t>Etik, Toplum, Siyaset</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786050203554</t>
+          <t>9786050203776</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>İtaatsizlik Üzerine</t>
+          <t>Theaitetos</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786050202939</t>
+          <t>9789754684162</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Felsefesi</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786050203240</t>
+          <t>9789754689037</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ergenin Ruhsal Gelişimi</t>
+          <t>Düşünceye Çağıran</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050203332</t>
+          <t>9786050202137</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Euro Kabusu</t>
+          <t>Phaidon</t>
         </is>
       </c>
       <c r="C1003" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050201130</t>
+          <t>9786050204094</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilik İncelemeleri</t>
+          <t>İdeal ve Gerçek</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786050203370</t>
+          <t>9789754689846</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilimadamına Mektuplar</t>
+          <t>İbn Rüşd</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786050200065</t>
+          <t>9786050204179</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Kültürdeki Huzursuzluk</t>
+          <t>Atalarımızın Gölgesinde</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050200195</t>
+          <t>9786050203394</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hippias</t>
+          <t>Dünya Tarihi 1. Cilt: İlkçağ</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786050202847</t>
+          <t>9786050203233</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>İkili Sarmal</t>
+          <t>Postmodern Emperyalizm</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786050203189</t>
+          <t>9786050203356</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Bilgelik</t>
+          <t>Kritias - Kharmides</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786050203257</t>
+          <t>9789754686722</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Arasında Küçük Felsefe Deneyimleri</t>
+          <t>Eğitim Üzerine - Toplu Eserleri 1</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786050203219</t>
+          <t>9786050204926</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Dijital Film Yapımı</t>
+          <t>Üç Dinin Tarihi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786050204919</t>
+          <t>9786050202717</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyle Saadet Olmaz</t>
+          <t>Günümüzde Sosyal Teori</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786050204933</t>
+          <t>9786050203554</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Rehberi</t>
+          <t>İtaatsizlik Üzerine</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789754685633</t>
+          <t>9786050202939</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>17. Yüzyıl Felsefesi</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789754680614</t>
+          <t>9786050203240</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Ruhundan Tragedyanın Doğuşu</t>
+          <t>Ergenin Ruhsal Gelişimi</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789754684827</t>
+          <t>9786050203332</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Euro Kabusu</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050202403</t>
+          <t>9786050201130</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Bektaşilik İncelemeleri</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789754687668</t>
+          <t>9786050203370</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Genç Bilimadamına Mektuplar</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786050201420</t>
+          <t>9786050200065</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Kültürdeki Huzursuzluk</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789754680799</t>
+          <t>9786050200195</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Anatomisi</t>
+          <t>Küçük Hippias</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789754686210</t>
+          <t>9786050202847</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Aşka ve Kadınlara Dair</t>
+          <t>İkili Sarmal</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786050202212</t>
+          <t>9786050203189</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Bebeğime Nasıl Davranmalıyım?</t>
+          <t>Bilim ve Bilgelik</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789754685916</t>
+          <t>9786050203257</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bay Buş Beyaz Saray’da Kara Sakallı</t>
+          <t>Dostlar Arasında Küçük Felsefe Deneyimleri</t>
         </is>
       </c>
       <c r="C1023" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789754684285</t>
+          <t>9786050203219</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Aşk Başkadır</t>
+          <t>Dijital Film Yapımı</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789754687873</t>
+          <t>9786050204919</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Felsefeyle Saadet Olmaz</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786050200423</t>
+          <t>9786050204933</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Ekonomi Rehberi</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789754686869</t>
+          <t>9789754685633</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Sayın Sezer</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789754689044</t>
+          <t>9789754680614</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Güç İstenci</t>
+          <t>Müziğin Ruhundan Tragedyanın Doğuşu</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789754687538</t>
+          <t>9789754684827</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Greklerde Eğitim Düşüncesi</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789754686746</t>
+          <t>9786050202403</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Grek Felsefesi Tarihi</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789754686852</t>
+          <t>9789754687668</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Bergson</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789754685428</t>
+          <t>9786050201420</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Mesnevi’den Hikayeler</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786050200102</t>
+          <t>9789754680799</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Osmanlı Türkçesi Sözlüğü</t>
+          <t>Aşkın Anatomisi</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789754687293</t>
+          <t>9789754686210</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Tuzağa Düşen Masumiyet</t>
+          <t>Aşka ve Kadınlara Dair</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786050201086</t>
+          <t>9786050202212</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Bebeğime Nasıl Davranmalıyım?</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786050201215</t>
+          <t>9789754685916</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Leibniz Sözlüğü</t>
+          <t>Bay Buş Beyaz Saray’da Kara Sakallı</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786050201680</t>
+          <t>9789754684285</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Latince Sözlük</t>
+          <t>Aşk Başkadır</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786050201611</t>
+          <t>9789754687873</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Lakhes</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786050201987</t>
+          <t>9786050200423</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard Sözlüğü</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1039" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789754680706</t>
+          <t>9789754686869</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Jung Psikolojisinin Ana Hatları</t>
+          <t>Güle Güle Sayın Sezer</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789754680119</t>
+          <t>9789754689044</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>İzafiyet Teorisi</t>
+          <t>Güç İstenci</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789754684049</t>
+          <t>9789754687538</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>İyinin ve Kötünün Ötesinde</t>
+          <t>Greklerde Eğitim Düşüncesi</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789754687644</t>
+          <t>9789754686746</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>İyi Günler İstanbul - Yaşamın İçindeyiz</t>
+          <t>Grek Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789754689907</t>
+          <t>9789754686852</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>İyi Fotoğraf Nasıl Çekilir?</t>
+          <t>Bergson</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786050201024</t>
+          <t>9789754685428</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>İşler ve Günler - Tanrıların Doğuşu</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789754685336</t>
+          <t>9786050200102</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Türkçe - Osmanlı Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789754689181</t>
+          <t>9789754687293</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Ruh Yüceliği</t>
+          <t>Tuzağa Düşen Masumiyet</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789754687071</t>
+          <t>9786050201086</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Pratik Kompozisyon</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786050201925</t>
+          <t>9786050201215</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Temel Prensipleri</t>
+          <t>Leibniz Sözlüğü</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786050200676</t>
+          <t>9786050201680</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Büyüsü: Işık</t>
+          <t>Latince Sözlük</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789754685152</t>
+          <t>9786050201611</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü Klasik Mitologyada Tanrılar - Olaylar - Kahramanlar</t>
+          <t>Lakhes</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786050201284</t>
+          <t>9786050201987</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Abc’si</t>
+          <t>Kierkegaard Sözlüğü</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786050200522</t>
+          <t>9789754680706</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Yanılgılar ve Düşler Üzerine</t>
+          <t>Jung Psikolojisinin Ana Hatları</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789754681239</t>
+          <t>9789754680119</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Türküleri Güfte ve Besteleriyle</t>
+          <t>İzafiyet Teorisi</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786050201192</t>
+          <t>9789754684049</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Anlamı</t>
+          <t>İyinin ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786050201659</t>
+          <t>9789754687644</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Darwin Tanrı ve Yaşamın Anlamı</t>
+          <t>İyi Günler İstanbul - Yaşamın İçindeyiz</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786050201185</t>
+          <t>9789754689907</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>İkaria’ya Yolculuk</t>
+          <t>İyi Fotoğraf Nasıl Çekilir?</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789754685077</t>
+          <t>9786050201024</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Şen Bilim Ana Metin - 1</t>
+          <t>İşler ve Günler - Tanrıların Doğuşu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789754683974</t>
+          <t>9789754685336</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Şen Bilim (Şiirler)</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786050201673</t>
+          <t>9789754689181</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Toplum</t>
+          <t>Ruh Yüceliği</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786050200546</t>
+          <t>9789754687071</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Cemşid ile Hurşid</t>
+          <t>Fotoğrafta Pratik Kompozisyon</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789754684834</t>
+          <t>9786050201925</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Rüyası</t>
+          <t>Fotoğrafın Temel Prensipleri</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789754682953</t>
+          <t>9786050200676</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Cazibenin Evrimi</t>
+          <t>Fotoğrafın Büyüsü: Işık</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786050204636</t>
+          <t>9789754685152</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Farsça-Türkçe Sözlük (Küçük Boy)</t>
+          <t>Mitoloji Sözlüğü Klasik Mitologyada Tanrılar - Olaylar - Kahramanlar</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786050202991</t>
+          <t>9786050201284</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu ve Eleştrisi</t>
+          <t>Mimarlığın Abc’si</t>
         </is>
       </c>
       <c r="C1065" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786050202946</t>
+          <t>9786050200522</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Kısa Tarihi</t>
+          <t>Yanılgılar ve Düşler Üzerine</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786050203585</t>
+          <t>9789754681239</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar - Masallar - Mitler</t>
+          <t>Rumeli Türküleri Güfte ve Besteleriyle</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786050202915</t>
+          <t>9786050201192</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Lysis</t>
+          <t>Ölümün Anlamı</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786050202816</t>
+          <t>9786050201659</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Atinalıların Devleti</t>
+          <t>Darwin Tanrı ve Yaşamın Anlamı</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786050203035</t>
+          <t>9786050201185</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Hipparkhos Kleitophon Rakipler</t>
+          <t>İkaria’ya Yolculuk</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786050203134</t>
+          <t>9789754685077</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi</t>
+          <t>Şen Bilim Ana Metin - 1</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786050203172</t>
+          <t>9789754683974</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Nikomakhos'a Etik</t>
+          <t>Şen Bilim (Şiirler)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786050203127</t>
+          <t>9786050201673</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu</t>
+          <t>Şeffaf Toplum</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786050202458</t>
+          <t>9786050200546</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Haber Fotorafçılığı</t>
+          <t>Cemşid ile Hurşid</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786050202854</t>
+          <t>9789754684834</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault ve Düşünce Sistemleri Tarihi</t>
+          <t>Cehennem Rüyası</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786050202618</t>
+          <t>9789754682953</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Minos-Epinomis - Bütün Yapıtları 17</t>
+          <t>Cazibenin Evrimi</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786050202700</t>
+          <t>9786050204636</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Farsça-Türkçe Sözlük (Küçük Boy)</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786050202809</t>
+          <t>9786050202991</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Ruhsal Gelişimi</t>
+          <t>Frankfurt Okulu ve Eleştrisi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786050200775</t>
+          <t>9786050202946</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler - Bütün Denemeler 1</t>
+          <t>Kapitalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786050202762</t>
+          <t>9786050203585</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti - Galatasaray</t>
+          <t>Rüyalar - Masallar - Mitler</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786050202748</t>
+          <t>9786050202915</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 2 - Fenerbahçe</t>
+          <t>Lysis</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786050202632</t>
+          <t>9786050202816</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Felsefe Öğretiyorum</t>
+          <t>Atinalıların Devleti</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786050200782</t>
+          <t>9786050203035</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler - Bütün Denemeler 2</t>
+          <t>Hipparkhos Kleitophon Rakipler</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786050200805</t>
+          <t>9786050203134</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler - Bütün Denemeler 4</t>
+          <t>İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786050202663</t>
+          <t>9786050203172</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti / Furug-i Ferruhzad</t>
+          <t>Nikomakhos'a Etik</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789754685923</t>
+          <t>9786050203127</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılı Düşünmek</t>
+          <t>Rüyaların Yorumu</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786050202083</t>
+          <t>9786050202458</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kültürel Çalışmalar</t>
+          <t>Haber Fotorafçılığı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789754688306</t>
+          <t>9786050202854</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Oğlun Sırrı</t>
+          <t>Michel Foucault ve Düşünce Sistemleri Tarihi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786050207972</t>
+          <t>9786050202618</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Yaşamsal Sorunlar</t>
+          <t>Minos-Epinomis - Bütün Yapıtları 17</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789754687286</t>
+          <t>9786050202700</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Reklamcılık</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C1090" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789754687255</t>
+          <t>9786050202809</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler ve Felsefe</t>
+          <t>Çocuğun Ruhsal Gelişimi</t>
         </is>
       </c>
       <c r="C1091" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786050202182</t>
+          <t>9786050200775</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Ustasından Depresyon Tahlilleri</t>
+          <t>Montaigne Denemeler - Bütün Denemeler 1</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786050202007</t>
+          <t>9786050202762</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Umut Yolu</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti - Galatasaray</t>
         </is>
       </c>
       <c r="C1093" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789754688634</t>
+          <t>9786050202748</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kesişen-Çatışan Dinsel Ve Etnik Kimlikler</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 2 - Fenerbahçe</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789754688887</t>
+          <t>9786050202632</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin ABC’si</t>
+          <t>Kızıma Felsefe Öğretiyorum</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789754687330</t>
+          <t>9786050200782</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi ya da Siyaset Hukuku İlkeleri</t>
+          <t>Montaigne Denemeler - Bütün Denemeler 2</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789754689051</t>
+          <t>9786050200805</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Öyküsü</t>
+          <t>Montaigne Denemeler - Bütün Denemeler 4</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789754684438</t>
+          <t>9786050202663</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Tan Kızıllığı</t>
+          <t>Farsça Öğrenim Seti / Furug-i Ferruhzad</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786050201710</t>
+          <t>9789754685923</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Yüzyılı Düşünmek</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786050202267</t>
+          <t>9786050202083</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Şölen</t>
+          <t>Yeni Kültürel Çalışmalar</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789754686654</t>
+          <t>9789754688306</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kuşatması</t>
+          <t>Yedinci Oğlun Sırrı</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789754682564</t>
+          <t>9786050207972</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Şeriatın Kestiği Parmak Acır</t>
+          <t>Yaşamsal Sorunlar</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789754686050</t>
+          <t>9789754687286</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Sütunumun Kenarı</t>
+          <t>Yaratıcı Reklamcılık</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786050200959</t>
+          <t>9789754687255</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ile Nevbahar</t>
+          <t>Üniversiteler ve Felsefe</t>
         </is>
       </c>
       <c r="C1104" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789754682304</t>
+          <t>9786050202182</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Susmayan Yazılar</t>
+          <t>Ustasından Depresyon Tahlilleri</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786050202090</t>
+          <t>9786050202007</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Perspektifler</t>
+          <t>Umut Yolu</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786050200416</t>
+          <t>9789754688634</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Türkiye’de Kesişen-Çatışan Dinsel Ve Etnik Kimlikler</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786050201321</t>
+          <t>9789754688887</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Sofist</t>
+          <t>Türkçenin ABC’si</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789754687514</t>
+          <t>9789754687330</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Fragmanlar Ekonomi Politik Üzerine Söylev</t>
+          <t>Toplum Sözleşmesi ya da Siyaset Hukuku İlkeleri</t>
         </is>
       </c>
       <c r="C1109" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789754680249</t>
+          <t>9789754689051</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Milena</t>
+          <t>Tanrının Öyküsü</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789754686395</t>
+          <t>9789754684438</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Tan Kızıllığı</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789754686685</t>
+          <t>9786050201710</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Seçkinlik ve Sıradanlık Üzerine</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786050201109</t>
+          <t>9786050202267</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Öyküler</t>
+          <t>Şölen</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789754689167</t>
+          <t>9789754686654</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Mektuplar</t>
+          <t>Şiir Kuşatması</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786050201239</t>
+          <t>9789754682564</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>San’an Şeyhi</t>
+          <t>Şeriatın Kestiği Parmak Acır</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786050200218</t>
+          <t>9789754686050</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Ricoeur Sözlüğü</t>
+          <t>Sütunumun Kenarı</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789754684346</t>
+          <t>9786050200959</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Richard Wagner Bayreuth’da Çağa Aykırı Düşünceler 4</t>
+          <t>Süheyl ile Nevbahar</t>
         </is>
       </c>
       <c r="C1117" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789754688085</t>
+          <t>9789754682304</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Reklamcılık</t>
+          <t>Susmayan Yazılar</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789754687217</t>
+          <t>9786050202090</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Çağrısı</t>
+          <t>Sosyolojide Perspektifler</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789754683769</t>
+          <t>9786050200416</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinlerinde Cinsel Ahlak</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786050202502</t>
+          <t>9786050201321</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Düğün Fotoğrafçılığı</t>
+          <t>Sofist</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786050202359</t>
+          <t>9789754687514</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Doğada Fotoğrafı Görmek</t>
+          <t>Siyasal Fragmanlar Ekonomi Politik Üzerine Söylev</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789754688313</t>
+          <t>9789754680249</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine</t>
+          <t>Sevgili Milena</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789754686760</t>
+          <t>9789754686395</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kemiği Yok Sansürsüz Konuşmalar</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786050200706</t>
+          <t>9789754686685</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamı</t>
+          <t>Seçkinlik ve Sıradanlık Üzerine</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786050200263</t>
+          <t>9786050201109</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Desen</t>
+          <t>Seçilmiş Öyküler</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786050200928</t>
+          <t>9789754689167</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Descartes Sözlüğü</t>
+          <t>Seçilmiş Mektuplar</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786050200300</t>
+          <t>9786050201239</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Derrida Sözlüğü</t>
+          <t>San’an Şeyhi</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786050200973</t>
+          <t>9786050200218</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Ricoeur Sözlüğü</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786050200768</t>
+          <t>9789754684346</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (4 Cilt Takım)</t>
+          <t>Richard Wagner Bayreuth’da Çağa Aykırı Düşünceler 4</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>1350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789754685930</t>
+          <t>9789754688085</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut</t>
+          <t>Reklam ve Reklamcılık</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789754684308</t>
+          <t>9789754687217</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Düşüncenin Çağrısı</t>
         </is>
       </c>
       <c r="C1132" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786050202397</t>
+          <t>9789754683769</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Darwin ve Sonrası</t>
+          <t>Dünya Dinlerinde Cinsel Ahlak</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789754689402</t>
+          <t>9786050202502</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Osmanlı Türkçesi Metinleri</t>
+          <t>Düğün Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789754689839</t>
+          <t>9786050202359</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Fobinin Analizi</t>
+          <t>Doğada Fotoğrafı Görmek</t>
         </is>
       </c>
       <c r="C1135" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789754689259</t>
+          <t>9789754688313</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma Nasıl Davranmalıyım?</t>
+          <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786050202120</t>
+          <t>9789754686760</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İran Edebiyatının Doğuşu ve Gelişmesi</t>
+          <t>Dilin Kemiği Yok Sansürsüz Konuşmalar</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789754680225</t>
+          <t>9786050200706</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine</t>
+          <t>Devlet Adamı</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786050201796</t>
+          <t>9786050200263</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Ejderleri</t>
+          <t>Desen</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786050200737</t>
+          <t>9786050200928</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Can Çekişen Bir Meslek Üzerine Son Notlar</t>
+          <t>Descartes Sözlüğü</t>
         </is>
       </c>
       <c r="C1140" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789754680546</t>
+          <t>9786050200300</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Diliyle Mevlana</t>
+          <t>Derrida Sözlüğü</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786050200072</t>
+          <t>9786050200973</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Broca’nın Beyni</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789754685404</t>
+          <t>9786050200768</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Denemeler (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>350</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789754684117</t>
+          <t>9789754685930</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Güncesi Petersburg Öyküleri</t>
+          <t>Dede Korkut</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786050200478</t>
+          <t>9789754684308</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocukluk Nevrozu Hikayesi</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786050201482</t>
+          <t>9786050202397</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Bilmek ve İstemek</t>
+          <t>Darwin ve Sonrası</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786050201598</t>
+          <t>9789754689402</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Beste ve Güfteleriyle Kuşaktan Kuşağa Halk Türküleri</t>
+          <t>Çözümlü Osmanlı Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786050208566</t>
+          <t>9789754689839</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Bebek Daha Doğmadan</t>
+          <t>Çocukta Fobinin Analizi</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786050202199</t>
+          <t>9789754689259</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Ruhsal Gelişimi</t>
+          <t>Çocuğuma Nasıl Davranmalıyım?</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789754689204</t>
+          <t>9786050202120</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Balık Profesörünün Av Güncesi ve Vertical Jigging Yöntemi</t>
+          <t>Çağdaş İran Edebiyatının Doğuşu ve Gelişmesi</t>
         </is>
       </c>
       <c r="C1150" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789754682519</t>
+          <t>9789754680225</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Cumhuriyet’e</t>
+          <t>Cinsellik Üzerine</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789754686333</t>
+          <t>9786050201796</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Şehvet Üzerine 2. Kitap</t>
+          <t>Cennetin Ejderleri</t>
         </is>
       </c>
       <c r="C1152" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789754687507</t>
+          <t>9786050200737</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Armoni İpek Fabrikası</t>
+          <t>Can Çekişen Bir Meslek Üzerine Son Notlar</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786050208412</t>
+          <t>9789754680546</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yönetimi İçin Kurallar</t>
+          <t>Bugünün Diliyle Mevlana</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789754684056</t>
+          <t>9786050200072</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Soykütüğü Üstüne</t>
+          <t>Broca’nın Beyni</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789754689600</t>
+          <t>9789754685404</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Eğitimi</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789754686098</t>
+          <t>9789754684117</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrinin ABC’si</t>
+          <t>Bir Delinin Güncesi Petersburg Öyküleri</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789754685473</t>
+          <t>9786050200478</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Bunalımı</t>
+          <t>Bir Çocukluk Nevrozu Hikayesi</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789754685657</t>
+          <t>9786050201482</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Din</t>
+          <t>Bilmek ve İstemek</t>
         </is>
       </c>
       <c r="C1159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789754688252</t>
+          <t>9786050201598</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Beste ve Güfteleriyle Kuşaktan Kuşağa Halk Türküleri</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789754680133</t>
+          <t>9786050208566</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Pratik Usun Eleştirisi</t>
+          <t>Bebek Daha Doğmadan</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786050200294</t>
+          <t>9786050202199</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Poetika / Şiir Sanatı Üzerine</t>
+          <t>Bebeğin Ruhsal Gelişimi</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786050202168</t>
+          <t>9789754689204</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Philebos</t>
+          <t>Balık Profesörünün Av Güncesi ve Vertical Jigging Yöntemi</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789754684360</t>
+          <t>9789754682519</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Kurumlarımızın Geleceği Üzerine Altı Resmi Konferans</t>
+          <t>Atatürk’ten Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786050201147</t>
+          <t>9789754686333</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesine Giriş</t>
+          <t>Aşk ve Şehvet Üzerine 2. Kitap</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789754689075</t>
+          <t>9789754687507</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Yazım Kılavuzu</t>
+          <t>Armoni İpek Fabrikası</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789754687569</t>
+          <t>9786050208412</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü</t>
+          <t>Aklın Yönetimi İçin Kurallar</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786050200683</t>
+          <t>9789754684056</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Orta Elçilikler - Mektuplar</t>
+          <t>Ahlakın Soykütüğü Üstüne</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789754689877</t>
+          <t>9789754689600</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Okumaya ve Okumuşlara Dair</t>
+          <t>Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789754685596</t>
+          <t>9789754686098</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Psikiyatrinin ABC’si</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789754684322</t>
+          <t>9789754685473</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Söylev)</t>
+          <t>Psikanalizin Bunalımı</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789754687132</t>
+          <t>9789754685657</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir’den New York’a</t>
+          <t>Psikanaliz ve Din</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789754684568</t>
+          <t>9789754688252</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Nevroz Sorunları</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786050200720</t>
+          <t>9789754680133</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Montaigne’in Kedisi</t>
+          <t>Pratik Usun Eleştirisi</t>
         </is>
       </c>
       <c r="C1174" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786050202144</t>
+          <t>9786050200294</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Modernite, Kapitalizm, Sosyalizm</t>
+          <t>Poetika / Şiir Sanatı Üzerine</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786050200461</t>
+          <t>9786050202168</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Modernite Versus Postmodernite</t>
+          <t>Philebos</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789754689631</t>
+          <t>9789754684360</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Modernite ve Bireysel-Kimlik</t>
+          <t>Öğretim Kurumlarımızın Geleceği Üzerine Altı Resmi Konferans</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9789754685022</t>
+          <t>9786050201147</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Modern Siyasal Düşünce Tarihi</t>
+          <t>Osmanlı Türkçesine Giriş</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786050200041</t>
+          <t>9789754689075</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Merleau - Ponty Sözlüğü</t>
+          <t>Osmanlı Türkçesi Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786050200713</t>
+          <t>9789754687569</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Menon - Bütün Yapıtları 11</t>
+          <t>Osmanlı Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786050200256</t>
+          <t>9786050200683</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Meneksenos - Bütün Yapıtları 7</t>
+          <t>Orta Elçilikler - Mektuplar</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789754689129</t>
+          <t>9789754689877</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Okumaya ve Okumuşlara Dair</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789754684810</t>
+          <t>9789754685596</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Scuderi</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9789754681260</t>
+          <t>9789754684322</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Manilerimiz</t>
+          <t>Nutuk (Söylev)</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789754687194</t>
+          <t>9789754687132</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Liberaller, Ulusalcılar, İslamcılar ve Ötekiler</t>
+          <t>Nevşehir’den New York’a</t>
         </is>
       </c>
       <c r="C1185" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786050200829</t>
+          <t>9789754684568</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Nevroz Sorunları</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9789754689952</t>
+          <t>9786050200720</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Levinas Sözlüğü</t>
+          <t>Montaigne’in Kedisi</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786050201499</t>
+          <t>9786050202144</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Levinas</t>
+          <t>Modernite, Kapitalizm, Sosyalizm</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789754680942</t>
+          <t>9786050200461</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ağaç’ın Eğitimi</t>
+          <t>Modernite Versus Postmodernite</t>
         </is>
       </c>
       <c r="C1189" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789754686678</t>
+          <t>9789754689631</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Türküleri</t>
+          <t>Modernite ve Bireysel-Kimlik</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789754686876</t>
+          <t>9789754685022</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Kuklaturka</t>
+          <t>Modern Siyasal Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789754689150</t>
+          <t>9786050200041</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Kriton</t>
+          <t>Merleau - Ponty Sözlüğü</t>
         </is>
       </c>
       <c r="C1192" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786050202021</t>
+          <t>9786050200713</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Bağlantı</t>
+          <t>Menon - Bütün Yapıtları 11</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789754687323</t>
+          <t>9786050200256</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Ko-Medya</t>
+          <t>Meneksenos - Bütün Yapıtları 7</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786050201154</t>
+          <t>9789754689129</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Doğuşu</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786050200614</t>
+          <t>9789754684810</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Kısa Avrupa Tarihi</t>
+          <t>Matmazel Scuderi</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786050200447</t>
+          <t>9789754681260</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Hakkında Size Söylenmeyen 23 Şey</t>
+          <t>Manilerimiz</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789754687491</t>
+          <t>9789754687194</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Kanserde Erken Tanı Hayat Kurtarır</t>
+          <t>Liberaller, Ulusalcılar, İslamcılar ve Ötekiler</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789754687736</t>
+          <t>9786050200829</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Farsça Sözlük</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789754688030</t>
+          <t>9789754689952</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (Küçük Boy)</t>
+          <t>Levinas Sözlüğü</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789754688023</t>
+          <t>9786050201499</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Farsça-Türkçe Sözlük (Küçük Boy)</t>
+          <t>Levinas</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789754687347</t>
+          <t>9789754680942</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Kadın Beyni</t>
+          <t>Küçük Ağaç’ın Eğitimi</t>
         </is>
       </c>
       <c r="C1202" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789754689242</t>
+          <t>9789754686678</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>İon</t>
+          <t>Kurtuluş Savaşı Türküleri</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789754689808</t>
+          <t>9789754686876</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Kuklaturka</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789754688467</t>
+          <t>9789754689150</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>İnternet Çağında Kurumsal İletişim</t>
+          <t>Kriton</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789754687590</t>
+          <t>9786050202021</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>İnsanca, Pek İnsanca 2. Kitap</t>
+          <t>Kozmik Bağlantı</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789754683905</t>
+          <t>9789754687323</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>İnsanca, Pek İnsanca 1. Kitap</t>
+          <t>Ko-Medya</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786050200010</t>
+          <t>9786050201154</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>İnsan Soyunun Eğitimi</t>
+          <t>Tanrıların Doğuşu</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789754680584</t>
+          <t>9786050200614</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ruhuna Yöneliş</t>
+          <t>Kısa Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C1209" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786050201765</t>
+          <t>9786050200447</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Kapitalizm Hakkında Size Söylenmeyen 23 Şey</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789754680195</t>
+          <t>9789754687491</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl İnsan Oldu</t>
+          <t>Kanserde Erken Tanı Hayat Kurtarır</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789754689235</t>
+          <t>9789754687736</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>İnsan İçgüdüsü</t>
+          <t>Türkçe - Farsça Sözlük</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789754688504</t>
+          <t>9789754688030</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>İbrani Mitleri</t>
+          <t>Osmanlı Türkçesi Sözlüğü (Küçük Boy)</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789754689174</t>
+          <t>9789754688023</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Hume</t>
+          <t>Farsça-Türkçe Sözlük (Küçük Boy)</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789754687934</t>
+          <t>9789754687347</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Ahlak ve Siyaset Üzerine</t>
+          <t>Kadın Beyni</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789754689822</t>
+          <t>9789754689242</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Hareketleri Üzerine</t>
+          <t>İon</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789754686784</t>
+          <t>9789754689808</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789754689648</t>
+          <t>9789754688467</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Güzelin Metafiziği</t>
+          <t>İnternet Çağında Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C1218" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786050200409</t>
+          <t>9789754687590</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Gorgias</t>
+          <t>İnsanca, Pek İnsanca 2. Kitap</t>
         </is>
       </c>
       <c r="C1219" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786050201567</t>
+          <t>9789754683905</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bakış</t>
+          <t>İnsanca, Pek İnsanca 1. Kitap</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786050200126</t>
+          <t>9786050200010</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Tarihinden Alıntılar</t>
+          <t>İnsan Soyunun Eğitimi</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789754689860</t>
+          <t>9789754680584</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Bakış</t>
+          <t>İnsan Ruhuna Yöneliş</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789754688610</t>
+          <t>9786050201765</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Gargantua</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789754688221</t>
+          <t>9789754680195</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Galileo</t>
+          <t>İnsan Nasıl İnsan Oldu</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789754686159</t>
+          <t>9789754689235</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Freud</t>
+          <t>İnsan İçgüdüsü</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786050204018</t>
+          <t>9789754688504</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Notları</t>
+          <t>İbrani Mitleri</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789754689921</t>
+          <t>9789754689174</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Fichte</t>
+          <t>Hume</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789754688894</t>
+          <t>9789754687934</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Feminizmin ABC’si</t>
+          <t>Hukuk Ahlak ve Siyaset Üzerine</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786050209235</t>
+          <t>9789754689822</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Hayvanların Hareketleri Üzerine</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786050201703</t>
+          <t>9789754686784</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kısa Tarihi</t>
+          <t>Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786050208726</t>
+          <t>9789754689648</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin İlkeleri</t>
+          <t>Güzelin Metafiziği</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789754687026</t>
+          <t>9786050200409</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Beşiği Anadolu</t>
+          <t>Gorgias</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789754688337</t>
+          <t>9786050201567</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Gerçek Bakış</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>1250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786050200577</t>
+          <t>9786050200126</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Geleceğin Tarihinden Alıntılar</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789754689785</t>
+          <t>9789754689860</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Geçmişe Bakış</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789754687552</t>
+          <t>9789754688610</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Farsça Türkçe Sözlük (Orta Boy)</t>
+          <t>Gargantua</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789754689853</t>
+          <t>9789754688221</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Euthyphron - Bütün Yapıtları 5</t>
+          <t>Galileo</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789754689884</t>
+          <t>9789754686159</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Erkek Beyni</t>
+          <t>Freud</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789754684018</t>
+          <t>9786050204018</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci Olarak Schopenhauer</t>
+          <t>Fotoğraf Notları</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789754689280</t>
+          <t>9789754689921</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sözlüğü</t>
+          <t>Fichte</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
+          <t>9789754688894</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Feminizmin ABC’si</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786050209235</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Felsefeye Giriş</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786050201703</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786050208726</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin İlkeleri</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9789754687026</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Beşiği Anadolu</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9789754688337</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Tarihi</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786050200577</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9789754689785</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ile Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9789754687552</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Türkçe Sözlük (Orta Boy)</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9789754689853</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Euthyphron - Bütün Yapıtları 5</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9789754689884</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Erkek Beyni</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9789754684018</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimci Olarak Schopenhauer</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9789754689280</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
           <t>9789754689983</t>
         </is>
       </c>
-      <c r="B1241" s="1" t="inlineStr">
+      <c r="B1254" s="1" t="inlineStr">
         <is>
           <t>Eğitim Felsefesi</t>
         </is>
       </c>
-      <c r="C1241" s="1">
+      <c r="C1254" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>