--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,18835 +85,18985 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786050212198</t>
+          <t>9786050212297</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kuantum 101</t>
+          <t>Tarihin Manzarası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050212181</t>
+          <t>9786050212266</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kısa İskandinavya Tarihi</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050212204</t>
+          <t>9786050212310</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Futbol Tarihi 101</t>
+          <t>A’dan Z’ye II. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050212174</t>
+          <t>9786050212273</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Din ve Yaşam Üzerine Düşünceler</t>
+          <t>Bağımlılığın Biyolojisi</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050212167</t>
+          <t>9786050212280</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Viking Çağı</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050212150</t>
+          <t>9786050212259</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kiku</t>
+          <t>Takıntılı Düşünce ve Davranışlardan Kurtulun</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050212136</t>
+          <t>9786050212242</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Hayat Hikayeleri</t>
+          <t>Sosyoloji 101</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050212143</t>
+          <t>9786050212228</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıkların Çöküşü</t>
+          <t>Gözlemlerle Ekoloji</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050212099</t>
+          <t>9786050212235</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud</t>
+          <t>Doğruluk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050212082</t>
+          <t>9786050212211</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Finansal Longevity</t>
+          <t>Şehir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050212129</t>
+          <t>9786050212198</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>John Locke</t>
+          <t>Kuantum 101</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050212112</t>
+          <t>9786050212181</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Gönlü</t>
+          <t>Kısa İskandinavya Tarihi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050212105</t>
+          <t>9786050212204</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi</t>
+          <t>Futbol Tarihi 101</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050212037</t>
+          <t>9786050212174</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Panik Atak ve Kaygı Bozukluklarından Kurtulun</t>
+          <t>Bilim, Din ve Yaşam Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050212044</t>
+          <t>9786050212167</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Akıncılar, Hükümdarlar ve Tacirler</t>
+          <t>Viking Çağı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050212075</t>
+          <t>9786050212150</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamın Psikopatolojisi</t>
+          <t>Kiku</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050210927</t>
+          <t>9786050212136</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Kadınları</t>
+          <t>Sanatçıların Hayat Hikayeleri</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050210835</t>
+          <t>9786050212143</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Anatomi</t>
+          <t>Uygarlıkların Çöküşü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050207101</t>
+          <t>9786050212099</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın İlkeleri Üzerine Bir Soruşturma</t>
+          <t>Sigmund Freud</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050206616</t>
+          <t>9786050212082</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçuluk</t>
+          <t>Finansal Longevity</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050206371</t>
+          <t>9786050212129</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beynin ve Zihnin Kısa Tarihi</t>
+          <t>John Locke</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754681291</t>
+          <t>9786050212112</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Doğu Bilgelerinden Seçmeler</t>
+          <t>Nietzsche’nin Gönlü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>6</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050206449</t>
+          <t>9786050212105</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Tarihi</t>
+          <t>Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754681314</t>
+          <t>9786050212037</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Evrensel Bildirgesi</t>
+          <t>Panik Atak ve Kaygı Bozukluklarından Kurtulun</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>2</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050201376</t>
+          <t>9786050212044</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İnanç İçgüdüsü</t>
+          <t>Akıncılar, Hükümdarlar ve Tacirler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>40</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754680683</t>
+          <t>9786050212075</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İki Ülke İki Devrim Türkiye İran</t>
+          <t>Günlük Yaşamın Psikopatolojisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>10</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754688122</t>
+          <t>9786050210927</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İdea Nedir?</t>
+          <t>Nietzsche’nin Kadınları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050202205</t>
+          <t>9786050210835</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Karanlık Yan</t>
+          <t>A’dan Z’ye Anatomi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754688092</t>
+          <t>9786050207101</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina</t>
+          <t>Ahlakın İlkeleri Üzerine Bir Soruşturma</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050200539</t>
+          <t>9786050206616</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hüsrev ile Şirin</t>
+          <t>Varoluşçuluk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>10</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754686357</t>
+          <t>9786050206371</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Husserl</t>
+          <t>Beynin ve Zihnin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050202250</t>
+          <t>9789754681291</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Histeri</t>
+          <t>Doğu Bilgelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754689945</t>
+          <t>9786050206449</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yerden Haberler</t>
+          <t>Kapitalizmin Tarihi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754687682</t>
+          <t>9789754681314</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlığın Özü</t>
+          <t>İnsan Hakları Evrensel Bildirgesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>30</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754687774</t>
+          <t>9786050201376</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Heidegger: Varlık ve Zaman - Varlık ve Hakikat - Sanat ve Hakikat - Düşünmek Ne Demektir? - Doğu ve Batı</t>
+          <t>İnanç İçgüdüsü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754685251</t>
+          <t>9789754680683</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hegel</t>
+          <t>İki Ülke İki Devrim Türkiye İran</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050202038</t>
+          <t>9789754688122</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ritmi</t>
+          <t>İdea Nedir?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754682595</t>
+          <t>9786050202205</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hastalıksız Bir Yaşam</t>
+          <t>İçimizdeki Karanlık Yan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754685312</t>
+          <t>9789754688092</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 5. Kitap Güfte ve Besteleriyle</t>
+          <t>İbn Sina</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754685305</t>
+          <t>9786050200539</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 4. Kitap Güfte ve Besteleriyle</t>
+          <t>Hüsrev ile Şirin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>125</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754685299</t>
+          <t>9789754686357</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 3. Kitap Güfte ve Besteleriyle</t>
+          <t>Husserl</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754684803</t>
+          <t>9786050202250</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 2. Kitap</t>
+          <t>Histeri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754686227</t>
+          <t>9789754689945</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Hiçbir Yerden Haberler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>7.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754681048</t>
+          <t>9789754687682</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri 1. Kitap</t>
+          <t>Hıristiyanlığın Özü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754688160</t>
+          <t>9789754687774</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilimin Abc’si</t>
+          <t>Heidegger: Varlık ve Zaman - Varlık ve Hakikat - Sanat ve Hakikat - Düşünmek Ne Demektir? - Doğu ve Batı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754686012</t>
+          <t>9789754685251</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Goethe</t>
+          <t>Hegel</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754688665</t>
+          <t>9786050202038</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gezgin ile Gölgesi</t>
+          <t>Hayatın Ritmi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754684193</t>
+          <t>9789754682595</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Genel Edebiyat Bilimi</t>
+          <t>Hastalıksız Bir Yaşam</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050202243</t>
+          <t>9789754685312</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Uygarlık Tarihi</t>
+          <t>Halk Türküleri 5. Kitap Güfte ve Besteleriyle</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754684698</t>
+          <t>9789754685305</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gelin Odasındaki Hayalet</t>
+          <t>Halk Türküleri 4. Kitap Güfte ve Besteleriyle</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>25</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000006147</t>
+          <t>9789754685299</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Friedrich Nietzsche Toplu Eserleri 19 Kitap Takım</t>
+          <t>Halk Türküleri 3. Kitap Güfte ve Besteleriyle</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>178.24</v>
+        <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754686838</t>
+          <t>9789754684803</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu’nda Sanat ve Toplum</t>
+          <t>Halk Türküleri 2. Kitap</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754686142</t>
+          <t>9789754686227</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Felsefesi</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050200935</t>
+          <t>9789754681048</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Foucault Sözlüğü</t>
+          <t>Halk Türküleri 1. Kitap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754689624</t>
+          <t>9789754688160</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Foucault</t>
+          <t>Göstergebilimin Abc’si</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050201079</t>
+          <t>9789754686012</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Pozlama Teknikleri ve Yaratıcılık</t>
+          <t>Goethe</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754686241</t>
+          <t>9789754688665</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Teknik Okumaları</t>
+          <t>Gezgin ile Gölgesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754687064</t>
+          <t>9789754684193</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Filmden Dijitale Fotoğraf</t>
+          <t>Genel Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754686920</t>
+          <t>9786050202243</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ferrari’sini Satan Hergele</t>
+          <t>Gençler İçin Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050201222</t>
+          <t>9789754684698</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin</t>
+          <t>Gelin Odasındaki Hayalet</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754683806</t>
+          <t>3990000006147</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Feminist Edebiyat Eleştirisi</t>
+          <t>Friedrich Nietzsche Toplu Eserleri 19 Kitap Takım</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>20</v>
+        <v>178.24</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754686494</t>
+          <t>9789754686838</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Frankfurt Okulu’nda Sanat ve Toplum</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>17.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754688498</t>
+          <t>9789754686142</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi (Ciltli)</t>
+          <t>Geleceğin Felsefesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>46.3</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754686500</t>
+          <t>9786050200935</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Seti 14 Kitap</t>
+          <t>Foucault Sözlüğü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>187</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754681192</t>
+          <t>9789754689624</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Nedir?</t>
+          <t>Foucault</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754687781</t>
+          <t>9786050201079</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Farsça Türkçe Sözlük (Ciltli)</t>
+          <t>Fotoğrafta Pozlama Teknikleri ve Yaratıcılık</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050201604</t>
+          <t>9789754686241</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Farsça Türkçe Cep Sözlüğü</t>
+          <t>Fotoğraf Teknik Okumaları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050200058</t>
+          <t>9789754687064</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Filmden Dijitale Fotoğraf</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754686951</t>
+          <t>9789754686920</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Doğa Tarihi ve Gökler Kuramı</t>
+          <t>Ferrari’sini Satan Hergele</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754685701</t>
+          <t>9786050201222</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Etik ve Estetik Değerler</t>
+          <t>Ferhat ile Şirin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754688429</t>
+          <t>9789754683806</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Estetiğin ABC’si</t>
+          <t>Feminist Edebiyat Eleştirisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050201277</t>
+          <t>9789754686494</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050201574</t>
+          <t>9789754688498</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eski Roma</t>
+          <t>Felsefe Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050200553</t>
+          <t>9789754686500</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Sözlüğü</t>
+          <t>Felsefe Seti 14 Kitap</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>750</v>
+        <v>187</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754680782</t>
+          <t>9789754681192</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>En Kutsalı Yaratmak</t>
+          <t>Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050202304</t>
+          <t>9789754687781</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin En Ölümcül Silahı Demokrasi Yalanı</t>
+          <t>Farsça Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754688153</t>
+          <t>9786050201604</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Emile Ya Da Eğitim Üzerine</t>
+          <t>Farsça Türkçe Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754687927</t>
+          <t>9786050200058</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ellerimde</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754685619</t>
+          <t>9789754686951</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Einstein Fikir Mimarları 3</t>
+          <t>Evrensel Doğa Tarihi ve Gökler Kuramı</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754688580</t>
+          <t>9789754685701</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine Ruhun Eğitimi - Ahlaki Eğitim - Pratik Eğitim</t>
+          <t>Etik ve Estetik Değerler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754681499</t>
+          <t>9789754688429</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Dünyasında Anadolu (Anadolu Mitolojisi)</t>
+          <t>Estetiğin ABC’si</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754687767</t>
+          <t>9786050201277</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Çağırdığı</t>
+          <t>Eski Yunan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754681482</t>
+          <t>9786050201574</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Eski Roma</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754680959</t>
+          <t>9786050200553</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Türkler</t>
+          <t>Eski Anadolu Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15</v>
+        <v>750</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050200232</t>
+          <t>9789754680782</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dünya Felsefe Tarihi</t>
+          <t>En Kutsalı Yaratmak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754683738</t>
+          <t>9786050202304</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinlerinde Hayatın Anlamı</t>
+          <t>Emperyalizmin En Ölümcül Silahı Demokrasi Yalanı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754686753</t>
+          <t>9789754688153</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dondurmam Gaymak Bir Ege Geyiği</t>
+          <t>Emile Ya Da Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754685947</t>
+          <t>9789754687927</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Ellerimde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050201932</t>
+          <t>9789754685619</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Doğu Bilgeliği</t>
+          <t>Einstein Fikir Mimarları 3</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754684124</t>
+          <t>9789754688580</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İnsanlaşması</t>
+          <t>Eğitim Üzerine Ruhun Eğitimi - Ahlaki Eğitim - Pratik Eğitim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>35</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050200003</t>
+          <t>9789754681499</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hak ve Tarih</t>
+          <t>Efsaneler Dünyasında Anadolu (Anadolu Mitolojisi)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754682496</t>
+          <t>9789754687767</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Düşünceleriyle Yaşayan Atatürk</t>
+          <t>Düşüncenin Çağırdığı</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050201437</t>
+          <t>9789754681482</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Doğa Fotoğrafçısının Elkitabı</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050201918</t>
+          <t>9789754680959</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Kebir’den Seçmeler</t>
+          <t>Dünyada Türkler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754682434</t>
+          <t>9786050200232</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dinler Kavşağı Anadolu</t>
+          <t>Dünya Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050200966</t>
+          <t>9789754683738</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dijital Teknoloji Çağında Reklam Fotoğrafçılığı</t>
+          <t>Dünya Dinlerinde Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754689099</t>
+          <t>9789754686753</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafta Yaratıcı Teknikler</t>
+          <t>Dondurmam Gaymak Bir Ege Geyiği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754687897</t>
+          <t>9789754685947</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğraf Rehberi</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754685121</t>
+          <t>9786050201932</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinleri Ansiklopedisi</t>
+          <t>Doğu Bilgeliği</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>75</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754689266</t>
+          <t>9789754684124</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Fotoğraf</t>
+          <t>Doğanın İnsanlaşması</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754687880</t>
+          <t>9786050200003</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin ABC’si</t>
+          <t>Doğal Hak ve Tarih</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754682939</t>
+          <t>9789754682496</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Öyküdür Kişisel İlişkiler Üzerine Yeni Bir Teori</t>
+          <t>Düşünceleriyle Yaşayan Atatürk</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050201697</t>
+          <t>9786050201437</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aşırılığın Peygamberleri</t>
+          <t>Doğa Fotoğrafçısının Elkitabı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754686104</t>
+          <t>9786050201918</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Asya Yollarında</t>
+          <t>Divan-ı Kebir’den Seçmeler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754687224</t>
+          <t>9789754682434</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Eğitim Üzerine</t>
+          <t>Dinler Kavşağı Anadolu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754687057</t>
+          <t>9786050200966</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Dijital Teknoloji Çağında Reklam Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050201253</t>
+          <t>9789754689099</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji</t>
+          <t>Dijital Fotoğrafta Yaratıcı Teknikler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>600</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754687859</t>
+          <t>9789754687897</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Anne-Babalar İçin Bebek Ruh Sağlığı Rehberi</t>
+          <t>Dijital Fotoğraf Rehberi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754687248</t>
+          <t>9789754685121</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Projeleri</t>
+          <t>Dünya Dinleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754687279</t>
+          <t>9789754689266</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefe</t>
+          <t>Dijital Dünyada Fotoğraf</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>7.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754680508</t>
+          <t>9789754687880</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Amatör Balıkçılık</t>
+          <t>Felsefenin ABC’si</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754689792</t>
+          <t>9789754682939</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Alkibiades 1-2</t>
+          <t>Aşk Bir Öyküdür Kişisel İlişkiler Üzerine Yeni Bir Teori</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754682038</t>
+          <t>9786050201697</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Akıllar, Beyinler ve Bilim</t>
+          <t>Aşırılığın Peygamberleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754687750</t>
+          <t>9789754686104</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ağrı’ya Dönüş</t>
+          <t>Asya Yollarında</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050201468</t>
+          <t>9789754687224</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Acelesi Olanlar İçin 99 İcat</t>
+          <t>Aristoteles Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754689297</t>
+          <t>9789754687057</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Acelesi Olanlar İçin 90 Klasik Kitap</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050202236</t>
+          <t>9786050201253</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıla Yön Veren 20 Büyük Filozof</t>
+          <t>Antropoloji</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>15</v>
+        <v>600</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754688627</t>
+          <t>9789754687859</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Dijital Fotoğraf</t>
+          <t>Anne-Babalar İçin Bebek Ruh Sağlığı Rehberi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754687828</t>
+          <t>9789754687248</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Sözlük (Büyük Boy)</t>
+          <t>Anayasa Projeleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050201635</t>
+          <t>9789754687279</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Sözlük (Orta Boy)</t>
+          <t>Analitik Felsefe</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754685046</t>
+          <t>9789754680508</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Fotoğraf Terimleri Sözlüğü</t>
+          <t>Amatör Balıkçılık</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050203196</t>
+          <t>9789754689792</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Filozofları</t>
+          <t>Alkibiades 1-2</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>32.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754685602</t>
+          <t>9789754682038</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Devlet Efsanesi</t>
+          <t>Akıllar, Beyinler ve Bilim</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>500</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754686272</t>
+          <t>9789754687750</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Denemeler: 1. Kitap</t>
+          <t>Ağrı’ya Dönüş</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050200225</t>
+          <t>9786050201468</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Deleuze Sözlüğü</t>
+          <t>Acelesi Olanlar İçin 99 İcat</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754680126</t>
+          <t>9789754689297</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Davranışlarımızın Kökeni</t>
+          <t>Acelesi Olanlar İçin 90 Klasik Kitap</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>35</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754685589</t>
+          <t>9786050202236</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>David Strauss - İtirafçı ve Yazar</t>
+          <t>20. Yüzyıla Yön Veren 20 Büyük Filozof</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754680966</t>
+          <t>9789754688627</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dağlardan Sorun Beni</t>
+          <t>100 Soruda Dijital Fotoğraf</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754689396</t>
+          <t>9789754687828</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Farsça Metinler</t>
+          <t>Arapça-Türkçe Sözlük (Büyük Boy)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754684858</t>
+          <t>9786050201635</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çingene ve Bakire</t>
+          <t>Arapça Türkçe Sözlük (Orta Boy)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754681345</t>
+          <t>9789754685046</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çin Denemeleri</t>
+          <t>Açıklamalı Fotoğraf Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754688917</t>
+          <t>9786050203196</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Demir’le Mutlu Diyet</t>
+          <t>Hitler'in Filozofları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>12.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754680430</t>
+          <t>9789754685602</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Atlas</t>
+          <t>Devlet Efsanesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>40</v>
+        <v>500</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754681338</t>
+          <t>9789754686272</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kuşaklar</t>
+          <t>Denemeler: 1. Kitap</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754686937</t>
+          <t>9786050200225</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şeflerin Yatak Odası Sırları</t>
+          <t>Deleuze Sözlüğü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754682588</t>
+          <t>9789754680126</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Burcunuz ve Geleceğiniz Yıllık Transit Yorumlarınız</t>
+          <t>Davranışlarımızın Kökeni</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>6.48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754680232</t>
+          <t>9789754685589</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Diliyle Hayyam</t>
+          <t>David Strauss - İtirafçı ve Yazar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>7.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754688191</t>
+          <t>9789754680966</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Fotoğraf Yazdım</t>
+          <t>Dağlardan Sorun Beni</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754680447</t>
+          <t>9789754689396</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Briç</t>
+          <t>Çözümlü Farsça Metinler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754686906</t>
+          <t>9789754684858</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtlar</t>
+          <t>Çingene ve Bakire</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754686173</t>
+          <t>9789754681345</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Çin Denemeleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754682175</t>
+          <t>9789754688917</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyücünün Anıları</t>
+          <t>Çağatay Demir’le Mutlu Diyet</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>6</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754688436</t>
+          <t>9789754680430</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
+          <t>Cinsel Atlas</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754682908</t>
+          <t>9789754681338</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Felsefe</t>
+          <t>Büyülü Kuşaklar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754686968</t>
+          <t>9789754686937</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ben, Lucifer</t>
+          <t>Büyük Şeflerin Yatak Odası Sırları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754681130</t>
+          <t>9789754682588</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bedensel Estetik Scarsdale Rejimi</t>
+          <t>Burcunuz ve Geleceğiniz Yıllık Transit Yorumlarınız</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754689105</t>
+          <t>9789754680232</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Baudrillard</t>
+          <t>Bugünün Diliyle Hayyam</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>30</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050201642</t>
+          <t>9789754688191</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası İcatlar</t>
+          <t>Bu Sefer Fotoğraf Yazdım</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>8</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754681147</t>
+          <t>9789754680447</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Mutfaklarından Balık Yemekleri</t>
+          <t>Briç</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>12.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754686036</t>
+          <t>9789754686906</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Oğlum</t>
+          <t>Bozkurtlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754686111</t>
+          <t>9789754686173</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754688450</t>
+          <t>9789754682175</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Atilla Dorsay / Sinemayı Yazan Adam</t>
+          <t>Bir Büyücünün Anıları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754684148</t>
+          <t>9789754688436</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Suçları</t>
+          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>7.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754681093</t>
+          <t>9789754682908</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Aşka Çağrı</t>
+          <t>Bilim ve Felsefe</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>7.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754686302</t>
+          <t>9789754686968</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Şehvet Üzerine 1. Kitap</t>
+          <t>Ben, Lucifer</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050204063</t>
+          <t>9789754681130</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mizaç</t>
+          <t>Bedensel Estetik Scarsdale Rejimi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050203486</t>
+          <t>9789754689105</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Başka Diyarların Felsefeleri 1</t>
+          <t>Baudrillard</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050203295</t>
+          <t>9786050201642</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Baş Belası İcatlar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050203080</t>
+          <t>9789754681147</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Üçlü Sarmal</t>
+          <t>Türk ve Avrupa Mutfaklarından Balık Yemekleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050203141</t>
+          <t>9789754686036</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>101 Gündelik Felsefe Deneyimi</t>
+          <t>Babam ve Oğlum</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786058942202</t>
+          <t>9789754686111</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Öncesi Türk İnancı ve Evrensel Bağları</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>7.41</v>
+        <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754683981</t>
+          <t>9789754688450</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kalem ve Kılıç</t>
+          <t>Atilla Dorsay / Sinemayı Yazan Adam</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754682137</t>
+          <t>9789754684148</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Gündemi</t>
+          <t>Aşkın Suçları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754681307</t>
+          <t>9789754681093</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gerçeklikleri</t>
+          <t>Aşka Çağrı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000006114</t>
+          <t>9789754686302</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kader Dönemeci Batı Barut Kokuyor 1. Kitap</t>
+          <t>Aşk ve Şehvet Üzerine 1. Kitap</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>11.57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754685749</t>
+          <t>9786050204063</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Jung Aslında Ne Dedi?</t>
+          <t>Aşk-ı Mizaç</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>7</v>
+        <v>35</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754682281</t>
+          <t>9786050203486</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Yüreğinde Tarihe Yolculuk Anıtlar-Olaylar-Efsaneler</t>
+          <t>Başka Diyarların Felsefeleri 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>6.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050200836</t>
+          <t>9786050203295</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İskendername</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754686326</t>
+          <t>9786050203080</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihinden Gayriciddi Notlar</t>
+          <t>Üçlü Sarmal</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754688184</t>
+          <t>9786050203141</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yükselişi</t>
+          <t>101 Gündelik Felsefe Deneyimi</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050204186</t>
+          <t>9786058942202</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Başka Diyarların Felsefeleri 1 - 2 (2 Kitap )</t>
+          <t>İslamiyet Öncesi Türk İnancı ve Evrensel Bağları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>80</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050204117</t>
+          <t>9789754683981</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İzmir'den İstanbul'a Batı Anadolu 1830</t>
+          <t>Kalem ve Kılıç</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050203783</t>
+          <t>9789754682137</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Kadınların Gündemi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050203073</t>
+          <t>9789754681307</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyük Komutanlar</t>
+          <t>Kadın Gerçeklikleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050203615</t>
+          <t>3990000006114</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Fizik Devrimi ve Yedi Büyük Fizikçi</t>
+          <t>Kader Dönemeci Batı Barut Kokuyor 1. Kitap</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>50</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050203516</t>
+          <t>9789754685749</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Zafer Sarhoşluğu</t>
+          <t>Jung Aslında Ne Dedi?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786058791725</t>
+          <t>9789754682281</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf - Tırnak İçinde</t>
+          <t>İstanbul’un Yüreğinde Tarihe Yolculuk Anıtlar-Olaylar-Efsaneler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>9.26</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050203271</t>
+          <t>9786050200836</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>İskendername</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754680928</t>
+          <t>9789754686326</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İstanbul Adaları (Ciltli)</t>
+          <t>İnsanlık Tarihinden Gayriciddi Notlar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>500</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754687866</t>
+          <t>9789754688184</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kanar - Arapça Türkçe Sözlük (Ciltli)</t>
+          <t>İnsanın Yükselişi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050202731</t>
+          <t>9786050204186</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 1</t>
+          <t>Başka Diyarların Felsefeleri 1 - 2 (2 Kitap )</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786050203462</t>
+          <t>9786050204117</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Akli ve İnsani Temeli</t>
+          <t>İzmir'den İstanbul'a Batı Anadolu 1830</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>12.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050203899</t>
+          <t>9786050203783</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Doğuşu</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050202878</t>
+          <t>9786050203073</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Evren</t>
+          <t>Tarihe Yön Veren Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050202908</t>
+          <t>9786050203615</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Şiiri</t>
+          <t>Dünyayı Değiştiren Fizik Devrimi ve Yedi Büyük Fizikçi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050205794</t>
+          <t>9786050203516</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filozoflardan 100 Önemli Aforizma</t>
+          <t>Zafer Sarhoşluğu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786050205480</t>
+          <t>9786058791725</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Rüyanın Psikolojisi</t>
+          <t>Fotoğraf - Tırnak İçinde</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050206111</t>
+          <t>9786050203271</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bellek Yanılgısı</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050206005</t>
+          <t>9789754680928</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Olasılıksızlık</t>
+          <t>Tarih Boyunca İstanbul Adaları (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050206142</t>
+          <t>9789754687866</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Einstein ve Kuantum</t>
+          <t>Kanar - Arapça Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>275</v>
+        <v>70</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050206289</t>
+          <t>9786050202731</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Rönesans’tan Bugüne Modern Avrupa Tarihi</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 1</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050204315</t>
+          <t>9786050203462</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Bir Yıl</t>
+          <t>Ahlakın Akli ve İnsani Temeli</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050205459</t>
+          <t>9786050203899</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe-Farsça Sözlük / Büyük Farsça-Türkçe Sözlük (2 Sözlük Takım) (Ciltli)</t>
+          <t>Evrenin Doğuşu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050205374</t>
+          <t>9786050202878</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Max Weber</t>
+          <t>İçimizdeki Evren</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050204674</t>
+          <t>9786050202908</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Psikopatlar Arasında</t>
+          <t>Evrenin Şiiri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752703605</t>
+          <t>9786050205794</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Zara, Çelik Yelekli Kuşlar</t>
+          <t>Büyük Filozoflardan 100 Önemli Aforizma</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050204841</t>
+          <t>9786050205480</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi Tarihi</t>
+          <t>Rüyanın Psikolojisi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754688559</t>
+          <t>9786050206111</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (2 Cilt Takım) (Ciltli)</t>
+          <t>Bellek Yanılgısı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050204780</t>
+          <t>9786050206005</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kusursuzluk Çabası ve Yetersizlik Duygusu</t>
+          <t>Olasılıksızlık</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050205435</t>
+          <t>9786050206142</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İran: Aklın İmparatorluğu</t>
+          <t>Einstein ve Kuantum</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>30</v>
+        <v>275</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050204506</t>
+          <t>9786050206289</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Diyojen'in Fıçısı ve Diğer Felsefe Öyküleri</t>
+          <t>Rönesans’tan Bugüne Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050203226</t>
+          <t>9786050204315</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı ve Kaos</t>
+          <t>Doğu’da Bir Yıl</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>17.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050203158</t>
+          <t>9786050205459</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Farta Kartalı - Yaz Arkadaşları 3</t>
+          <t>Büyük Türkçe-Farsça Sözlük / Büyük Farsça-Türkçe Sözlük (2 Sözlük Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>9</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050205183</t>
+          <t>9786050205374</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Bilgi</t>
+          <t>Max Weber</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056463587</t>
+          <t>9786050204674</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gülün Alı Var</t>
+          <t>Psikopatlar Arasında</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>18.52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050203738</t>
+          <t>9789752703605</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Sözlüğü</t>
+          <t>Zara, Çelik Yelekli Kuşlar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050203646</t>
+          <t>9786050204841</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Felsefesi Tarihi</t>
+          <t>Fransız Devrimi Tarihi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>550</v>
+        <v>35</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050205367</t>
+          <t>9789754688559</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dünya Haritası Boyama Kitabı</t>
+          <t>Osmanlı Türkçesi Sözlüğü (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050205169</t>
+          <t>9786050204780</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Büyük Farsça-Türkçe Sözlük (Ciltli)</t>
+          <t>Kusursuzluk Çabası ve Yetersizlik Duygusu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050204056</t>
+          <t>9786050205435</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Reklamda Görsel Tasarım</t>
+          <t>İran: Aklın İmparatorluğu</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050203325</t>
+          <t>9786050204506</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Lacan ve Çağdaş Sinema</t>
+          <t>Diyojen'in Fıçısı ve Diğer Felsefe Öyküleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>17.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050203967</t>
+          <t>9786050203226</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeyi Öğrenme ve Öğretme</t>
+          <t>Rastlantı ve Kaos</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>40</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050203981</t>
+          <t>9786050203158</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Farta Kartalı - Yaz Arkadaşları 3</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754680922</t>
+          <t>9786050205183</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İstanbul Adaları Cilt 2 (Ciltli)</t>
+          <t>Toplumsal Cinsiyet ve Bilgi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>251.85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050203493</t>
+          <t>9786056463587</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı</t>
+          <t>Kırmızı Gülün Alı Var</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>125</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050202465</t>
+          <t>9786050203738</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Görünen İnsan</t>
+          <t>Spinoza Sözlüğü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754680690</t>
+          <t>9786050203646</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Zipangu Işığı Japon Halk Masalları</t>
+          <t>İlkçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>4</v>
+        <v>550</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050200843</t>
+          <t>9786050205367</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Dünya Haritası Boyama Kitabı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754686128</t>
+          <t>9786050205169</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Büyük Farsça-Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754684261</t>
+          <t>9786050204056</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yunanlılar’ın Trajik Çağında Felsefe</t>
+          <t>Reklamda Görsel Tasarım</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754685527</t>
+          <t>9786050203325</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yunan Tragedyası Üzerine İki Konferans</t>
+          <t>Lacan ve Çağdaş Sinema</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>30</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754684544</t>
+          <t>9786050203967</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitleri</t>
+          <t>Düşünmeyi Öğrenme ve Öğretme</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754687743</t>
+          <t>9786050203981</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yoldaşım 40 Yıl</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050202571</t>
+          <t>9789754680922</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Gizli Bahçesi</t>
+          <t>Tarih Boyunca İstanbul Adaları Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>25</v>
+        <v>251.85</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754680805</t>
+          <t>9786050203493</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Balık Avcılığı</t>
+          <t>Birinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>10</v>
+        <v>125</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754685626</t>
+          <t>9786050202465</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yedi İnsan Doğası Kuramı</t>
+          <t>Görünen İnsan</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>8.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754686944</t>
+          <t>9789754680690</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ye Türk’üm Ye</t>
+          <t>Zipangu Işığı Japon Halk Masalları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050202328</t>
+          <t>9786050200843</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Gücü</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754683950</t>
+          <t>9789754686128</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Wagner Olayı - Nietzsche Wagner’e Karşı</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050200485</t>
+          <t>9789754684261</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Yunanlılar’ın Trajik Çağında Felsefe</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754686470</t>
+          <t>9789754685527</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Felsefelerine Giriş</t>
+          <t>Yunan Tragedyası Üzerine İki Konferans</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050208436</t>
+          <t>9789754684544</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Mitleri</t>
+          <t>Yunan Mitleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050201307</t>
+          <t>9789754687743</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Yoldaşım 40 Yıl</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050200454</t>
+          <t>9786050202571</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Doğanın Gizli Bahçesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>12.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754686791</t>
+          <t>9789754680805</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Mill</t>
+          <t>Yeni Başlayanlar İçin Balık Avcılığı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>12.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9799756347645</t>
+          <t>9789754685626</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Say Fikir Mimarları Seti (13 Kitap)</t>
+          <t>Yedi İnsan Doğası Kuramı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050200607</t>
+          <t>9789754686944</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış Hukuku</t>
+          <t>Ye Türk’üm Ye</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754688481</t>
+          <t>9786050202328</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer</t>
+          <t>Yaşama Gücü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754684100</t>
+          <t>9789754683950</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Masalcı Nine</t>
+          <t>Wagner Olayı - Nietzsche Wagner’e Karşı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>4.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050208191</t>
+          <t>9786050200485</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji - Kahramanın Yolculuğu</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>3990000055649</t>
+          <t>9789754686470</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kader Dönemeği</t>
+          <t>Varoluş Felsefelerine Giriş</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789754689617</t>
+          <t>9786050208436</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımayan Anadolu</t>
+          <t>Tanrı Mitleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>3990000030800</t>
+          <t>9786050201307</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Öç Günlüğü - Kan Yerde Kalmaz</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754689990</t>
+          <t>9786050200454</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>20</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754682021</t>
+          <t>9789754686791</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İdealler</t>
+          <t>Mill</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>4.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754687088</t>
+          <t>9799756347645</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Baskı</t>
+          <t>Say Fikir Mimarları Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754686418</t>
+          <t>9786050200607</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Afyon Karahisar (Ciltli)</t>
+          <t>Savaş ve Barış Hukuku</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754685008</t>
+          <t>9789754688481</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Siyah - Beyaz Negatif</t>
+          <t>Schopenhauer</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050201017</t>
+          <t>9789754684100</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın ABC’si</t>
+          <t>Masalcı Nine</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>15</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050201208</t>
+          <t>9786050208191</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Anlam ve Anlatım</t>
+          <t>Mitoloji - Kahramanın Yolculuğu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754686234</t>
+          <t>3990000055649</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname</t>
+          <t>Kader Dönemeği</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754686203</t>
+          <t>9789754689617</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer</t>
+          <t>Sınır Tanımayan Anadolu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000009045</t>
+          <t>3990000030800</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Say Kültür Seti (16 Kitap)</t>
+          <t>Öç Günlüğü - Kan Yerde Kalmaz</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>231.48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754687095</t>
+          <t>9789754689990</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta ve Kanserde Doğru Beslenme</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786058662100</t>
+          <t>9789754682021</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Detoks</t>
+          <t>Siyasal İdealler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>13.8</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789754682960</t>
+          <t>9789754687088</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Kaos</t>
+          <t>Siyah Beyaz Baskı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>7.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789754681246</t>
+          <t>9789754686418</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Roman Yazma Sanatı</t>
+          <t>Siyah Beyaz Afyon Karahisar (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789754689082</t>
+          <t>9789754685008</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Resmin Temelleri</t>
+          <t>Siyah - Beyaz Negatif</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789754686265</t>
+          <t>9786050201017</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Renk Dünyamız 101 Kompozisyon 101 Yorum</t>
+          <t>Sinemanın ABC’si</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789754687231</t>
+          <t>9786050201208</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Pythagoras</t>
+          <t>Sinemada Anlam ve Anlatım</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789754682793</t>
+          <t>9789754686234</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiyi Yerli Yerine Oturtmak</t>
+          <t>Seyahatname</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789754680461</t>
+          <t>9789754686203</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Aktivite</t>
+          <t>Schopenhauer</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789754680072</t>
+          <t>3990000009045</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine</t>
+          <t>Say Kültür Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>13.89</v>
+        <v>231.48</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789754684278</t>
+          <t>9789754687095</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Nedir?</t>
+          <t>Sağlıkta ve Kanserde Doğru Beslenme</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789754682212</t>
+          <t>9786058662100</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Problem Çocuklar ve Tedavi (Çocuk ve Stres)</t>
+          <t>Ruhsal Detoks</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>35</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789754685343</t>
+          <t>9789754682960</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Pozitivist Felsefe</t>
+          <t>Ruh ve Kaos</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789754688641</t>
+          <t>9789754681246</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizmin ABC’si</t>
+          <t>Roman Yazma Sanatı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789754686821</t>
+          <t>9789754689082</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Pavlov</t>
+          <t>Resmin Temelleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789754685558</t>
+          <t>9789754686265</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Öyküleriyle Halk Türküleri Notaları ve Sözleriyle Birlikte</t>
+          <t>Renk Dünyamız 101 Kompozisyon 101 Yorum</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789754686296</t>
+          <t>9789754687231</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ötekini Bilmek</t>
+          <t>Pythagoras</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>12.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050201901</t>
+          <t>9789754682793</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Öteki Dilde Var Olmak</t>
+          <t>Psikolojiyi Yerli Yerine Oturtmak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789754680393</t>
+          <t>9789754680461</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Öp Babanın Kelini</t>
+          <t>Psikolojik Aktivite</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>3.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789754686135</t>
+          <t>9789754680072</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Psikanaliz Üzerine</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789754686258</t>
+          <t>9789754684278</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Psikanaliz Nedir?</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789754681178</t>
+          <t>9789754682212</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Öç Günlüğü / Kader Dönemeci (2 Kitap Takım)</t>
+          <t>Problem Çocuklar ve Tedavi (Çocuk ve Stres)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789754682106</t>
+          <t>9789754685343</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ozanların Dili Notalarıyla</t>
+          <t>Pozitivist Felsefe</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789754687798</t>
+          <t>9789754688641</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Postmodernizmin ABC’si</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050201345</t>
+          <t>9789754686821</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Cep Sözlüğü</t>
+          <t>Pavlov</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050200942</t>
+          <t>9789754685558</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Tarihi</t>
+          <t>Öyküleriyle Halk Türküleri Notaları ve Sözleriyle Birlikte</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>3990000009044</t>
+          <t>9789754686296</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Seti (15 Kitap Takım)</t>
+          <t>Ötekini Bilmek</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>255</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050201512</t>
+          <t>9786050201901</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Oedipus</t>
+          <t>Öteki Dilde Var Olmak</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050201451</t>
+          <t>9789754680393</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Novum Organum</t>
+          <t>Öp Babanın Kelini</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>25</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789754682113</t>
+          <t>9789754686135</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Notalarıyla Zeybekler ve Ege-Akdeniz Türküleri</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789754685503</t>
+          <t>9789754686258</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789754688238</t>
+          <t>9789754681178</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Nerede O Eski Katiller</t>
+          <t>Öç Günlüğü / Kader Dönemeci (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789754682557</t>
+          <t>9789754682106</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Nağmeler Tahtım Olsaydı</t>
+          <t>Ozanların Dili Notalarıyla</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050201291</t>
+          <t>9789754687798</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tektanrılı Din</t>
+          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789754686074</t>
+          <t>9786050201345</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Metaforla Saadet Olmaz</t>
+          <t>Osmanlı Türkçesi Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050201413</t>
+          <t>9786050200942</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler - 100 Temel Eser</t>
+          <t>Ortadoğu Tarihi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789754682151</t>
+          <t>3990000009044</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Melankoli</t>
+          <t>Psikoloji Seti (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>35</v>
+        <v>255</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789754686807</t>
+          <t>9786050201512</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gözlü Dev Nazım Hikmet</t>
+          <t>Oedipus</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786050200591</t>
+          <t>9786050201451</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Marx</t>
+          <t>Novum Organum</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050200355</t>
+          <t>9789754682113</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Maçahel</t>
+          <t>Notalarıyla Zeybekler ve Ege-Akdeniz Türküleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789754684841</t>
+          <t>9789754685503</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Locarno Dilencisi</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786050202366</t>
+          <t>9789754688238</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Nerede O Eski Katiller</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050201314</t>
+          <t>9789754682557</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Leonardo’dan Hegel’e Batı Düşünce Tarihi</t>
+          <t>Nağmeler Tahtım Olsaydı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050201826</t>
+          <t>9786050201291</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Tarihi</t>
+          <t>Musa ve Tektanrılı Din</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789754689969</t>
+          <t>9789754686074</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Lacan Sözlüğü</t>
+          <t>Metaforla Saadet Olmaz</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789754688658</t>
+          <t>9786050201413</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Lacan</t>
+          <t>Mesnevi’den Seçmeler - 100 Temel Eser</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786050201178</t>
+          <t>9789754682151</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Melankoli</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050200287</t>
+          <t>9789754686807</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Köpeklerin Bilgeliği</t>
+          <t>Mavi Gözlü Dev Nazım Hikmet</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786056275401</t>
+          <t>9786050200591</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kurşunkalem</t>
+          <t>Marx</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>32.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789754687149</t>
+          <t>9786050200355</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Klasik Müzik Rehberi</t>
+          <t>Maçahel</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786050201963</t>
+          <t>9789754684841</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Soruşturmacı Gazeteciden</t>
+          <t>Locarno Dilencisi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789754688443</t>
+          <t>9786050202366</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786050201956</t>
+          <t>9786050201314</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kısa Film Yapımı</t>
+          <t>Leonardo’dan Hegel’e Batı Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786050201123</t>
+          <t>9786050201826</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Latin Amerika Tarihi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>3990000015800</t>
+          <t>9789754689969</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Kültür</t>
+          <t>Lacan Sözlüğü</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786050201062</t>
+          <t>9789754688658</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Lacan</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754684186</t>
+          <t>9786050201178</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat Bilimi</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051253268</t>
+          <t>9786050200287</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Karakalem</t>
+          <t>Köpeklerin Bilgeliği</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>50.93</v>
+        <v>30</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754682120</t>
+          <t>9786056275401</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Türküleri Notalarıyla</t>
+          <t>Kurşunkalem</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>15</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754685244</t>
+          <t>9789754687149</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kant</t>
+          <t>Klasik Müzik Rehberi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786050202076</t>
+          <t>9786050201963</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kısa Felsefe Tarihi</t>
+          <t>Kim Korkar Soruşturmacı Gazeteciden</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754686975</t>
+          <t>9789754688443</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Öz</t>
+          <t>Kierkegaard</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754681017</t>
+          <t>9786050201956</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Gerçek Öyküler</t>
+          <t>Kısa Film Yapımı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789754681222</t>
+          <t>9786050201123</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Kavşağı Anadolu</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789754680812</t>
+          <t>3990000015800</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>UFO’lar Uzayın Gizeminden İpuçları Uzaylılarla Karşılaşma ve İlişkiler Üzerine Kapsamlı Bir Araştırma</t>
+          <t>Kent ve Kültür</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789754687811</t>
+          <t>9786050201062</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Türkler İçin Korece 1</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754687804</t>
+          <t>9789754684186</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Farsça Sözlük (Ciltli)</t>
+          <t>Karşılaştırmalı Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789754685053</t>
+          <t>9786051253268</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türk Fotoğrafında 101 Kompozisyon 101 Yorum</t>
+          <t>Karakalem</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>25</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789754687309</t>
+          <t>9789754682120</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tutkal</t>
+          <t>Karadeniz Türküleri Notalarıyla</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789754688139</t>
+          <t>9789754685244</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun ABC’si</t>
+          <t>Kant</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789754685879</t>
+          <t>9786050202076</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>The Türkler</t>
+          <t>Kısa Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789754680607</t>
+          <t>9789754686975</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yaşam İçin Yararı ve Yararsızlığı Üzerine</t>
+          <t>Varlık ve Öz</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789754688603</t>
+          <t>9789754681017</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Uzaylılar Gerçek Öyküler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789754680898</t>
+          <t>9789754681222</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Öyküsü Mitoloji</t>
+          <t>Uygarlıklar Kavşağı Anadolu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789754685954</t>
+          <t>9789754680812</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>UFO’lar Uzayın Gizeminden İpuçları Uzaylılarla Karşılaşma ve İlişkiler Üzerine Kapsamlı Bir Araştırma</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>7.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789754683837</t>
+          <t>9789754687811</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Şarkıcı Josefine ya da Fare Ulusu</t>
+          <t>Türkler İçin Korece 1</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786050201000</t>
+          <t>9789754687804</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Farsça / Farsça-Türkçe - Cep Sözlüğü</t>
+          <t>Türkçe - Farsça Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>7.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786050201802</t>
+          <t>9789754685053</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Suluboya Sanatı</t>
+          <t>Türk Fotoğrafında 101 Kompozisyon 101 Yorum</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786050200898</t>
+          <t>9789754687309</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hayvan</t>
+          <t>Tutkal</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789754686364</t>
+          <t>9789754688139</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Tiyatronun ABC’si</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789754687033</t>
+          <t>9789754685879</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sofistlerin Çürütmeleri Üzerine</t>
+          <t>The Türkler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786050206814</t>
+          <t>9789754680607</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Husserl’in Fenomenolojisi</t>
+          <t>Tarihin Yaşam İçin Yararı ve Yararsızlığı Üzerine</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786050207118</t>
+          <t>9789754688603</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kozmostaki Evimiz</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>125</v>
+        <v>25</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786050206852</t>
+          <t>9789754680898</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Homo Sapiens</t>
+          <t>Tanrıların Öyküsü Mitoloji</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786050207538</t>
+          <t>9789754685954</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Giysiler Kültürler ve Kadınlar</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>250</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786050207200</t>
+          <t>9789754683837</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Her İstediğimizi Yapabilir miyiz? - Düşünme Çemberi 6</t>
+          <t>Şarkıcı Josefine ya da Fare Ulusu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786050207194</t>
+          <t>9786050201000</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bazen Korkmak Gerekir mi? - Düşünme Çemberi 5</t>
+          <t>Türkçe-Farsça / Farsça-Türkçe - Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>100</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786050207187</t>
+          <t>9786050201802</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çalışmak mı Eğlenmek mi? - Düşünme Çemberi 4</t>
+          <t>Suluboya Sanatı</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786050207170</t>
+          <t>9786050200898</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Karar Vermeli? - Düşünme Çemberi 3</t>
+          <t>Sosyal Hayvan</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786050207163</t>
+          <t>9789754686364</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak Kolay mı? - Düşünme Çemberi 2</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786050207156</t>
+          <t>9789754687033</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Paylaşmalı? - Düşünme Çemberi 1</t>
+          <t>Sofistlerin Çürütmeleri Üzerine</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>100</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>3990000051704</t>
+          <t>9786050206814</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü Cilt: 2 (Ciltli)</t>
+          <t>Husserl’in Fenomenolojisi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786050206791</t>
+          <t>9786050207118</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Varoluşçuluk</t>
+          <t>Kozmostaki Evimiz</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786050212068</t>
+          <t>9786050206852</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm Üzerine</t>
+          <t>Akıllı Homo Sapiens</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786050212051</t>
+          <t>9786050207538</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi 101</t>
+          <t>Giysiler Kültürler ve Kadınlar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786050211986</t>
+          <t>9786050207200</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Din Üstüne</t>
+          <t>Her İstediğimizi Yapabilir miyiz? - Düşünme Çemberi 6</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786050212013</t>
+          <t>9786050207194</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gaslighting</t>
+          <t>Bazen Korkmak Gerekir mi? - Düşünme Çemberi 5</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786050212020</t>
+          <t>9786050207187</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Anne Olmak</t>
+          <t>Çalışmak mı Eğlenmek mi? - Düşünme Çemberi 4</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786050211979</t>
+          <t>9786050207170</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bilim</t>
+          <t>Nasıl Karar Vermeli? - Düşünme Çemberi 3</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786050211993</t>
+          <t>9786050207163</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Aşık Filozoflar</t>
+          <t>Mutlu Olmak Kolay mı? - Düşünme Çemberi 2</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786050212006</t>
+          <t>9786050207156</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi 101</t>
+          <t>Nasıl Paylaşmalı? - Düşünme Çemberi 1</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786050211948</t>
+          <t>3990000051704</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Birinci Analitikler</t>
+          <t>Osmanlı Türkçesi Sözlüğü Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786050211962</t>
+          <t>9786050206791</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Erdemler ve Kötülükler - Gençlik, Yaşlılık, Yaşam ve Ölüm Üzerine</t>
+          <t>Yeni Başlayanlar İçin Varoluşçuluk</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786050211955</t>
+          <t>9786050212068</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Üzerine</t>
+          <t>Narsisizm Üzerine</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786050211924</t>
+          <t>9786050212051</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Oluş ve Bozuluş Üzerine</t>
+          <t>Türk Devrim Tarihi 101</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786050204681</t>
+          <t>9786050211986</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Din Üstüne</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786050202922</t>
+          <t>9786050212013</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Masumiyet</t>
+          <t>Gaslighting</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786050204810</t>
+          <t>9786050212020</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Anne Olmak</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786050211917</t>
+          <t>9786050211979</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kopernik’ten Einstein’e</t>
+          <t>Bilim</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786250211931</t>
+          <t>9786050211993</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Yücelik Duyguları Üzerine Gözlemler</t>
+          <t>Aşık Filozoflar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786050211863</t>
+          <t>9786050212006</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Haz İlkesinin Ötesinde</t>
+          <t>Çocuk Psikolojisi 101</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786050204223</t>
+          <t>9786050211948</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Işığı ile Hakikati Arama</t>
+          <t>Birinci Analitikler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786050203806</t>
+          <t>9786050211962</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafta Pozlandırma</t>
+          <t>Erdemler ve Kötülükler - Gençlik, Yaşlılık, Yaşam ve Ölüm Üzerine</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786050208474</t>
+          <t>9786050211955</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Sanayi Devrimi</t>
+          <t>Gökyüzü Üzerine</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786050211900</t>
+          <t>9786050211924</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ay Kadınları Amazonlar</t>
+          <t>Oluş ve Bozuluş Üzerine</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786050211870</t>
+          <t>9786050204681</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Dinleri Öğretiyorum</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786050211887</t>
+          <t>9786050202922</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hakları Tarihi</t>
+          <t>Güç ve Masumiyet</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786050211894</t>
+          <t>9786050204810</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Fransız Usulü İyi Yaşama Sanatı</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786050211856</t>
+          <t>9786050211917</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Beyin</t>
+          <t>Kopernik’ten Einstein’e</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786050211849</t>
+          <t>9786250211931</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Matematik Herkes İçindir</t>
+          <t>Güzellik ve Yücelik Duyguları Üzerine Gözlemler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786050211825</t>
+          <t>9786050211863</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Stoacılık 101</t>
+          <t>Haz İlkesinin Ötesinde</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786050211832</t>
+          <t>9786050204223</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Narsist Sapkınlar</t>
+          <t>Tabiat Işığı ile Hakikati Arama</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786050211801</t>
+          <t>9786050203806</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Kripto Para Rehberi</t>
+          <t>Dijital Fotoğrafta Pozlandırma</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786050211818</t>
+          <t>9786050208474</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Histerinin Psikoterapisi</t>
+          <t>Dünya Tarihinde Sanayi Devrimi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786050211788</t>
+          <t>9786050211900</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İnsan Öfkesini Nasıl Yener?</t>
+          <t>Ay Kadınları Amazonlar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786050211764</t>
+          <t>9786050211870</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Kendisinin Efendisi Olur?</t>
+          <t>Kızıma Dinleri Öğretiyorum</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786050211771</t>
+          <t>9786050211887</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetler Arasında İş Birliği</t>
+          <t>Kadın Hakları Tarihi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786050211795</t>
+          <t>9786050211894</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filozoflar</t>
+          <t>Fransız Usulü İyi Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786050211634</t>
+          <t>9786050211856</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Sanatı ve Mimarisi</t>
+          <t>Müzik ve Beyin</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786050211658</t>
+          <t>9786050211849</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Renkli İskandinav Mitleri</t>
+          <t>Matematik Herkes İçindir</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786259525556</t>
+          <t>9786050211825</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Astro Tarot Destesi</t>
+          <t>Stoacılık 101</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786050211627</t>
+          <t>9786050211832</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı</t>
+          <t>Narsist Sapkınlar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786050211641</t>
+          <t>9786050211801</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka 101</t>
+          <t>Hızlı Kripto Para Rehberi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786050211610</t>
+          <t>9786050211818</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bir Matematikçinin Savunması</t>
+          <t>Histerinin Psikoterapisi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786050211665</t>
+          <t>9786050211788</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Platon Toplu Eserleri 1 &amp; 2 Cilt Takım (Ciltli)</t>
+          <t>İnsan Öfkesini Nasıl Yener?</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>2000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786050211597</t>
+          <t>9786050211764</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Platon: Toplu Eserleri 1. Cilt</t>
+          <t>İnsan Nasıl Kendisinin Efendisi Olur?</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>900</v>
+        <v>125</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786050211603</t>
+          <t>9786050211771</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Platon: Toplu Eserleri 2. Cilt</t>
+          <t>Cinsiyetler Arasında İş Birliği</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786050207330</t>
+          <t>9786050211795</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Etik 101 - Altruizm ve Faydacılıktan Biyoetik ve Politik Etiğe</t>
+          <t>Büyük Filozoflar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786050211566</t>
+          <t>9786050211634</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Para Yönetimi</t>
+          <t>Antik Mısır Sanatı ve Mimarisi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786050211559</t>
+          <t>9786050211658</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Psikolojisi ve Risk Yönetimi</t>
+          <t>Renkli İskandinav Mitleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786050211542</t>
+          <t>9786259525556</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı 101</t>
+          <t>Astro Tarot Destesi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786050211535</t>
+          <t>9786050211627</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Kısa Tarihi</t>
+          <t>Bilinçaltı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786050211504</t>
+          <t>9786050211641</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Sosyopatım</t>
+          <t>Yapay Zeka 101</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786050210828</t>
+          <t>9786050211610</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sanatı</t>
+          <t>Bir Matematikçinin Savunması</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754689891</t>
+          <t>9786050211665</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Otoritaryen Kişilik Üstüne</t>
+          <t>Platon Toplu Eserleri 1 &amp; 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786050205770</t>
+          <t>9786050211597</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Phaidros</t>
+          <t>Platon: Toplu Eserleri 1. Cilt</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754687125</t>
+          <t>9786050211603</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yeni İmparatorluk Çağı</t>
+          <t>Platon: Toplu Eserleri 2. Cilt</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786050207446</t>
+          <t>9786050207330</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking</t>
+          <t>Etik 101 - Altruizm ve Faydacılıktan Biyoetik ve Politik Etiğe</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754689938</t>
+          <t>9786050211566</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Savunusu</t>
+          <t>Hızlı Para Yönetimi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786050207040</t>
+          <t>9786050211559</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İslam'a Neler Borçlu</t>
+          <t>Yatırım Psikolojisi ve Risk Yönetimi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786050206944</t>
+          <t>9786050211542</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sorun Çözme ve Plan Yapma Becerileri - Sobece 5</t>
+          <t>Türk Edebiyatı 101</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786050207606</t>
+          <t>9786050211535</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Modern Devletin Kökenleri</t>
+          <t>Müziğin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786050207569</t>
+          <t>9786050211504</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Çizgibilim Serisi Seti (10 Kitap Kutulu)</t>
+          <t>Ben Bir Sosyopatım</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>3500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786050211467</t>
+          <t>9786050210828</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Stressiz Yatırım Sanatı</t>
+          <t>Aşk Sanatı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786259525549</t>
+          <t>9789754689891</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyileştiren Zihin</t>
+          <t>Otoritaryen Kişilik Üstüne</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786050211474</t>
+          <t>9786050205770</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji 101</t>
+          <t>Phaidros</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786050211443</t>
+          <t>9789754687125</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Milyonerliğe</t>
+          <t>Yeni İmparatorluk Çağı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786050211498</t>
+          <t>9786050207446</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Yürüyüşü Üzerine</t>
+          <t>Stephen Hawking</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786050211481</t>
+          <t>9789754689938</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’da İslam Egemenliğinde Hindistan</t>
+          <t>Sosyolojinin Savunusu</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786050211450</t>
+          <t>9786050207040</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Borderline</t>
+          <t>Avrupa İslam'a Neler Borçlu</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786050211429</t>
+          <t>9786050206944</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Atalarımızdan Kalan Miras</t>
+          <t>Sorun Çözme ve Plan Yapma Becerileri - Sobece 5</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786050211436</t>
+          <t>9786050207606</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Psikoterapi</t>
+          <t>Modern Devletin Kökenleri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786050211399</t>
+          <t>9786050207569</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sade Yaşamın Gücü</t>
+          <t>Çizgibilim Serisi Seti (10 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>350</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786050211375</t>
+          <t>9786050211467</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Al Sat 101</t>
+          <t>Stressiz Yatırım Sanatı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786050211412</t>
+          <t>9786259525549</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Yatırımcının Finansal Bağımsızlık Rehberi</t>
+          <t>Kendini İyileştiren Zihin</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786050211382</t>
+          <t>9786050211474</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ruh Üzerine</t>
+          <t>Psikoloji 101</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786050211405</t>
+          <t>9786050211443</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Cadılık</t>
+          <t>Sıfırdan Milyonerliğe</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786050211108</t>
+          <t>9786050211498</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türkiye Tarihi</t>
+          <t>Hayvanların Yürüyüşü Üzerine</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786050211092</t>
+          <t>9786050211481</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Hala Seviyor muyuz?</t>
+          <t>Orta Çağ’da İslam Egemenliğinde Hindistan</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786050211078</t>
+          <t>9786050211450</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Sanat Okuma ve Düşünme Uygulamaları</t>
+          <t>Borderline</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786050205220</t>
+          <t>9786050211429</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Euthydemos ve Parmenides - Bütün Yapıtları 27</t>
+          <t>Atalarımızdan Kalan Miras</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786050211061</t>
+          <t>9786050211436</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Nevrotik Kişiliği</t>
+          <t>Kendi Kendine Psikoterapi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786050211054</t>
+          <t>9786050211399</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuzak</t>
+          <t>Sade Yaşamın Gücü</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786050211085</t>
+          <t>9786050211375</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Antropoloji</t>
+          <t>Al Sat 101</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786050209952</t>
+          <t>9786050211412</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Yatırım</t>
+          <t>Akıllı Yatırımcının Finansal Bağımsızlık Rehberi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786050211023</t>
+          <t>9786050211382</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Kısa Tarihi</t>
+          <t>Ruh Üzerine</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786050211030</t>
+          <t>9786050211405</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik 101</t>
+          <t>Cadılık</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786050211047</t>
+          <t>9786050211108</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bütçe Yönetimi 101</t>
+          <t>Kısa Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786050210958</t>
+          <t>9786050211092</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Yaşamı Hala Seviyor muyuz?</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786050210965</t>
+          <t>9786050211078</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İlgi</t>
+          <t>Çocuklarla Sanat Okuma ve Düşünme Uygulamaları</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786050210972</t>
+          <t>9786050205220</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Felsefe</t>
+          <t>Euthydemos ve Parmenides - Bütün Yapıtları 27</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786050210859</t>
+          <t>9786050211061</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kısa Modern Avrupa Tarihi</t>
+          <t>Çağımızın Nevrotik Kişiliği</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786050204292</t>
+          <t>9786050211054</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adım Adım Resim</t>
+          <t>Büyük Tuzak</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786050210910</t>
+          <t>9786050211085</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sığırtmaç Türküleri</t>
+          <t>Felsefi Antropoloji</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786050210941</t>
+          <t>9786050209952</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kurşunkalem</t>
+          <t>A’dan Z’ye Yatırım</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786050210934</t>
+          <t>9786050211023</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Karakalem</t>
+          <t>Dünya’nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786050204698</t>
+          <t>9786050211030</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi (Ciltli)</t>
+          <t>Girişimcilik 101</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>1750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786050210897</t>
+          <t>9786050211047</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Mutluluk Arayışı</t>
+          <t>Bütçe Yönetimi 101</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786050210903</t>
+          <t>9786050210958</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786050210842</t>
+          <t>9786050210965</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Külyutmaz</t>
+          <t>Sosyal İlgi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786050200317</t>
+          <t>9786050210972</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Tartışma Sanatının İncelikleri</t>
+          <t>Kediler ve Felsefe</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050201031</t>
+          <t>9786050210859</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Anlam</t>
+          <t>Kısa Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786050210811</t>
+          <t>9786050204292</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kısa İktisat Tarihi</t>
+          <t>Çocuklar İçin Adım Adım Resim</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789754689778</t>
+          <t>9786050210910</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesi</t>
+          <t>Sığırtmaç Türküleri</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786050210804</t>
+          <t>9786050210941</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender İmparatorluğu</t>
+          <t>Kurşunkalem</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786050210798</t>
+          <t>9786050210934</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Nasıl Sağ Çıkılır?</t>
+          <t>Karakalem</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786050210675</t>
+          <t>9786050204698</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yemekleri</t>
+          <t>Felsefe Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>400</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786050210668</t>
+          <t>9786050210897</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Kısa Tarihi</t>
+          <t>İnsanın Mutluluk Arayışı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786050210651</t>
+          <t>9786050210903</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tarot 101</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786050210132</t>
+          <t>9786050210842</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>100 Başyapıtta Sanat - En Önemli Sanat Eserleri Ne Anlatıyor?</t>
+          <t>Külyutmaz</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786050210644</t>
+          <t>9786050200317</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Taş Çağı Beyni</t>
+          <t>Tartışma Sanatının İncelikleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786050210163</t>
+          <t>9786050201031</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Etik 101 - Özgecilik ve Yararcılıktan Biyoetik ve Siyasal Etiğe</t>
+          <t>Tarihte Anlam</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786050210507</t>
+          <t>9786050210811</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Evrim</t>
+          <t>Kısa İktisat Tarihi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786050210491</t>
+          <t>9789754689778</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Narsizmin İçyüzü</t>
+          <t>Bilgi Felsefesi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786050210637</t>
+          <t>9786050210804</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tüm Bilim Öğretisinin Temeli</t>
+          <t>Büyük İskender İmparatorluğu</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786259864228</t>
+          <t>9786050210798</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Erk Hayvanlarının Mesajları 50 Kartlık Deste ve Kitapçık</t>
+          <t>Tarihten Nasıl Sağ Çıkılır?</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786050210477</t>
+          <t>9786050210675</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaderini Nasıl Belirler?</t>
+          <t>Dünyanın En Güzel Yemekleri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786050210484</t>
+          <t>9786050210668</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Huzur Bulur?</t>
+          <t>Deliliğin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786050210460</t>
+          <t>9786050210651</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kısa İsrail - Filistin Tarihi</t>
+          <t>Tarot 101</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786050210453</t>
+          <t>9786050210132</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Eskilerin Bilgeliği Uzak Geçmişten Yaşam Dersleri</t>
+          <t>100 Başyapıtta Sanat - En Önemli Sanat Eserleri Ne Anlatıyor?</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786050210439</t>
+          <t>9786050210644</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kendi Tarihini Anlatıyor</t>
+          <t>Taş Çağı Beyni</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786050210446</t>
+          <t>9786050210163</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sapiens Sapiens’e Karşı</t>
+          <t>Etik 101 - Özgecilik ve Yararcılıktan Biyoetik ve Siyasal Etiğe</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786050207958</t>
+          <t>9786050210507</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sevme Sanatı (Modern Kapak)</t>
+          <t>101 Soruda Evrim</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786050210422</t>
+          <t>9786050210491</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi - Cilt 4</t>
+          <t>Narsizmin İçyüzü</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786050210408</t>
+          <t>9786050210637</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Psikolog Olmayanlar İçin Psikoloji</t>
+          <t>Tüm Bilim Öğretisinin Temeli</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786050210415</t>
+          <t>9786259864228</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Matematik</t>
+          <t>Erk Hayvanlarının Mesajları 50 Kartlık Deste ve Kitapçık</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786050210385</t>
+          <t>9786050210477</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Modern Mimarlık</t>
+          <t>İnsan Kaderini Nasıl Belirler?</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786050210392</t>
+          <t>9786050210484</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Dünya Tarihi</t>
+          <t>İnsan Nasıl Huzur Bulur?</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786050210378</t>
+          <t>9786050210460</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kimseye Söyleme</t>
+          <t>Kısa İsrail - Filistin Tarihi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786050210248</t>
+          <t>9786050210453</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Eskilerin Bilgeliği Uzak Geçmişten Yaşam Dersleri</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786050210231</t>
+          <t>9786050210439</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Eudemos'a Etik</t>
+          <t>Dünya Kendi Tarihini Anlatıyor</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786050210194</t>
+          <t>9786050210446</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sevme Sanatı (Ciltli)</t>
+          <t>Sapiens Sapiens’e Karşı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786050210187</t>
+          <t>9786050207958</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ağacın Eğitimi (Ciltli)</t>
+          <t>Sevme Sanatı (Modern Kapak)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786050202311</t>
+          <t>9786050210422</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafa Dair 101 Temel İpucu</t>
+          <t>Roma Tarihi - Cilt 4</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786050205725</t>
+          <t>9786050210408</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Dünya Mitolojisi</t>
+          <t>Psikolog Olmayanlar İçin Psikoloji</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786050210200</t>
+          <t>9786050210415</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dükkanı</t>
+          <t>A'dan Z'ye Matematik</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786050210217</t>
+          <t>9786050210385</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Sosyoloji</t>
+          <t>Modern Mimarlık</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786050210170</t>
+          <t>9786050210392</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Nevroz ve İnsan Gelişimi - Kendini Gerçekleştirme Mücadelesi</t>
+          <t>Lezzetli Dünya Tarihi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786050210125</t>
+          <t>9786050210378</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Bir Sanattır - Erich Fromm’un Hayatı ve Eserleri</t>
+          <t>Sakın Kimseye Söyleme</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786050210156</t>
+          <t>9786050210248</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786050210149</t>
+          <t>9786050210231</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Paranın Öyküsü - Uydurma Bir Şeyin Gerçek Hikayesi</t>
+          <t>Eudemos'a Etik</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786050210101</t>
+          <t>9786050210194</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Ekonomi</t>
+          <t>Sevme Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786050210118</t>
+          <t>9786050210187</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Dönüm Noktaları - Evrenin Sırlarını Nasıl Keşfettik?</t>
+          <t>Küçük Ağacın Eğitimi (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786050210095</t>
+          <t>9786050202311</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>101 Derste Psikoloji</t>
+          <t>Dijital Fotoğrafa Dair 101 Temel İpucu</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786050209785</t>
+          <t>9786050205725</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>A’dan Z’ye Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786050209853</t>
+          <t>9786050210200</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Dünya Tarihi Taş Çağından Dijital Çağa</t>
+          <t>Felsefe Dükkanı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786050210071</t>
+          <t>9786050210217</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Mitolojisi</t>
+          <t>Bir Solukta Sosyoloji</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786050210088</t>
+          <t>9786050210170</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Modern Sanat</t>
+          <t>Nevroz ve İnsan Gelişimi - Kendini Gerçekleştirme Mücadelesi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786050210033</t>
+          <t>9786050210125</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıkların Grameri</t>
+          <t>Yaşamak Bir Sanattır - Erich Fromm’un Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786050210064</t>
+          <t>9786050210156</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sapiens’in En Büyük Başarıları</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786050210057</t>
+          <t>9786050210149</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Erich Fromm’un Önemi</t>
+          <t>Paranın Öyküsü - Uydurma Bir Şeyin Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786050210040</t>
+          <t>9786050210101</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Antik Çağ</t>
+          <t>Bir Solukta Ekonomi</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786050210019</t>
+          <t>9786050210118</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Şekerin Tarihi</t>
+          <t>Bilimin Dönüm Noktaları - Evrenin Sırlarını Nasıl Keşfettik?</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786050210026</t>
+          <t>9786050210095</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Annem Bir Şizofren</t>
+          <t>101 Derste Psikoloji</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786050209976</t>
+          <t>9786050209785</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeyi Unutmayan Adam</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786050209983</t>
+          <t>9786050209853</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sokrates ve İnsan Sevgisi</t>
+          <t>A’dan Z’ye Dünya Tarihi Taş Çağından Dijital Çağa</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786050210002</t>
+          <t>9786050210071</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Dinden Felsefeye</t>
+          <t>Kısa Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786050209990</t>
+          <t>9786050210088</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Aeneas</t>
+          <t>101 Soruda Modern Sanat</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786050209969</t>
+          <t>9786050210033</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Suyun Tarihi</t>
+          <t>Uygarlıkların Grameri</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786050209884</t>
+          <t>9786050210064</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>20 Düşünme Aracı</t>
+          <t>Sapiens’in En Büyük Başarıları</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786050209945</t>
+          <t>9786050210057</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Babama Anarşizmi Anlatıyorum</t>
+          <t>Erich Fromm’un Önemi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786050209891</t>
+          <t>9786050210040</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Toplum</t>
+          <t>101 Soruda Antik Çağ</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786050209907</t>
+          <t>9786050210019</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya</t>
+          <t>Şekerin Tarihi</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786050209921</t>
+          <t>9786050210026</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kısa Yunan Mitolojisi</t>
+          <t>Annem Bir Şizofren</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786050209914</t>
+          <t>9786050209976</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Öyküleriyle Dünya Mitolojisi</t>
+          <t>Hiçbir Şeyi Unutmayan Adam</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786050209877</t>
+          <t>9786050209983</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Bugüne Sanatın Öyküsü</t>
+          <t>Sokrates ve İnsan Sevgisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>1500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786050209822</t>
+          <t>9786050210002</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Konuşma Sanatı</t>
+          <t>Dinden Felsefeye</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786050209815</t>
+          <t>9786050209990</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Moskova</t>
+          <t>Aeneas</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786050209846</t>
+          <t>9786050209969</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Astronomi</t>
+          <t>Suyun Tarihi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786050209839</t>
+          <t>9786050209884</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Özgür İrade</t>
+          <t>20 Düşünme Aracı</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786050209860</t>
+          <t>9786050209945</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Dünya Tarihi</t>
+          <t>Babama Anarşizmi Anlatıyorum</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786050209808</t>
+          <t>9786050209891</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İlkeleri ve Tarih Felsefesi Üstüne Başka Yazılar</t>
+          <t>Sağlıklı Toplum</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786050209792</t>
+          <t>9786050209907</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Felsefesi Üzerine Araştırmalar</t>
+          <t>Orta Asya</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786050209778</t>
+          <t>9786050209921</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Theodor W. Adorno</t>
+          <t>Kısa Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786050209754</t>
+          <t>9786050209914</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Freud Üzerine</t>
+          <t>Yaratılış Öyküleriyle Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786050209730</t>
+          <t>9786050209877</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Borsa 101</t>
+          <t>Başlangıçtan Bugüne Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786050209747</t>
+          <t>9786050209822</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Tanıklık Tutanağı</t>
+          <t>Çocuklarla Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786050209761</t>
+          <t>9786050209815</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Felsefesi</t>
+          <t>Kısaca Moskova</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786050209716</t>
+          <t>9786050209846</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi 101</t>
+          <t>A'dan Z'ye Astronomi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786050209723</t>
+          <t>9786050209839</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve İklim Değişikliği 101</t>
+          <t>Özgür İrade</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786050209693</t>
+          <t>9786050209860</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Pavlov'un Köpeklerinden Stanford Mahkumlarına En Çarpıcı Psikoloji Deneyleri</t>
+          <t>Kedilerin Dünya Tarihi</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786050209709</t>
+          <t>9786050209808</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Barcelona</t>
+          <t>Tarihin İlkeleri ve Tarih Felsefesi Üstüne Başka Yazılar</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786050209686</t>
+          <t>9786050209792</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aklın Peşinde - Bir Yaranın Öyküsü</t>
+          <t>Platon’un Felsefesi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786050209662</t>
+          <t>9786050209778</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi</t>
+          <t>Theodor W. Adorno</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786050209679</t>
+          <t>9786050209754</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Beş Milyon Yıl</t>
+          <t>Freud Üzerine</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786050209631</t>
+          <t>9786050209730</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Felsefe</t>
+          <t>Borsa 101</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786050209655</t>
+          <t>9786050209747</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Kudüs</t>
+          <t>Tanıklık Tutanağı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786050209648</t>
+          <t>9786050209761</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Leydi Sapiens</t>
+          <t>Çocukluk Felsefesi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786050209624</t>
+          <t>9786050209716</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş ve Sonrasında Kadın Beyni</t>
+          <t>Türk Mitolojisi 101</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786050206722</t>
+          <t>9786050209723</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 8</t>
+          <t>Çevre ve İklim Değişikliği 101</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786050205329</t>
+          <t>9786050209693</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Tek Derste İktisat</t>
+          <t>Pavlov'un Köpeklerinden Stanford Mahkumlarına En Çarpıcı Psikoloji Deneyleri</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786050205381</t>
+          <t>9786050209709</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Gibi Olacaksınız</t>
+          <t>Kısaca Barcelona</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786050208078</t>
+          <t>9786050209686</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Say Büyük Felsefe Sözlüğü (2 Cilt Takım) (Ciltli)</t>
+          <t>Kayıp Aklın Peşinde - Bir Yaranın Öyküsü</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>1750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786050206340</t>
+          <t>9786050209662</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 8</t>
+          <t>Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786050206098</t>
+          <t>9786050209679</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Etimoloji Sözlüğü</t>
+          <t>Beş Milyon Yıl</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786050209617</t>
+          <t>9786050209631</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Dünya Mitolojisinde Kadınlar</t>
+          <t>Bir Solukta Felsefe</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786050209594</t>
+          <t>9786050209655</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Kısaca Kudüs</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786050209600</t>
+          <t>9786050209648</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kore Tarihi</t>
+          <t>Leydi Sapiens</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786050209563</t>
+          <t>9786050209624</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi 3. Cilt</t>
+          <t>Orta Yaş ve Sonrasında Kadın Beyni</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786050209587</t>
+          <t>9786050206722</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Viyana</t>
+          <t>Farsça Öğrenim Seti 8</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786050209570</t>
+          <t>9786050205329</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Çocuk</t>
+          <t>Tek Derste İktisat</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786050209549</t>
+          <t>9786050205381</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Felsefe - Okullarda Sorgulama ve Diyalog</t>
+          <t>Tanrılar Gibi Olacaksınız</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786050209532</t>
+          <t>9786050208078</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dinler Tarihi</t>
+          <t>Say Büyük Felsefe Sözlüğü (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>300</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786050209518</t>
+          <t>9786050206340</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kısa Yunanistan Tarihi</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 8</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786050209525</t>
+          <t>9786050206098</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sembolizm</t>
+          <t>Türk Dilinin Etimoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786050209501</t>
+          <t>9786050209617</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>101 Derste Ürün Tasarımı</t>
+          <t>Dünya Mitolojisinde Kadınlar</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786050209488</t>
+          <t>9786050209594</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hindistan Tarihi</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786050209495</t>
+          <t>9786050209600</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>101 Derste Reklamcılık</t>
+          <t>Kısa Kore Tarihi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786050209464</t>
+          <t>9786050209563</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Antropoloji</t>
+          <t>Roma Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786050209471</t>
+          <t>9786050209587</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm - Değişen Bilinç Hallerinde ”Ruhlar Dünyasıyla Bağlantı Kurmak”</t>
+          <t>Kısaca Viyana</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786050209457</t>
+          <t>9786050209570</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kısa Babil Tarihi</t>
+          <t>Felsefe ve Çocuk</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786050209433</t>
+          <t>9786050209549</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Mezhepleri Ferisilik ve Sadukilik Giriş</t>
+          <t>Eğitimde Felsefe - Okullarda Sorgulama ve Diyalog</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786050209440</t>
+          <t>9786050209532</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Nöromatik</t>
+          <t>Kısa Dinler Tarihi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786050209426</t>
+          <t>9786050209518</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Sevginin ve Şiddetin Kaynağı (Modern Kapak) - İyinin ve Kötünün Arasında İnsan Kalbi</t>
+          <t>Kısa Yunanistan Tarihi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786050209419</t>
+          <t>9786050209525</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sevginin ve Şiddetin Kaynağı - İyinin ve Kötünün Arasında İnsan Kalbi</t>
+          <t>Sembolizm</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786050209389</t>
+          <t>9786050209501</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Karakter</t>
+          <t>101 Derste Ürün Tasarımı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786050209402</t>
+          <t>9786050209488</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kıbrıs Tarihi</t>
+          <t>Kısa Hindistan Tarihi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786050209372</t>
+          <t>9786050209495</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bölünme</t>
+          <t>101 Derste Reklamcılık</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786050209365</t>
+          <t>9786050209464</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Yaşam - 1933 Chicago Dersleri</t>
+          <t>Bir Solukta Antropoloji</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786050209396</t>
+          <t>9786050209471</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Çağı - En Kullanışlı Malzememiz ve Uygarlığın İnşası</t>
+          <t>Şamanizm - Değişen Bilinç Hallerinde ”Ruhlar Dünyasıyla Bağlantı Kurmak”</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786050209341</t>
+          <t>9786050209457</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Evrene Bir De Böyle Bakın</t>
+          <t>Kısa Babil Tarihi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786050209358</t>
+          <t>9786050209433</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Feminizm</t>
+          <t>Yahudi Mezhepleri Ferisilik ve Sadukilik Giriş</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786050209334</t>
+          <t>9786050209440</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Nasıl Değiştirdik?</t>
+          <t>Nöromatik</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786050209297</t>
+          <t>9786050209426</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Paris</t>
+          <t>Sevginin ve Şiddetin Kaynağı (Modern Kapak) - İyinin ve Kötünün Arasında İnsan Kalbi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786050209303</t>
+          <t>9786050209419</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Bilgisayarları - Süper Hızlı Bilgisayarlar Nasıl İnşa Edilecek?</t>
+          <t>Sevginin ve Şiddetin Kaynağı - İyinin ve Kötünün Arasında İnsan Kalbi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786050209327</t>
+          <t>9786050209389</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Girdap Öyküleri - Bizsiz Onlar</t>
+          <t>Ahlak ve Karakter</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786050209310</t>
+          <t>9786050209402</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Dünya Dinleri</t>
+          <t>Kısa Kıbrıs Tarihi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786050209273</t>
+          <t>9786050209372</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Geleceği</t>
+          <t>Büyük Bölünme</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786050209280</t>
+          <t>9786050209365</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü Üzerine Bir Mektup</t>
+          <t>Doğa ve Yaşam - 1933 Chicago Dersleri</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786050208016</t>
+          <t>9786050209396</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Tutkuları</t>
+          <t>Ahşap Çağı - En Kullanışlı Malzememiz ve Uygarlığın İnşası</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786050209259</t>
+          <t>9786050209341</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Dünya Mitolojisi</t>
+          <t>Evrene Bir De Böyle Bakın</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786050209242</t>
+          <t>9786050209358</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ajan Sonya</t>
+          <t>Bir Solukta Feminizm</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786050209211</t>
+          <t>9786050209334</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Siyasal Sosyolojisi</t>
+          <t>Dünyayı Nasıl Değiştirdik?</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786050209204</t>
+          <t>9786050209297</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Mantığa Giriş</t>
+          <t>Kısaca Paris</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786050209228</t>
+          <t>9786050209303</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitleri ve Efsaneleri</t>
+          <t>Kuantum Bilgisayarları - Süper Hızlı Bilgisayarlar Nasıl İnşa Edilecek?</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786050209198</t>
+          <t>9786050209327</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çağ Tarihi</t>
+          <t>Girdap Öyküleri - Bizsiz Onlar</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057178565</t>
+          <t>9786050209310</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Karma</t>
+          <t>Bir Solukta Dünya Dinleri</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786050209174</t>
+          <t>9786050209273</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Modern Dünya</t>
+          <t>Savaşın Geleceği</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786050209167</t>
+          <t>9786050209280</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Hidrojen Devrimi</t>
+          <t>Hoşgörü Üzerine Bir Mektup</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786050209143</t>
+          <t>9786050208016</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kısa Demokrasi Tarihi</t>
+          <t>Ruhun Tutkuları</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786050209136</t>
+          <t>9786050209259</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi</t>
+          <t>Bir Solukta Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786050209150</t>
+          <t>9786050209242</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Saplantı ve İntikam Cinayetleri</t>
+          <t>Ajan Sonya</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786050209112</t>
+          <t>9786050209211</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Dünya Acısı (Weltschmerz)</t>
+          <t>Türkiye'nin Siyasal Sosyolojisi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786050209129</t>
+          <t>9786050209204</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Şu Diktatörler Ne Yer Ne İçer?</t>
+          <t>Mantığa Giriş</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786050208979</t>
+          <t>9786050209228</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Umut Devrimi</t>
+          <t>Kelt Mitleri ve Efsaneleri</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786050209082</t>
+          <t>9786050209198</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Telomeraz Devrimi</t>
+          <t>Karanlık Çağ Tarihi</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786050209099</t>
+          <t>9786057178565</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Karma</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786050209051</t>
+          <t>9786050209174</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Fabrikası</t>
+          <t>Bilim ve Modern Dünya</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786050209068</t>
+          <t>9786050209167</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeye İnanmadan Nasıl Yaşanır?</t>
+          <t>Hidrojen Devrimi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786050209020</t>
+          <t>9786050209143</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Neden Hasta Oluruz?</t>
+          <t>Kısa Demokrasi Tarihi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786050209013</t>
+          <t>9786050209136</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dışı Zeka Arayışı</t>
+          <t>Dil Felsefesi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786050209006</t>
+          <t>9786050209150</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Dört Adalı</t>
+          <t>Aşk, Saplantı ve İntikam Cinayetleri</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786050208931</t>
+          <t>9786050209112</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Radyum ve Radyoaktivitenin Tarihi</t>
+          <t>Dünya Acısı (Weltschmerz)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786050208924</t>
+          <t>9786050209129</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Mars'a Yolculuk - Yüzyılın Misyonu</t>
+          <t>Şu Diktatörler Ne Yer Ne İçer?</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786050208948</t>
+          <t>9786050208979</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus ve Başkaldırma Felsefesi</t>
+          <t>Umut Devrimi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786050208900</t>
+          <t>9786050209082</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Lacan</t>
+          <t>Telomeraz Devrimi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786050208917</t>
+          <t>9786050209099</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan'da Bilim</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786050208788</t>
+          <t>9786050209051</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye Teoremi</t>
+          <t>Gezegen Fabrikası</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786050208801</t>
+          <t>9786050209068</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İzafiyet Teorisi: Özel ve Genel Görelilik (100. Yıldönümü Basımı)</t>
+          <t>Hiçbir Şeye İnanmadan Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786050208818</t>
+          <t>9786050209020</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Para Yönetimi 101</t>
+          <t>Neden Hasta Oluruz?</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786050209105</t>
+          <t>9786050209013</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tek Derste Para</t>
+          <t>Dünya Dışı Zeka Arayışı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786050209044</t>
+          <t>9786050209006</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kısa Mısır Tarihi</t>
+          <t>Dört Adalı</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786050209037</t>
+          <t>9786050208931</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Astrobiyoloji</t>
+          <t>Radyum ve Radyoaktivitenin Tarihi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786050208986</t>
+          <t>9786050208924</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Mutlu Olur?</t>
+          <t>Mars'a Yolculuk - Yüzyılın Misyonu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786050208993</t>
+          <t>9786050208948</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kısa SSCB Tarihi</t>
+          <t>Albert Camus ve Başkaldırma Felsefesi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786050208955</t>
+          <t>9786050208900</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kant</t>
+          <t>Lacan</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786050208368</t>
+          <t>9786050208917</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Işığı ile Hakikati Arama</t>
+          <t>Eski Yunan'da Bilim</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789754684728</t>
+          <t>9786050208788</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Pasaklı (4 Kitap)</t>
+          <t>Şemsiye Teoremi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786050208795</t>
+          <t>9786050208801</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>DNA - Genetik Devrimin Öyküsü</t>
+          <t>İzafiyet Teorisi: Özel ve Genel Görelilik (100. Yıldönümü Basımı)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786050208894</t>
+          <t>9786050208818</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Persler</t>
+          <t>Para Yönetimi 101</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786050208887</t>
+          <t>9786050209105</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Uzay Turizmi ve Ticareti</t>
+          <t>Tek Derste Para</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786050208870</t>
+          <t>9786050209044</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Asurlar</t>
+          <t>Kısa Mısır Tarihi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786050208863</t>
+          <t>9786050209037</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Alman Felsefesine Giriş</t>
+          <t>Astrobiyoloji</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786050208856</t>
+          <t>9786050208986</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hastalık Umutsuzluk</t>
+          <t>İnsan Nasıl Mutlu Olur?</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786050208849</t>
+          <t>9786050208993</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunda Alman Ruhu</t>
+          <t>Kısa SSCB Tarihi</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786050208825</t>
+          <t>9786050208955</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Zamanlar İçin Lüzumlu Hayat Dersleri</t>
+          <t>Kant</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786050208832</t>
+          <t>9786050208368</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kütleçekimi Dalgaları</t>
+          <t>Tabiat Işığı ile Hakikati Arama</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786050208771</t>
+          <t>9789754684728</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi 2.Cilt</t>
+          <t>Pasaklı (4 Kitap)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786050208764</t>
+          <t>9786050208795</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Epigenetik - Deneyimler Kalıtımla Nasıl Aktarılır?</t>
+          <t>DNA - Genetik Devrimin Öyküsü</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786050208733</t>
+          <t>9786050208894</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kıta İdealizmi - Leibniz'den Nietzsche'ye</t>
+          <t>Persler</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786050208757</t>
+          <t>9786050208887</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kant Felsefesi Eleştirisi</t>
+          <t>Uzay Turizmi ve Ticareti</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786050208740</t>
+          <t>9786050208870</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Dinler Tarihi</t>
+          <t>Asurlar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786050208702</t>
+          <t>9786050208863</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Küçük Buzul Çağı</t>
+          <t>Alman Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786050208696</t>
+          <t>9786050208856</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kısa Londra Tarihi</t>
+          <t>Ölümcül Hastalık Umutsuzluk</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786050208689</t>
+          <t>9786050208849</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Türk Ordusunda Alman Ruhu</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786050208672</t>
+          <t>9786050208825</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Hititler - Unutulmuş Bir İmparatorluğun Öyküsü</t>
+          <t>Tehlikeli Zamanlar İçin Lüzumlu Hayat Dersleri</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786050208665</t>
+          <t>9786050208832</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Metafizik İhtiyacı</t>
+          <t>Kütleçekimi Dalgaları</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786050208658</t>
+          <t>9786050208771</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Olmak Neye Benzer ?</t>
+          <t>Roma Tarihi 2.Cilt</t>
         </is>
       </c>
       <c r="C632" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786050208627</t>
+          <t>9786050208764</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kısa Japonya Tarihi</t>
+          <t>Epigenetik - Deneyimler Kalıtımla Nasıl Aktarılır?</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786050208641</t>
+          <t>9786050208733</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Tugayı</t>
+          <t>Kıta İdealizmi - Leibniz'den Nietzsche'ye</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786050208634</t>
+          <t>9786050208757</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Aileler İçin Otizm Rehberi</t>
+          <t>Kant Felsefesi Eleştirisi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786050207477</t>
+          <t>9786050208740</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Casus ve Hain</t>
+          <t>A'dan Z'ye Dinler Tarihi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786050208597</t>
+          <t>9786050208702</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi 1. Cilt - Krallık Dönemi</t>
+          <t>Küçük Buzul Çağı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786050208610</t>
+          <t>9786050208696</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Jung</t>
+          <t>Kısa Londra Tarihi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786050208603</t>
+          <t>9786050208689</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Yazılar</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C639" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786050208580</t>
+          <t>9786050208672</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kısa Portekiz Tarihi</t>
+          <t>Hititler - Unutulmuş Bir İmparatorluğun Öyküsü</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786050208559</t>
+          <t>9786050208665</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Peşin Hükümlüler</t>
+          <t>Metafizik İhtiyacı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786050208542</t>
+          <t>9786050208658</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kısa Çin Tarihi</t>
+          <t>Yarasa Olmak Neye Benzer ?</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786050208535</t>
+          <t>9786050208627</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Öyküleri</t>
+          <t>Kısa Japonya Tarihi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786050208528</t>
+          <t>9786050208641</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kısa Afrika Tarihi</t>
+          <t>Casuslar Tugayı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786050208511</t>
+          <t>9786050208634</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kısa Fransa Tarihi</t>
+          <t>Aileler İçin Otizm Rehberi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786050208481</t>
+          <t>9786050207477</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Casus ve Hain</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786050208467</t>
+          <t>9786050208597</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yolu</t>
+          <t>Roma Tarihi 1. Cilt - Krallık Dönemi</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786050208450</t>
+          <t>9786050208610</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Özgür Olur?</t>
+          <t>Nietzsche ve Jung</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786050208443</t>
+          <t>9786050208603</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Bir Seçim Nasıl Kazanılır?</t>
+          <t>Felsefi Yazılar</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786050208429</t>
+          <t>9786050208580</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bilgisi</t>
+          <t>Kısa Portekiz Tarihi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786050208399</t>
+          <t>9786050208559</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Yaşama ve Yaşlanma Sanatı</t>
+          <t>Peşin Hükümlüler</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786050208405</t>
+          <t>9786050208542</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Dost Kazanma ve Dost Kalma Sanatı</t>
+          <t>Kısa Çin Tarihi</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786050208382</t>
+          <t>9786050208535</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Başlangıcı</t>
+          <t>Kuantum Öyküleri</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786050208351</t>
+          <t>9786050208528</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller</t>
+          <t>Kısa Afrika Tarihi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786050208375</t>
+          <t>9786050208511</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Giordano Bruno ve Hermetik Gelenek</t>
+          <t>Kısa Fransa Tarihi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786050208320</t>
+          <t>9786050208481</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Spinoza'nın Etika'sı</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786050208306</t>
+          <t>9786050208467</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Şifresini Değiştirmek</t>
+          <t>Aklın Yolu</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786050208290</t>
+          <t>9786050208450</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Bilim Nedir Nasıl Yapılır?</t>
+          <t>İnsan Nasıl Özgür Olur?</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786050208276</t>
+          <t>9786050208443</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Yasalar</t>
+          <t>Bir Seçim Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786050208283</t>
+          <t>9786050208429</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Deliler Arasında Akıllı Olmak</t>
+          <t>İnsan Bilgisi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786050208269</t>
+          <t>9786050208399</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kartaca</t>
+          <t>Yaşama ve Yaşlanma Sanatı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786050208252</t>
+          <t>9786050208405</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Makineler</t>
+          <t>Dost Kazanma ve Dost Kalma Sanatı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786050208221</t>
+          <t>9786050208382</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Madde ve Karanlık Enerji</t>
+          <t>Bilgeliğin Başlangıcı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786050208214</t>
+          <t>9786050208351</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Genlerimizin Yolculuğu</t>
+          <t>Seri Katiller</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786050208207</t>
+          <t>9786050208375</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>İdeler ve Tanrı</t>
+          <t>Giordano Bruno ve Hermetik Gelenek</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786050208108</t>
+          <t>9786050208320</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kısa İspanya Tarihi</t>
+          <t>Spinoza'nın Etika'sı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786050208092</t>
+          <t>9786050208306</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Görelilik Kütleçekimi</t>
+          <t>Yaşamın Şifresini Değiştirmek</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786050208061</t>
+          <t>9786050208290</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Satış 101</t>
+          <t>Bilim Nedir Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786050208047</t>
+          <t>9786050208276</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Evrim Yaşamı Nasıl Açıklar?</t>
+          <t>Yasalar</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786050208030</t>
+          <t>9786050208283</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>2062 Yapay Zeka Dünyası</t>
+          <t>Deliler Arasında Akıllı Olmak</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786050208009</t>
+          <t>9786050208269</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Şüphecinin Zihin Rehberi</t>
+          <t>Kartaca</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786050207989</t>
+          <t>9786050208252</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Kış</t>
+          <t>Düşünen Makineler</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786050207965</t>
+          <t>9786050208221</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Karanlık Madde ve Karanlık Enerji</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786050207903</t>
+          <t>9786050208214</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kötülük</t>
+          <t>Genlerimizin Yolculuğu</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786050207941</t>
+          <t>9786050208207</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Sevme Sanatı (Klasik Kapak)</t>
+          <t>İdeler ve Tanrı</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786050207910</t>
+          <t>9786050208108</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kısa İtalya Tarihi</t>
+          <t>Kısa İspanya Tarihi</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786050207934</t>
+          <t>9786050208092</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ailem Covid-19 ve Ben</t>
+          <t>Kuantum Görelilik Kütleçekimi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786050207897</t>
+          <t>9786050208061</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Erdem İdelerimizin Kökeni Üzerine Bir Soruşturma</t>
+          <t>Satış 101</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786050207873</t>
+          <t>9786050208047</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan Fısıltılar</t>
+          <t>Evrim Yaşamı Nasıl Açıklar?</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786050207866</t>
+          <t>9786050208030</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Tükenmeyen Soyu</t>
+          <t>2062 Yapay Zeka Dünyası</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786050207804</t>
+          <t>9786050208009</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Romantizm</t>
+          <t>Şüphecinin Zihin Rehberi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786050207859</t>
+          <t>9786050207989</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Homo Sapiens</t>
+          <t>Nükleer Kış</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786050207811</t>
+          <t>9786050207965</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağı</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786050207774</t>
+          <t>9786050207903</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm 101</t>
+          <t>Kötülük</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786050207705</t>
+          <t>9786050207941</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Hayatı, Eserleri ve Meseleleriyle İbn Haldun</t>
+          <t>Sevme Sanatı (Klasik Kapak)</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786050207781</t>
+          <t>9786050207910</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Kısa İtalya Tarihi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786050207767</t>
+          <t>9786050207934</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kısa Rusya Tarihi</t>
+          <t>Ailem Covid-19 ve Ben</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786050207750</t>
+          <t>9786050207897</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Bilim</t>
+          <t>Güzellik ve Erdem İdelerimizin Kökeni Üzerine Bir Soruşturma</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786050207743</t>
+          <t>9786050207873</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bir Dünyada Bilimin Mum Işığı</t>
+          <t>Dünya’dan Fısıltılar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786050207712</t>
+          <t>9786050207866</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Çiçero</t>
+          <t>Dinozorların Tükenmeyen Soyu</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786050207651</t>
+          <t>9786050207804</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Marsilya Tarot</t>
+          <t>Romantizm</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786050207699</t>
+          <t>9786050207859</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Psikoloji</t>
+          <t>Homo Sapiens</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786050207668</t>
+          <t>9786050207811</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>EMDR ve Çocuklarla Psikoterapi Sanatı</t>
+          <t>Yapay Zeka Çağı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786050207675</t>
+          <t>9786050207774</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kaos (Çizgi Bilim)</t>
+          <t>Sosyalizm 101</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786050207682</t>
+          <t>9786050207705</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Neden Hıristiyan Değilim?</t>
+          <t>Hayatı, Eserleri ve Meseleleriyle İbn Haldun</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786050207583</t>
+          <t>9786050207781</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Einstein'ın Canavarları</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786050207644</t>
+          <t>9786050207767</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Fransa Tarihi</t>
+          <t>Kısa Rusya Tarihi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786050207637</t>
+          <t>9786050207750</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Psikolojisi</t>
+          <t>A'dan Z'ye Bilim</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>275</v>
+        <v>750</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786050207590</t>
+          <t>9786050207743</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik</t>
+          <t>Karanlık Bir Dünyada Bilimin Mum Işığı</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786050207613</t>
+          <t>9786050207712</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Perspektivizm, Güç İstenci, Doğruluk</t>
+          <t>Kod Adı Çiçero</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786050207521</t>
+          <t>9786050207651</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kentin Mucidi Mezopotamya</t>
+          <t>Marsilya Tarot</t>
         </is>
       </c>
       <c r="C701" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786050207545</t>
+          <t>9786050207699</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşamöyküsünü Okuma Sanatı</t>
+          <t>Yeni Başlayanlar İçin Psikoloji</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786050207620</t>
+          <t>9786050207668</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyalarda Yaşam Var mı?</t>
+          <t>EMDR ve Çocuklarla Psikoterapi Sanatı</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786050207576</t>
+          <t>9786050207675</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Teorisi</t>
+          <t>Kaos (Çizgi Bilim)</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786050207507</t>
+          <t>9786050207682</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Parva Naturalia</t>
+          <t>Neden Hıristiyan Değilim?</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786050207514</t>
+          <t>9786050207583</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Edebiyatı 101</t>
+          <t>Einstein'ın Canavarları</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786050207491</t>
+          <t>9786050207644</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitolojisi</t>
+          <t>Lezzetli Fransa Tarihi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786050207484</t>
+          <t>9786050207637</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Evren Nasıl Ortaya Çıktı?</t>
+          <t>Bağımlılık Psikolojisi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786050207460</t>
+          <t>9786050207590</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Hermeneutik</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786050207453</t>
+          <t>9786050207613</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Nietzsche: Perspektivizm, Güç İstenci, Doğruluk</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786050207439</t>
+          <t>9786050207521</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Başarabilecek mi?</t>
+          <t>Kentin Mucidi Mezopotamya</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786050206869</t>
+          <t>9786050207545</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Beynimiz Nasıl Çalışır?</t>
+          <t>Bir Yaşamöyküsünü Okuma Sanatı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786050207422</t>
+          <t>9786050207620</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Milyarlarca ve Milyarlarca</t>
+          <t>Başka Dünyalarda Yaşam Var mı?</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786050207408</t>
+          <t>9786050207576</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Çöp DNA</t>
+          <t>Kuantum Teorisi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786050207392</t>
+          <t>9786050207507</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Parva Naturalia</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786050207415</t>
+          <t>9786050207514</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Ne Anlama Geliyor?</t>
+          <t>Amerikan Edebiyatı 101</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786050207385</t>
+          <t>9786050207491</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Budizm 101</t>
+          <t>Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786050207378</t>
+          <t>9786050207484</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Medeniyetleri</t>
+          <t>Evren Nasıl Ortaya Çıktı?</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786050207361</t>
+          <t>9786050207460</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Cro Magnon</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786050207316</t>
+          <t>9786050207453</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Candide</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786050207323</t>
+          <t>9786050207439</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi</t>
+          <t>İnsanlık Başarabilecek mi?</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786050207293</t>
+          <t>9786050206869</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Genetik 101</t>
+          <t>Beynimiz Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786050207309</t>
+          <t>9786050207422</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Milyarlarca ve Milyarlarca</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786050207286</t>
+          <t>9786050207408</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Modern Mitler</t>
+          <t>Çöp DNA</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786050207255</t>
+          <t>9786050207392</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı Tarihi</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786050207224</t>
+          <t>9786050207415</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Bilinç</t>
+          <t>Her Şey Ne Anlama Geliyor?</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786050207132</t>
+          <t>9786050207385</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Felsefe</t>
+          <t>Budizm 101</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786050207149</t>
+          <t>9786050207378</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Mitleri</t>
+          <t>Akdeniz Medeniyetleri</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786050207217</t>
+          <t>9786050207361</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Yönetim 101</t>
+          <t>Cro Magnon</t>
         </is>
       </c>
       <c r="C729" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050207125</t>
+          <t>9786050207316</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sobece - Sosyal Beceri Çocuk Eğitimi Seti (6 Kitap Takım)</t>
+          <t>Candide</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>1800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050207088</t>
+          <t>9786050207323</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hegel'den Önce Hegel'den Sonra</t>
+          <t>Bizans İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786050207071</t>
+          <t>9786050207293</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Bir Şizofrenin Yaşamı</t>
+          <t>Genetik 101</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050207057</t>
+          <t>9786050207309</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Edebiyatı 101</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786050207026</t>
+          <t>9786050207286</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kısa Almanya Tarihi</t>
+          <t>Modern Mitler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786050207033</t>
+          <t>9786050207255</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Kılavuzu ve Kurnazlık Sanatı</t>
+          <t>Savaş Sanatı Tarihi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786050207002</t>
+          <t>9786050207224</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Rönesans’ın Doğası</t>
+          <t>Bilinç</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786050207019</t>
+          <t>9786050207132</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Viking Mitleri</t>
+          <t>A'dan Z'ye Felsefe</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786050206883</t>
+          <t>9786050207149</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Tanrıça Mitleri</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786050206876</t>
+          <t>9786050207217</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Yönetim 101</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786050206920</t>
+          <t>9786050207125</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Matematik</t>
+          <t>Sobece - Sosyal Beceri Çocuk Eğitimi Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>300</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050206937</t>
+          <t>9786050207088</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm</t>
+          <t>Hegel'den Önce Hegel'den Sonra</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050206906</t>
+          <t>9786050207071</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Güç Eğitilebilir Çocuklar</t>
+          <t>Bir Şizofrenin Yaşamı</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786050206890</t>
+          <t>9786050207057</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>İngiliz Edebiyatı 101</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050206821</t>
+          <t>9786050207026</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi 101</t>
+          <t>Kısa Almanya Tarihi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786050206760</t>
+          <t>9786050207033</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Gözüyle Haçlı Seferleri</t>
+          <t>Bilgelik Kılavuzu ve Kurnazlık Sanatı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786050206746</t>
+          <t>9786050207002</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Kısa Tarihi</t>
+          <t>Rönesans’ın Doğası</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786050206753</t>
+          <t>9786050207019</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Marksizm</t>
+          <t>Viking Mitleri</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050206777</t>
+          <t>9786050206883</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786050206715</t>
+          <t>9786050206876</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Retorik</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050206739</t>
+          <t>9786050206920</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak Üzerine</t>
+          <t>Matematik</t>
         </is>
       </c>
       <c r="C750" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786050206708</t>
+          <t>9786050206937</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Kapitalizm</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786050206678</t>
+          <t>9786050206906</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Metindilbilimin ABC’si</t>
+          <t>Güç Eğitilebilir Çocuklar</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786050206654</t>
+          <t>9786050206890</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786050206685</t>
+          <t>9786050206821</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>İzafiyet</t>
+          <t>Dinler Tarihi 101</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786050206647</t>
+          <t>9786050206760</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Atomaltı Parçacıkların Şaşırtıcı Dünyası</t>
+          <t>Müslümanların Gözüyle Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786050206630</t>
+          <t>9786050206746</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Görelilik Kuramı</t>
+          <t>Matematiğin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C756" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786050206548</t>
+          <t>9786050206753</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Neden Dünyayı Fethetti?</t>
+          <t>Marksizm</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786050206456</t>
+          <t>9786050206777</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786050206593</t>
+          <t>9786050206715</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Dinleme Sanatı</t>
+          <t>Retorik</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786050206609</t>
+          <t>9786050206739</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 101</t>
+          <t>İnsan Olmak Üzerine</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050206586</t>
+          <t>9786050206708</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Müzik Teorisi 101</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050206555</t>
+          <t>9786050206678</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Metindilbilimin ABC’si</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050206562</t>
+          <t>9786050206654</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Müzakere 101</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050206470</t>
+          <t>9786050206685</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Pamuk İmparatorluğu</t>
+          <t>İzafiyet</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050206500</t>
+          <t>9786050206647</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Atomaltı Parçacıkların Şaşırtıcı Dünyası</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786050206494</t>
+          <t>9786050206630</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun ve İnsan Bilimi</t>
+          <t>Einstein’ın Görelilik Kuramı</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050206487</t>
+          <t>9786050206548</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Goethe ve Schiller’den Aforizmalar</t>
+          <t>Avrupa Neden Dünyayı Fethetti?</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786050206463</t>
+          <t>9786050206456</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786050206432</t>
+          <t>9786050206593</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Rönesans'tan Bugüne Modern Avrupa Tarihi (Ciltli)</t>
+          <t>Dinleme Sanatı</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786050206425</t>
+          <t>9786050206609</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Deli Doktorları</t>
+          <t>Dünya Tarihi 101</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786050206401</t>
+          <t>9786050206586</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Felsefe 101</t>
+          <t>Müzik Teorisi 101</t>
         </is>
       </c>
       <c r="C771" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786050205299</t>
+          <t>9786050206555</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786050206388</t>
+          <t>9786050206562</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ın Gizli Tarihi</t>
+          <t>Müzakere 101</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786050206395</t>
+          <t>9786050206470</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Japon Mitolojisi</t>
+          <t>Pamuk İmparatorluğu</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786050206364</t>
+          <t>9786050206500</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Yeni Bir Bakış</t>
+          <t>Kitleler Psikolojisi</t>
         </is>
       </c>
       <c r="C775" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786050206319</t>
+          <t>9786050206494</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Laik Devlet Kuşatma Altında</t>
+          <t>İbn Haldun ve İnsan Bilimi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786050206326</t>
+          <t>9786050206487</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Anatomi 101</t>
+          <t>Goethe ve Schiller’den Aforizmalar</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786050206302</t>
+          <t>9786050206463</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Zenginliği (Seçmeler)</t>
+          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786050206296</t>
+          <t>9786050206432</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağdan Günümüze Hıristiyan Müslüman İlişkileri Tarihi</t>
+          <t>Rönesans'tan Bugüne Modern Avrupa Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>350</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786050206272</t>
+          <t>9786050206425</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi (2 Cilt Bir Arada)</t>
+          <t>Deli Doktorları</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786050206258</t>
+          <t>9786050206401</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Sanat Tarihi</t>
+          <t>Felsefe 101</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786050206265</t>
+          <t>9786050205299</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Goril</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786050206241</t>
+          <t>9786050206388</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Novalis'ten Aforizmalar</t>
+          <t>Bizans'ın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786050205961</t>
+          <t>9786050206395</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Şiir</t>
+          <t>Japon Mitolojisi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786050205954</t>
+          <t>9786050206364</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Bir Liranın İki Günü</t>
+          <t>Psikanalize Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786050206227</t>
+          <t>9786050206319</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Sorunlu Okul Çocuğu</t>
+          <t>Laik Devlet Kuşatma Altında</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786050206210</t>
+          <t>9786050206326</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Doğu Kaynaklarından Haşhaşilerin Esrarlı Tarihi</t>
+          <t>Anatomi 101</t>
         </is>
       </c>
       <c r="C787" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786050206173</t>
+          <t>9786050206302</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Arızalı Tiplerle Mücadele Rehberi</t>
+          <t>Ulusların Zenginliği (Seçmeler)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786050206197</t>
+          <t>9786050206296</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Anabasis</t>
+          <t>Ortaçağdan Günümüze Hıristiyan Müslüman İlişkileri Tarihi</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786050206180</t>
+          <t>9786050206272</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Yatırım 101</t>
+          <t>Yunan Mitolojisi (2 Cilt Bir Arada)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786050206203</t>
+          <t>9786050206258</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Zen-Budizm</t>
+          <t>A'dan Z'ye Sanat Tarihi</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786050206159</t>
+          <t>9786050206265</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Akıl Çağı</t>
+          <t>Görünmez Goril</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786050206128</t>
+          <t>9786050206241</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Novalis'ten Aforizmalar</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>750</v>
+        <v>175</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786050206135</t>
+          <t>9786050205961</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Psikoloji</t>
+          <t>Çocuk ve Şiir</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786050205732</t>
+          <t>9786050205954</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Güzel İse Evet</t>
+          <t>Bir Liranın İki Günü</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786050207736</t>
+          <t>9786050206227</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlama Yetisi Üzerine Bir Soruşturma</t>
+          <t>Sorunlu Okul Çocuğu</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786050206067</t>
+          <t>9786050206210</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
+          <t>Doğu Kaynaklarından Haşhaşilerin Esrarlı Tarihi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786050206074</t>
+          <t>9786050206173</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Geleceği</t>
+          <t>Arızalı Tiplerle Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786050206036</t>
+          <t>9786050206197</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Fotoğraf Rehberi - Turkish Photography Guide</t>
+          <t>Anabasis</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786050206081</t>
+          <t>9786050206180</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Walden Gölü</t>
+          <t>Yatırım 101</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786050206012</t>
+          <t>9786050206203</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kısa İngiltere Tarihi</t>
+          <t>Psikanaliz ve Zen-Budizm</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786050206050</t>
+          <t>9786050206159</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Marcus Antonius</t>
+          <t>Akıl Çağı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786050205930</t>
+          <t>9786050206128</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Fotoğrafçılar İçin Elkitabı</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786050206029</t>
+          <t>9786050206135</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>İsa Dogması</t>
+          <t>A'dan Z'ye Psikoloji</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786050205978</t>
+          <t>9786050205732</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Güzel İse Evet</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786050209181</t>
+          <t>9786050207736</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>İnsanın Anlama Yetisi Üzerine Bir Soruşturma</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786050205923</t>
+          <t>9786050206067</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Astroloji 101</t>
+          <t>Kısa Amerika Birleşik Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786050205916</t>
+          <t>9786050206074</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Yunan ve Roma Mitolojisi</t>
+          <t>Bir Yanılsamanın Geleceği</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786050205893</t>
+          <t>9786050206036</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Felsefe, Din ve Kültürde Zaman</t>
+          <t>Türkiye Fotoğraf Rehberi - Turkish Photography Guide</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786050205855</t>
+          <t>9786050206081</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kategoriler - Önermeler</t>
+          <t>Walden Gölü</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786050205862</t>
+          <t>9786050206012</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Akıl Zayıflığı</t>
+          <t>Kısa İngiltere Tarihi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786050205787</t>
+          <t>9786050206050</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi 101</t>
+          <t>Marcus Antonius</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786050205763</t>
+          <t>9786050205930</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Tarih</t>
+          <t>Gezgin Fotoğrafçılar İçin Elkitabı</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786050205756</t>
+          <t>9786050206029</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Evren ve Dünya Tarihi</t>
+          <t>İsa Dogması</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786050205749</t>
+          <t>9786050205978</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsellik Üzerine</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786050205671</t>
+          <t>9786050209181</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud'un Misyonu</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786050205664</t>
+          <t>9786050205923</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ İmparatorlukları</t>
+          <t>Astroloji 101</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786050205695</t>
+          <t>9786050205916</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sorunları</t>
+          <t>Yunan ve Roma Mitolojisi</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786050205633</t>
+          <t>9786050205893</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Heidegger: Teknoloji ve İnsanlığın Geleceği</t>
+          <t>Felsefe, Din ve Kültürde Zaman</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786050205589</t>
+          <t>9786050205855</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün İyi Hisset</t>
+          <t>Kategoriler - Önermeler</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>750</v>
+        <v>175</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786050205565</t>
+          <t>9786050205862</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi - Felsefe Tarihi 4</t>
+          <t>Akıl Zayıflığı</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786050205602</t>
+          <t>9786050205787</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Uçan Sincap İle Uzaylı Topaç'ın Serüvenleri</t>
+          <t>Ekonomi 101</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786050205596</t>
+          <t>9786050205763</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Karita, Denizatı Derya ve Ötekiler</t>
+          <t>Tarih</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786050205558</t>
+          <t>9786050205756</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarihi</t>
+          <t>Bir Solukta Evren ve Dünya Tarihi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786050205572</t>
+          <t>9786050205749</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Olma Sanatı</t>
+          <t>Eşcinsellik Üzerine</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786050205497</t>
+          <t>9786050205671</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Üniversite</t>
+          <t>Sigmund Freud'un Misyonu</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786050205527</t>
+          <t>9786050205664</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Tesla: Elektrik Çağının Mucidi</t>
+          <t>Antikçağ İmparatorlukları</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786050205442</t>
+          <t>9786050205695</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi</t>
+          <t>Felsefe Sorunları</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786050202519</t>
+          <t>9786050205633</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe-Farsça Sözlük (Ciltli)</t>
+          <t>Heidegger: Teknoloji ve İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789754685183</t>
+          <t>9786050205589</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Söylev) (Ciltli)</t>
+          <t>İyi Düşün İyi Hisset</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786050208719</t>
+          <t>9786050205565</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Meditasyonlar</t>
+          <t>Aydınlanma Felsefesi - Felsefe Tarihi 4</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786050204728</t>
+          <t>9786050205602</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine</t>
+          <t>Uçan Sincap İle Uzaylı Topaç'ın Serüvenleri</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786050205503</t>
+          <t>9786050205596</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Kaplumbağa Karita, Denizatı Derya ve Ötekiler</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786050205534</t>
+          <t>9786050205558</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Tarikat, Cemaat, Kadın</t>
+          <t>Doğa Tarihi</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786050205473</t>
+          <t>9786050205572</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Cemaatler</t>
+          <t>Olma Sanatı</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786050205510</t>
+          <t>9786050205497</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık 101</t>
+          <t>Üniversite</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786050204193</t>
+          <t>9786050205527</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Batı Geleneğinde Bilim ve Din Tarihi</t>
+          <t>Tesla: Elektrik Çağının Mucidi</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786050205466</t>
+          <t>9786050205442</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı</t>
+          <t>Ekonomi</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>750</v>
+        <v>175</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786050205398</t>
+          <t>9786050202519</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi</t>
+          <t>Büyük Türkçe-Farsça Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786050205411</t>
+          <t>9789754685183</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğe Giriş</t>
+          <t>Nutuk (Söylev) (Ciltli)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786050205404</t>
+          <t>9786050208719</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>İçsavaş</t>
+          <t>Meditasyonlar</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786050205343</t>
+          <t>9786050204728</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Freud Düşüncesinin Büyüklüğü ve Sınırları</t>
+          <t>Psikanaliz Üzerine</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786050205282</t>
+          <t>9786050205503</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Yeni Muhafazakar Tehdit</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786050205312</t>
+          <t>9786050205534</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Küçük Burjuva İdeolojisinin Eleştirisi</t>
+          <t>Tarikat, Cemaat, Kadın</t>
         </is>
       </c>
       <c r="C844" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786050205275</t>
+          <t>9786050205473</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Çağı</t>
+          <t>Cemaatler</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786050205268</t>
+          <t>9786050205510</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilmem 'Gen'im Bilir!</t>
+          <t>Mimarlık 101</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786050205251</t>
+          <t>9786050204193</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Anatomisi</t>
+          <t>Batı Geleneğinde Bilim ve Din Tarihi</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786050205237</t>
+          <t>9786050205466</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786050205206</t>
+          <t>9786050205398</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786050205190</t>
+          <t>9786050205411</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkarıcının Günlüğü</t>
+          <t>Metafiziğe Giriş</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786050205176</t>
+          <t>9786050205404</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Evren 101</t>
+          <t>İçsavaş</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786050205138</t>
+          <t>9786050205343</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Freud Düşüncesinin Büyüklüğü ve Sınırları</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786050201819</t>
+          <t>9786050205282</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Çin Felsefesi Tarihi</t>
+          <t>Yeni Muhafazakar Tehdit</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786050200089</t>
+          <t>9786050205312</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Çevirinin Abc’si</t>
+          <t>Küçük Burjuva İdeolojisinin Eleştirisi</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789754686067</t>
+          <t>9786050205275</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Yaşamla Yoğrulmuş Bilgi</t>
+          <t>Kuantum Çağı</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789754680515</t>
+          <t>9786050205268</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlam ve Amacı</t>
+          <t>Ben Bilmem 'Gen'im Bilir!</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789754680539</t>
+          <t>9786050205251</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Yaşamım ve Psikanaliz</t>
+          <t>Kötülüğün Anatomisi</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789754680164</t>
+          <t>9786050205237</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786050205114</t>
+          <t>9786050205206</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Buluşlarım</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786050205121</t>
+          <t>9786050205190</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Öklid'in Penceresi</t>
+          <t>Baştan Çıkarıcının Günlüğü</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786050205152</t>
+          <t>9786050205176</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Evren 101</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786050205145</t>
+          <t>9786050205138</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi: Geçmişin ve Geleceğin Hükümdarı</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786050205084</t>
+          <t>9786050201819</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Kendime Düşünceler</t>
+          <t>Çin Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786050205091</t>
+          <t>9786050200089</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilicinin Düşleri</t>
+          <t>Çevirinin Abc’si</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786050205053</t>
+          <t>9789754686067</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kökeni</t>
+          <t>Yaşamla Yoğrulmuş Bilgi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789754686913</t>
+          <t>9789754680515</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Uyan Artık Türkiye</t>
+          <t>Yaşamın Anlam ve Amacı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789754688870</t>
+          <t>9789754680539</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Yaşamım ve Psikanaliz</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786050205022</t>
+          <t>9789754680164</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Mimari Fotoğraf</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786050205046</t>
+          <t>9786050205114</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Felsefe</t>
+          <t>Buluşlarım</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786050202793</t>
+          <t>9786050205121</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Gezi Fotoğrafçılığı</t>
+          <t>Öklid'in Penceresi</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786050204889</t>
+          <t>9786050205152</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Evrim Nedir?</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786050203066</t>
+          <t>9786050205145</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Selahaddin Eyyubi: Geçmişin ve Geleceğin Hükümdarı</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786050204711</t>
+          <t>9786050205084</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tektanrıcılık</t>
+          <t>Kendime Düşünceler</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786050204735</t>
+          <t>9786050205091</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Jül Sezar'ın Ölümü</t>
+          <t>Bir Bilicinin Düşleri</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786050204896</t>
+          <t>9786050205053</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi 2 - Ortaçağ Felsefesi</t>
+          <t>Yaşamın Kökeni</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786050203363</t>
+          <t>9789754686913</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Etik Ahlak Felsefesi</t>
+          <t>Uyan Artık Türkiye</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786050204872</t>
+          <t>9789754688870</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Dilthey ve Felsefesi</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786050204773</t>
+          <t>9786050205022</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmak</t>
+          <t>Tüm Yönleriyle Mimari Fotoğraf</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786050204803</t>
+          <t>9786050205046</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine Beş Konferans ve Psikanalize Toplu Bakış</t>
+          <t>Ana Hatlarıyla Felsefe</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789754680652</t>
+          <t>9786050202793</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri (2 Cilt Takım)</t>
+          <t>Gezi Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789754684445</t>
+          <t>9786050204889</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Dionyssos Dithyrambosları 1884 - 1888</t>
+          <t>Evrim Nedir?</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786050204834</t>
+          <t>9786050203066</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'de Geziler</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786050204827</t>
+          <t>9786050204711</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İstencin Özgür Tercihi Üzerine</t>
+          <t>Musa ve Tektanrıcılık</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786050204797</t>
+          <t>9786050204735</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Timaios</t>
+          <t>Jül Sezar'ın Ölümü</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786050200669</t>
+          <t>9786050204896</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Stilistlik</t>
+          <t>Felsefe Tarihi 2 - Ortaçağ Felsefesi</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786050207231</t>
+          <t>9786050203363</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Etik Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789754686425</t>
+          <t>9786050204872</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Sözde Ermeni Soykırımı Projesi Toplumsal Bellek ve Sinema</t>
+          <t>Wilhelm Dilthey ve Felsefesi</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789754688009</t>
+          <t>9786050204773</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Söylevler</t>
+          <t>Baba Olmak</t>
         </is>
       </c>
       <c r="C888" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786050204742</t>
+          <t>9786050204803</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Psikanaliz Üzerine Beş Konferans ve Psikanalize Toplu Bakış</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786050204643</t>
+          <t>9789754680652</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Klasik Sosyolojik Teori</t>
+          <t>Divan Şiiri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786050204513</t>
+          <t>9789754684445</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihi</t>
+          <t>Dionyssos Dithyrambosları 1884 - 1888</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786050202472</t>
+          <t>9786050204834</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Nevrozlar</t>
+          <t>Akdeniz'de Geziler</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786050202687</t>
+          <t>9786050204827</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 1 (Seviye-Başlangıç-Üç Damla Kan)</t>
+          <t>İstencin Özgür Tercihi Üzerine</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786050202724</t>
+          <t>9786050204797</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Sonsuza Matematiğin Öyküsü</t>
+          <t>Timaios</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786050200560</t>
+          <t>9786050200669</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Orkideleri</t>
+          <t>Stilistlik</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789754683936</t>
+          <t>9786050207231</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Anadan Doğma Diktatör</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786050200690</t>
+          <t>9789754686425</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Aman Dikkat: Dikkat ve Öğrenme Sorunları</t>
+          <t>Sözde Ermeni Soykırımı Projesi Toplumsal Bellek ve Sinema</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786050204766</t>
+          <t>9789754688009</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Titreme</t>
+          <t>Söylevler</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786050202113</t>
+          <t>9786050204742</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Eski Mısır</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789754680317</t>
+          <t>9786050204643</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kendini Savunan İnsan</t>
+          <t>Klasik Sosyolojik Teori</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786050201970</t>
+          <t>9786050204513</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ Sanat Tarihi</t>
+          <t>İnsanlık Tarihi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789754688511</t>
+          <t>9786050202472</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Anne-Babalar İçin Ergen Ruh Sağlığı Rehberi</t>
+          <t>Nevrozlar</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786050207262</t>
+          <t>9786050202687</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçuluk</t>
+          <t>Farsça Öğrenim Seti 1 (Seviye-Başlangıç-Üç Damla Kan)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789754687002</t>
+          <t>9786050202724</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Okumak, Yazmak ve Yaşamak Üzerine</t>
+          <t>Sıfırdan Sonsuza Matematiğin Öyküsü</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786050204551</t>
+          <t>9786050200560</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Anadolu Orkideleri</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789754683899</t>
+          <t>9789754683936</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Putların Alacakaranlığı</t>
+          <t>Anadan Doğma Diktatör</t>
         </is>
       </c>
       <c r="C906" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786050204568</t>
+          <t>9786050200690</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Amatör Psikanalizi</t>
+          <t>Aman Dikkat: Dikkat ve Öğrenme Sorunları</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789754685800</t>
+          <t>9786050204766</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Kaybedenler Kulübü</t>
+          <t>Korku ve Titreme</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789754687316</t>
+          <t>9786050202113</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Kavramların Evrimi</t>
+          <t>Eski Mısır</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786050204346</t>
+          <t>9789754680317</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kitle Psikolojisi</t>
+          <t>Kendini Savunan İnsan</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786050204254</t>
+          <t>9786050201970</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı</t>
+          <t>Antikçağ Sanat Tarihi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786050204261</t>
+          <t>9789754688511</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 4. Cilt: Yakınçağ</t>
+          <t>Anne-Babalar İçin Ergen Ruh Sağlığı Rehberi</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789754680201</t>
+          <t>9786050207262</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir İnsan Yeni Bir Toplum</t>
+          <t>Varoluşçuluk</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786050204285</t>
+          <t>9789754687002</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Nazi Döneminde Bilim</t>
+          <t>Okumak, Yazmak ve Yaşamak Üzerine</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786050202786</t>
+          <t>9786050204551</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti - Vatan Yahut Silistre - Dört Fasıl</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786050202694</t>
+          <t>9789754683899</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 2 - Pancarcı Çocuk (Peserek-i Lebüfurüş)</t>
+          <t>Putların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C916" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786050202625</t>
+          <t>9786050204568</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Amatör Psikanalizi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786050204278</t>
+          <t>9789754685800</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Kaybedenler Kulübü</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786050204599</t>
+          <t>9789754687316</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bakış</t>
+          <t>Kavramların Evrimi</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786050204582</t>
+          <t>9786050204346</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Psikolojisi</t>
+          <t>Kitle Psikolojisi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786050203882</t>
+          <t>9786050204254</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji 101</t>
+          <t>Akıl Sağlığı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786050203820</t>
+          <t>9786050204261</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 7: Buf-i Kur / Kör Baykuş</t>
+          <t>Dünya Tarihi 4. Cilt: Yakınçağ</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786050203851</t>
+          <t>9789754680201</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluklar Şehri İstanbul - 1830</t>
+          <t>Yeni Bir İnsan Yeni Bir Toplum</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786050208184</t>
+          <t>9786050204285</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Üzerine Konuşma</t>
+          <t>Nazi Döneminde Bilim</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786050204230</t>
+          <t>9786050202786</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti - Vatan Yahut Silistre - Dört Fasıl</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786050204414</t>
+          <t>9786050202694</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi (4 Kitap Takım)</t>
+          <t>Farsça Öğrenim Seti 2 - Pancarcı Çocuk (Peserek-i Lebüfurüş)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>1700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786050204407</t>
+          <t>9786050202625</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Saksonya’dan İskenderiye’ye Bir Faytoncunun Serüvenleri</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786050204391</t>
+          <t>9786050204278</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükten Kaçış</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786050204339</t>
+          <t>9786050204599</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudunun Öyküsü</t>
+          <t>Bilimsel Bakış</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786050204322</t>
+          <t>9786050204582</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Sanat 101</t>
+          <t>Korkunun Psikolojisi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786050203950</t>
+          <t>9786050203882</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 3. Cilt: Yeniçağ</t>
+          <t>Mitoloji 101</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786050204001</t>
+          <t>9786050203820</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olmak ya da Olmak</t>
+          <t>Farsça Öğrenim Seti 7: Buf-i Kur / Kör Baykuş</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786050209266</t>
+          <t>9786050203851</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Üzerine Mektuplar</t>
+          <t>İmparatorluklar Şehri İstanbul - 1830</t>
         </is>
       </c>
       <c r="C933" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789754688320</t>
+          <t>9786050208184</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Yöntem Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786050204209</t>
+          <t>9786050204230</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Devlet (Tam Metin)</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786050203929</t>
+          <t>9786050204414</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Dünya Tarihi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>400</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786050203974</t>
+          <t>9786050204407</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Sonlarında Türkiye'de Günlük Yaşam</t>
+          <t>Saksonya’dan İskenderiye’ye Bir Faytoncunun Serüvenleri</t>
         </is>
       </c>
       <c r="C937" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786050203998</t>
+          <t>9786050204391</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kratylos</t>
+          <t>Özgürlükten Kaçış</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786050203936</t>
+          <t>9786050204339</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Filmler</t>
+          <t>İnsan Vücudunun Öyküsü</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786050204032</t>
+          <t>9786050204322</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Merleau Ponty</t>
+          <t>Sanat 101</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786050204100</t>
+          <t>9786050203950</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Kökeni</t>
+          <t>Dünya Tarihi 3. Cilt: Yeniçağ</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786050204247</t>
+          <t>9786050204001</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Etkisi</t>
+          <t>Sahip Olmak ya da Olmak</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786050204087</t>
+          <t>9786050209266</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Başka Diyarların Felsefeleri 2</t>
+          <t>Ahlak Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789754686081</t>
+          <t>9789754688320</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786050203837</t>
+          <t>9786050204209</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Protagoras</t>
+          <t>Devlet (Tam Metin)</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786050203844</t>
+          <t>9786050203929</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789754688047</t>
+          <t>9786050203974</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Sözlük (Küçük Boy)</t>
+          <t>19. Yüzyıl Sonlarında Türkiye'de Günlük Yaşam</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786050201352</t>
+          <t>9786050203998</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Cep Sözlüğü</t>
+          <t>Kratylos</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786050201628</t>
+          <t>9786050203936</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü Büyük Boy (Ciltli)</t>
+          <t>Bulmaca Filmler</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789754689020</t>
+          <t>9786050204032</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü (Küçük Boy)</t>
+          <t>Merleau Ponty</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789754689006</t>
+          <t>9786050204100</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü (Büyük Boy)</t>
+          <t>Modern İnsanın Kökeni</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786050201338</t>
+          <t>9786050204247</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Cep Sözlüğü</t>
+          <t>Şeytan Etkisi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786050203875</t>
+          <t>9786050204087</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Felsefe</t>
+          <t>Başka Diyarların Felsefeleri 2</t>
         </is>
       </c>
       <c r="C953" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786050203868</t>
+          <t>9789754686081</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Sinemamızın Yüzüncü Yılında 100 Yönetmen</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786050203004</t>
+          <t>9786050203837</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Mistik Bilginin Yeri</t>
+          <t>Protagoras</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786050200980</t>
+          <t>9786050203844</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Varka ile Gülşah</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786050202670</t>
+          <t>9789754688047</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti / Çözümlü Farsça Metinler - 4 Seviye - Orta</t>
+          <t>Arapça-Türkçe Sözlük (Küçük Boy)</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786050202649</t>
+          <t>9786050201352</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti / Çözümlü Farsça Metinler -3 / Seviye-Orta</t>
+          <t>Arapça - Türkçe Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786050200799</t>
+          <t>9786050201628</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler - Bütün Denemeler 3</t>
+          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786050202274</t>
+          <t>9789754689020</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Sorgulayan Denemeler</t>
+          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü (Küçük Boy)</t>
         </is>
       </c>
       <c r="C960" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786050203790</t>
+          <t>9789754689006</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Troas'ta Yolculuk</t>
+          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Sözlüğü (Büyük Boy)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>175</v>
+        <v>550</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786050202106</t>
+          <t>9786050201338</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Güz Düşüncesi</t>
+          <t>Arap Harfli Alfabetik Osmanlı Türkçesi Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786050200324</t>
+          <t>9786050203875</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>İslam ve Felsefe</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789754684599</t>
+          <t>9786050203868</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Fotoğraf</t>
+          <t>Sinemamızın Yüzüncü Yılında 100 Yönetmen</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786050201116</t>
+          <t>9786050203004</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Acelesi Olanlar İçin 99 Klasik Film</t>
+          <t>İslam Felsefesinde Mistik Bilginin Yeri</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786050204940</t>
+          <t>9786050200980</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Varka ile Gülşah</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789754680263</t>
+          <t>9786050202670</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı</t>
+          <t>Farsça Öğrenim Seti / Çözümlü Farsça Metinler - 4 Seviye - Orta</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789754680171</t>
+          <t>9786050202649</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Farsça Öğrenim Seti / Çözümlü Farsça Metinler -3 / Seviye-Orta</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786050202755</t>
+          <t>9786050200799</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti - Beyaz Zambaklar Memleketinde</t>
+          <t>Montaigne Denemeler - Bütün Denemeler 3</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786050204988</t>
+          <t>9786050202274</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>İnsandaki Yıkıcılığın Kökenleri (Tam Metin)</t>
+          <t>Sorgulayan Denemeler</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786050203769</t>
+          <t>9786050203790</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Troas'ta Yolculuk</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786050203660</t>
+          <t>9786050202106</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın İnsan Anlayışı</t>
+          <t>Güz Düşüncesi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786050204971</t>
+          <t>9786050200324</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786050204964</t>
+          <t>9789754684599</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hippias Theages</t>
+          <t>A’dan Z’ye Fotoğraf</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786050204957</t>
+          <t>9786050201116</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Geldim Gördüm Yendim</t>
+          <t>Acelesi Olanlar İçin 99 Klasik Film</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786050203677</t>
+          <t>9786050204940</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Beni Hiç Anlamıyorsun</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786050203608</t>
+          <t>9789754680263</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Budur</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786050203653</t>
+          <t>9789754680171</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786050208504</t>
+          <t>9786050202755</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Din</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti - Beyaz Zambaklar Memleketinde</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786050203530</t>
+          <t>9786050204988</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 2. Cilt: Ortaçağ</t>
+          <t>İnsandaki Yıkıcılığın Kökenleri (Tam Metin)</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786050200249</t>
+          <t>9786050203769</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Topalını Çin’de Görmüşler</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786050203547</t>
+          <t>9786050203660</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Maddenin En Son Yapıtaşı Higgs Bozonu</t>
+          <t>Marx'ın İnsan Anlayışı</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786050200997</t>
+          <t>9786050204971</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>İnsan Beyni</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786050203479</t>
+          <t>9786050204964</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Ne Değildir?</t>
+          <t>Büyük Hippias Theages</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786050203349</t>
+          <t>9786050204957</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Farsça - Türkçe / Türkçe - Farsça Sözlük (Küçük Boy)</t>
+          <t>Geldim Gördüm Yendim</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786050203417</t>
+          <t>9786050203677</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Büyük Bilimsel Deneyler</t>
+          <t>Beni Hiç Anlamıyorsun</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786050203431</t>
+          <t>9786050203608</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyopatın İtirafları</t>
+          <t>Biyoloji Budur</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786050202779</t>
+          <t>9786050203653</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti 5 / Mavi ve Siyah</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786050202656</t>
+          <t>9786050208504</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti 5 (Seviye - İleri)</t>
+          <t>Psikoterapi ve Din</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786050202823</t>
+          <t>9786050203530</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Etik</t>
+          <t>Dünya Tarihi 2. Cilt: Ortaçağ</t>
         </is>
       </c>
       <c r="C990" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786050200331</t>
+          <t>9786050200249</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Türk’ün Topalını Çin’de Görmüşler</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786050208498</t>
+          <t>9786050203547</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve Psikoterapi</t>
+          <t>Maddenin En Son Yapıtaşı Higgs Bozonu</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786050202588</t>
+          <t>9786050200997</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Rölativitenin ABC'si</t>
+          <t>İnsan Beyni</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786050203912</t>
+          <t>9786050203479</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler - 7</t>
+          <t>Halkla İlişkiler Ne Değildir?</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789754685398</t>
+          <t>9786050203349</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Farsça - Türkçe / Türkçe - Farsça Sözlük (Küçük Boy)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786050203165</t>
+          <t>9786050203417</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Dijital Görüntü Düzenleme ve Özel Efektler</t>
+          <t>Büyük Bilimsel Deneyler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786050203400</t>
+          <t>9786050203431</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihinden Kesitler</t>
+          <t>Bir Sosyopatın İtirafları</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786050202830</t>
+          <t>9786050202779</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Sosyal Fethi</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti 5 / Mavi ve Siyah</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786050203561</t>
+          <t>9786050202656</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Etik, Toplum, Siyaset</t>
+          <t>Farsça Öğrenim Seti 5 (Seviye - İleri)</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786050203776</t>
+          <t>9786050202823</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Theaitetos</t>
+          <t>Uygulamalı Etik</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789754684162</t>
+          <t>9786050200331</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789754689037</t>
+          <t>9786050208498</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Düşünceye Çağıran</t>
+          <t>Hayatın Anlamı ve Psikoterapi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050202137</t>
+          <t>9786050202588</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Phaidon</t>
+          <t>Rölativitenin ABC'si</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050204094</t>
+          <t>9786050203912</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>İdeal ve Gerçek</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler - 7</t>
         </is>
       </c>
       <c r="C1004" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789754689846</t>
+          <t>9789754685398</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786050204179</t>
+          <t>9786050203165</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Atalarımızın Gölgesinde</t>
+          <t>Dijital Görüntü Düzenleme ve Özel Efektler</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050203394</t>
+          <t>9786050203400</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 1. Cilt: İlkçağ</t>
+          <t>Felsefe Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786050203233</t>
+          <t>9786050202830</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Emperyalizm</t>
+          <t>Yeryüzünün Sosyal Fethi</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786050203356</t>
+          <t>9786050203561</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Kritias - Kharmides</t>
+          <t>Etik, Toplum, Siyaset</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789754686722</t>
+          <t>9786050203776</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine - Toplu Eserleri 1</t>
+          <t>Theaitetos</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786050204926</t>
+          <t>9789754684162</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Üç Dinin Tarihi</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786050202717</t>
+          <t>9789754689037</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Sosyal Teori</t>
+          <t>Düşünceye Çağıran</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786050203554</t>
+          <t>9786050202137</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İtaatsizlik Üzerine</t>
+          <t>Phaidon</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786050202939</t>
+          <t>9786050204094</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Felsefesi</t>
+          <t>İdeal ve Gerçek</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786050203240</t>
+          <t>9789754689846</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Ergenin Ruhsal Gelişimi</t>
+          <t>İbn Rüşd</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786050203332</t>
+          <t>9786050204179</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Euro Kabusu</t>
+          <t>Atalarımızın Gölgesinde</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050201130</t>
+          <t>9786050203394</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilik İncelemeleri</t>
+          <t>Dünya Tarihi 1. Cilt: İlkçağ</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786050203370</t>
+          <t>9786050203233</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilimadamına Mektuplar</t>
+          <t>Postmodern Emperyalizm</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786050200065</t>
+          <t>9786050203356</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Kültürdeki Huzursuzluk</t>
+          <t>Kritias - Kharmides</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786050200195</t>
+          <t>9789754686722</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hippias</t>
+          <t>Eğitim Üzerine - Toplu Eserleri 1</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786050202847</t>
+          <t>9786050204926</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İkili Sarmal</t>
+          <t>Üç Dinin Tarihi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786050203189</t>
+          <t>9786050202717</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Bilgelik</t>
+          <t>Günümüzde Sosyal Teori</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786050203257</t>
+          <t>9786050203554</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Arasında Küçük Felsefe Deneyimleri</t>
+          <t>İtaatsizlik Üzerine</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786050203219</t>
+          <t>9786050202939</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Dijital Film Yapımı</t>
+          <t>17. Yüzyıl Felsefesi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786050204919</t>
+          <t>9786050203240</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyle Saadet Olmaz</t>
+          <t>Ergenin Ruhsal Gelişimi</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786050204933</t>
+          <t>9786050203332</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Rehberi</t>
+          <t>Euro Kabusu</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789754685633</t>
+          <t>9786050201130</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Bektaşilik İncelemeleri</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789754680614</t>
+          <t>9786050203370</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Ruhundan Tragedyanın Doğuşu</t>
+          <t>Genç Bilimadamına Mektuplar</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789754684827</t>
+          <t>9786050200065</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Kültürdeki Huzursuzluk</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786050202403</t>
+          <t>9786050200195</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Küçük Hippias</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789754687668</t>
+          <t>9786050202847</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>İkili Sarmal</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786050201420</t>
+          <t>9786050203189</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Bilim ve Bilgelik</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789754680799</t>
+          <t>9786050203257</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Anatomisi</t>
+          <t>Dostlar Arasında Küçük Felsefe Deneyimleri</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789754686210</t>
+          <t>9786050203219</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Aşka ve Kadınlara Dair</t>
+          <t>Dijital Film Yapımı</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786050202212</t>
+          <t>9786050204919</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Bebeğime Nasıl Davranmalıyım?</t>
+          <t>Felsefeyle Saadet Olmaz</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789754685916</t>
+          <t>9786050204933</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bay Buş Beyaz Saray’da Kara Sakallı</t>
+          <t>Ekonomi Rehberi</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789754684285</t>
+          <t>9789754685633</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Aşk Başkadır</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789754687873</t>
+          <t>9789754680614</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Müziğin Ruhundan Tragedyanın Doğuşu</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786050200423</t>
+          <t>9789754684827</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789754686869</t>
+          <t>9786050202403</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Sayın Sezer</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789754689044</t>
+          <t>9789754687668</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Güç İstenci</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789754687538</t>
+          <t>9786050201420</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Greklerde Eğitim Düşüncesi</t>
+          <t>Mesnevi’den Hikayeler</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789754686746</t>
+          <t>9789754680799</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Grek Felsefesi Tarihi</t>
+          <t>Aşkın Anatomisi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789754686852</t>
+          <t>9789754686210</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Bergson</t>
+          <t>Aşka ve Kadınlara Dair</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789754685428</t>
+          <t>9786050202212</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Benjamin</t>
+          <t>Bebeğime Nasıl Davranmalıyım?</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786050200102</t>
+          <t>9789754685916</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Osmanlı Türkçesi Sözlüğü</t>
+          <t>Bay Buş Beyaz Saray’da Kara Sakallı</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789754687293</t>
+          <t>9789754684285</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Tuzağa Düşen Masumiyet</t>
+          <t>Aşk Başkadır</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786050201086</t>
+          <t>9789754687873</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786050201215</t>
+          <t>9786050200423</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Leibniz Sözlüğü</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786050201680</t>
+          <t>9789754686869</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Latince Sözlük</t>
+          <t>Güle Güle Sayın Sezer</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786050201611</t>
+          <t>9789754689044</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Lakhes</t>
+          <t>Güç İstenci</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786050201987</t>
+          <t>9789754687538</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard Sözlüğü</t>
+          <t>Greklerde Eğitim Düşüncesi</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789754680706</t>
+          <t>9789754686746</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Jung Psikolojisinin Ana Hatları</t>
+          <t>Grek Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789754680119</t>
+          <t>9789754686852</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>İzafiyet Teorisi</t>
+          <t>Bergson</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789754684049</t>
+          <t>9789754685428</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>İyinin ve Kötünün Ötesinde</t>
+          <t>Benjamin</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789754687644</t>
+          <t>9786050200102</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>İyi Günler İstanbul - Yaşamın İçindeyiz</t>
+          <t>Türkçe - Osmanlı Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C1056" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789754689907</t>
+          <t>9789754687293</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>İyi Fotoğraf Nasıl Çekilir?</t>
+          <t>Tuzağa Düşen Masumiyet</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786050201024</t>
+          <t>9786050201086</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>İşler ve Günler - Tanrıların Doğuşu</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789754685336</t>
+          <t>9786050201215</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Leibniz Sözlüğü</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789754689181</t>
+          <t>9786050201680</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Ruh Yüceliği</t>
+          <t>Latince Sözlük</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789754687071</t>
+          <t>9786050201611</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Pratik Kompozisyon</t>
+          <t>Lakhes</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786050201925</t>
+          <t>9786050201987</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Temel Prensipleri</t>
+          <t>Kierkegaard Sözlüğü</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786050200676</t>
+          <t>9789754680706</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Büyüsü: Işık</t>
+          <t>Jung Psikolojisinin Ana Hatları</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789754685152</t>
+          <t>9789754680119</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü Klasik Mitologyada Tanrılar - Olaylar - Kahramanlar</t>
+          <t>İzafiyet Teorisi</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786050201284</t>
+          <t>9789754684049</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Abc’si</t>
+          <t>İyinin ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C1065" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786050200522</t>
+          <t>9789754687644</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Yanılgılar ve Düşler Üzerine</t>
+          <t>İyi Günler İstanbul - Yaşamın İçindeyiz</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789754681239</t>
+          <t>9789754689907</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Türküleri Güfte ve Besteleriyle</t>
+          <t>İyi Fotoğraf Nasıl Çekilir?</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786050201192</t>
+          <t>9786050201024</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Anlamı</t>
+          <t>İşler ve Günler - Tanrıların Doğuşu</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786050201659</t>
+          <t>9789754685336</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Darwin Tanrı ve Yaşamın Anlamı</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786050201185</t>
+          <t>9789754689181</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>İkaria’ya Yolculuk</t>
+          <t>Ruh Yüceliği</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789754685077</t>
+          <t>9789754687071</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Şen Bilim Ana Metin - 1</t>
+          <t>Fotoğrafta Pratik Kompozisyon</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789754683974</t>
+          <t>9786050201925</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Şen Bilim (Şiirler)</t>
+          <t>Fotoğrafın Temel Prensipleri</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786050201673</t>
+          <t>9786050200676</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Toplum</t>
+          <t>Fotoğrafın Büyüsü: Işık</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786050200546</t>
+          <t>9789754685152</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Cemşid ile Hurşid</t>
+          <t>Mitoloji Sözlüğü Klasik Mitologyada Tanrılar - Olaylar - Kahramanlar</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789754684834</t>
+          <t>9786050201284</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Rüyası</t>
+          <t>Mimarlığın Abc’si</t>
         </is>
       </c>
       <c r="C1075" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789754682953</t>
+          <t>9786050200522</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Cazibenin Evrimi</t>
+          <t>Yanılgılar ve Düşler Üzerine</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786050204636</t>
+          <t>9789754681239</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Farsça-Türkçe Sözlük (Küçük Boy)</t>
+          <t>Rumeli Türküleri Güfte ve Besteleriyle</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786050202991</t>
+          <t>9786050201192</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu ve Eleştrisi</t>
+          <t>Ölümün Anlamı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786050202946</t>
+          <t>9786050201659</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Kısa Tarihi</t>
+          <t>Darwin Tanrı ve Yaşamın Anlamı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786050203585</t>
+          <t>9786050201185</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar - Masallar - Mitler</t>
+          <t>İkaria’ya Yolculuk</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786050202915</t>
+          <t>9789754685077</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Lysis</t>
+          <t>Şen Bilim Ana Metin - 1</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786050202816</t>
+          <t>9789754683974</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Atinalıların Devleti</t>
+          <t>Şen Bilim (Şiirler)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786050203035</t>
+          <t>9786050201673</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Hipparkhos Kleitophon Rakipler</t>
+          <t>Şeffaf Toplum</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786050203134</t>
+          <t>9786050200546</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Evrimi</t>
+          <t>Cemşid ile Hurşid</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786050203172</t>
+          <t>9789754684834</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Nikomakhos'a Etik</t>
+          <t>Cehennem Rüyası</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786050203127</t>
+          <t>9789754682953</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu</t>
+          <t>Cazibenin Evrimi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786050202458</t>
+          <t>9786050204636</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Haber Fotorafçılığı</t>
+          <t>Farsça-Türkçe Sözlük (Küçük Boy)</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>850</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786050202854</t>
+          <t>9786050202991</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault ve Düşünce Sistemleri Tarihi</t>
+          <t>Frankfurt Okulu ve Eleştrisi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786050202618</t>
+          <t>9786050202946</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Minos-Epinomis - Bütün Yapıtları 17</t>
+          <t>Kapitalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786050202700</t>
+          <t>9786050203585</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Rüyalar - Masallar - Mitler</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786050202809</t>
+          <t>9786050202915</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Ruhsal Gelişimi</t>
+          <t>Lysis</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786050200775</t>
+          <t>9786050202816</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler - Bütün Denemeler 1</t>
+          <t>Atinalıların Devleti</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786050202762</t>
+          <t>9786050203035</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti - Galatasaray</t>
+          <t>Hipparkhos Kleitophon Rakipler</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786050202748</t>
+          <t>9786050203134</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 2 - Fenerbahçe</t>
+          <t>İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786050202632</t>
+          <t>9786050203172</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Felsefe Öğretiyorum</t>
+          <t>Nikomakhos'a Etik</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786050200782</t>
+          <t>9786050203127</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler - Bütün Denemeler 2</t>
+          <t>Rüyaların Yorumu</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786050200805</t>
+          <t>9786050202458</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Montaigne Denemeler - Bütün Denemeler 4</t>
+          <t>Haber Fotorafçılığı</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786050202663</t>
+          <t>9786050202854</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğrenim Seti / Furug-i Ferruhzad</t>
+          <t>Michel Foucault ve Düşünce Sistemleri Tarihi</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789754685923</t>
+          <t>9786050202618</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılı Düşünmek</t>
+          <t>Minos-Epinomis - Bütün Yapıtları 17</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786050202083</t>
+          <t>9786050202700</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kültürel Çalışmalar</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789754688306</t>
+          <t>9786050202809</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Oğlun Sırrı</t>
+          <t>Çocuğun Ruhsal Gelişimi</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786050207972</t>
+          <t>9786050200775</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Yaşamsal Sorunlar</t>
+          <t>Montaigne Denemeler - Bütün Denemeler 1</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789754687286</t>
+          <t>9786050202762</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Reklamcılık</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti - Galatasaray</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789754687255</t>
+          <t>9786050202748</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler ve Felsefe</t>
+          <t>Osmanlı Türkçesi Öğrenim Seti Çözümlü Metinler 2 - Fenerbahçe</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786050202182</t>
+          <t>9786050202632</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Ustasından Depresyon Tahlilleri</t>
+          <t>Kızıma Felsefe Öğretiyorum</t>
         </is>
       </c>
       <c r="C1105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786050202007</t>
+          <t>9786050200782</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Umut Yolu</t>
+          <t>Montaigne Denemeler - Bütün Denemeler 2</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789754688634</t>
+          <t>9786050200805</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kesişen-Çatışan Dinsel Ve Etnik Kimlikler</t>
+          <t>Montaigne Denemeler - Bütün Denemeler 4</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789754688887</t>
+          <t>9786050202663</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin ABC’si</t>
+          <t>Farsça Öğrenim Seti / Furug-i Ferruhzad</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789754687330</t>
+          <t>9789754685923</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi ya da Siyaset Hukuku İlkeleri</t>
+          <t>Yüzyılı Düşünmek</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789754689051</t>
+          <t>9786050202083</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Öyküsü</t>
+          <t>Yeni Kültürel Çalışmalar</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789754684438</t>
+          <t>9789754688306</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Tan Kızıllığı</t>
+          <t>Yedinci Oğlun Sırrı</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786050201710</t>
+          <t>9786050207972</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Yaşamsal Sorunlar</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786050202267</t>
+          <t>9789754687286</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Şölen</t>
+          <t>Yaratıcı Reklamcılık</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789754686654</t>
+          <t>9789754687255</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kuşatması</t>
+          <t>Üniversiteler ve Felsefe</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789754682564</t>
+          <t>9786050202182</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Şeriatın Kestiği Parmak Acır</t>
+          <t>Ustasından Depresyon Tahlilleri</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789754686050</t>
+          <t>9786050202007</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Sütunumun Kenarı</t>
+          <t>Umut Yolu</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786050200959</t>
+          <t>9789754688634</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ile Nevbahar</t>
+          <t>Türkiye’de Kesişen-Çatışan Dinsel Ve Etnik Kimlikler</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789754682304</t>
+          <t>9789754688887</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Susmayan Yazılar</t>
+          <t>Türkçenin ABC’si</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786050202090</t>
+          <t>9789754687330</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Perspektifler</t>
+          <t>Toplum Sözleşmesi ya da Siyaset Hukuku İlkeleri</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786050200416</t>
+          <t>9789754689051</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Tanrının Öyküsü</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786050201321</t>
+          <t>9789754684438</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Sofist</t>
+          <t>Tan Kızıllığı</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789754687514</t>
+          <t>9786050201710</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Fragmanlar Ekonomi Politik Üzerine Söylev</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789754680249</t>
+          <t>9786050202267</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Milena</t>
+          <t>Şölen</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789754686395</t>
+          <t>9789754686654</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Şiir Kuşatması</t>
         </is>
       </c>
       <c r="C1124" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789754686685</t>
+          <t>9789754682564</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Seçkinlik ve Sıradanlık Üzerine</t>
+          <t>Şeriatın Kestiği Parmak Acır</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786050201109</t>
+          <t>9789754686050</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Öyküler</t>
+          <t>Sütunumun Kenarı</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789754689167</t>
+          <t>9786050200959</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Mektuplar</t>
+          <t>Süheyl ile Nevbahar</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786050201239</t>
+          <t>9789754682304</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>San’an Şeyhi</t>
+          <t>Susmayan Yazılar</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786050200218</t>
+          <t>9786050202090</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Ricoeur Sözlüğü</t>
+          <t>Sosyolojide Perspektifler</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789754684346</t>
+          <t>9786050200416</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Richard Wagner Bayreuth’da Çağa Aykırı Düşünceler 4</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C1130" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789754688085</t>
+          <t>9786050201321</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Reklamcılık</t>
+          <t>Sofist</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789754687217</t>
+          <t>9789754687514</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Çağrısı</t>
+          <t>Siyasal Fragmanlar Ekonomi Politik Üzerine Söylev</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789754683769</t>
+          <t>9789754680249</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinlerinde Cinsel Ahlak</t>
+          <t>Sevgili Milena</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786050202502</t>
+          <t>9789754686395</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Düğün Fotoğrafçılığı</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786050202359</t>
+          <t>9789754686685</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Doğada Fotoğrafı Görmek</t>
+          <t>Seçkinlik ve Sıradanlık Üzerine</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789754688313</t>
+          <t>9786050201109</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine</t>
+          <t>Seçilmiş Öyküler</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789754686760</t>
+          <t>9789754689167</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kemiği Yok Sansürsüz Konuşmalar</t>
+          <t>Seçilmiş Mektuplar</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786050200706</t>
+          <t>9786050201239</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamı</t>
+          <t>San’an Şeyhi</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786050200263</t>
+          <t>9786050200218</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Desen</t>
+          <t>Ricoeur Sözlüğü</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786050200928</t>
+          <t>9789754684346</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Descartes Sözlüğü</t>
+          <t>Richard Wagner Bayreuth’da Çağa Aykırı Düşünceler 4</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786050200300</t>
+          <t>9789754688085</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Derrida Sözlüğü</t>
+          <t>Reklam ve Reklamcılık</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786050200973</t>
+          <t>9789754687217</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Düşüncenin Çağrısı</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786050200768</t>
+          <t>9789754683769</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (4 Cilt Takım)</t>
+          <t>Dünya Dinlerinde Cinsel Ahlak</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>1350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789754685930</t>
+          <t>9786050202502</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut</t>
+          <t>Düğün Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789754684308</t>
+          <t>9786050202359</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Doğada Fotoğrafı Görmek</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786050202397</t>
+          <t>9789754688313</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Darwin ve Sonrası</t>
+          <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789754689402</t>
+          <t>9789754686760</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Osmanlı Türkçesi Metinleri</t>
+          <t>Dilin Kemiği Yok Sansürsüz Konuşmalar</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789754689839</t>
+          <t>9786050200706</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Fobinin Analizi</t>
+          <t>Devlet Adamı</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789754689259</t>
+          <t>9786050200263</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma Nasıl Davranmalıyım?</t>
+          <t>Desen</t>
         </is>
       </c>
       <c r="C1149" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786050202120</t>
+          <t>9786050200928</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İran Edebiyatının Doğuşu ve Gelişmesi</t>
+          <t>Descartes Sözlüğü</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789754680225</t>
+          <t>9786050200300</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine</t>
+          <t>Derrida Sözlüğü</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786050201796</t>
+          <t>9786050200973</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Ejderleri</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C1152" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786050200737</t>
+          <t>9786050200768</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Can Çekişen Bir Meslek Üzerine Son Notlar</t>
+          <t>Denemeler (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>150</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789754680546</t>
+          <t>9789754685930</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Diliyle Mevlana</t>
+          <t>Dede Korkut</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786050200072</t>
+          <t>9789754684308</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Broca’nın Beyni</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789754685404</t>
+          <t>9786050202397</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Darwin ve Sonrası</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789754684117</t>
+          <t>9789754689402</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Güncesi Petersburg Öyküleri</t>
+          <t>Çözümlü Osmanlı Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786050200478</t>
+          <t>9789754689839</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocukluk Nevrozu Hikayesi</t>
+          <t>Çocukta Fobinin Analizi</t>
         </is>
       </c>
       <c r="C1158" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786050201482</t>
+          <t>9789754689259</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Bilmek ve İstemek</t>
+          <t>Çocuğuma Nasıl Davranmalıyım?</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786050201598</t>
+          <t>9786050202120</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Beste ve Güfteleriyle Kuşaktan Kuşağa Halk Türküleri</t>
+          <t>Çağdaş İran Edebiyatının Doğuşu ve Gelişmesi</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786050208566</t>
+          <t>9789754680225</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Bebek Daha Doğmadan</t>
+          <t>Cinsellik Üzerine</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786050202199</t>
+          <t>9786050201796</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin Ruhsal Gelişimi</t>
+          <t>Cennetin Ejderleri</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789754689204</t>
+          <t>9786050200737</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Balık Profesörünün Av Güncesi ve Vertical Jigging Yöntemi</t>
+          <t>Can Çekişen Bir Meslek Üzerine Son Notlar</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789754682519</t>
+          <t>9789754680546</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Cumhuriyet’e</t>
+          <t>Bugünün Diliyle Mevlana</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789754686333</t>
+          <t>9786050200072</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Şehvet Üzerine 2. Kitap</t>
+          <t>Broca’nın Beyni</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789754687507</t>
+          <t>9789754685404</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Armoni İpek Fabrikası</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786050208412</t>
+          <t>9789754684117</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yönetimi İçin Kurallar</t>
+          <t>Bir Delinin Güncesi Petersburg Öyküleri</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789754684056</t>
+          <t>9786050200478</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Soykütüğü Üstüne</t>
+          <t>Bir Çocukluk Nevrozu Hikayesi</t>
         </is>
       </c>
       <c r="C1168" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789754689600</t>
+          <t>9786050201482</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Eğitimi</t>
+          <t>Bilmek ve İstemek</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789754686098</t>
+          <t>9786050201598</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrinin ABC’si</t>
+          <t>Beste ve Güfteleriyle Kuşaktan Kuşağa Halk Türküleri</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789754685473</t>
+          <t>9786050208566</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Bunalımı</t>
+          <t>Bebek Daha Doğmadan</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789754685657</t>
+          <t>9786050202199</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Din</t>
+          <t>Bebeğin Ruhsal Gelişimi</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789754688252</t>
+          <t>9789754689204</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Balık Profesörünün Av Güncesi ve Vertical Jigging Yöntemi</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789754680133</t>
+          <t>9789754682519</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Pratik Usun Eleştirisi</t>
+          <t>Atatürk’ten Cumhuriyet’e</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786050200294</t>
+          <t>9789754686333</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Poetika / Şiir Sanatı Üzerine</t>
+          <t>Aşk ve Şehvet Üzerine 2. Kitap</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786050202168</t>
+          <t>9789754687507</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Philebos</t>
+          <t>Armoni İpek Fabrikası</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789754684360</t>
+          <t>9786050208412</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Kurumlarımızın Geleceği Üzerine Altı Resmi Konferans</t>
+          <t>Aklın Yönetimi İçin Kurallar</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786050201147</t>
+          <t>9789754684056</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesine Giriş</t>
+          <t>Ahlakın Soykütüğü Üstüne</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789754689075</t>
+          <t>9789754689600</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Yazım Kılavuzu</t>
+          <t>Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789754687569</t>
+          <t>9789754686098</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü</t>
+          <t>Psikiyatrinin ABC’si</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786050200683</t>
+          <t>9789754685473</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Orta Elçilikler - Mektuplar</t>
+          <t>Psikanalizin Bunalımı</t>
         </is>
       </c>
       <c r="C1181" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789754689877</t>
+          <t>9789754685657</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Okumaya ve Okumuşlara Dair</t>
+          <t>Psikanaliz ve Din</t>
         </is>
       </c>
       <c r="C1182" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789754685596</t>
+          <t>9789754688252</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9789754684322</t>
+          <t>9789754680133</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Söylev)</t>
+          <t>Pratik Usun Eleştirisi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789754687132</t>
+          <t>9786050200294</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir’den New York’a</t>
+          <t>Poetika / Şiir Sanatı Üzerine</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789754684568</t>
+          <t>9786050202168</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Nevroz Sorunları</t>
+          <t>Philebos</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786050200720</t>
+          <t>9789754684360</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Montaigne’in Kedisi</t>
+          <t>Öğretim Kurumlarımızın Geleceği Üzerine Altı Resmi Konferans</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786050202144</t>
+          <t>9786050201147</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Modernite, Kapitalizm, Sosyalizm</t>
+          <t>Osmanlı Türkçesine Giriş</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786050200461</t>
+          <t>9789754689075</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Modernite Versus Postmodernite</t>
+          <t>Osmanlı Türkçesi Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789754689631</t>
+          <t>9789754687569</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Modernite ve Bireysel-Kimlik</t>
+          <t>Osmanlı Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789754685022</t>
+          <t>9786050200683</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Modern Siyasal Düşünce Tarihi</t>
+          <t>Orta Elçilikler - Mektuplar</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786050200041</t>
+          <t>9789754689877</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Merleau - Ponty Sözlüğü</t>
+          <t>Okumaya ve Okumuşlara Dair</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786050200713</t>
+          <t>9789754685596</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Menon - Bütün Yapıtları 11</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786050200256</t>
+          <t>9789754684322</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Meneksenos - Bütün Yapıtları 7</t>
+          <t>Nutuk (Söylev)</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789754689129</t>
+          <t>9789754687132</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Nevşehir’den New York’a</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789754684810</t>
+          <t>9789754684568</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Scuderi</t>
+          <t>Nevroz Sorunları</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789754681260</t>
+          <t>9786050200720</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Manilerimiz</t>
+          <t>Montaigne’in Kedisi</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789754687194</t>
+          <t>9786050202144</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Liberaller, Ulusalcılar, İslamcılar ve Ötekiler</t>
+          <t>Modernite, Kapitalizm, Sosyalizm</t>
         </is>
       </c>
       <c r="C1198" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786050200829</t>
+          <t>9786050200461</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Modernite Versus Postmodernite</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789754689952</t>
+          <t>9789754689631</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Levinas Sözlüğü</t>
+          <t>Modernite ve Bireysel-Kimlik</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786050201499</t>
+          <t>9789754685022</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Levinas</t>
+          <t>Modern Siyasal Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789754680942</t>
+          <t>9786050200041</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ağaç’ın Eğitimi</t>
+          <t>Merleau - Ponty Sözlüğü</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789754686678</t>
+          <t>9786050200713</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Türküleri</t>
+          <t>Menon - Bütün Yapıtları 11</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789754686876</t>
+          <t>9786050200256</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Kuklaturka</t>
+          <t>Meneksenos - Bütün Yapıtları 7</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789754689150</t>
+          <t>9789754689129</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Kriton</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C1205" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786050202021</t>
+          <t>9789754684810</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Bağlantı</t>
+          <t>Matmazel Scuderi</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789754687323</t>
+          <t>9789754681260</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Ko-Medya</t>
+          <t>Manilerimiz</t>
         </is>
       </c>
       <c r="C1207" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786050201154</t>
+          <t>9789754687194</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Doğuşu</t>
+          <t>Liberaller, Ulusalcılar, İslamcılar ve Ötekiler</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786050200614</t>
+          <t>9786050200829</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Kısa Avrupa Tarihi</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786050200447</t>
+          <t>9789754689952</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Hakkında Size Söylenmeyen 23 Şey</t>
+          <t>Levinas Sözlüğü</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789754687491</t>
+          <t>9786050201499</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Kanserde Erken Tanı Hayat Kurtarır</t>
+          <t>Levinas</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789754687736</t>
+          <t>9789754680942</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Farsça Sözlük</t>
+          <t>Küçük Ağaç’ın Eğitimi</t>
         </is>
       </c>
       <c r="C1212" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789754688030</t>
+          <t>9789754686678</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Sözlüğü (Küçük Boy)</t>
+          <t>Kurtuluş Savaşı Türküleri</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789754688023</t>
+          <t>9789754686876</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Farsça-Türkçe Sözlük (Küçük Boy)</t>
+          <t>Kuklaturka</t>
         </is>
       </c>
       <c r="C1214" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789754687347</t>
+          <t>9789754689150</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Kadın Beyni</t>
+          <t>Kriton</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789754689242</t>
+          <t>9786050202021</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>İon</t>
+          <t>Kozmik Bağlantı</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789754689808</t>
+          <t>9789754687323</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Ko-Medya</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789754688467</t>
+          <t>9786050201154</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>İnternet Çağında Kurumsal İletişim</t>
+          <t>Tanrıların Doğuşu</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789754687590</t>
+          <t>9786050200614</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>İnsanca, Pek İnsanca 2. Kitap</t>
+          <t>Kısa Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789754683905</t>
+          <t>9786050200447</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>İnsanca, Pek İnsanca 1. Kitap</t>
+          <t>Kapitalizm Hakkında Size Söylenmeyen 23 Şey</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786050200010</t>
+          <t>9789754687491</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>İnsan Soyunun Eğitimi</t>
+          <t>Kanserde Erken Tanı Hayat Kurtarır</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789754680584</t>
+          <t>9789754687736</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ruhuna Yöneliş</t>
+          <t>Türkçe - Farsça Sözlük</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786050201765</t>
+          <t>9789754688030</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Osmanlı Türkçesi Sözlüğü (Küçük Boy)</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789754680195</t>
+          <t>9789754688023</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl İnsan Oldu</t>
+          <t>Farsça-Türkçe Sözlük (Küçük Boy)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789754689235</t>
+          <t>9789754687347</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>İnsan İçgüdüsü</t>
+          <t>Kadın Beyni</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789754688504</t>
+          <t>9789754689242</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>İbrani Mitleri</t>
+          <t>İon</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789754689174</t>
+          <t>9789754689808</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Hume</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789754687934</t>
+          <t>9789754688467</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Ahlak ve Siyaset Üzerine</t>
+          <t>İnternet Çağında Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C1228" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789754689822</t>
+          <t>9789754687590</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Hareketleri Üzerine</t>
+          <t>İnsanca, Pek İnsanca 2. Kitap</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789754686784</t>
+          <t>9789754683905</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı</t>
+          <t>İnsanca, Pek İnsanca 1. Kitap</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789754689648</t>
+          <t>9786050200010</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Güzelin Metafiziği</t>
+          <t>İnsan Soyunun Eğitimi</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786050200409</t>
+          <t>9789754680584</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Gorgias</t>
+          <t>İnsan Ruhuna Yöneliş</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786050201567</t>
+          <t>9786050201765</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bakış</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786050200126</t>
+          <t>9789754680195</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Tarihinden Alıntılar</t>
+          <t>İnsan Nasıl İnsan Oldu</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789754689860</t>
+          <t>9789754689235</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Bakış</t>
+          <t>İnsan İçgüdüsü</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789754688610</t>
+          <t>9789754688504</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Gargantua</t>
+          <t>İbrani Mitleri</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789754688221</t>
+          <t>9789754689174</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Galileo</t>
+          <t>Hume</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789754686159</t>
+          <t>9789754687934</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Freud</t>
+          <t>Hukuk Ahlak ve Siyaset Üzerine</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786050204018</t>
+          <t>9789754689822</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Notları</t>
+          <t>Hayvanların Hareketleri Üzerine</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789754689921</t>
+          <t>9789754686784</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Fichte</t>
+          <t>Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789754688894</t>
+          <t>9789754689648</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Feminizmin ABC’si</t>
+          <t>Güzelin Metafiziği</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786050209235</t>
+          <t>9786050200409</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Gorgias</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786050201703</t>
+          <t>9786050201567</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kısa Tarihi</t>
+          <t>Gerçek Bakış</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786050208726</t>
+          <t>9786050200126</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin İlkeleri</t>
+          <t>Geleceğin Tarihinden Alıntılar</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789754687026</t>
+          <t>9789754689860</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Beşiği Anadolu</t>
+          <t>Geçmişe Bakış</t>
         </is>
       </c>
       <c r="C1245" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789754688337</t>
+          <t>9789754688610</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Gargantua</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>1250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786050200577</t>
+          <t>9789754688221</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Galileo</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789754689785</t>
+          <t>9789754686159</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Freud</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789754687552</t>
+          <t>9786050204018</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Farsça Türkçe Sözlük (Orta Boy)</t>
+          <t>Fotoğraf Notları</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789754689853</t>
+          <t>9789754689921</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Euthyphron - Bütün Yapıtları 5</t>
+          <t>Fichte</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789754689884</t>
+          <t>9789754688894</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Erkek Beyni</t>
+          <t>Feminizmin ABC’si</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789754684018</t>
+          <t>9786050209235</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci Olarak Schopenhauer</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789754689280</t>
+          <t>9786050201703</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sözlüğü</t>
+          <t>Felsefenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
+          <t>9786050208726</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin İlkeleri</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9789754687026</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Beşiği Anadolu</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9789754688337</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Tarihi</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9786050200577</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9789754689785</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ile Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9789754687552</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Türkçe Sözlük (Orta Boy)</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9789754689853</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Euthyphron - Bütün Yapıtları 5</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9789754689884</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Erkek Beyni</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9789754684018</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimci Olarak Schopenhauer</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9789754689280</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
           <t>9789754689983</t>
         </is>
       </c>
-      <c r="B1254" s="1" t="inlineStr">
+      <c r="B1264" s="1" t="inlineStr">
         <is>
           <t>Eğitim Felsefesi</t>
         </is>
       </c>
-      <c r="C1254" s="1">
+      <c r="C1264" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>