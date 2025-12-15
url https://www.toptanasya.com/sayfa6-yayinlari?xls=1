--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,2095 +85,2125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789751031051</t>
+          <t>9786259616728</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sarı Selim</t>
+          <t>Bu Senin Şansın</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>575</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789751033000</t>
+          <t>9786259616711</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İki Cami Arasında Aşk 2</t>
+          <t>Yeşil Vadi’nin Sırları Palamir</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056973390</t>
+          <t>9789751031051</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Değen İhtimal</t>
+          <t>Sarı Selim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>575</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789751034526</t>
+          <t>9789751033000</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Allahı’ın Kılıcı 3</t>
+          <t>İki Cami Arasında Aşk 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789751033994</t>
+          <t>9786056973390</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gizli Cadı</t>
+          <t>Gerçeğe Değen İhtimal</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789751033987</t>
+          <t>9789751034526</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sanal Cadı</t>
+          <t>Allahı’ın Kılıcı 3</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789751033451</t>
+          <t>9789751033994</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Modern Cadı</t>
+          <t>Gizli Cadı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789751031457</t>
+          <t>9789751033987</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Venedik’te Bir Yahudi</t>
+          <t>Sanal Cadı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789751033833</t>
+          <t>9789751033451</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Oğlu</t>
+          <t>Modern Cadı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789751033116</t>
+          <t>9789751031457</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Terzi</t>
+          <t>Venedik’te Bir Yahudi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789751032010</t>
+          <t>9789751033833</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sosyopat</t>
+          <t>Zamanın Oğlu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789751033017</t>
+          <t>9789751033116</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Sır</t>
+          <t>Terzi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789751031334</t>
+          <t>9789751032010</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Katil</t>
+          <t>Sosyopat</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789751031037</t>
+          <t>9789751033017</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Komplo</t>
+          <t>Sınırdaki Sır</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789751030771</t>
+          <t>9789751031334</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Sevgili Katil</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789751037343</t>
+          <t>9789751031037</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Karga Kafası Ajanda 2017</t>
+          <t>Komplo</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751037206</t>
+          <t>9789751030771</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Fırtınası</t>
+          <t>Kehanet</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>560</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789751037374</t>
+          <t>9789751037343</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tılsım</t>
+          <t>Karga Kafası Ajanda 2017</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>680</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751033666</t>
+          <t>9789751037206</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benden Sana Kalanlar</t>
+          <t>Yüzyılın Fırtınası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>40</v>
+        <v>560</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751035561</t>
+          <t>9789751037374</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Denek</t>
+          <t>Tılsım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>680</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789751033604</t>
+          <t>9789751033666</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kılıcı 1</t>
+          <t>Benden Sana Kalanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>135</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789751032638</t>
+          <t>9789751035561</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Denek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789751032003</t>
+          <t>9789751033604</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>Allah’ın Kılıcı 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>40</v>
+        <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789751032263</t>
+          <t>9789751032638</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuzgun ve Ölüm</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751033079</t>
+          <t>9789751032003</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>EX</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751032423</t>
+          <t>9789751032263</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya</t>
+          <t>Gece Kuzgun ve Ölüm</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751031488</t>
+          <t>9789751033079</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cehenneme Sığmayanlar</t>
+          <t>EX</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789751033581</t>
+          <t>9789751032423</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Dile Gerçek Olsun</t>
+          <t>Eski Dünya</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789751031372</t>
+          <t>9789751031488</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Başucumdaki Melek</t>
+          <t>Cehenneme Sığmayanlar</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751032447</t>
+          <t>9789751033581</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Beni Böyle Sev</t>
+          <t>Bir Dilek Dile Gerçek Olsun</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056973383</t>
+          <t>9789751031372</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çepo</t>
+          <t>Başucumdaki Melek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056973376</t>
+          <t>9789751032447</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renk Bir Hayat</t>
+          <t>Beni Böyle Sev</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789751033505</t>
+          <t>9786056973383</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cinayetin İllüzyonu</t>
+          <t>Çepo</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789751032089</t>
+          <t>9786056973376</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Taht Şehrinde Zaman</t>
+          <t>Yedi Renk Bir Hayat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789751034144</t>
+          <t>9789751033505</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Tuzağı</t>
+          <t>Cinayetin İllüzyonu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789751034137</t>
+          <t>9789751032089</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sınır Ötesi</t>
+          <t>Taht Şehrinde Zaman</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>375</v>
+        <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789751034113</t>
+          <t>9789751034144</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Hakimi</t>
+          <t>Özgürlük Tuzağı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789751034106</t>
+          <t>9789751034137</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gece Baskını</t>
+          <t>Sınır Ötesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789751034120</t>
+          <t>9789751034113</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İncil</t>
+          <t>Karanlıklar Hakimi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789751033925</t>
+          <t>9789751034106</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Sonlar Bahçesi</t>
+          <t>Gece Baskını</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789751031709</t>
+          <t>9789751034120</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Varşova Anagramları</t>
+          <t>Kayıp İncil</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789751035370</t>
+          <t>9789751033925</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hector’un Mutluluk Arayışı</t>
+          <t>Mutlu Sonlar Bahçesi</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789751032287</t>
+          <t>9789751031709</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Varşova Anagramları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789751032959</t>
+          <t>9789751035370</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Tuzağı</t>
+          <t>Hector’un Mutluluk Arayışı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789751029935</t>
+          <t>9789751032287</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kızlar</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789751032362</t>
+          <t>9789751032959</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Cinayetler</t>
+          <t>Özgürlük Tuzağı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789751031167</t>
+          <t>9789751029935</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Karınca Tepesi</t>
+          <t>Öteki Kızlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789751032980</t>
+          <t>9789751032362</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zeminde Pembe Noktalar</t>
+          <t>Kusursuz Cinayetler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789751033024</t>
+          <t>9789751031167</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cennet</t>
+          <t>Karınca Tepesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789751038319</t>
+          <t>9789751032980</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Aşka</t>
+          <t>Karanlık Zeminde Pembe Noktalar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789751038036</t>
+          <t>9789751033024</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son</t>
+          <t>Karanlık Cennet</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751034168</t>
+          <t>9789751038319</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Hadise Var Can ile Canan Arasında</t>
+          <t>Saraydan Aşka</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789751034199</t>
+          <t>9789751038036</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Lamia</t>
+          <t>Mutlu Son</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>415</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751037183</t>
+          <t>9789751034168</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Dansı</t>
+          <t>Bir Hadise Var Can ile Canan Arasında</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>625</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789751034687</t>
+          <t>9789751034199</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Umut Sokağı'ndaki Ev</t>
+          <t>Lamia</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>415</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789751034663</t>
+          <t>9789751037183</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kumsalda</t>
+          <t>Ölüm Dansı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>625</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789751036766</t>
+          <t>9789751034687</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Naylon Fiyaka 1. Kitap</t>
+          <t>Umut Sokağı'ndaki Ev</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751035776</t>
+          <t>9789751034663</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çamlık</t>
+          <t>Kumsalda</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789751035813</t>
+          <t>9789751036766</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Şeye Rağmen</t>
+          <t>Naylon Fiyaka 1. Kitap</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751036964</t>
+          <t>9789751035776</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nöbeti</t>
+          <t>Çamlık</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751035318</t>
+          <t>9789751035813</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Medici</t>
+          <t>Aşk Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789751034588</t>
+          <t>9789751036964</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Çaldığın O Yaz</t>
+          <t>Aşk Nöbeti</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789751033642</t>
+          <t>9789751035318</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Gizemi</t>
+          <t>Medici</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>135</v>
+        <v>95</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789751033611</t>
+          <t>9789751034588</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Kalbimi Çaldığın O Yaz</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789751030696</t>
+          <t>9789751033642</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Elveda Hiç Kimsem</t>
+          <t>Her Şeyin Gizemi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751033093</t>
+          <t>9789751033611</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Cadde Kızı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789751031471</t>
+          <t>9789751030696</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir İtalyan Masalı</t>
+          <t>Elveda Hiç Kimsem</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751032560</t>
+          <t>9789751033093</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Antik Kentte Aşk</t>
+          <t>Cadde Kızı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751033420</t>
+          <t>9789751031471</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>33 Numaradaki Melek</t>
+          <t>Bir İtalyan Masalı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056973307</t>
+          <t>9789751032560</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Delilik Salgını</t>
+          <t>Antik Kentte Aşk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056973369</t>
+          <t>9789751033420</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Geçer</t>
+          <t>33 Numaradaki Melek</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056973352</t>
+          <t>9786056973307</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Veganlar</t>
+          <t>Delilik Salgını</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056973345</t>
+          <t>9786056973369</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Benim Psikolojimi Kim Düzeltecek?</t>
+          <t>Her Şey Geçer</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789751045362</t>
+          <t>9786056973352</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Türk Tarihine Giriş</t>
+          <t>Veganlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>465</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056973338</t>
+          <t>9786056973345</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Türk Tarihi</t>
+          <t>Şimdi Benim Psikolojimi Kim Düzeltecek?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789751042835</t>
+          <t>9789751045362</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye</t>
+          <t>Resimlerle Türk Tarihine Giriş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>520</v>
+        <v>465</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789751042989</t>
+          <t>9786056973338</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>30. Harfi Arayan Adam</t>
+          <t>Resimlerle Türk Tarihi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056973321</t>
+          <t>9789751042835</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tolgunay</t>
+          <t>Nereden Nereye</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>375</v>
+        <v>520</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056973314</t>
+          <t>9789751042989</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sen Bi Çay Koy Laflayalım</t>
+          <t>30. Harfi Arayan Adam</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789751038647</t>
+          <t>9786056973321</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Duru Bir Umut</t>
+          <t>Tolgunay</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789751038067</t>
+          <t>9786056973314</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Konu Aşksa</t>
+          <t>Sen Bi Çay Koy Laflayalım</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789751037725</t>
+          <t>9789751038647</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seni Bulur</t>
+          <t>Duru Bir Umut</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789751037213</t>
+          <t>9789751038067</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kapıda Aşk Var</t>
+          <t>Konu Aşksa</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789751036483</t>
+          <t>9789751037725</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Aşk Seni Bulur</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789751036452</t>
+          <t>9789751037213</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Kapıda Aşk Var</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789751035899</t>
+          <t>9789751036483</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Ben Yaşarken Oldu</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751035783</t>
+          <t>9789751036452</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yetimhaneden Hikayeler</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751035929</t>
+          <t>9789751035899</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sırf Bela</t>
+          <t>Her Şey Ben Yaşarken Oldu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751036254</t>
+          <t>9789751035783</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Bayram</t>
+          <t>Yetimhaneden Hikayeler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751035004</t>
+          <t>9789751035929</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şaziye</t>
+          <t>Sırf Bela</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789751035790</t>
+          <t>9789751036254</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Gerek Bazen</t>
+          <t>Kızıl Bayram</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751033895</t>
+          <t>9789751035004</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Şaziye</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>95</v>
+        <v>285</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751035554</t>
+          <t>9789751035790</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sepetine Sığmayan Keşif</t>
+          <t>Gitmek Gerek Bazen</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751034847</t>
+          <t>9789751033895</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>1 Rüya 2 Yanlış</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751036599</t>
+          <t>9789751035554</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Araf'ın Işığı</t>
+          <t>Sepetine Sığmayan Keşif</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>95</v>
+        <v>295</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789751036643</t>
+          <t>9789751034847</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Boşan da Gel</t>
+          <t>1 Rüya 2 Yanlış</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751034809</t>
+          <t>9789751036599</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yedi Bedeni</t>
+          <t>Araf'ın Işığı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>265</v>
+        <v>95</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789751034779</t>
+          <t>9789751036643</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gece, Geçmiş ve Düşlerimiz</t>
+          <t>Boşan da Gel</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789751034083</t>
+          <t>9789751034809</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>% 100 Adam</t>
+          <t>Aşkın Yedi Bedeni</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789751034540</t>
+          <t>9789751034779</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nahbook</t>
+          <t>Gece, Geçmiş ve Düşlerimiz</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>415</v>
+        <v>110</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751031242</t>
+          <t>9789751034083</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kalp Tutulması</t>
+          <t>% 100 Adam</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751031662</t>
+          <t>9789751034540</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Evine Döndü</t>
+          <t>Nahbook</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>375</v>
+        <v>415</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789751034397</t>
+          <t>9789751031242</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aşkın Peşinde</t>
+          <t>Kalp Tutulması</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789751034441</t>
+          <t>9789751031662</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayatın C Şıkkı</t>
+          <t>Kalbim Evine Döndü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>455</v>
+        <v>375</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751033635</t>
+          <t>9789751034397</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İki Cami Arasında Aşk</t>
+          <t>Gerçek Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751034069</t>
+          <t>9789751034441</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İtaatkar</t>
+          <t>Hayatın C Şıkkı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>360</v>
+        <v>455</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751034182</t>
+          <t>9789751033635</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>İki Cami Arasında Aşk</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751036650</t>
+          <t>9789751034069</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>İtaatkar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>125</v>
+        <v>360</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751034564</t>
+          <t>9789751034182</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Annem Tanrı ve Ben</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789751034045</t>
+          <t>9789751036650</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kılıcı 2</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789751033338</t>
+          <t>9789751034564</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kim Lan Bu Hayatımın Erkeği</t>
+          <t>Annem Tanrı ve Ben</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789751031525</t>
+          <t>9789751034045</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tilki</t>
+          <t>Allah'ın Kılıcı 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789751030733</t>
+          <t>9789751033338</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Beatrice ve Virgil</t>
+          <t>Kim Lan Bu Hayatımın Erkeği</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789751033932</t>
+          <t>9789751031525</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Beyaz Tilki</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789751033888</t>
+          <t>9789751030733</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Beatrice ve Virgil</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789751033796</t>
+          <t>9789751033932</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Diren Aklım</t>
+          <t>Sabırsız Yürek</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789751032829</t>
+          <t>9789751033888</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kule - Genç Osman Neden Öldürüldü?</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789751031068</t>
+          <t>9789751033796</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Suların Getirdiği Padişah: 2. Selim (Ciltli)</t>
+          <t>Diren Aklım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>575</v>
+        <v>245</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751033444</t>
+          <t>9789751032829</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Siz Uyurken</t>
+          <t>Yedi Kule - Genç Osman Neden Öldürüldü?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751033413</t>
+          <t>9789751031068</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ölü Çocuklar Şehri</t>
+          <t>Suların Getirdiği Padişah: 2. Selim (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>285</v>
+        <v>575</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789751032973</t>
+          <t>9789751033444</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Kartalları</t>
+          <t>Siz Uyurken</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751032072</t>
+          <t>9789751033413</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Masalı</t>
+          <t>Ölü Çocuklar Şehri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>415</v>
+        <v>285</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789751031853</t>
+          <t>9789751032973</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Noel İçin Tek Dileğim</t>
+          <t>Osmanlı’nın Son Kartalları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789751033185</t>
+          <t>9789751032072</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Narsist Makinist</t>
+          <t>Osmanlı Masalı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>295</v>
+        <v>415</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789751033253</t>
+          <t>9789751031853</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Kadının Mektubu</t>
+          <t>Noel İçin Tek Dileğim</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>95</v>
+        <v>360</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789751032348</t>
+          <t>9789751033185</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kız Kısmı</t>
+          <t>Narsist Makinist</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789751029928</t>
+          <t>9789751033253</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İ’la</t>
+          <t>Meçhul Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>490</v>
+        <v>95</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751032317</t>
+          <t>9789751032348</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Issız Bir Aşkın Kıyısında</t>
+          <t>Kız Kısmı</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789751031259</t>
+          <t>9789751029928</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dahanu Yolu</t>
+          <t>İ’la</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>95</v>
+        <v>490</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789751033628</t>
+          <t>9789751032317</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Nefes İçin</t>
+          <t>Issız Bir Aşkın Kıyısında</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789751030108</t>
+          <t>9789751031259</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Fahişenin Anıları</t>
+          <t>Dahanu Yolu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>95</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751030788</t>
+          <t>9789751033628</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Azraili Yen</t>
+          <t>Bir Yudum Nefes İçin</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>135</v>
+        <v>285</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789751031099</t>
+          <t>9789751030108</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Anekdotlarla ve Çizgilerle Atatürk</t>
+          <t>Bir Fahişenin Anıları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751031105</t>
+          <t>9789751030788</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Anekdotlarla ve Çizgilerle Atatürk - Laik Türkiye 2</t>
+          <t>Azraili Yen</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751031235</t>
+          <t>9789751031099</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Alaturka</t>
+          <t>Anekdotlarla ve Çizgilerle Atatürk</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751031549</t>
+          <t>9789751031105</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Alarga</t>
+          <t>Anekdotlarla ve Çizgilerle Atatürk - Laik Türkiye 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
+          <t>9789751031235</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Alaturka</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789751031549</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Alarga</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
           <t>9789751031655</t>
         </is>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>4 Sarhoş Güzel</t>
         </is>
       </c>
-      <c r="C138" s="1">
+      <c r="C140" s="1">
         <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>