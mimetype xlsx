--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,2125 +85,2530 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259616728</t>
+          <t>9786259616759</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bu Senin Şansın</t>
+          <t>Altın İplik</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259616711</t>
+          <t>9789751044754</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Vadi’nin Sırları Palamir</t>
+          <t>Işıkla Gelen Kader</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>223</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789751031051</t>
+          <t>9789751034458</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sarı Selim</t>
+          <t>Mürvet Sarıyıldız (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>575</v>
+        <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789751033000</t>
+          <t>9789751034021</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İki Cami Arasında Aşk 2</t>
+          <t>Kesinti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056973390</t>
+          <t>9789751032027</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Değen İhtimal</t>
+          <t>Türk Olmak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789751034526</t>
+          <t>9789751031341</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Allahı’ın Kılıcı 3</t>
+          <t>Şiddet</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789751033994</t>
+          <t>9789751031914</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gizli Cadı</t>
+          <t>Stonehenge</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789751033987</t>
+          <t>9789751032331</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sanal Cadı</t>
+          <t>Sindirella Anlaşması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>125</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789751033451</t>
+          <t>9789751032270</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Modern Cadı</t>
+          <t>Meleklere İnanmak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>110</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789751031457</t>
+          <t>9789751032256</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Venedik’te Bir Yahudi</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789751033833</t>
+          <t>9789751032454</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Oğlu</t>
+          <t>Marakeş’in Masalcısı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>70</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789751033116</t>
+          <t>9789751037152</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Terzi</t>
+          <t>Dolores Claiborne</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>189</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789751032010</t>
+          <t>9789751035356</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sosyopat</t>
+          <t>Mahalleden Arkadaşlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>40</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789751033017</t>
+          <t>9789751037527</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Sır</t>
+          <t>Ejderhanın Gözleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>135</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789751031334</t>
+          <t>9789751037510</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Katil</t>
+          <t>Düzenleyiciler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789751031037</t>
+          <t>9789751036568</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Komplo</t>
+          <t>Karakalem</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751030771</t>
+          <t>9789751032133</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Her Şeyin En İyisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789751037343</t>
+          <t>9789751032812</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Karga Kafası Ajanda 2017</t>
+          <t>Gölge Sokağı No: 77</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>70</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751037206</t>
+          <t>9789751032836</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Fırtınası</t>
+          <t>Demi Monde - Kış</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>560</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751037374</t>
+          <t>9789751033574</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tılsım</t>
+          <t>Gizli Yaz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>680</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789751033666</t>
+          <t>9789751032188</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Benden Sana Kalanlar</t>
+          <t>Cinayetin Simyası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>40</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789751035561</t>
+          <t>9789751031730</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Denek</t>
+          <t>Cinayet ve Erotizm Üzerine</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789751033604</t>
+          <t>9789751030719</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kılıcı 1</t>
+          <t>Cellatbaşı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>135</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789751032638</t>
+          <t>9789751033246</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Bayan Peregrine’in Tuhaf Çocukları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751032003</t>
+          <t>9789751030672</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>Ay Işığında</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>40</v>
+        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751032263</t>
+          <t>9789751033109</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuzgun ve Ölüm</t>
+          <t>Aşkın Bedeli</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751033079</t>
+          <t>9789751032508</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>EX</t>
+          <t>Armageddon - İstanbul 1453</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>40</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789751032423</t>
+          <t>9786259616728</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya</t>
+          <t>Bu Senin Şansın</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789751031488</t>
+          <t>9786259616711</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Cehenneme Sığmayanlar</t>
+          <t>Yeşil Vadi’nin Sırları Palamir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751033581</t>
+          <t>9789751031051</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Dile Gerçek Olsun</t>
+          <t>Sarı Selim</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>690</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789751031372</t>
+          <t>9789751033000</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Başucumdaki Melek</t>
+          <t>İki Cami Arasında Aşk 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>110</v>
+        <v>385</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789751032447</t>
+          <t>9786056973390</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Beni Böyle Sev</t>
+          <t>Gerçeğe Değen İhtimal</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>125</v>
+        <v>660</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056973383</t>
+          <t>9789751034526</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çepo</t>
+          <t>Allahı’ın Kılıcı 3</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056973376</t>
+          <t>9789751033994</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renk Bir Hayat</t>
+          <t>Gizli Cadı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789751033505</t>
+          <t>9789751033987</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cinayetin İllüzyonu</t>
+          <t>Sanal Cadı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789751032089</t>
+          <t>9789751033451</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Taht Şehrinde Zaman</t>
+          <t>Modern Cadı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789751034144</t>
+          <t>9789751031457</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Tuzağı</t>
+          <t>Venedik’te Bir Yahudi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789751034137</t>
+          <t>9789751033833</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sınır Ötesi</t>
+          <t>Zamanın Oğlu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>375</v>
+        <v>85</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789751034113</t>
+          <t>9789751033116</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Hakimi</t>
+          <t>Terzi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789751034106</t>
+          <t>9789751032010</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gece Baskını</t>
+          <t>Sosyopat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789751034120</t>
+          <t>9789751033017</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İncil</t>
+          <t>Sınırdaki Sır</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789751033925</t>
+          <t>9789751031334</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Sonlar Bahçesi</t>
+          <t>Sevgili Katil</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789751031709</t>
+          <t>9789751031037</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Varşova Anagramları</t>
+          <t>Komplo</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789751035370</t>
+          <t>9789751030771</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hector’un Mutluluk Arayışı</t>
+          <t>Kehanet</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789751032287</t>
+          <t>9789751037343</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Karga Kafası Ajanda 2017</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70</v>
+        <v>85</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789751032959</t>
+          <t>9789751037206</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Tuzağı</t>
+          <t>Yüzyılın Fırtınası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>265</v>
+        <v>675</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789751029935</t>
+          <t>9789751037374</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kızlar</t>
+          <t>Tılsım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>820</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789751032362</t>
+          <t>9789751033666</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Cinayetler</t>
+          <t>Benden Sana Kalanlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789751031167</t>
+          <t>9789751035561</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Karınca Tepesi</t>
+          <t>Denek</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789751032980</t>
+          <t>9789751033604</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zeminde Pembe Noktalar</t>
+          <t>Allah’ın Kılıcı 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789751033024</t>
+          <t>9789751032638</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cennet</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751038319</t>
+          <t>9789751032003</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Aşka</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>265</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789751038036</t>
+          <t>9789751032263</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Son</t>
+          <t>Gece Kuzgun ve Ölüm</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751034168</t>
+          <t>9789751033079</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Hadise Var Can ile Canan Arasında</t>
+          <t>EX</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789751034199</t>
+          <t>9789751032423</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Lamia</t>
+          <t>Eski Dünya</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>415</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789751037183</t>
+          <t>9789751031488</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Dansı</t>
+          <t>Cehenneme Sığmayanlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>625</v>
+        <v>135</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789751034687</t>
+          <t>9789751033581</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Umut Sokağı'ndaki Ev</t>
+          <t>Bir Dilek Dile Gerçek Olsun</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751034663</t>
+          <t>9789751031372</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kumsalda</t>
+          <t>Başucumdaki Melek</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789751036766</t>
+          <t>9789751032447</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Naylon Fiyaka 1. Kitap</t>
+          <t>Beni Böyle Sev</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751035776</t>
+          <t>9786056973383</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çamlık</t>
+          <t>Çepo</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>385</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751035813</t>
+          <t>9786056973376</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Şeye Rağmen</t>
+          <t>Yedi Renk Bir Hayat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>75</v>
+        <v>195</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789751036964</t>
+          <t>9789751033505</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nöbeti</t>
+          <t>Cinayetin İllüzyonu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789751035318</t>
+          <t>9789751032089</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Medici</t>
+          <t>Taht Şehrinde Zaman</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789751034588</t>
+          <t>9789751034144</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Çaldığın O Yaz</t>
+          <t>Özgürlük Tuzağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789751033642</t>
+          <t>9789751034137</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Gizemi</t>
+          <t>Sınır Ötesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751033611</t>
+          <t>9789751034113</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Karanlıklar Hakimi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789751030696</t>
+          <t>9789751034106</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Elveda Hiç Kimsem</t>
+          <t>Gece Baskını</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751033093</t>
+          <t>9789751034120</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cadde Kızı</t>
+          <t>Kayıp İncil</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751031471</t>
+          <t>9789751033925</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir İtalyan Masalı</t>
+          <t>Mutlu Sonlar Bahçesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789751032560</t>
+          <t>9789751031709</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Antik Kentte Aşk</t>
+          <t>Varşova Anagramları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789751033420</t>
+          <t>9789751035370</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>33 Numaradaki Melek</t>
+          <t>Hector’un Mutluluk Arayışı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056973307</t>
+          <t>9789751032287</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Delilik Salgını</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056973369</t>
+          <t>9789751032959</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Geçer</t>
+          <t>Özgürlük Tuzağı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056973352</t>
+          <t>9789751029935</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Veganlar</t>
+          <t>Öteki Kızlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056973345</t>
+          <t>9789751032362</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Benim Psikolojimi Kim Düzeltecek?</t>
+          <t>Kusursuz Cinayetler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789751045362</t>
+          <t>9789751031167</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Türk Tarihine Giriş</t>
+          <t>Karınca Tepesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>465</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056973338</t>
+          <t>9789751032980</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Türk Tarihi</t>
+          <t>Karanlık Zeminde Pembe Noktalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>650</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789751042835</t>
+          <t>9789751033024</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye</t>
+          <t>Karanlık Cennet</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>520</v>
+        <v>115</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789751042989</t>
+          <t>9789751038319</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>30. Harfi Arayan Adam</t>
+          <t>Saraydan Aşka</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056973321</t>
+          <t>9789751038036</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tolgunay</t>
+          <t>Mutlu Son</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056973314</t>
+          <t>9789751034168</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sen Bi Çay Koy Laflayalım</t>
+          <t>Bir Hadise Var Can ile Canan Arasında</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789751038647</t>
+          <t>9789751034199</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Duru Bir Umut</t>
+          <t>Lamia</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789751038067</t>
+          <t>9789751037183</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Konu Aşksa</t>
+          <t>Ölüm Dansı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>245</v>
+        <v>750</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789751037725</t>
+          <t>9789751034687</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seni Bulur</t>
+          <t>Umut Sokağı'ndaki Ev</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789751037213</t>
+          <t>9789751034663</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kapıda Aşk Var</t>
+          <t>Kumsalda</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789751036483</t>
+          <t>9789751036766</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Naylon Fiyaka 1. Kitap</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751036452</t>
+          <t>9789751035776</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Çamlık</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751035899</t>
+          <t>9789751035813</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Ben Yaşarken Oldu</t>
+          <t>Aşk Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>310</v>
+        <v>75</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751035783</t>
+          <t>9789751036964</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yetimhaneden Hikayeler</t>
+          <t>Aşk Nöbeti</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751035929</t>
+          <t>9789751035318</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sırf Bela</t>
+          <t>Medici</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>265</v>
+        <v>115</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789751036254</t>
+          <t>9789751034588</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Bayram</t>
+          <t>Kalbimi Çaldığın O Yaz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>440</v>
+        <v>195</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751035004</t>
+          <t>9789751033642</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Şaziye</t>
+          <t>Her Şeyin Gizemi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>285</v>
+        <v>165</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751035790</t>
+          <t>9789751033611</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Gerek Bazen</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751033895</t>
+          <t>9789751030696</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Elveda Hiç Kimsem</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751035554</t>
+          <t>9789751033093</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sepetine Sığmayan Keşif</t>
+          <t>Cadde Kızı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>295</v>
+        <v>135</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789751034847</t>
+          <t>9789751031471</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>1 Rüya 2 Yanlış</t>
+          <t>Bir İtalyan Masalı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751036599</t>
+          <t>9789751032560</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Araf'ın Işığı</t>
+          <t>Antik Kentte Aşk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>95</v>
+        <v>420</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789751036643</t>
+          <t>9789751033420</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Boşan da Gel</t>
+          <t>33 Numaradaki Melek</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>285</v>
+        <v>165</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789751034809</t>
+          <t>9786056973307</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yedi Bedeni</t>
+          <t>Delilik Salgını</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789751034779</t>
+          <t>9786056973369</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gece, Geçmiş ve Düşlerimiz</t>
+          <t>Her Şey Geçer</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751034083</t>
+          <t>9786056973352</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>% 100 Adam</t>
+          <t>Veganlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>135</v>
+        <v>385</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751034540</t>
+          <t>9786056973345</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nahbook</t>
+          <t>Şimdi Benim Psikolojimi Kim Düzeltecek?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>415</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789751031242</t>
+          <t>9789751045362</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kalp Tutulması</t>
+          <t>Resimlerle Türk Tarihine Giriş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>375</v>
+        <v>560</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789751031662</t>
+          <t>9786056973338</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Evine Döndü</t>
+          <t>Resimlerle Türk Tarihi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>375</v>
+        <v>780</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751034397</t>
+          <t>9789751042835</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aşkın Peşinde</t>
+          <t>Nereden Nereye</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>310</v>
+        <v>625</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751034441</t>
+          <t>9789751042989</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hayatın C Şıkkı</t>
+          <t>30. Harfi Arayan Adam</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>455</v>
+        <v>385</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751033635</t>
+          <t>9786056973321</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İki Cami Arasında Aşk</t>
+          <t>Tolgunay</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751034069</t>
+          <t>9786056973314</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İtaatkar</t>
+          <t>Sen Bi Çay Koy Laflayalım</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751034182</t>
+          <t>9789751038647</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Duru Bir Umut</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789751036650</t>
+          <t>9789751038067</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Konu Aşksa</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789751034564</t>
+          <t>9789751037725</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Annem Tanrı ve Ben</t>
+          <t>Aşk Seni Bulur</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789751034045</t>
+          <t>9789751037213</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kılıcı 2</t>
+          <t>Kapıda Aşk Var</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789751033338</t>
+          <t>9789751036483</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kim Lan Bu Hayatımın Erkeği</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789751031525</t>
+          <t>9789751036452</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tilki</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789751030733</t>
+          <t>9789751035899</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Beatrice ve Virgil</t>
+          <t>Her Şey Ben Yaşarken Oldu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789751033932</t>
+          <t>9789751035783</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Yürek</t>
+          <t>Yetimhaneden Hikayeler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789751033888</t>
+          <t>9789751035929</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Sırf Bela</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789751033796</t>
+          <t>9789751036254</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Diren Aklım</t>
+          <t>Kızıl Bayram</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>245</v>
+        <v>530</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751032829</t>
+          <t>9789751035004</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kule - Genç Osman Neden Öldürüldü?</t>
+          <t>Şaziye</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>135</v>
+        <v>345</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751031068</t>
+          <t>9789751035790</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Suların Getirdiği Padişah: 2. Selim (Ciltli)</t>
+          <t>Gitmek Gerek Bazen</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>575</v>
+        <v>385</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789751033444</t>
+          <t>9789751033895</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Siz Uyurken</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>265</v>
+        <v>115</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751033413</t>
+          <t>9789751035554</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ölü Çocuklar Şehri</t>
+          <t>Sepetine Sığmayan Keşif</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>285</v>
+        <v>355</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789751032973</t>
+          <t>9789751034847</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Kartalları</t>
+          <t>1 Rüya 2 Yanlış</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789751032072</t>
+          <t>9789751036599</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Masalı</t>
+          <t>Araf'ın Işığı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>415</v>
+        <v>115</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789751031853</t>
+          <t>9789751036643</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Noel İçin Tek Dileğim</t>
+          <t>Boşan da Gel</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789751033185</t>
+          <t>9789751034809</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Narsist Makinist</t>
+          <t>Aşkın Yedi Bedeni</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789751033253</t>
+          <t>9789751034779</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Kadının Mektubu</t>
+          <t>Gece, Geçmiş ve Düşlerimiz</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751032348</t>
+          <t>9789751034083</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kız Kısmı</t>
+          <t>% 100 Adam</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789751029928</t>
+          <t>9789751034540</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İ’la</t>
+          <t>Nahbook</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789751032317</t>
+          <t>9789751031242</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Issız Bir Aşkın Kıyısında</t>
+          <t>Kalp Tutulması</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789751031259</t>
+          <t>9789751031662</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dahanu Yolu</t>
+          <t>Kalbim Evine Döndü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751033628</t>
+          <t>9789751034397</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Nefes İçin</t>
+          <t>Gerçek Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789751030108</t>
+          <t>9789751034441</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Fahişenin Anıları</t>
+          <t>Hayatın C Şıkkı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751030788</t>
+          <t>9789751033635</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Azraili Yen</t>
+          <t>İki Cami Arasında Aşk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751031099</t>
+          <t>9789751034069</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Anekdotlarla ve Çizgilerle Atatürk</t>
+          <t>İtaatkar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>310</v>
+        <v>435</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751031105</t>
+          <t>9789751034182</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Anekdotlarla ve Çizgilerle Atatürk - Laik Türkiye 2</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>310</v>
+        <v>195</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789751031235</t>
+          <t>9789751036650</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Alaturka</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789751031549</t>
+          <t>9789751034564</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Alarga</t>
+          <t>Annem Tanrı ve Ben</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
+          <t>9789751034045</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın Kılıcı 2</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789751033338</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Kim Lan Bu Hayatımın Erkeği</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789751031525</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Tilki</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789751030733</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Beatrice ve Virgil</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789751033932</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Sabırsız Yürek</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789751033888</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789751033796</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Diren Aklım</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789751032829</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Kule - Genç Osman Neden Öldürüldü?</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789751031068</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Suların Getirdiği Padişah: 2. Selim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789751033444</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Siz Uyurken</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789751033413</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Çocuklar Şehri</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789751032973</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’nın Son Kartalları</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789751032072</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Masalı</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789751031853</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Noel İçin Tek Dileğim</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789751033185</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Narsist Makinist</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789751033253</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Meçhul Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789751032348</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Kız Kısmı</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789751029928</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>İ’la</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789751032317</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Issız Bir Aşkın Kıyısında</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789751031259</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Dahanu Yolu</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789751033628</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yudum Nefes İçin</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789751030108</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Bir Fahişenin Anıları</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789751030788</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Azraili Yen</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789751031099</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Anekdotlarla ve Çizgilerle Atatürk</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789751031105</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Anekdotlarla ve Çizgilerle Atatürk - Laik Türkiye 2</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789751031235</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Alaturka</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789751031549</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Alarga</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
           <t>9789751031655</t>
         </is>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>4 Sarhoş Güzel</t>
         </is>
       </c>
-      <c r="C140" s="1">
-        <v>360</v>
+      <c r="C167" s="1">
+        <v>435</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>