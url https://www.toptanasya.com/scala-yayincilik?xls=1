--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -85,6025 +85,6085 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255544230</t>
+          <t>9786255544247</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seyirciden Destekçiye Belgesel ve Film Sektöründe Kitle Fonlaması</t>
+          <t>Beste ve Besim'in Gelecek Kumbarası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255544179</t>
+          <t>9786256478497</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ritmi Yakala</t>
+          <t>Uçurum - Noam Chomsky</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>420</v>
+        <v>625</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255544131</t>
+          <t>9786255544162</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kaosu Anlamlandırmak</t>
+          <t>Yaşanabilir Bir Gelecek Mümkün</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>490</v>
+        <v>585</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255544063</t>
+          <t>9786255544124</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Hayatı</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>380</v>
+        <v>455</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255544209</t>
+          <t>9786255544230</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çıkışta Buluşalım</t>
+          <t>Seyirciden Destekçiye Belgesel ve Film Sektöründe Kitle Fonlaması</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>440</v>
+        <v>365</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255544186</t>
+          <t>9786255544179</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Para Farkındalığı</t>
+          <t>Ritmi Yakala</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>545</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255544155</t>
+          <t>9786255544131</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Bitmedi</t>
+          <t>Kaosu Anlamlandırmak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>635</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258177992</t>
+          <t>9786255544063</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşmenin Tekelleşmeye Etkisi: Netflix Örneği</t>
+          <t>Başkalarının Hayatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057400673</t>
+          <t>9786255544209</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aniden Gelen Mutluluk</t>
+          <t>Çıkışta Buluşalım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255544100</t>
+          <t>9786255544186</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Teknik Analiz</t>
+          <t>Para Farkındalığı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255544117</t>
+          <t>9786255544155</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çavuş ve Usta</t>
+          <t>Hikaye Bitmedi</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255544070</t>
+          <t>9786258177992</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Komik ve Muhteşem Tablolar</t>
+          <t>Dijitalleşmenin Tekelleşmeye Etkisi: Netflix Örneği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255544087</t>
+          <t>9786057400673</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Üretken Yapay Zeka Devrimi</t>
+          <t>Aniden Gelen Mutluluk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256478442</t>
+          <t>9786255544100</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mülkiye'den Lojistik İmparatorluğuna Ertuğrul Alışan</t>
+          <t>Davranışsal Teknik Analiz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>585</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256478459</t>
+          <t>9786255544117</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şirket Değerleme</t>
+          <t>Çavuş ve Usta</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>505</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258177718</t>
+          <t>9786255544070</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sorularla WEB3</t>
+          <t>Komik ve Muhteşem Tablolar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>480</v>
+        <v>255</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258177664</t>
+          <t>9786255544087</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Profesyoneller Gibi Yatırım Yapmak İçin Küçük Kitap</t>
+          <t>Üretken Yapay Zeka Devrimi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>780</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256478701</t>
+          <t>9786256478442</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Doktorluk Sanatı</t>
+          <t>Mülkiye'den Lojistik İmparatorluğuna Ertuğrul Alışan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255544018</t>
+          <t>9786256478459</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomi Zirvesi</t>
+          <t>Şirket Değerleme</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>585</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057156839</t>
+          <t>9786258177718</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Ayçiçekleri</t>
+          <t>Sorularla WEB3</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>195</v>
+        <v>625</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757132639</t>
+          <t>9786258177664</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İntizar</t>
+          <t>Profesyoneller Gibi Yatırım Yapmak İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>585</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256478787</t>
+          <t>9786256478701</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda ESG Nedir?</t>
+          <t>Doktorluk Sanatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>365</v>
+        <v>570</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256478923</t>
+          <t>9786255544018</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Divriği Ovacık Köyü Tarihi ve Kültürü</t>
+          <t>Yeşil Ekonomi Zirvesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258177633</t>
+          <t>9786057156839</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Current Topics in Finance</t>
+          <t>Konuşan Ayçiçekleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256478411</t>
+          <t>9789757132639</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir: Sektörleri Dönüştüren Teknoloji</t>
+          <t>İntizar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258177091</t>
+          <t>9786256478787</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm - Liderlerden Dersler</t>
+          <t>100 Soruda ESG Nedir?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>460</v>
+        <v>475</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256478695</t>
+          <t>9786256478923</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gong Yatırımcı İçin Çalıyor!</t>
+          <t>Divriği Ovacık Köyü Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>405</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256478817</t>
+          <t>9786258177633</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinin Yeni Yüzü</t>
+          <t>Current Topics in Finance</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>800</v>
+        <v>425</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256478985</t>
+          <t>9786256478411</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türk Sermaye Piyasası ve Borsa</t>
+          <t>Blokzincir: Sektörleri Dönüştüren Teknoloji</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>900</v>
+        <v>625</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256478992</t>
+          <t>9786258177091</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Agile Dönüşüm Hikayesi - Cumhuriyet</t>
+          <t>Dijital Dönüşüm - Liderlerden Dersler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256478404</t>
+          <t>9786256478695</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük, Eşitlik, Merkeziyetsizlik</t>
+          <t>Gong Yatırımcı İçin Çalıyor!</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>520</v>
+        <v>585</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256478671</t>
+          <t>9786256478817</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Finans</t>
+          <t>Türkiye Ekonomisinin Yeni Yüzü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256478947</t>
+          <t>9786256478985</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Paranın Gizli Yaşamı</t>
+          <t>Türk Sermaye Piyasası ve Borsa</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>490</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256478954</t>
+          <t>9786256478992</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Bir Yol Haritası Geleceği Şekillendiren Trendler</t>
+          <t>Agile Dönüşüm Hikayesi - Cumhuriyet</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256478930</t>
+          <t>9786256478404</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dağların Oğlu Çoban Çini ve Topal İsmail</t>
+          <t>Özgürlük, Eşitlik, Merkeziyetsizlik</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>675</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256478886</t>
+          <t>9786256478671</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Her Zamanki Gibi</t>
+          <t>Herkes İçin Finans</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256478510</t>
+          <t>9786256478947</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Para Adamları</t>
+          <t>Paranın Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>520</v>
+        <v>635</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256478831</t>
+          <t>9786256478954</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çok Geç Değil</t>
+          <t>Türkiye İçin Bir Yol Haritası Geleceği Şekillendiren Trendler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256478893</t>
+          <t>9786256478930</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çingene</t>
+          <t>Dağların Oğlu Çoban Çini ve Topal İsmail</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256478862</t>
+          <t>9786256478886</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uzun Ömür Çağında Yaşam</t>
+          <t>Her Zamanki Gibi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256478763</t>
+          <t>9786256478510</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>The Art Of Predıctıng The Future Trends</t>
+          <t>Para Adamları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>325</v>
+        <v>675</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256478602</t>
+          <t>9786256478831</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcılık</t>
+          <t>Çok Geç Değil</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>550</v>
+        <v>470</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256478800</t>
+          <t>9786256478893</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Covıd-19 Döneminde Ekonomik, Finansal ve Sektörel Gelişmeler</t>
+          <t>Çingene</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>260</v>
+        <v>505</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256478633</t>
+          <t>9786256478862</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kulağınıza Küpe Olsun</t>
+          <t>Uzun Ömür Çağında Yaşam</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>800</v>
+        <v>585</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256478756</t>
+          <t>9786256478763</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mona Lısa</t>
+          <t>The Art Of Predıctıng The Future Trends</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944047203</t>
+          <t>9786256478602</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Tenis</t>
+          <t>Kapsayıcılık</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>520</v>
+        <v>715</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256478749</t>
+          <t>9786256478800</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Fon Yatırımcısı</t>
+          <t>Covıd-19 Döneminde Ekonomik, Finansal ve Sektörel Gelişmeler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256478589</t>
+          <t>9786256478633</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mavi - Zaman Bugün Geldi</t>
+          <t>Kulağınıza Küpe Olsun</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256478008</t>
+          <t>9786256478756</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri</t>
+          <t>Gizemli Mona Lısa</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256478640</t>
+          <t>9789944047203</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Duygularımı Oraya Sakladım</t>
+          <t>A'dan Z'ye Tenis</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>675</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256478657</t>
+          <t>9786256478749</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Matrixi</t>
+          <t>Akıllı Fon Yatırımcısı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>570</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256478718</t>
+          <t>9786256478589</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Etkin Satış Yöntemleri</t>
+          <t>Mavi - Zaman Bugün Geldi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256478725</t>
+          <t>9786256478008</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon, Resesyon ve Stagflasyon Süreçlerinde Yönetim</t>
+          <t>Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256478732</t>
+          <t>9786256478640</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kuğular</t>
+          <t>Duygularımı Oraya Sakladım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>520</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256478480</t>
+          <t>9786256478657</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Buğdayları 2. Cilt</t>
+          <t>Tüketim Matrixi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>950</v>
+        <v>585</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256478312</t>
+          <t>9786256478718</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Alışverişi Bıraktığı Gün</t>
+          <t>A’dan Z’ye Etkin Satış Yöntemleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>505</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256478527</t>
+          <t>9786256478725</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Direniş Üzerine Notlar</t>
+          <t>Enflasyon, Resesyon ve Stagflasyon Süreçlerinde Yönetim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>325</v>
+        <v>505</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256478596</t>
+          <t>9786256478732</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı</t>
+          <t>Yeşil Kuğular</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>390</v>
+        <v>675</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256478664</t>
+          <t>9786256478480</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Wall Street’te İsyan</t>
+          <t>Türkiye Buğdayları 2. Cilt</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>440</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256478145</t>
+          <t>9786256478312</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>ESG - Sürdürülebilirlik Krizinin ve Şirket Değerinin Yeni Anahtarı mı?</t>
+          <t>Dünyanın Alışverişi Bıraktığı Gün</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>585</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256478626</t>
+          <t>9786256478527</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dizginlenemeyen</t>
+          <t>Direniş Üzerine Notlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256478619</t>
+          <t>9786256478596</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gel Gönlümü Yuva Yap</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>505</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256478534</t>
+          <t>9786256478664</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Borsadan Geçinmenin Yolları</t>
+          <t>Wall Street’te İsyan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>520</v>
+        <v>570</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057137524</t>
+          <t>9786256478145</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Neden Delirdi?</t>
+          <t>ESG - Sürdürülebilirlik Krizinin ve Şirket Değerinin Yeni Anahtarı mı?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>715</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256478435</t>
+          <t>9786256478626</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>WEB3</t>
+          <t>Dizginlenemeyen</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>440</v>
+        <v>715</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256478473</t>
+          <t>9786256478619</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Buğdayları 1. Cilt</t>
+          <t>Gel Gönlümü Yuva Yap</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256478213</t>
+          <t>9786256478534</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Paranın Geleceği</t>
+          <t>Borsadan Geçinmenin Yolları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>490</v>
+        <v>675</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258177978</t>
+          <t>9786057137524</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Kararlarında Yatkınlık Etkisi</t>
+          <t>Nietzsche Neden Delirdi?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256478206</t>
+          <t>9786256478435</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gayrimeşru Otorite - Zamanımızın Zorluklarıyla Yüzleşmek</t>
+          <t>WEB3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>440</v>
+        <v>570</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256478374</t>
+          <t>9786256478473</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Meze Bizden Muhabbeti Sizden (Ciltli)</t>
+          <t>Türkiye Buğdayları 1. Cilt</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>900</v>
+        <v>715</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256478107</t>
+          <t>9786256478213</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Asya Nasıl Başardı</t>
+          <t>Paranın Geleceği</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>520</v>
+        <v>635</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256478244</t>
+          <t>9786258177978</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Finans</t>
+          <t>Yatırım Kararlarında Yatkınlık Etkisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>420</v>
+        <v>455</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256478305</t>
+          <t>9786256478206</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Perşembe'nin Gelişi</t>
+          <t>Gayrimeşru Otorite - Zamanımızın Zorluklarıyla Yüzleşmek</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>430</v>
+        <v>570</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256478183</t>
+          <t>9786256478374</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavlarına Hazırlık - Düzey 1</t>
+          <t>Meze Bizden Muhabbeti Sizden (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>455</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256478015</t>
+          <t>9786256478107</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizm ve Göçmen Emeği</t>
+          <t>Asya Nasıl Başardı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>430</v>
+        <v>675</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256478077</t>
+          <t>9786256478244</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Yeni Başlıyor</t>
+          <t>Gömülü Finans</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>545</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258177763</t>
+          <t>9786256478305</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İşbirlikçi Çalışmanın Mekanları - Coworking</t>
+          <t>Perşembe'nin Gelişi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256478282</t>
+          <t>9786256478183</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cimri Kirpi</t>
+          <t>SPK Lisanslama Sınavlarına Hazırlık - Düzey 1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>310</v>
+        <v>590</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256478152</t>
+          <t>9786256478015</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İletişim 101</t>
+          <t>Küresel Kapitalizm ve Göçmen Emeği</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256478169</t>
+          <t>9786256478077</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Doğru Borsa - Borsa Yatırımcısının El Kitabı No: 1</t>
+          <t>Hikaye Yeni Başlıyor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256478176</t>
+          <t>9786258177763</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılın İlk Yıllarında Ekonomi Politik Gündem Konuları</t>
+          <t>İşbirlikçi Çalışmanın Mekanları - Coworking</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256478190</t>
+          <t>9786256478282</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hamid’in Öyküsü - Leyleklerin Dönüşü</t>
+          <t>Cimri Kirpi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>405</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256478121</t>
+          <t>9786256478152</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Geri Çekiliş</t>
+          <t>İletişim 101</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>505</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256478091</t>
+          <t>9786256478169</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Portföy Peşinde</t>
+          <t>Doğru Borsa - Borsa Yatırımcısının El Kitabı No: 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>550</v>
+        <v>585</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256478138</t>
+          <t>9786256478176</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dijital Varlık Devrimi</t>
+          <t>21. Yüzyılın İlk Yıllarında Ekonomi Politik Gündem Konuları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>520</v>
+        <v>600</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258177855</t>
+          <t>9786256478190</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yalın İnsan  Kaynakları Yönetimi</t>
+          <t>Hamid’in Öyküsü - Leyleklerin Dönüşü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256478114</t>
+          <t>9786256478121</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dili Çözülen Zamanlar</t>
+          <t>Geri Çekiliş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256478039</t>
+          <t>9786256478091</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Göç, Afet Yönetimi ve İnsani Yardım</t>
+          <t>Mükemmel Portföy Peşinde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>715</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256478084</t>
+          <t>9786256478138</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Evsizler: Kimsesizler</t>
+          <t>Dijital Varlık Devrimi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>675</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256478060</t>
+          <t>9786258177855</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Algoritmaların İzinde Borsa</t>
+          <t>Yalın İnsan  Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>585</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258177824</t>
+          <t>9786256478114</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Borsada Adım Adım - Stratejiler ve Kazanmanın Psikolojisi</t>
+          <t>Dili Çözülen Zamanlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>480</v>
+        <v>425</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258177213</t>
+          <t>9786256478039</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tükendi</t>
+          <t>Göç, Afet Yönetimi ve İnsani Yardım</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258177879</t>
+          <t>9786256478084</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kendimin En İyisi</t>
+          <t>Evsizler: Kimsesizler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258177862</t>
+          <t>9786256478060</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ortanın Solu ve Yerel Yönetimler: 1973-1977 İstanbul’da Ahmet İsvan Dönemi</t>
+          <t>Algoritmaların İzinde Borsa</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258177817</t>
+          <t>9786258177824</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İki Dudak Bir Sehpa</t>
+          <t>Borsada Adım Adım - Stratejiler ve Kazanmanın Psikolojisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>625</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258177794</t>
+          <t>9786258177213</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir De Benden Dinleyin - CHP Kürt Sorununun Çözümünde Ne Dedi?</t>
+          <t>Tükendi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>390</v>
+        <v>585</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258177800</t>
+          <t>9786258177879</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Kendimin En İyisi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258177787</t>
+          <t>9786258177862</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Belediye Başkanı (Ciltli)</t>
+          <t>Ortanın Solu ve Yerel Yönetimler: 1973-1977 İstanbul’da Ahmet İsvan Dönemi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>625</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258177749</t>
+          <t>9786258177817</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Halka Arz 101 Şirket Finansmanında Halka Arzlar</t>
+          <t>İki Dudak Bir Sehpa</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258177732</t>
+          <t>9786258177794</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Cehennet</t>
+          <t>Bir De Benden Dinleyin - CHP Kürt Sorununun Çözümünde Ne Dedi?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>415</v>
+        <v>505</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258177756</t>
+          <t>9786258177800</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Sonuçları</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258177626</t>
+          <t>9786258177787</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimseye Yolculuk</t>
+          <t>Belediye Başkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>195</v>
+        <v>505</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258177671</t>
+          <t>9786258177749</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Net Pozitif</t>
+          <t>Halka Arz 101 Şirket Finansmanında Halka Arzlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>545</v>
+        <v>585</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258177121</t>
+          <t>9786258177732</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz 101</t>
+          <t>Cehennet</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>650</v>
+        <v>540</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258177725</t>
+          <t>9786258177756</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Yerel Yönetim Üstüne</t>
+          <t>Kapitalizmin Sonuçları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>325</v>
+        <v>520</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258177220</t>
+          <t>9786258177626</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çöküşe Giden Yol</t>
+          <t>Hiç Kimseye Yolculuk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>490</v>
+        <v>255</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258177619</t>
+          <t>9786258177671</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Düşük Kaliteli Ve Düşük Oranlı Büyüme Tuzağı: Mukayeseli Ülke Analizi</t>
+          <t>Net Pozitif</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>710</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258177190</t>
+          <t>9786258177121</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yatırımcılara Hikayeler</t>
+          <t>Teknik Analiz 101</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>390</v>
+        <v>845</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057137517</t>
+          <t>9786258177725</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Önsezi</t>
+          <t>Sivil Toplum ve Yerel Yönetim Üstüne</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>480</v>
+        <v>425</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258177596</t>
+          <t>9786258177220</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>BES 101 - BES Sistemi ve Emeklilik Yatırım Fonları</t>
+          <t>Çöküşe Giden Yol</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>420</v>
+        <v>635</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258177589</t>
+          <t>9786258177619</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Deli İşi</t>
+          <t>Düşük Kaliteli Ve Düşük Oranlı Büyüme Tuzağı: Mukayeseli Ülke Analizi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258177657</t>
+          <t>9786258177190</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yeni, Toplumcu, Demokratik Belediyecilik</t>
+          <t>Yatırımcılara Hikayeler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>390</v>
+        <v>505</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258177275</t>
+          <t>9786057137517</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Önleyici Soğuk Savaş</t>
+          <t>Önsezi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>182</v>
+        <v>625</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258177312</t>
+          <t>9786258177596</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Para Politikaları</t>
+          <t>BES 101 - BES Sistemi ve Emeklilik Yatırım Fonları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>550</v>
+        <v>545</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258177237</t>
+          <t>9786258177589</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Süpervizyon</t>
+          <t>Deli İşi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>325</v>
+        <v>585</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258177145</t>
+          <t>9786258177657</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Karar Verilir?</t>
+          <t>Türkiye'de Yeni, Toplumcu, Demokratik Belediyecilik</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>470</v>
+        <v>505</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258177114</t>
+          <t>9786258177275</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Minimalist Girişimci</t>
+          <t>Önleyici Soğuk Savaş</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258177206</t>
+          <t>9786258177312</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Etki</t>
+          <t>21. Yüzyıl Para Politikaları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>490</v>
+        <v>715</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258177107</t>
+          <t>9786258177237</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Analitiği</t>
+          <t>Sosyal Hizmette Süpervizyon</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258177244</t>
+          <t>9786258177145</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıkların Çılgınlığı İçin Küçük Kitap</t>
+          <t>Nasıl Karar Verilir?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>355</v>
+        <v>610</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258177183</t>
+          <t>9786258177114</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kent Hakkı Ve Kentsel Adalet</t>
+          <t>Minimalist Girişimci</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>415</v>
+        <v>585</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258177251</t>
+          <t>9786258177206</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Borsanın Karmaşası İçin Küçük Kitap</t>
+          <t>Etki</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>635</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258177077</t>
+          <t>9786258177107</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kalplerimizdeki Yeni Dünya</t>
+          <t>Yaşamın Analitiği</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>260</v>
+        <v>570</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258177008</t>
+          <t>9786258177244</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Metaverse 101 - Paralel Evren</t>
+          <t>Kalabalıkların Çılgınlığı İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258177084</t>
+          <t>9786258177183</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yaşamımızdaki IQ</t>
+          <t>Kent Hakkı Ve Kentsel Adalet</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057156891</t>
+          <t>9786258177251</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Ayrıntılara Ödünsüz Özen Göstermek</t>
+          <t>Borsanın Karmaşası İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>455</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057156884</t>
+          <t>9786258177077</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Olgunluk Eğrisi</t>
+          <t>Kalplerimizdeki Yeni Dünya</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>455</v>
+        <v>340</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258177022</t>
+          <t>9786258177008</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sıla Vera Vira</t>
+          <t>Metaverse 101 - Paralel Evren</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>260</v>
+        <v>455</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057156846</t>
+          <t>9786258177084</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Güneşi</t>
+          <t>Yaşamımızdaki IQ</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258177015</t>
+          <t>9786057156891</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Deneyim Aynı Değildir</t>
+          <t>Anlamlı Ayrıntılara Ödünsüz Özen Göstermek</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>425</v>
+        <v>455</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057120052</t>
+          <t>9786057156884</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Değer Yatırımcılığı İçin Küçük Kitap</t>
+          <t>Kurumsal Olgunluk Eğrisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>450</v>
+        <v>455</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057120083</t>
+          <t>9786258177022</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir Devrimi</t>
+          <t>Sıla Vera Vira</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>520</v>
+        <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057156860</t>
+          <t>9786057156846</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Fikirler Neden Önemlidir?</t>
+          <t>Kapadokya Güneşi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>315</v>
+        <v>425</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057137531</t>
+          <t>9786258177015</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Medyayı Dizginlemek</t>
+          <t>Bilgi ve Deneyim Aynı Değildir</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>155</v>
+        <v>555</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057156877</t>
+          <t>9786057120052</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Kariyer Rehberi</t>
+          <t>Değer Yatırımcılığı İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057137586</t>
+          <t>9786057120083</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yatırım El Kitabı</t>
+          <t>Blokzincir Devrimi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>950</v>
+        <v>675</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057120076</t>
+          <t>9786057156860</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bilmemeniz Gereken Bilgiler</t>
+          <t>Fikirler Neden Önemlidir?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>425</v>
+        <v>315</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789758535347</t>
+          <t>9786057137531</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Cinnet Panik Ve Çöküş</t>
+          <t>Medyayı Dizginlemek</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057120069</t>
+          <t>9786057156877</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Olmanın Yolları</t>
+          <t>Üniversite Kariyer Rehberi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>430</v>
+        <v>555</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057120090</t>
+          <t>9786057137586</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ekonomiyi Bir De Benden Dinleyin</t>
+          <t>Yatırım El Kitabı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>430</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057137593</t>
+          <t>9786057120076</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Accounting Engineering And Space Accounting</t>
+          <t>Bilmemeniz Gereken Bilgiler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>325</v>
+        <v>555</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057137548</t>
+          <t>9789758535347</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Girişimcinin Başarı Hikayesi - Bingöl'den Kanada'ya</t>
+          <t>Cinnet Panik Ve Çöküş</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057120007</t>
+          <t>9786057120069</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Atlama Taşları</t>
+          <t>Başarılı Olmanın Yolları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057137500</t>
+          <t>9786057120090</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hayatta İş İşte Hayat</t>
+          <t>Ekonomiyi Bir De Benden Dinleyin</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>440</v>
+        <v>560</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>4440000000895</t>
+          <t>9786057137593</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Scala Edebiyat Yapıyor (5 Kitap)</t>
+          <t>Accounting Engineering And Space Accounting</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057120038</t>
+          <t>9786057137548</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Bir Girişimcinin Başarı Hikayesi - Bingöl'den Kanada'ya</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>225</v>
+        <v>455</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057110169</t>
+          <t>9786057120007</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Salome</t>
+          <t>Atlama Taşları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>225</v>
+        <v>715</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057110176</t>
+          <t>9786057137500</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Macera</t>
+          <t>Hayatta İş İşte Hayat</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>570</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057110183</t>
+          <t>4440000000895</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Scala Edebiyat Yapıyor (5 Kitap)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057110190</t>
+          <t>9786057120038</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057400697</t>
+          <t>9786057110169</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şirket Birleşmeleri</t>
+          <t>Salome</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057110107</t>
+          <t>9786057110176</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Para Banka ve Finansın Sırları</t>
+          <t>Macera</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>540</v>
+        <v>285</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057400628</t>
+          <t>9786057110183</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Zaman</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057400659</t>
+          <t>9786057110190</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Paranın Psikolojisi</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057110114</t>
+          <t>9786057400697</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nardugan</t>
+          <t>Şirket Birleşmeleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>390</v>
+        <v>505</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789758535941</t>
+          <t>9786057110107</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Konut Balonundan Bir Kent Efsanesi</t>
+          <t>Para Banka ve Finansın Sırları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>265</v>
+        <v>700</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057400666</t>
+          <t>9786057400628</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Grammar Speaker</t>
+          <t>Tepedeki Zaman</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>445</v>
+        <v>405</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257191302</t>
+          <t>9786057400659</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Gıdada Yatırım Trendleri 2050</t>
+          <t>Paranın Psikolojisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>540</v>
+        <v>580</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057110121</t>
+          <t>9786057110114</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Borsa 101</t>
+          <t>Nardugan</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>425</v>
+        <v>505</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257191296</t>
+          <t>9789758535941</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bitcoin ve Blokzincirin Temelleri</t>
+          <t>Konut Balonundan Bir Kent Efsanesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>500</v>
+        <v>265</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057400680</t>
+          <t>9786057400666</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Borsa Sihirbazları</t>
+          <t>Grammar Speaker</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>490</v>
+        <v>445</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057110138</t>
+          <t>9786257191302</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Berlin Duvarı Yıkılırken Türkler ve Batı Yakası'ndaki Gazeteci</t>
+          <t>Tarım ve Gıdada Yatırım Trendleri 2050</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786056108495</t>
+          <t>9786057110121</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ben Buraya Hayallerimle Geldim</t>
+          <t>Borsa 101</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>555</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057400611</t>
+          <t>9786257191296</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Batı Nasıl Kazandı - Doğu Neden Kaybetti?</t>
+          <t>Bitcoin ve Blokzincirin Temelleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>445</v>
+        <v>650</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059248549</t>
+          <t>9786057400680</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasalarda Zihin Kontrolü</t>
+          <t>Bilinmeyen Borsa Sihirbazları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>360</v>
+        <v>635</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059248617</t>
+          <t>9786057110138</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dönemde Yerel Yönetimlerde Kurumsal İletişim</t>
+          <t>Berlin Duvarı Yıkılırken Türkler ve Batı Yakası'ndaki Gazeteci</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>260</v>
+        <v>455</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789757132189</t>
+          <t>9786056108495</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Erkekler Uzaylı mı?</t>
+          <t>Ben Buraya Hayallerimle Geldim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789758535880</t>
+          <t>9786057400611</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Meta Trader</t>
+          <t>Batı Nasıl Kazandı - Doğu Neden Kaybetti?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>325</v>
+        <v>580</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789758535996</t>
+          <t>9786059248549</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Fonları ve Kurumsal Yönetim</t>
+          <t>Finansal Piyasalarda Zihin Kontrolü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789758535538</t>
+          <t>9786059248617</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yalancının Pokeri</t>
+          <t>Yeni Dönemde Yerel Yönetimlerde Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789758535354</t>
+          <t>9789757132189</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yüzün</t>
+          <t>Yoksa Erkekler Uzaylı mı?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059248969</t>
+          <t>9789758535880</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dansla İşe Gitmek</t>
+          <t>Yeni Başlayanlar İçin Meta Trader</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>540</v>
+        <v>425</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054650217</t>
+          <t>9789758535996</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Portföy Sigortası</t>
+          <t>Yatırım Fonları ve Kurumsal Yönetim</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054650514</t>
+          <t>9789758535538</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Yalancının Pokeri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>13.89</v>
+        <v>430</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054650453</t>
+          <t>9789758535354</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Çocuklar</t>
+          <t>Yüzün</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054650347</t>
+          <t>9786059248969</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! (4 Kitap Takım - Kutulu) (Ciltli)</t>
+          <t>Dansla İşe Gitmek</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>219.44</v>
+        <v>700</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054650262</t>
+          <t>9786054650217</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan</t>
+          <t>Portföy Sigortası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059248402</t>
+          <t>9786054650514</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mayıs Çiçeği ve Hazine Yelkenlileri</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>425</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059248501</t>
+          <t>9786054650453</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Uzungöl'den Ötesi Yaylada Horon Sesi</t>
+          <t>Hızlı Çocuklar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059248488</t>
+          <t>9786054650347</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Avro</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! (4 Kitap Takım - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>480</v>
+        <v>219.44</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059248471</t>
+          <t>9786054650262</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>100 Yıllık Yaşam</t>
+          <t>Kağıttan</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059248389</t>
+          <t>9786059248402</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ben Seni Hiç Unutmadım ki!</t>
+          <t>Mayıs Çiçeği ve Hazine Yelkenlileri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>195</v>
+        <v>555</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057424440</t>
+          <t>9786059248501</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>Uzungöl'den Ötesi Yaylada Horon Sesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059248532</t>
+          <t>9786059248488</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ajans Haberciliği</t>
+          <t>Avro</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>260</v>
+        <v>625</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059248525</t>
+          <t>9786059248471</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Su Değirmeni</t>
+          <t>100 Yıllık Yaşam</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>585</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059248518</t>
+          <t>9786059248389</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kavga ve Sevda</t>
+          <t>Ben Seni Hiç Unutmadım ki!</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>255</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059248358</t>
+          <t>9786057424440</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Kitlesel Yanılgılar ve Kalabalıkların Çılgınlığı - Karışıklığın Karmaşası</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>375</v>
+        <v>440</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059248334</t>
+          <t>9786059248532</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Modern Satış Yönetimi ve Liderlik</t>
+          <t>Ajans Haberciliği</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059248280</t>
+          <t>9786059248525</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Paranın Kralı</t>
+          <t>Su Değirmeni</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059248150</t>
+          <t>9786059248518</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Risk Yönetimi</t>
+          <t>Kavga ve Sevda</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>76</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058372306</t>
+          <t>9786059248358</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Plastik Sanatlarımız 1967</t>
+          <t>Olağanüstü Kitlesel Yanılgılar ve Kalabalıkların Çılgınlığı - Karışıklığın Karmaşası</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059248099</t>
+          <t>9786059248334</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünlerin Gizli Doğası</t>
+          <t>Modern Satış Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>39</v>
+        <v>425</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059248105</t>
+          <t>9786059248280</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Satıştan Ziyade Yaklaşım</t>
+          <t>Paranın Kralı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050309430</t>
+          <t>9786059248150</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Verimsizlik Tuzağından Çıkış</t>
+          <t>Risk Yönetimi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>325</v>
+        <v>76</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059248143</t>
+          <t>9786058372306</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Paranın Dili</t>
+          <t>Plastik Sanatlarımız 1967</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059248396</t>
+          <t>9786059248099</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kediniz Sizi Nasıl Eğitir?</t>
+          <t>Türev Ürünlerin Gizli Doğası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>230</v>
+        <v>39</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059248419</t>
+          <t>9786059248105</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Satranç Psikolojisi -1</t>
+          <t>Satıştan Ziyade Yaklaşım</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>50</v>
+        <v>425</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059248235</t>
+          <t>9786050309430</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Borsada Tek Başına</t>
+          <t>Verimsizlik Tuzağından Çıkış</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>520</v>
+        <v>325</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059248129</t>
+          <t>9786059248143</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Karar Alma Cesareti</t>
+          <t>Paranın Dili</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>580</v>
+        <v>425</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059248037</t>
+          <t>9786059248396</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dünya Küçük</t>
+          <t>Kediniz Sizi Nasıl Eğitir?</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054650545</t>
+          <t>9786059248419</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Parahistoria</t>
+          <t>Satranç Psikolojisi -1</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059248426</t>
+          <t>9786059248235</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, Evren, İnsan</t>
+          <t>Borsada Tek Başına</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>325</v>
+        <v>675</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059248273</t>
+          <t>9786059248129</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Finansal Korunma - Hedging</t>
+          <t>Karar Alma Cesareti</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>520</v>
+        <v>755</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059248051</t>
+          <t>9786059248037</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Finans</t>
+          <t>Dünya Küçük</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>96</v>
+        <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059248006</t>
+          <t>9786054650545</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>A Vocabulary Learning Tool for the 2016 New SAT 2016 Tested</t>
+          <t>Parahistoria</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>18.06</v>
+        <v>340</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054650460</t>
+          <t>9786059248426</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Spekülator</t>
+          <t>Tanrı, Evren, İnsan</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059248310</t>
+          <t>9786059248273</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Tek Oyun</t>
+          <t>Finansal Korunma - Hedging</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>415</v>
+        <v>675</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059248020</t>
+          <t>9786059248051</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Trend Takipçisi</t>
+          <t>Bireysel Finans</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>550</v>
+        <v>96</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054650507</t>
+          <t>9786059248006</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Her Ömür Kendi Gençliğinden Vurulur (Ciltli)</t>
+          <t>A Vocabulary Learning Tool for the 2016 New SAT 2016 Tested</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>25.93</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054650446</t>
+          <t>9786054650460</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yatırımcının Pusulası</t>
+          <t>Spekülator</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054650408</t>
+          <t>9786059248310</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Battım</t>
+          <t>Şehirdeki Tek Oyun</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>30</v>
+        <v>540</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059248174</t>
+          <t>9786059248020</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Karşıt Yatırım</t>
+          <t>Trend Takipçisi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>520</v>
+        <v>715</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059248013</t>
+          <t>9786054650507</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gibi Bir Resim</t>
+          <t>Her Ömür Kendi Gençliğinden Vurulur (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>260</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054650538</t>
+          <t>9786054650446</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak Bir Dünyada Yükselen Piyasalar</t>
+          <t>Yatırımcının Pusulası</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257191111</t>
+          <t>9786054650408</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans</t>
+          <t>İyi ki Battım</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>455</v>
+        <v>400</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054650286</t>
+          <t>9786059248174</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolunda Tedarik Zinciri Yönetimi</t>
+          <t>Karşıt Yatırım</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>425</v>
+        <v>675</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054650521</t>
+          <t>9786059248013</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Bilanço</t>
+          <t>Hayal Gibi Bir Resim</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>355</v>
+        <v>340</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054650224</t>
+          <t>9786054650538</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Komünizm</t>
+          <t>Tepetaklak Bir Dünyada Yükselen Piyasalar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>450</v>
+        <v>505</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054650378</t>
+          <t>9786257191111</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çok Yaşa İstanbul</t>
+          <t>İslami Finans</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>260</v>
+        <v>590</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059248075</t>
+          <t>9786054650286</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Mayınlı Topraklar</t>
+          <t>İpek Yolunda Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>555</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>3999757132271</t>
+          <t>9786054650521</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Atları da Vururlar</t>
+          <t>Duygusal Bilanço</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>40</v>
+        <v>460</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054650316</t>
+          <t>9786054650224</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Sözlüğü</t>
+          <t>Atatürk ve Komünizm</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054650385</t>
+          <t>9786054650378</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Barajı ve Türkiye'ye Etkileri (Ciltli)</t>
+          <t>Çok Yaşa İstanbul</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054650170</t>
+          <t>9786059248075</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yatırımın Tadına Varmak İçin: Forex 5N (Ciltli)</t>
+          <t>Mayınlı Topraklar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>83.33</v>
+        <v>340</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054650163</t>
+          <t>3999757132271</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>The 600 Most Frequently Tested TOEFL Words</t>
+          <t>Atları da Vururlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>22.22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059248082</t>
+          <t>9786054650316</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>42. Alay</t>
+          <t>Sermaye Piyasası Sözlüğü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059248068</t>
+          <t>9786054650385</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Az Daha Çoktur</t>
+          <t>Atatürk Barajı ve Türkiye'ye Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>845</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059886116</t>
+          <t>9786054650170</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şeyler</t>
+          <t>Yatırımın Tadına Varmak İçin: Forex 5N (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>160</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054650477</t>
+          <t>9786054650163</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Lisanslama Rehberi</t>
+          <t>The 600 Most Frequently Tested TOEFL Words</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>325</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059248228</t>
+          <t>9786059248082</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası ve Borsa</t>
+          <t>42. Alay</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>66</v>
+        <v>425</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054650354</t>
+          <t>9786059248068</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Master the TOEFL İBT - Vocabulary Questions</t>
+          <t>Az Daha Çoktur</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>16.67</v>
+        <v>455</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054650293</t>
+          <t>9786059886116</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Stratejik Planlama</t>
+          <t>Şeyler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054650323</t>
+          <t>9786054650477</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Sözlüğü - Önemli 101 Kavram</t>
+          <t>Sermaye Piyasası Lisanslama Rehberi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054650231</t>
+          <t>9786059248228</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>En İyi İkinci Çözüm</t>
+          <t>Sermaye Piyasası ve Borsa</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>325</v>
+        <v>66</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054650200</t>
+          <t>9786054650354</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kuşaktan Kuşağa Servet Köprüsü (Ciltli)</t>
+          <t>Master the TOEFL İBT - Vocabulary Questions</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054650033</t>
+          <t>9786054650293</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Amitai Etzioni Sosyolojisi</t>
+          <t>Sistematik Stratejik Planlama</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>195</v>
+        <v>490</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054650156</t>
+          <t>9786054650323</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>TOEFL Words 600 Flashcards</t>
+          <t>Sermaye Piyasası Sözlüğü - Önemli 101 Kavram</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>54.63</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054650118</t>
+          <t>9786054650231</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Turbo Sertifikalar (Ciltli)</t>
+          <t>En İyi İkinci Çözüm</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054650132</t>
+          <t>9786054650200</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yatırım</t>
+          <t>Kuşaktan Kuşağa Servet Köprüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>44</v>
+        <v>455</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054650149</t>
+          <t>9786054650033</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hedefe Giden Yol: College USA</t>
+          <t>Amitai Etzioni Sosyolojisi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>34</v>
+        <v>255</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054650095</t>
+          <t>9786054650156</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bollinger Bantları</t>
+          <t>TOEFL Words 600 Flashcards</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>170</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054650101</t>
+          <t>9786054650118</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yatırımcı</t>
+          <t>Turbo Sertifikalar (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>29.63</v>
+        <v>425</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057424419</t>
+          <t>9786054650132</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tek Kanatla Kuş Uçmaz</t>
+          <t>Geleceğe Yatırım</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>445</v>
+        <v>44</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057424433</t>
+          <t>9786054650149</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Agile Dönüşüm</t>
+          <t>Hedefe Giden Yol: College USA</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>260</v>
+        <v>34</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257191234</t>
+          <t>9786054650095</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Karmaşıklık Ekonomisi</t>
+          <t>Bollinger Bantları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>415</v>
+        <v>170</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789757132943</t>
+          <t>9786054650101</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Xezala Min Delala Min</t>
+          <t>Küçük Yatırımcı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059248297</t>
+          <t>9786057424419</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett Tarzı</t>
+          <t>Tek Kanatla Kuş Uçmaz</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257191173</t>
+          <t>9786057424433</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Atları da Vururlar...</t>
+          <t>Agile Dönüşüm</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057424402</t>
+          <t>9786257191234</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ada Vapuru - Öyküler</t>
+          <t>Karmaşıklık Ekonomisi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257191012</t>
+          <t>9789757132943</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bir Yolculuktur</t>
+          <t>Xezala Min Delala Min</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>351</v>
+        <v>280</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057424426</t>
+          <t>9786059248297</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Büyük Para</t>
+          <t>Warren Buffett Tarzı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>325</v>
+        <v>455</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257191258</t>
+          <t>9786257191173</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Parasal Konularda Yaptığımız Hatalar</t>
+          <t>Atları da Vururlar...</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>520</v>
+        <v>405</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257191029</t>
+          <t>9786057424402</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finans</t>
+          <t>Ada Vapuru - Öyküler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>520</v>
+        <v>455</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257191203</t>
+          <t>9786257191012</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Değerleme İçin Küçük Kitap</t>
+          <t>Başarı Bir Yolculuktur</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>520</v>
+        <v>455</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057400604</t>
+          <t>9786057424426</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Anlatılar ve Sayılar</t>
+          <t>Büyük Para</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>520</v>
+        <v>425</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257191289</t>
+          <t>9786257191258</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett ve Finansal Tabloların Yorumlanması</t>
+          <t>Parasal Konularda Yaptığımız Hatalar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257191067</t>
+          <t>9786257191029</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi</t>
+          <t>Uluslararası Finans</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>350</v>
+        <v>675</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257191043</t>
+          <t>9786257191203</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Jim Simons Piyasaların Şifresini Çözen Adam</t>
+          <t>Değerleme İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>520</v>
+        <v>675</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059248693</t>
+          <t>9786057400604</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Viop'ta Vadeli İşlemler</t>
+          <t>Anlatılar ve Sayılar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789757132530</t>
+          <t>9786257191289</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bu Olmalı</t>
+          <t>Warren Buffett ve Finansal Tabloların Yorumlanması</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>30</v>
+        <v>715</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054650361</t>
+          <t>9786257191067</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bir Kent Efsanesi Kent Balonu</t>
+          <t>Proje Yönetimi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9799757132256</t>
+          <t>9786257191043</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Gerçekçilik</t>
+          <t>Jim Simons Piyasaların Şifresini Çözen Adam</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>390</v>
+        <v>675</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054650484</t>
+          <t>9786059248693</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Pay Geri Alımları</t>
+          <t>Viop'ta Vadeli İşlemler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>355</v>
+        <v>585</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257191074</t>
+          <t>9789757132530</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yetkinlik Bazlı Mülakat Sistemi</t>
+          <t>Aşk Bu Olmalı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>325</v>
+        <v>30</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257191050</t>
+          <t>9786054650361</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ya Da Hiç Kimsenin</t>
+          <t>Bir Kent Efsanesi Kent Balonu</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257191227</t>
+          <t>9799757132256</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç</t>
+          <t>Sosyalist Gerçekçilik</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257191272</t>
+          <t>9786054650484</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Çıkmayan Sorunların Yöneticisi</t>
+          <t>Pay Geri Alımları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>325</v>
+        <v>460</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059248754</t>
+          <t>9786257191074</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ve Veya Ya da Sanat</t>
+          <t>Yetkinlik Bazlı Mülakat Sistemi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257191135</t>
+          <t>9786257191050</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yeni Büyük Çöküş: Pandemi Sonrası Dünyanın Kazanan ve Kaybedenleri</t>
+          <t>Bizim Ya Da Hiç Kimsenin</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>430</v>
+        <v>55</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257191197</t>
+          <t>9786257191227</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kripto Varlıklar</t>
+          <t>Başlangıç</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059248716</t>
+          <t>9786257191272</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Parahistoria - Faiz</t>
+          <t>Çıkmayan Sorunların Yöneticisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059248945</t>
+          <t>9786059248754</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Çirkin</t>
+          <t>Ve Veya Ya da Sanat</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>220</v>
+        <v>505</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059248662</t>
+          <t>9786257191135</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Milli Birlik Komitesi Üyesi 14’lerden Kurmay Yarbay Mustafa Kaplan'ın Devrim Anıları</t>
+          <t>Yeni Büyük Çöküş: Pandemi Sonrası Dünyanın Kazanan ve Kaybedenleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059248495</t>
+          <t>9786257191197</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Paranın Kuralı</t>
+          <t>Kripto Varlıklar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>550</v>
+        <v>555</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257191210</t>
+          <t>9786059248716</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Parayı Kim Yaratır?</t>
+          <t>Parahistoria - Faiz</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257191241</t>
+          <t>9786059248945</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Boşa Gitmesin - Beynimiz ve Paramız</t>
+          <t>Çirkin</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>325</v>
+        <v>285</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059248631</t>
+          <t>9786059248662</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide ve Piyasalarda Dalgaları Yönetmek</t>
+          <t>Milli Birlik Komitesi Üyesi 14’lerden Kurmay Yarbay Mustafa Kaplan'ın Devrim Anıları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>440</v>
+        <v>585</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059248709</t>
+          <t>9786059248495</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ayın Kızı Jin ve Güneşin Oğlu Jir</t>
+          <t>Paranın Kuralı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>225</v>
+        <v>715</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257191326</t>
+          <t>9786257191210</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Temel Analiz ve Değerleme</t>
+          <t>Parayı Kim Yaratır?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257191180</t>
+          <t>9786257191241</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Baykuş'un Gör Dediği</t>
+          <t>Boşa Gitmesin - Beynimiz ve Paramız</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789758535637</t>
+          <t>9786059248631</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Vergilemede Global Eğilimler</t>
+          <t>Ekonomide ve Piyasalarda Dalgaları Yönetmek</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>190</v>
+        <v>570</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789758535934</t>
+          <t>9786059248709</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Türk Girişimciler Rusya’da</t>
+          <t>Ayın Kızı Jin ve Güneşin Oğlu Jir</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054650415</t>
+          <t>9786257191326</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünler ve Risk Yönetimi Sözlüğü</t>
+          <t>Uygulamalı Temel Analiz ve Değerleme</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054650002</t>
+          <t>9786257191180</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Türev Piyasaları ve Yapılandırılmış Ürünler</t>
+          <t>Baykuş'un Gör Dediği</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>585</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789758535958</t>
+          <t>9789758535637</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Tül</t>
+          <t>Vergilemede Global Eğilimler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059248433</t>
+          <t>9789758535934</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! - Dördüncü Kitap</t>
+          <t>Türk Girişimciler Rusya’da</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059248303</t>
+          <t>9786054650415</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! Üçüncü Kitap</t>
+          <t>Türev Ürünler ve Risk Yönetimi Sözlüğü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>520</v>
+        <v>585</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059248259</t>
+          <t>9786054650002</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! İkinci Kitap</t>
+          <t>Türev Piyasaları ve Yapılandırılmış Ürünler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>510</v>
+        <v>160</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059248211</t>
+          <t>9789758535958</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! 1. Kitap</t>
+          <t>Ten ve Tül</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>510</v>
+        <v>295</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059248655</t>
+          <t>9786059248433</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Tanrılara Karşı Riskin Olağanüstü Tarihi</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! - Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>520</v>
+        <v>675</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789758535460</t>
+          <t>9786059248303</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sofrası</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>195</v>
+        <v>675</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789758535477</t>
+          <t>9786059248259</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Şair Değilim</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! İkinci Kitap</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>9.26</v>
+        <v>665</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786058783003</t>
+          <t>9786059248211</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavlarına Hazırlık</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! 1. Kitap</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>75</v>
+        <v>665</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>3990000006751</t>
+          <t>9786059248655</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Soluklan Bu Şehirde</t>
+          <t>Tanrılara Karşı Riskin Olağanüstü Tarihi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>4.63</v>
+        <v>675</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789758535439</t>
+          <t>9789758535460</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sibel’in Dünyası</t>
+          <t>Şeytan Sofrası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>20</v>
+        <v>195</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059248341</t>
+          <t>9789758535477</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Hisseler Sıradışı Karlar</t>
+          <t>Şair Değilim</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789758535378</t>
+          <t>9786058783003</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kurulu Lisanslama Sınavlarına Hazırlık Testleri</t>
+          <t>SPK Lisanslama Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054650040</t>
+          <t>3990000006751</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Seni Babama Söylerim</t>
+          <t>Soluklan Bu Şehirde</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>190</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054650019</t>
+          <t>9789758535439</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>SAT Words Flashcards</t>
+          <t>Sibel’in Dünyası</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>54.63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789758535620</t>
+          <t>9786059248341</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Piyasalar Çarpışınca</t>
+          <t>Sıradan Hisseler Sıradışı Karlar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786056199516</t>
+          <t>9789758535378</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Vicdanımdan Nefsime Mesajlar</t>
+          <t>Sermaye Piyasası Kurulu Lisanslama Sınavlarına Hazırlık Testleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>190</v>
+        <v>72</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>3990000027986</t>
+          <t>9786054650040</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Perakende Planlama</t>
+          <t>Seni Babama Söylerim</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>58.33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789758535613</t>
+          <t>9786054650019</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Para Palas</t>
+          <t>SAT Words Flashcards</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>440</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789758535453</t>
+          <t>9789758535620</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Para Harekatı</t>
+          <t>Piyasalar Çarpışınca</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>35.19</v>
+        <v>45</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789758535842</t>
+          <t>9786056199516</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Vicdanımdan Nefsime Mesajlar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>20</v>
+        <v>245</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789758535316</t>
+          <t>3990000027986</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>OyuncAşkçı</t>
+          <t>Perakende Planlama</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>195</v>
+        <v>58.33</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789758535590</t>
+          <t>9789758535613</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaktan Barikatlar</t>
+          <t>Para Palas</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059248976</t>
+          <t>9789758535453</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Oyun Teorisi ve Ortaklaşa Rekabet</t>
+          <t>Para Harekatı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>520</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789758535910</t>
+          <t>9789758535842</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Anonim Şirketleri</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>455</v>
+        <v>20</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9799757132614</t>
+          <t>9789758535316</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Kitlesel Yanılgılar ve Kalabalıkların Çılgınlığı Karışıklığın Karmaşası</t>
+          <t>OyuncAşkçı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>29.63</v>
+        <v>255</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789758535484</t>
+          <t>9789758535590</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Emeklilik İçin Rakamınız Kaç?</t>
+          <t>Oyuncaktan Barikatlar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>390</v>
+        <v>155</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789758535569</t>
+          <t>9786059248976</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Oyun Teorisi ve Ortaklaşa Rekabet</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>195</v>
+        <v>675</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758535293</t>
+          <t>9789758535910</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Maestro Fed, Greenspan ve Amerikan Ekonomisi</t>
+          <t>Osmanlı Anonim Şirketleri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789757132967</t>
+          <t>9799757132614</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Lokantamızda Prens ve Prensesler  Daima Taze ve Bol Masal Sosu ile Sunulur</t>
+          <t>Olağanüstü Kitlesel Yanılgılar ve Kalabalıkların Çılgınlığı Karışıklığın Karmaşası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>30</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789758535712</t>
+          <t>9789758535484</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sistemik Krizin Anatomisi</t>
+          <t>Mutlu Bir Emeklilik İçin Rakamınız Kaç?</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>45</v>
+        <v>505</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789757132981</t>
+          <t>9789758535569</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizmin Tarihsel Sınırı  ve İşçi Sınıfının Anatomisi</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789756039007</t>
+          <t>9789758535293</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kuş Sütü</t>
+          <t>Maestro Fed, Greenspan ve Amerikan Ekonomisi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789758535514</t>
+          <t>9789757132967</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze Türkiye İlaç Endüstrisi</t>
+          <t>Lokantamızda Prens ve Prensesler  Daima Taze ve Bol Masal Sosu ile Sunulur</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>27.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059248242</t>
+          <t>9789758535712</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kur Savaşları</t>
+          <t>Küresel Sistemik Krizin Anatomisi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789758535408</t>
+          <t>9789757132981</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Konferans Çevirmenliği Güncel Uygulamalar ve Araştırmalar</t>
+          <t>Küresel Kapitalizmin Tarihsel Sınırı  ve İşçi Sınıfının Anatomisi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>32</v>
+        <v>340</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789757132318</t>
+          <t>9789756039007</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Karşıt Yatırım Zor Dönemlerde Yatırım Stratejileri</t>
+          <t>Kuş Sütü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>24.07</v>
+        <v>340</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059248440</t>
+          <t>9789758535514</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Karar Anı</t>
+          <t>Kuruluşundan Günümüze Türkiye İlaç Endüstrisi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789758535415</t>
+          <t>9786059248242</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kapılar</t>
+          <t>Kur Savaşları</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>70</v>
+        <v>650</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9781419629747</t>
+          <t>9789758535408</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kanatların Rengi</t>
+          <t>Konferans Çevirmenliği Güncel Uygulamalar ve Araştırmalar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>70</v>
+        <v>32</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789757132882</t>
+          <t>9789757132318</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kanatabilirsin Ömrümü...</t>
+          <t>Karşıt Yatırım Zor Dönemlerde Yatırım Stratejileri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>45</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789758535668</t>
+          <t>9786059248440</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’nı Aşan Türk Girişimciler</t>
+          <t>Karar Anı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059248266</t>
+          <t>9789758535415</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Toyota Ruhu</t>
+          <t>Kapılar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>475</v>
+        <v>70</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789758535750</t>
+          <t>9781419629747</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kaç Defa Unutmalı Seni?</t>
+          <t>Kanatların Rengi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>235</v>
+        <v>70</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789758535781</t>
+          <t>9789757132882</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Japon Savaş Bıçağı Kültürü - Tanto Jutsu - Aikido</t>
+          <t>Kanatabilirsin Ömrümü...</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>325</v>
+        <v>45</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789758535705</t>
+          <t>9789758535668</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet’ten Önce Türklerde Kültürel Hayat</t>
+          <t>Kafdağı’nı Aşan Türk Girişimciler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>23.15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>3990000024866</t>
+          <t>9786059248266</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Çıkarın Beni Buradan! Okul Stresiyle Başetme Yöntemleri</t>
+          <t>Toyota Ruhu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>30</v>
+        <v>620</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789757132172</t>
+          <t>9789758535750</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Ailem Beni Çıldırtıyor!</t>
+          <t>Kaç Defa Unutmalı Seni?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786056136122</t>
+          <t>9789758535781</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Ailem Beni Çıldırtıyor!</t>
+          <t>Japon Savaş Bıçağı Kültürü - Tanto Jutsu - Aikido</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789757132196</t>
+          <t>9789758535705</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sesinle Konuş!</t>
+          <t>İslamiyet’ten Önce Türklerde Kültürel Hayat</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789758535767</t>
+          <t>3990000024866</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İki Cennet Arasında Anılar</t>
+          <t>İmdat! Çıkarın Beni Buradan! Okul Stresiyle Başetme Yöntemleri</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789757132905</t>
+          <t>9789757132172</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Intermezzo</t>
+          <t>İmdat! Ailem Beni Çıldırtıyor!</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789758535811</t>
+          <t>9786056136122</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Heybelerinde Ateşten Düşler</t>
+          <t>İmdat! Ailem Beni Çıldırtıyor!</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>165</v>
+        <v>425</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9799758535322</t>
+          <t>9789757132196</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Her Aşk Bir Masaldır</t>
+          <t>Kendi Sesinle Konuş!</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257191081</t>
+          <t>9789758535767</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hedge Cambazları</t>
+          <t>İki Cennet Arasında Anılar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>480</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059248464</t>
+          <t>9789757132905</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Hayvansal Güdüler</t>
+          <t>Hüzünlü Intermezzo</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789758535132</t>
+          <t>9789758535811</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Haydar Bey ve Masallar Anlatıcısı Şehrazat 2</t>
+          <t>Heybelerinde Ateşten Düşler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789758535125</t>
+          <t>9799758535322</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Haydar Bey ve Masallar Anlatıcısı Şehrazat 1</t>
+          <t>Her Aşk Bir Masaldır</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>18.52</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789758535729</t>
+          <t>9786257191081</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Armağan</t>
+          <t>Hedge Cambazları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>165</v>
+        <v>480</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789758535927</t>
+          <t>9786059248464</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hava Oyunları</t>
+          <t>Hayvansal Güdüler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>58</v>
+        <v>585</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789758535040</t>
+          <t>9789758535132</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hareket Yönetimi Başarılı Kurumsal Dönüşüm İçin Pratik Stratejiler (Ciltli)</t>
+          <t>Haydar Bey ve Masallar Anlatıcısı Şehrazat 2</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054650026</t>
+          <t>9789758535125</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Halkın Savcısı: Mehmet Feyyat</t>
+          <t>Haydar Bey ve Masallar Anlatıcısı Şehrazat 1</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>325</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789758535392</t>
+          <t>9789758535729</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kurşun</t>
+          <t>Hayat Bir Armağan</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>55</v>
+        <v>165</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054650057</t>
+          <t>9789758535927</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Hırsızları</t>
+          <t>Hava Oyunları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>45</v>
+        <v>58</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789757132400</t>
+          <t>9789758535040</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kazanmayı Öğren</t>
+          <t>Hareket Yönetimi Başarılı Kurumsal Dönüşüm İçin Pratik Stratejiler (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>31.48</v>
+        <v>340</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257191104</t>
+          <t>9786054650026</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Görsel Yatırımcı</t>
+          <t>Halkın Savcısı: Mehmet Feyyat</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>520</v>
+        <v>425</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059248921</t>
+          <t>9789758535392</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Global Köy</t>
+          <t>Gümüş Kurşun</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>455</v>
+        <v>55</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789758535989</t>
+          <t>9786054650057</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gelin Düğmesi (Ciltli)</t>
+          <t>Gözyaşı Hırsızları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789758535835</t>
+          <t>9789757132400</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkulden Para Kazanmak</t>
+          <t>Kazanmayı Öğren</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>20.37</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789758535897</t>
+          <t>9786257191104</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>ForeX (Ciltli)</t>
+          <t>Görsel Yatırımcı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>23.15</v>
+        <v>675</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789758535873</t>
+          <t>9786059248921</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Fiyatlandırma ve Gelir Optimizasyonu</t>
+          <t>Global Köy</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>600</v>
+        <v>590</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789757132820</t>
+          <t>9789758535989</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım Sensin</t>
+          <t>Gelin Düğmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>42</v>
+        <v>300</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789758525188</t>
+          <t>9789758535835</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Direkt Model Dell Bilgisayar Sektöründe Devrim Yaratan Stratejiler (Ciltli)</t>
+          <t>Gayrimenkulden Para Kazanmak</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>55</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257191128</t>
+          <t>9789758535897</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Psikolojisi</t>
+          <t>ForeX (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>390</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9779758535195</t>
+          <t>9789758535873</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Dell Tarzı Direkt Satış Direkt Başarı (Ciltli)</t>
+          <t>Fiyatlandırma ve Gelir Optimizasyonu</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789758535804</t>
+          <t>9789757132820</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>En İyi Arkadaşım Sensin</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>260</v>
+        <v>42</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9799757132430</t>
+          <t>9789758525188</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Daha Çok Onlar Yaşamalıydı</t>
+          <t>Direkt Model Dell Bilgisayar Sektöründe Devrim Yaratan Stratejiler (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789758535330</t>
+          <t>9786257191128</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çoğul Gebelik</t>
+          <t>Devrimin Psikolojisi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>230</v>
+        <v>505</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789758535446</t>
+          <t>9779758535195</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Cool Olmak Süper Taktikler</t>
+          <t>Dell Tarzı Direkt Satış Direkt Başarı (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789758535866</t>
+          <t>9789758535804</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Büyük Açık</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789758535309</t>
+          <t>9799757132430</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Hayal miydi Sevdam?</t>
+          <t>Daha Çok Onlar Yaşamalıydı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>195</v>
+        <v>32</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054650071</t>
+          <t>9789758535330</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bumerang</t>
+          <t>Çoğul Gebelik</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059248044</t>
+          <t>9789758535446</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Borsayı Yenmek</t>
+          <t>Cool Olmak Süper Taktikler</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>520</v>
+        <v>405</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789758535163</t>
+          <t>9789758535866</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kasketin Yeri</t>
+          <t>Büyük Açık</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>100</v>
+        <v>560</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059248457</t>
+          <t>9789758535309</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Borsada Rastgele Seyir</t>
+          <t>Buzdan Hayal miydi Sevdam?</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>570</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257191098</t>
+          <t>9786054650071</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Borsada Önden Koşanlar</t>
+          <t>Bumerang</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059248327</t>
+          <t>9786059248044</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Borsa Sihirbazları</t>
+          <t>Borsayı Yenmek</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>550</v>
+        <v>675</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789758535644</t>
+          <t>9789758535163</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Emeklilik Hukuku</t>
+          <t>Kasketin Yeri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789757132202</t>
+          <t>9786059248457</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları (Roman Boy)</t>
+          <t>Borsada Rastgele Seyir</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>41.67</v>
+        <v>740</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789758535583</t>
+          <t>9786257191098</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bilmiyorumkadın</t>
+          <t>Borsada Önden Koşanlar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789758535071</t>
+          <t>9786059248327</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Barbarlar Kapıda</t>
+          <t>Borsa Sihirbazları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>170</v>
+        <v>715</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789758535972</t>
+          <t>9789758535644</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Suçları</t>
+          <t>Bireysel Emeklilik Hukuku</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789758535828</t>
+          <t>9789757132202</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aşk Benimle Nerdesin?</t>
+          <t>Bir Borsa Spekülatörünün Anıları (Roman Boy)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>220</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789758535033</t>
+          <t>9789758535583</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Amazon.com ve Yaratıcısı Jeff Bezos (Ciltli)</t>
+          <t>Bilmiyorumkadın</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>36.11</v>
+        <v>260</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789758535552</t>
+          <t>9789758535071</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Altının Gücü</t>
+          <t>Barbarlar Kapıda</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789758535262</t>
+          <t>9789758535972</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Fahişesi</t>
+          <t>Bankacılık Suçları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>310</v>
+        <v>425</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789757132684</t>
+          <t>9789758535828</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Afedersiniz, Ben Bir İkizim! Bütün Yönleriyle Burçlar</t>
+          <t>Aşk Benimle Nerdesin?</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789758535903</t>
+          <t>9789758535033</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>6112 Sayılı Radyo ve Televizyonların Kuruluş ve Yayın Hizmetleri Hakkında Kanun</t>
+          <t>Amazon.com ve Yaratıcısı Jeff Bezos (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789758535682</t>
+          <t>9789758535552</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>... Dolayısıyla Sanat</t>
+          <t>Altının Gücü</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>390</v>
+        <v>585</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059248761</t>
+          <t>9789758535262</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlık Hikayeleri</t>
+          <t>Akdeniz Fahişesi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>340</v>
+        <v>405</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059248730</t>
+          <t>9789757132684</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ülkemiz İşletmelerinde Yaşanmış 33 Vaka İle Kurumsal Gelişim</t>
+          <t>Afedersiniz, Ben Bir İkizim! Bütün Yönleriyle Burçlar</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>455</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758535743</t>
+          <t>9789758535903</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Ucundaki Işık</t>
+          <t>6112 Sayılı Radyo ve Televizyonların Kuruluş ve Yayın Hizmetleri Hakkında Kanun</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059248679</t>
+          <t>9789758535682</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Coşku Dolu Yaşama Sanatı</t>
+          <t>... Dolayısıyla Sanat</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>325</v>
+        <v>505</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059248686</t>
+          <t>9786059248761</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Efendileri</t>
+          <t>Başarısızlık Hikayeleri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059248938</t>
+          <t>9786059248730</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Paranın 365 Günü</t>
+          <t>Ülkemiz İşletmelerinde Yaşanmış 33 Vaka İle Kurumsal Gelişim</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>600</v>
+        <v>590</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059248563</t>
+          <t>9789758535743</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sözlü Çeviri</t>
+          <t>Tünelin Ucundaki Işık</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059248648</t>
+          <t>9786059248679</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Meslek Olarak Opsiyon İşlemleri</t>
+          <t>Coşku Dolu Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059248624</t>
+          <t>9786059248686</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bir İstanbullu</t>
+          <t>Dünyanın Efendileri</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>455</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059248181</t>
+          <t>9786059248938</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yatırımın Dört Temel Taşı</t>
+          <t>Paranın 365 Günü</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>190</v>
+        <v>860</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059248112</t>
+          <t>9786059248563</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Buffett - Bir Amerikan Kapitalistinin Yükselişi</t>
+          <t>Türkiye'de Sözlü Çeviri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059248570</t>
+          <t>9786059248648</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık İşler</t>
+          <t>Meslek Olarak Opsiyon İşlemleri</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>260</v>
+        <v>585</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059248723</t>
+          <t>9786059248624</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bir Model Olarak Aşkı Anlama Kılavuzu</t>
+          <t>İstanbul'da Bir İstanbullu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059248594</t>
+          <t>9786059248181</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kazanmayı Öğren</t>
+          <t>Yatırımın Dört Temel Taşı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786255544094</t>
+          <t>9786059248112</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yıkım Ekonomisi</t>
+          <t>Buffett - Bir Amerikan Kapitalistinin Yükselişi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>950</v>
+        <v>420</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
+          <t>9786059248570</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Ortaya Karışık İşler</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786059248723</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Bir Model Olarak Aşkı Anlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786059248594</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Kazanmayı Öğren</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786255544094</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Yıkım Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
           <t>9786255544193</t>
         </is>
       </c>
-      <c r="B400" s="1" t="inlineStr">
+      <c r="B404" s="1" t="inlineStr">
         <is>
           <t>Finansal Özgürlüğe Yolculuk</t>
         </is>
       </c>
-      <c r="C400" s="1">
-        <v>480</v>
+      <c r="C404" s="1">
+        <v>625</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>