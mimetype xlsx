--- v1 (2025-12-22)
+++ v2 (2026-02-14)
@@ -85,6085 +85,6160 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255544247</t>
+          <t>9786255544278</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Beste ve Besim'in Gelecek Kumbarası</t>
+          <t>İsimsizler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256478497</t>
+          <t>9786255544261</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uçurum - Noam Chomsky</t>
+          <t>Uçmak Özgürlük Mü?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>625</v>
+        <v>425</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255544162</t>
+          <t>9786255544322</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaşanabilir Bir Gelecek Mümkün</t>
+          <t>Sanatçıyı Zamanı Yaratır “Siyasi Plastik”</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>585</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255544124</t>
+          <t>9786255544308</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Düşüncelerin Neyse Hayatın Da Odur</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>455</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255544230</t>
+          <t>9786255544346</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Seyirciden Destekçiye Belgesel ve Film Sektöründe Kitle Fonlaması</t>
+          <t>Dördüncü Duvarı Yıkmak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>365</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255544179</t>
+          <t>9786255544247</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ritmi Yakala</t>
+          <t>Beste ve Besim'in Gelecek Kumbarası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>545</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255544131</t>
+          <t>9786256478497</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaosu Anlamlandırmak</t>
+          <t>Uçurum - Noam Chomsky</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>635</v>
+        <v>625</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255544063</t>
+          <t>9786255544162</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Hayatı</t>
+          <t>Yaşanabilir Bir Gelecek Mümkün</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>495</v>
+        <v>585</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255544209</t>
+          <t>9786255544124</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çıkışta Buluşalım</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>570</v>
+        <v>455</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255544186</t>
+          <t>9786255544230</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Para Farkındalığı</t>
+          <t>Seyirciden Destekçiye Belgesel ve Film Sektöründe Kitle Fonlaması</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>545</v>
+        <v>365</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255544155</t>
+          <t>9786255544179</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Bitmedi</t>
+          <t>Ritmi Yakala</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>390</v>
+        <v>545</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258177992</t>
+          <t>9786255544131</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşmenin Tekelleşmeye Etkisi: Netflix Örneği</t>
+          <t>Kaosu Anlamlandırmak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>635</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057400673</t>
+          <t>9786255544063</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aniden Gelen Mutluluk</t>
+          <t>Başkalarının Hayatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>495</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255544100</t>
+          <t>9786255544209</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Teknik Analiz</t>
+          <t>Çıkışta Buluşalım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>585</v>
+        <v>570</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255544117</t>
+          <t>9786255544186</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çavuş ve Usta</t>
+          <t>Para Farkındalığı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>505</v>
+        <v>545</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255544070</t>
+          <t>9786255544155</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Komik ve Muhteşem Tablolar</t>
+          <t>Hikaye Bitmedi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>255</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255544087</t>
+          <t>9786258177992</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üretken Yapay Zeka Devrimi</t>
+          <t>Dijitalleşmenin Tekelleşmeye Etkisi: Netflix Örneği</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>780</v>
+        <v>390</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256478442</t>
+          <t>9786057400673</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mülkiye'den Lojistik İmparatorluğuna Ertuğrul Alışan</t>
+          <t>Aniden Gelen Mutluluk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256478459</t>
+          <t>9786255544100</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şirket Değerleme</t>
+          <t>Davranışsal Teknik Analiz</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>585</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258177718</t>
+          <t>9786255544117</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sorularla WEB3</t>
+          <t>Çavuş ve Usta</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>625</v>
+        <v>505</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258177664</t>
+          <t>9786255544070</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Profesyoneller Gibi Yatırım Yapmak İçin Küçük Kitap</t>
+          <t>Komik ve Muhteşem Tablolar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>585</v>
+        <v>255</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256478701</t>
+          <t>9786255544087</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Doktorluk Sanatı</t>
+          <t>Üretken Yapay Zeka Devrimi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>570</v>
+        <v>780</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255544018</t>
+          <t>9786256478442</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomi Zirvesi</t>
+          <t>Mülkiye'den Lojistik İmparatorluğuna Ertuğrul Alışan</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057156839</t>
+          <t>9786256478459</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Ayçiçekleri</t>
+          <t>Şirket Değerleme</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>255</v>
+        <v>585</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757132639</t>
+          <t>9786258177718</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İntizar</t>
+          <t>Sorularla WEB3</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>625</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256478787</t>
+          <t>9786258177664</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda ESG Nedir?</t>
+          <t>Profesyoneller Gibi Yatırım Yapmak İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>475</v>
+        <v>585</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256478923</t>
+          <t>9786256478701</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Divriği Ovacık Köyü Tarihi ve Kültürü</t>
+          <t>Doktorluk Sanatı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>405</v>
+        <v>570</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258177633</t>
+          <t>9786255544018</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Current Topics in Finance</t>
+          <t>Yeşil Ekonomi Zirvesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>425</v>
+        <v>520</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256478411</t>
+          <t>9786057156839</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir: Sektörleri Dönüştüren Teknoloji</t>
+          <t>Konuşan Ayçiçekleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>625</v>
+        <v>255</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258177091</t>
+          <t>9789757132639</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm - Liderlerden Dersler</t>
+          <t>İntizar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256478695</t>
+          <t>9786256478787</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gong Yatırımcı İçin Çalıyor!</t>
+          <t>100 Soruda ESG Nedir?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>585</v>
+        <v>475</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256478817</t>
+          <t>9786256478923</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinin Yeni Yüzü</t>
+          <t>Divriği Ovacık Köyü Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1040</v>
+        <v>405</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256478985</t>
+          <t>9786258177633</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türk Sermaye Piyasası ve Borsa</t>
+          <t>Current Topics in Finance</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256478992</t>
+          <t>9786256478411</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Agile Dönüşüm Hikayesi - Cumhuriyet</t>
+          <t>Blokzincir: Sektörleri Dönüştüren Teknoloji</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>505</v>
+        <v>625</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256478404</t>
+          <t>9786258177091</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük, Eşitlik, Merkeziyetsizlik</t>
+          <t>Dijital Dönüşüm - Liderlerden Dersler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>675</v>
+        <v>600</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256478671</t>
+          <t>9786256478695</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Finans</t>
+          <t>Gong Yatırımcı İçin Çalıyor!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>650</v>
+        <v>585</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256478947</t>
+          <t>9786256478817</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Paranın Gizli Yaşamı</t>
+          <t>Türkiye Ekonomisinin Yeni Yüzü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>635</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256478954</t>
+          <t>9786256478985</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Bir Yol Haritası Geleceği Şekillendiren Trendler</t>
+          <t>Türk Sermaye Piyasası ve Borsa</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>650</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256478930</t>
+          <t>9786256478992</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dağların Oğlu Çoban Çini ve Topal İsmail</t>
+          <t>Agile Dönüşüm Hikayesi - Cumhuriyet</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>425</v>
+        <v>505</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256478886</t>
+          <t>9786256478404</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Her Zamanki Gibi</t>
+          <t>Özgürlük, Eşitlik, Merkeziyetsizlik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>545</v>
+        <v>675</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256478510</t>
+          <t>9786256478671</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Para Adamları</t>
+          <t>Herkes İçin Finans</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>675</v>
+        <v>650</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256478831</t>
+          <t>9786256478947</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çok Geç Değil</t>
+          <t>Paranın Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>470</v>
+        <v>635</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256478893</t>
+          <t>9786256478954</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çingene</t>
+          <t>Türkiye İçin Bir Yol Haritası Geleceği Şekillendiren Trendler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>505</v>
+        <v>650</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256478862</t>
+          <t>9786256478930</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Uzun Ömür Çağında Yaşam</t>
+          <t>Dağların Oğlu Çoban Çini ve Topal İsmail</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>585</v>
+        <v>425</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256478763</t>
+          <t>9786256478886</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>The Art Of Predıctıng The Future Trends</t>
+          <t>Her Zamanki Gibi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256478602</t>
+          <t>9786256478510</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcılık</t>
+          <t>Para Adamları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>715</v>
+        <v>675</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256478800</t>
+          <t>9786256478831</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Covıd-19 Döneminde Ekonomik, Finansal ve Sektörel Gelişmeler</t>
+          <t>Çok Geç Değil</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256478633</t>
+          <t>9786256478893</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kulağınıza Küpe Olsun</t>
+          <t>Çingene</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1040</v>
+        <v>505</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256478756</t>
+          <t>9786256478862</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mona Lısa</t>
+          <t>Uzun Ömür Çağında Yaşam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>255</v>
+        <v>585</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944047203</t>
+          <t>9786256478763</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Tenis</t>
+          <t>The Art Of Predıctıng The Future Trends</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>675</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256478749</t>
+          <t>9786256478602</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Fon Yatırımcısı</t>
+          <t>Kapsayıcılık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>570</v>
+        <v>715</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256478589</t>
+          <t>9786256478800</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mavi - Zaman Bugün Geldi</t>
+          <t>Covıd-19 Döneminde Ekonomik, Finansal ve Sektörel Gelişmeler</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256478008</t>
+          <t>9786256478633</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri</t>
+          <t>Kulağınıza Küpe Olsun</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>235</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256478640</t>
+          <t>9786256478756</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Duygularımı Oraya Sakladım</t>
+          <t>Gizemli Mona Lısa</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>235</v>
+        <v>255</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256478657</t>
+          <t>9789944047203</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Matrixi</t>
+          <t>A'dan Z'ye Tenis</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>585</v>
+        <v>675</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256478718</t>
+          <t>9786256478749</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Etkin Satış Yöntemleri</t>
+          <t>Akıllı Fon Yatırımcısı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>505</v>
+        <v>570</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256478725</t>
+          <t>9786256478589</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon, Resesyon ve Stagflasyon Süreçlerinde Yönetim</t>
+          <t>Mavi - Zaman Bugün Geldi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>505</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256478732</t>
+          <t>9786256478008</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kuğular</t>
+          <t>Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>675</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256478480</t>
+          <t>9786256478640</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Buğdayları 2. Cilt</t>
+          <t>Duygularımı Oraya Sakladım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1235</v>
+        <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256478312</t>
+          <t>9786256478657</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Alışverişi Bıraktığı Gün</t>
+          <t>Tüketim Matrixi</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>585</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256478527</t>
+          <t>9786256478718</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Direniş Üzerine Notlar</t>
+          <t>A’dan Z’ye Etkin Satış Yöntemleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>425</v>
+        <v>505</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256478596</t>
+          <t>9786256478725</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı</t>
+          <t>Enflasyon, Resesyon ve Stagflasyon Süreçlerinde Yönetim</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>505</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256478664</t>
+          <t>9786256478732</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Wall Street’te İsyan</t>
+          <t>Yeşil Kuğular</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>570</v>
+        <v>675</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256478145</t>
+          <t>9786256478480</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>ESG - Sürdürülebilirlik Krizinin ve Şirket Değerinin Yeni Anahtarı mı?</t>
+          <t>Türkiye Buğdayları 2. Cilt</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>715</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256478626</t>
+          <t>9786256478312</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dizginlenemeyen</t>
+          <t>Dünyanın Alışverişi Bıraktığı Gün</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>715</v>
+        <v>585</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256478619</t>
+          <t>9786256478527</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gel Gönlümü Yuva Yap</t>
+          <t>Direniş Üzerine Notlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256478534</t>
+          <t>9786256478596</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Borsadan Geçinmenin Yolları</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>675</v>
+        <v>505</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057137524</t>
+          <t>9786256478664</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Neden Delirdi?</t>
+          <t>Wall Street’te İsyan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256478435</t>
+          <t>9786256478145</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>WEB3</t>
+          <t>ESG - Sürdürülebilirlik Krizinin ve Şirket Değerinin Yeni Anahtarı mı?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>570</v>
+        <v>715</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256478473</t>
+          <t>9786256478626</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Buğdayları 1. Cilt</t>
+          <t>Dizginlenemeyen</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>715</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256478213</t>
+          <t>9786256478619</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Paranın Geleceği</t>
+          <t>Gel Gönlümü Yuva Yap</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>635</v>
+        <v>340</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258177978</t>
+          <t>9786256478534</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Kararlarında Yatkınlık Etkisi</t>
+          <t>Borsadan Geçinmenin Yolları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>455</v>
+        <v>675</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256478206</t>
+          <t>9786057137524</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gayrimeşru Otorite - Zamanımızın Zorluklarıyla Yüzleşmek</t>
+          <t>Nietzsche Neden Delirdi?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>570</v>
+        <v>340</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256478374</t>
+          <t>9786256478435</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Meze Bizden Muhabbeti Sizden (Ciltli)</t>
+          <t>WEB3</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1170</v>
+        <v>570</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256478107</t>
+          <t>9786256478473</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Asya Nasıl Başardı</t>
+          <t>Türkiye Buğdayları 1. Cilt</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>675</v>
+        <v>715</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256478244</t>
+          <t>9786256478213</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Finans</t>
+          <t>Paranın Geleceği</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>545</v>
+        <v>635</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256478305</t>
+          <t>9786258177978</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Perşembe'nin Gelişi</t>
+          <t>Yatırım Kararlarında Yatkınlık Etkisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>560</v>
+        <v>455</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256478183</t>
+          <t>9786256478206</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavlarına Hazırlık - Düzey 1</t>
+          <t>Gayrimeşru Otorite - Zamanımızın Zorluklarıyla Yüzleşmek</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>590</v>
+        <v>570</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256478015</t>
+          <t>9786256478374</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizm ve Göçmen Emeği</t>
+          <t>Meze Bizden Muhabbeti Sizden (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>500</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256478077</t>
+          <t>9786256478107</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Yeni Başlıyor</t>
+          <t>Asya Nasıl Başardı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>390</v>
+        <v>675</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258177763</t>
+          <t>9786256478244</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İşbirlikçi Çalışmanın Mekanları - Coworking</t>
+          <t>Gömülü Finans</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>545</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256478282</t>
+          <t>9786256478305</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Cimri Kirpi</t>
+          <t>Perşembe'nin Gelişi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>405</v>
+        <v>560</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256478152</t>
+          <t>9786256478183</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İletişim 101</t>
+          <t>SPK Lisanslama Sınavlarına Hazırlık - Düzey 1</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>505</v>
+        <v>590</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256478169</t>
+          <t>9786256478015</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Doğru Borsa - Borsa Yatırımcısının El Kitabı No: 1</t>
+          <t>Küresel Kapitalizm ve Göçmen Emeği</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>585</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256478176</t>
+          <t>9786256478077</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılın İlk Yıllarında Ekonomi Politik Gündem Konuları</t>
+          <t>Hikaye Yeni Başlıyor</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256478190</t>
+          <t>9786258177763</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hamid’in Öyküsü - Leyleklerin Dönüşü</t>
+          <t>İşbirlikçi Çalışmanın Mekanları - Coworking</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256478121</t>
+          <t>9786256478282</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Geri Çekiliş</t>
+          <t>Cimri Kirpi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>390</v>
+        <v>405</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256478091</t>
+          <t>9786256478152</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Portföy Peşinde</t>
+          <t>İletişim 101</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>715</v>
+        <v>505</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256478138</t>
+          <t>9786256478169</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dijital Varlık Devrimi</t>
+          <t>Doğru Borsa - Borsa Yatırımcısının El Kitabı No: 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>675</v>
+        <v>585</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258177855</t>
+          <t>9786256478176</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yalın İnsan  Kaynakları Yönetimi</t>
+          <t>21. Yüzyılın İlk Yıllarında Ekonomi Politik Gündem Konuları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>585</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256478114</t>
+          <t>9786256478190</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dili Çözülen Zamanlar</t>
+          <t>Hamid’in Öyküsü - Leyleklerin Dönüşü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256478039</t>
+          <t>9786256478121</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Göç, Afet Yönetimi ve İnsani Yardım</t>
+          <t>Geri Çekiliş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256478084</t>
+          <t>9786256478091</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Evsizler: Kimsesizler</t>
+          <t>Mükemmel Portföy Peşinde</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>715</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256478060</t>
+          <t>9786256478138</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Algoritmaların İzinde Borsa</t>
+          <t>Dijital Varlık Devrimi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>675</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258177824</t>
+          <t>9786258177855</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Borsada Adım Adım - Stratejiler ve Kazanmanın Psikolojisi</t>
+          <t>Yalın İnsan  Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>625</v>
+        <v>585</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258177213</t>
+          <t>9786256478114</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tükendi</t>
+          <t>Dili Çözülen Zamanlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>585</v>
+        <v>425</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258177879</t>
+          <t>9786256478039</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kendimin En İyisi</t>
+          <t>Göç, Afet Yönetimi ve İnsani Yardım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258177862</t>
+          <t>9786256478084</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ortanın Solu ve Yerel Yönetimler: 1973-1977 İstanbul’da Ahmet İsvan Dönemi</t>
+          <t>Evsizler: Kimsesizler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>625</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258177817</t>
+          <t>9786256478060</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İki Dudak Bir Sehpa</t>
+          <t>Algoritmaların İzinde Borsa</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258177794</t>
+          <t>9786258177824</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir De Benden Dinleyin - CHP Kürt Sorununun Çözümünde Ne Dedi?</t>
+          <t>Borsada Adım Adım - Stratejiler ve Kazanmanın Psikolojisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>505</v>
+        <v>625</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258177800</t>
+          <t>9786258177213</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Tükendi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>490</v>
+        <v>585</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258177787</t>
+          <t>9786258177879</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Belediye Başkanı (Ciltli)</t>
+          <t>Kendimin En İyisi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>505</v>
+        <v>425</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258177749</t>
+          <t>9786258177862</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Halka Arz 101 Şirket Finansmanında Halka Arzlar</t>
+          <t>Ortanın Solu ve Yerel Yönetimler: 1973-1977 İstanbul’da Ahmet İsvan Dönemi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>585</v>
+        <v>625</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258177732</t>
+          <t>9786258177817</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Cehennet</t>
+          <t>İki Dudak Bir Sehpa</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>540</v>
+        <v>195</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258177756</t>
+          <t>9786258177794</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Sonuçları</t>
+          <t>Bir De Benden Dinleyin - CHP Kürt Sorununun Çözümünde Ne Dedi?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>520</v>
+        <v>505</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258177626</t>
+          <t>9786258177800</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimseye Yolculuk</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>255</v>
+        <v>490</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258177671</t>
+          <t>9786258177787</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Net Pozitif</t>
+          <t>Belediye Başkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>710</v>
+        <v>505</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258177121</t>
+          <t>9786258177749</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz 101</t>
+          <t>Halka Arz 101 Şirket Finansmanında Halka Arzlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>845</v>
+        <v>585</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258177725</t>
+          <t>9786258177732</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Yerel Yönetim Üstüne</t>
+          <t>Cehennet</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>425</v>
+        <v>540</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258177220</t>
+          <t>9786258177756</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çöküşe Giden Yol</t>
+          <t>Kapitalizmin Sonuçları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>635</v>
+        <v>520</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258177619</t>
+          <t>9786258177626</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düşük Kaliteli Ve Düşük Oranlı Büyüme Tuzağı: Mukayeseli Ülke Analizi</t>
+          <t>Hiç Kimseye Yolculuk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258177190</t>
+          <t>9786258177671</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yatırımcılara Hikayeler</t>
+          <t>Net Pozitif</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>505</v>
+        <v>710</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057137517</t>
+          <t>9786258177121</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Önsezi</t>
+          <t>Teknik Analiz 101</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>625</v>
+        <v>845</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258177596</t>
+          <t>9786258177725</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>BES 101 - BES Sistemi ve Emeklilik Yatırım Fonları</t>
+          <t>Sivil Toplum ve Yerel Yönetim Üstüne</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>545</v>
+        <v>425</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258177589</t>
+          <t>9786258177220</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Deli İşi</t>
+          <t>Çöküşe Giden Yol</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>585</v>
+        <v>635</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258177657</t>
+          <t>9786258177619</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yeni, Toplumcu, Demokratik Belediyecilik</t>
+          <t>Düşük Kaliteli Ve Düşük Oranlı Büyüme Tuzağı: Mukayeseli Ülke Analizi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>505</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258177275</t>
+          <t>9786258177190</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Önleyici Soğuk Savaş</t>
+          <t>Yatırımcılara Hikayeler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>505</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258177312</t>
+          <t>9786057137517</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Para Politikaları</t>
+          <t>Önsezi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>715</v>
+        <v>625</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258177237</t>
+          <t>9786258177596</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Süpervizyon</t>
+          <t>BES 101 - BES Sistemi ve Emeklilik Yatırım Fonları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>380</v>
+        <v>545</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258177145</t>
+          <t>9786258177589</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Karar Verilir?</t>
+          <t>Deli İşi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>610</v>
+        <v>585</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258177114</t>
+          <t>9786258177657</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Minimalist Girişimci</t>
+          <t>Türkiye'de Yeni, Toplumcu, Demokratik Belediyecilik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>585</v>
+        <v>505</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258177206</t>
+          <t>9786258177275</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Etki</t>
+          <t>Önleyici Soğuk Savaş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>635</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258177107</t>
+          <t>9786258177312</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Analitiği</t>
+          <t>21. Yüzyıl Para Politikaları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>570</v>
+        <v>715</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258177244</t>
+          <t>9786258177237</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıkların Çılgınlığı İçin Küçük Kitap</t>
+          <t>Sosyal Hizmette Süpervizyon</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258177183</t>
+          <t>9786258177145</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kent Hakkı Ve Kentsel Adalet</t>
+          <t>Nasıl Karar Verilir?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>540</v>
+        <v>610</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258177251</t>
+          <t>9786258177114</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Borsanın Karmaşası İçin Küçük Kitap</t>
+          <t>Minimalist Girişimci</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>455</v>
+        <v>585</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258177077</t>
+          <t>9786258177206</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kalplerimizdeki Yeni Dünya</t>
+          <t>Etki</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>635</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258177008</t>
+          <t>9786258177107</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Metaverse 101 - Paralel Evren</t>
+          <t>Yaşamın Analitiği</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>455</v>
+        <v>570</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258177084</t>
+          <t>9786258177244</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yaşamımızdaki IQ</t>
+          <t>Kalabalıkların Çılgınlığı İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057156891</t>
+          <t>9786258177183</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Ayrıntılara Ödünsüz Özen Göstermek</t>
+          <t>Kent Hakkı Ve Kentsel Adalet</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>455</v>
+        <v>540</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057156884</t>
+          <t>9786258177251</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Olgunluk Eğrisi</t>
+          <t>Borsanın Karmaşası İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>455</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258177022</t>
+          <t>9786258177077</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sıla Vera Vira</t>
+          <t>Kalplerimizdeki Yeni Dünya</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057156846</t>
+          <t>9786258177008</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Güneşi</t>
+          <t>Metaverse 101 - Paralel Evren</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>425</v>
+        <v>455</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258177015</t>
+          <t>9786258177084</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Deneyim Aynı Değildir</t>
+          <t>Yaşamımızdaki IQ</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>555</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057120052</t>
+          <t>9786057156891</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Değer Yatırımcılığı İçin Küçük Kitap</t>
+          <t>Anlamlı Ayrıntılara Ödünsüz Özen Göstermek</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>450</v>
+        <v>455</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057120083</t>
+          <t>9786057156884</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir Devrimi</t>
+          <t>Kurumsal Olgunluk Eğrisi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>675</v>
+        <v>455</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057156860</t>
+          <t>9786258177022</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fikirler Neden Önemlidir?</t>
+          <t>Sıla Vera Vira</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057137531</t>
+          <t>9786057156846</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Medyayı Dizginlemek</t>
+          <t>Kapadokya Güneşi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057156877</t>
+          <t>9786258177015</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Kariyer Rehberi</t>
+          <t>Bilgi ve Deneyim Aynı Değildir</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>555</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057137586</t>
+          <t>9786057120052</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yatırım El Kitabı</t>
+          <t>Değer Yatırımcılığı İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057120076</t>
+          <t>9786057120083</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bilmemeniz Gereken Bilgiler</t>
+          <t>Blokzincir Devrimi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>555</v>
+        <v>675</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789758535347</t>
+          <t>9786057156860</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cinnet Panik Ve Çöküş</t>
+          <t>Fikirler Neden Önemlidir?</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>26</v>
+        <v>315</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057120069</t>
+          <t>9786057137531</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Olmanın Yolları</t>
+          <t>Medyayı Dizginlemek</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057120090</t>
+          <t>9786057156877</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ekonomiyi Bir De Benden Dinleyin</t>
+          <t>Üniversite Kariyer Rehberi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>560</v>
+        <v>555</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057137593</t>
+          <t>9786057137586</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Accounting Engineering And Space Accounting</t>
+          <t>Yatırım El Kitabı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>425</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057137548</t>
+          <t>9786057120076</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Girişimcinin Başarı Hikayesi - Bingöl'den Kanada'ya</t>
+          <t>Bilmemeniz Gereken Bilgiler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>455</v>
+        <v>555</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057120007</t>
+          <t>9789758535347</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Atlama Taşları</t>
+          <t>Cinnet Panik Ve Çöküş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>715</v>
+        <v>26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057137500</t>
+          <t>9786057120069</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayatta İş İşte Hayat</t>
+          <t>Başarılı Olmanın Yolları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>570</v>
+        <v>560</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>4440000000895</t>
+          <t>9786057120090</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Scala Edebiyat Yapıyor (5 Kitap)</t>
+          <t>Ekonomiyi Bir De Benden Dinleyin</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057120038</t>
+          <t>9786057137593</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Accounting Engineering And Space Accounting</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057110169</t>
+          <t>9786057137548</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Salome</t>
+          <t>Bir Girişimcinin Başarı Hikayesi - Bingöl'den Kanada'ya</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>295</v>
+        <v>455</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057110176</t>
+          <t>9786057120007</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Macera</t>
+          <t>Atlama Taşları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>285</v>
+        <v>715</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057110183</t>
+          <t>9786057137500</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Hayatta İş İşte Hayat</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>295</v>
+        <v>570</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057110190</t>
+          <t>4440000000895</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Scala Edebiyat Yapıyor (5 Kitap)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057400697</t>
+          <t>9786057120038</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şirket Birleşmeleri</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>505</v>
+        <v>295</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057110107</t>
+          <t>9786057110169</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Para Banka ve Finansın Sırları</t>
+          <t>Salome</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>700</v>
+        <v>295</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057400628</t>
+          <t>9786057110176</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Zaman</t>
+          <t>Macera</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>405</v>
+        <v>285</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057400659</t>
+          <t>9786057110183</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Paranın Psikolojisi</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>580</v>
+        <v>295</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057110114</t>
+          <t>9786057110190</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Nardugan</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>505</v>
+        <v>295</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758535941</t>
+          <t>9786057400697</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Konut Balonundan Bir Kent Efsanesi</t>
+          <t>Şirket Birleşmeleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>265</v>
+        <v>505</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057400666</t>
+          <t>9786057110107</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Grammar Speaker</t>
+          <t>Para Banka ve Finansın Sırları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>445</v>
+        <v>700</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257191302</t>
+          <t>9786057400628</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Gıdada Yatırım Trendleri 2050</t>
+          <t>Tepedeki Zaman</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>700</v>
+        <v>405</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057110121</t>
+          <t>9786057400659</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Borsa 101</t>
+          <t>Paranın Psikolojisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>555</v>
+        <v>580</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257191296</t>
+          <t>9786057110114</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bitcoin ve Blokzincirin Temelleri</t>
+          <t>Nardugan</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>650</v>
+        <v>505</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057400680</t>
+          <t>9789758535941</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Borsa Sihirbazları</t>
+          <t>Konut Balonundan Bir Kent Efsanesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>635</v>
+        <v>265</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057110138</t>
+          <t>9786057400666</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Berlin Duvarı Yıkılırken Türkler ve Batı Yakası'ndaki Gazeteci</t>
+          <t>Grammar Speaker</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>455</v>
+        <v>445</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786056108495</t>
+          <t>9786257191302</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ben Buraya Hayallerimle Geldim</t>
+          <t>Tarım ve Gıdada Yatırım Trendleri 2050</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057400611</t>
+          <t>9786057110121</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Batı Nasıl Kazandı - Doğu Neden Kaybetti?</t>
+          <t>Borsa 101</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>580</v>
+        <v>555</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059248549</t>
+          <t>9786257191296</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasalarda Zihin Kontrolü</t>
+          <t>Bitcoin ve Blokzincirin Temelleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059248617</t>
+          <t>9786057400680</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dönemde Yerel Yönetimlerde Kurumsal İletişim</t>
+          <t>Bilinmeyen Borsa Sihirbazları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>340</v>
+        <v>635</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789757132189</t>
+          <t>9786057110138</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Erkekler Uzaylı mı?</t>
+          <t>Berlin Duvarı Yıkılırken Türkler ve Batı Yakası'ndaki Gazeteci</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>285</v>
+        <v>455</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789758535880</t>
+          <t>9786056108495</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Meta Trader</t>
+          <t>Ben Buraya Hayallerimle Geldim</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758535996</t>
+          <t>9786057400611</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Fonları ve Kurumsal Yönetim</t>
+          <t>Batı Nasıl Kazandı - Doğu Neden Kaybetti?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758535538</t>
+          <t>9786059248549</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yalancının Pokeri</t>
+          <t>Finansal Piyasalarda Zihin Kontrolü</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>430</v>
+        <v>470</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789758535354</t>
+          <t>9786059248617</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yüzün</t>
+          <t>Yeni Dönemde Yerel Yönetimlerde Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059248969</t>
+          <t>9789757132189</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dansla İşe Gitmek</t>
+          <t>Yoksa Erkekler Uzaylı mı?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>700</v>
+        <v>285</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054650217</t>
+          <t>9789758535880</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Portföy Sigortası</t>
+          <t>Yeni Başlayanlar İçin Meta Trader</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054650514</t>
+          <t>9789758535996</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Feride</t>
+          <t>Yatırım Fonları ve Kurumsal Yönetim</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>13.89</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054650453</t>
+          <t>9789758535538</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Çocuklar</t>
+          <t>Yalancının Pokeri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>520</v>
+        <v>430</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054650347</t>
+          <t>9789758535354</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! (4 Kitap Takım - Kutulu) (Ciltli)</t>
+          <t>Yüzün</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>219.44</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054650262</t>
+          <t>9786059248969</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan</t>
+          <t>Dansla İşe Gitmek</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>340</v>
+        <v>700</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059248402</t>
+          <t>9786054650217</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mayıs Çiçeği ve Hazine Yelkenlileri</t>
+          <t>Portföy Sigortası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>555</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059248501</t>
+          <t>9786054650514</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Uzungöl'den Ötesi Yaylada Horon Sesi</t>
+          <t>Feride</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059248488</t>
+          <t>9786054650453</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Avro</t>
+          <t>Hızlı Çocuklar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>625</v>
+        <v>520</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059248471</t>
+          <t>9786054650347</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>100 Yıllık Yaşam</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! (4 Kitap Takım - Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>585</v>
+        <v>219.44</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059248389</t>
+          <t>9786054650262</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ben Seni Hiç Unutmadım ki!</t>
+          <t>Kağıttan</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>255</v>
+        <v>340</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057424440</t>
+          <t>9786059248402</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>Mayıs Çiçeği ve Hazine Yelkenlileri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>440</v>
+        <v>555</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059248532</t>
+          <t>9786059248501</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ajans Haberciliği</t>
+          <t>Uzungöl'den Ötesi Yaylada Horon Sesi</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059248525</t>
+          <t>9786059248488</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Su Değirmeni</t>
+          <t>Avro</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>340</v>
+        <v>625</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059248518</t>
+          <t>9786059248471</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kavga ve Sevda</t>
+          <t>100 Yıllık Yaşam</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>585</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059248358</t>
+          <t>9786059248389</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Kitlesel Yanılgılar ve Kalabalıkların Çılgınlığı - Karışıklığın Karmaşası</t>
+          <t>Ben Seni Hiç Unutmadım ki!</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>375</v>
+        <v>255</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059248334</t>
+          <t>9786057424440</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Modern Satış Yönetimi ve Liderlik</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>425</v>
+        <v>440</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059248280</t>
+          <t>9786059248532</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Paranın Kralı</t>
+          <t>Ajans Haberciliği</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059248150</t>
+          <t>9786059248525</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Risk Yönetimi</t>
+          <t>Su Değirmeni</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>76</v>
+        <v>340</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786058372306</t>
+          <t>9786059248518</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Plastik Sanatlarımız 1967</t>
+          <t>Kavga ve Sevda</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059248099</t>
+          <t>9786059248358</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünlerin Gizli Doğası</t>
+          <t>Olağanüstü Kitlesel Yanılgılar ve Kalabalıkların Çılgınlığı - Karışıklığın Karmaşası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>39</v>
+        <v>375</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059248105</t>
+          <t>9786059248334</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Satıştan Ziyade Yaklaşım</t>
+          <t>Modern Satış Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050309430</t>
+          <t>9786059248280</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Verimsizlik Tuzağından Çıkış</t>
+          <t>Paranın Kralı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059248143</t>
+          <t>9786059248150</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Paranın Dili</t>
+          <t>Risk Yönetimi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>425</v>
+        <v>76</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059248396</t>
+          <t>9786058372306</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kediniz Sizi Nasıl Eğitir?</t>
+          <t>Plastik Sanatlarımız 1967</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059248419</t>
+          <t>9786059248099</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Satranç Psikolojisi -1</t>
+          <t>Türev Ürünlerin Gizli Doğası</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059248235</t>
+          <t>9786059248105</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Borsada Tek Başına</t>
+          <t>Satıştan Ziyade Yaklaşım</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>675</v>
+        <v>425</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059248129</t>
+          <t>9786050309430</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Karar Alma Cesareti</t>
+          <t>Verimsizlik Tuzağından Çıkış</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>755</v>
+        <v>325</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059248037</t>
+          <t>9786059248143</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dünya Küçük</t>
+          <t>Paranın Dili</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054650545</t>
+          <t>9786059248396</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Parahistoria</t>
+          <t>Kediniz Sizi Nasıl Eğitir?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059248426</t>
+          <t>9786059248419</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, Evren, İnsan</t>
+          <t>Satranç Psikolojisi -1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>425</v>
+        <v>50</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059248273</t>
+          <t>9786059248235</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Finansal Korunma - Hedging</t>
+          <t>Borsada Tek Başına</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>675</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059248051</t>
+          <t>9786059248129</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Finans</t>
+          <t>Karar Alma Cesareti</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>96</v>
+        <v>755</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059248006</t>
+          <t>9786059248037</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>A Vocabulary Learning Tool for the 2016 New SAT 2016 Tested</t>
+          <t>Dünya Küçük</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>18.06</v>
+        <v>450</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054650460</t>
+          <t>9786054650545</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Spekülator</t>
+          <t>Parahistoria</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059248310</t>
+          <t>9786059248426</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Tek Oyun</t>
+          <t>Tanrı, Evren, İnsan</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>540</v>
+        <v>425</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059248020</t>
+          <t>9786059248273</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Trend Takipçisi</t>
+          <t>Finansal Korunma - Hedging</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>715</v>
+        <v>675</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054650507</t>
+          <t>9786059248051</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Her Ömür Kendi Gençliğinden Vurulur (Ciltli)</t>
+          <t>Bireysel Finans</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>25.93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054650446</t>
+          <t>9786059248006</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yatırımcının Pusulası</t>
+          <t>A Vocabulary Learning Tool for the 2016 New SAT 2016 Tested</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>520</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054650408</t>
+          <t>9786054650460</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Battım</t>
+          <t>Spekülator</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059248174</t>
+          <t>9786059248310</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Karşıt Yatırım</t>
+          <t>Şehirdeki Tek Oyun</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>675</v>
+        <v>540</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059248013</t>
+          <t>9786059248020</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gibi Bir Resim</t>
+          <t>Trend Takipçisi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>340</v>
+        <v>715</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054650538</t>
+          <t>9786054650507</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak Bir Dünyada Yükselen Piyasalar</t>
+          <t>Her Ömür Kendi Gençliğinden Vurulur (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>505</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257191111</t>
+          <t>9786054650446</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans</t>
+          <t>Yatırımcının Pusulası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>590</v>
+        <v>520</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054650286</t>
+          <t>9786054650408</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolunda Tedarik Zinciri Yönetimi</t>
+          <t>İyi ki Battım</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>555</v>
+        <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054650521</t>
+          <t>9786059248174</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Bilanço</t>
+          <t>Karşıt Yatırım</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>460</v>
+        <v>675</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054650224</t>
+          <t>9786059248013</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Komünizm</t>
+          <t>Hayal Gibi Bir Resim</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054650378</t>
+          <t>9786054650538</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çok Yaşa İstanbul</t>
+          <t>Tepetaklak Bir Dünyada Yükselen Piyasalar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>340</v>
+        <v>505</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059248075</t>
+          <t>9786257191111</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mayınlı Topraklar</t>
+          <t>İslami Finans</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>340</v>
+        <v>590</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3999757132271</t>
+          <t>9786054650286</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Atları da Vururlar</t>
+          <t>İpek Yolunda Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>40</v>
+        <v>555</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054650316</t>
+          <t>9786054650521</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Sözlüğü</t>
+          <t>Duygusal Bilanço</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>490</v>
+        <v>460</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054650385</t>
+          <t>9786054650224</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Barajı ve Türkiye'ye Etkileri (Ciltli)</t>
+          <t>Atatürk ve Komünizm</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>845</v>
+        <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054650170</t>
+          <t>9786054650378</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yatırımın Tadına Varmak İçin: Forex 5N (Ciltli)</t>
+          <t>Çok Yaşa İstanbul</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>83.33</v>
+        <v>340</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054650163</t>
+          <t>9786059248075</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>The 600 Most Frequently Tested TOEFL Words</t>
+          <t>Mayınlı Topraklar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>22.22</v>
+        <v>340</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059248082</t>
+          <t>3999757132271</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>42. Alay</t>
+          <t>Atları da Vururlar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>425</v>
+        <v>40</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059248068</t>
+          <t>9786054650316</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Az Daha Çoktur</t>
+          <t>Sermaye Piyasası Sözlüğü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>455</v>
+        <v>490</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059886116</t>
+          <t>9786054650385</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Şeyler</t>
+          <t>Atatürk Barajı ve Türkiye'ye Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>210</v>
+        <v>845</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054650477</t>
+          <t>9786054650170</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Lisanslama Rehberi</t>
+          <t>Yatırımın Tadına Varmak İçin: Forex 5N (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>425</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059248228</t>
+          <t>9786054650163</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası ve Borsa</t>
+          <t>The 600 Most Frequently Tested TOEFL Words</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>66</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054650354</t>
+          <t>9786059248082</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Master the TOEFL İBT - Vocabulary Questions</t>
+          <t>42. Alay</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>16.67</v>
+        <v>425</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054650293</t>
+          <t>9786059248068</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Stratejik Planlama</t>
+          <t>Az Daha Çoktur</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>490</v>
+        <v>455</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054650323</t>
+          <t>9786059886116</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Sözlüğü - Önemli 101 Kavram</t>
+          <t>Şeyler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054650231</t>
+          <t>9786054650477</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>En İyi İkinci Çözüm</t>
+          <t>Sermaye Piyasası Lisanslama Rehberi</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054650200</t>
+          <t>9786059248228</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kuşaktan Kuşağa Servet Köprüsü (Ciltli)</t>
+          <t>Sermaye Piyasası ve Borsa</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>455</v>
+        <v>66</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054650033</t>
+          <t>9786054650354</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Amitai Etzioni Sosyolojisi</t>
+          <t>Master the TOEFL İBT - Vocabulary Questions</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>255</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054650156</t>
+          <t>9786054650293</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>TOEFL Words 600 Flashcards</t>
+          <t>Sistematik Stratejik Planlama</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>54.63</v>
+        <v>490</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054650118</t>
+          <t>9786054650323</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Turbo Sertifikalar (Ciltli)</t>
+          <t>Sermaye Piyasası Sözlüğü - Önemli 101 Kavram</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054650132</t>
+          <t>9786054650231</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yatırım</t>
+          <t>En İyi İkinci Çözüm</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>44</v>
+        <v>425</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054650149</t>
+          <t>9786054650200</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hedefe Giden Yol: College USA</t>
+          <t>Kuşaktan Kuşağa Servet Köprüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>34</v>
+        <v>455</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054650095</t>
+          <t>9786054650033</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bollinger Bantları</t>
+          <t>Amitai Etzioni Sosyolojisi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054650101</t>
+          <t>9786054650156</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yatırımcı</t>
+          <t>TOEFL Words 600 Flashcards</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>29.63</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057424419</t>
+          <t>9786054650118</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tek Kanatla Kuş Uçmaz</t>
+          <t>Turbo Sertifikalar (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>580</v>
+        <v>425</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057424433</t>
+          <t>9786054650132</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Agile Dönüşüm</t>
+          <t>Geleceğe Yatırım</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>340</v>
+        <v>44</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257191234</t>
+          <t>9786054650149</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karmaşıklık Ekonomisi</t>
+          <t>Hedefe Giden Yol: College USA</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>540</v>
+        <v>34</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789757132943</t>
+          <t>9786054650095</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Xezala Min Delala Min</t>
+          <t>Bollinger Bantları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059248297</t>
+          <t>9786054650101</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett Tarzı</t>
+          <t>Küçük Yatırımcı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>455</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257191173</t>
+          <t>9786057424419</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Atları da Vururlar...</t>
+          <t>Tek Kanatla Kuş Uçmaz</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>405</v>
+        <v>580</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057424402</t>
+          <t>9786057424433</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ada Vapuru - Öyküler</t>
+          <t>Agile Dönüşüm</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>455</v>
+        <v>340</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257191012</t>
+          <t>9786257191234</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bir Yolculuktur</t>
+          <t>Karmaşıklık Ekonomisi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>455</v>
+        <v>540</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057424426</t>
+          <t>9789757132943</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Büyük Para</t>
+          <t>Xezala Min Delala Min</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257191258</t>
+          <t>9786059248297</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Parasal Konularda Yaptığımız Hatalar</t>
+          <t>Warren Buffett Tarzı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>520</v>
+        <v>455</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257191029</t>
+          <t>9786257191173</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finans</t>
+          <t>Atları da Vururlar...</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>675</v>
+        <v>405</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257191203</t>
+          <t>9786057424402</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Değerleme İçin Küçük Kitap</t>
+          <t>Ada Vapuru - Öyküler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>675</v>
+        <v>455</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057400604</t>
+          <t>9786257191012</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Anlatılar ve Sayılar</t>
+          <t>Başarı Bir Yolculuktur</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>520</v>
+        <v>455</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257191289</t>
+          <t>9786057424426</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett ve Finansal Tabloların Yorumlanması</t>
+          <t>Büyük Para</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>715</v>
+        <v>425</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257191067</t>
+          <t>9786257191258</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi</t>
+          <t>Parasal Konularda Yaptığımız Hatalar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257191043</t>
+          <t>9786257191029</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Jim Simons Piyasaların Şifresini Çözen Adam</t>
+          <t>Uluslararası Finans</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>675</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059248693</t>
+          <t>9786257191203</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Viop'ta Vadeli İşlemler</t>
+          <t>Değerleme İçin Küçük Kitap</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>585</v>
+        <v>675</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789757132530</t>
+          <t>9786057400604</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bu Olmalı</t>
+          <t>Anlatılar ve Sayılar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>30</v>
+        <v>520</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054650361</t>
+          <t>9786257191289</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bir Kent Efsanesi Kent Balonu</t>
+          <t>Warren Buffett ve Finansal Tabloların Yorumlanması</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>60</v>
+        <v>715</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9799757132256</t>
+          <t>9786257191067</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Gerçekçilik</t>
+          <t>Proje Yönetimi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054650484</t>
+          <t>9786257191043</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Pay Geri Alımları</t>
+          <t>Jim Simons Piyasaların Şifresini Çözen Adam</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>460</v>
+        <v>675</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257191074</t>
+          <t>9786059248693</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yetkinlik Bazlı Mülakat Sistemi</t>
+          <t>Viop'ta Vadeli İşlemler</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>425</v>
+        <v>585</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257191050</t>
+          <t>9789757132530</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ya Da Hiç Kimsenin</t>
+          <t>Aşk Bu Olmalı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257191227</t>
+          <t>9786054650361</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç</t>
+          <t>Bir Kent Efsanesi Kent Balonu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>425</v>
+        <v>60</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257191272</t>
+          <t>9799757132256</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çıkmayan Sorunların Yöneticisi</t>
+          <t>Sosyalist Gerçekçilik</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059248754</t>
+          <t>9786054650484</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ve Veya Ya da Sanat</t>
+          <t>Pay Geri Alımları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>505</v>
+        <v>460</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257191135</t>
+          <t>9786257191074</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yeni Büyük Çöküş: Pandemi Sonrası Dünyanın Kazanan ve Kaybedenleri</t>
+          <t>Yetkinlik Bazlı Mülakat Sistemi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>560</v>
+        <v>425</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257191197</t>
+          <t>9786257191050</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kripto Varlıklar</t>
+          <t>Bizim Ya Da Hiç Kimsenin</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>555</v>
+        <v>55</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059248716</t>
+          <t>9786257191227</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Parahistoria - Faiz</t>
+          <t>Başlangıç</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059248945</t>
+          <t>9786257191272</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Çirkin</t>
+          <t>Çıkmayan Sorunların Yöneticisi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>285</v>
+        <v>425</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059248662</t>
+          <t>9786059248754</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Milli Birlik Komitesi Üyesi 14’lerden Kurmay Yarbay Mustafa Kaplan'ın Devrim Anıları</t>
+          <t>Ve Veya Ya da Sanat</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>585</v>
+        <v>505</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059248495</t>
+          <t>9786257191135</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Paranın Kuralı</t>
+          <t>Yeni Büyük Çöküş: Pandemi Sonrası Dünyanın Kazanan ve Kaybedenleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>715</v>
+        <v>560</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257191210</t>
+          <t>9786257191197</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Parayı Kim Yaratır?</t>
+          <t>Kripto Varlıklar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>400</v>
+        <v>555</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257191241</t>
+          <t>9786059248716</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Boşa Gitmesin - Beynimiz ve Paramız</t>
+          <t>Parahistoria - Faiz</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059248631</t>
+          <t>9786059248945</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide ve Piyasalarda Dalgaları Yönetmek</t>
+          <t>Çirkin</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>570</v>
+        <v>285</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059248709</t>
+          <t>9786059248662</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ayın Kızı Jin ve Güneşin Oğlu Jir</t>
+          <t>Milli Birlik Komitesi Üyesi 14’lerden Kurmay Yarbay Mustafa Kaplan'ın Devrim Anıları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>295</v>
+        <v>585</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257191326</t>
+          <t>9786059248495</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Temel Analiz ve Değerleme</t>
+          <t>Paranın Kuralı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>470</v>
+        <v>715</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257191180</t>
+          <t>9786257191210</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Baykuş'un Gör Dediği</t>
+          <t>Parayı Kim Yaratır?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>585</v>
+        <v>400</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789758535637</t>
+          <t>9786257191241</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Vergilemede Global Eğilimler</t>
+          <t>Boşa Gitmesin - Beynimiz ve Paramız</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789758535934</t>
+          <t>9786059248631</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Türk Girişimciler Rusya’da</t>
+          <t>Ekonomide ve Piyasalarda Dalgaları Yönetmek</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054650415</t>
+          <t>9786059248709</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünler ve Risk Yönetimi Sözlüğü</t>
+          <t>Ayın Kızı Jin ve Güneşin Oğlu Jir</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>585</v>
+        <v>295</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054650002</t>
+          <t>9786257191326</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Türev Piyasaları ve Yapılandırılmış Ürünler</t>
+          <t>Uygulamalı Temel Analiz ve Değerleme</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789758535958</t>
+          <t>9786257191180</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Tül</t>
+          <t>Baykuş'un Gör Dediği</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>295</v>
+        <v>585</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059248433</t>
+          <t>9789758535637</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! - Dördüncü Kitap</t>
+          <t>Vergilemede Global Eğilimler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>675</v>
+        <v>390</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059248303</t>
+          <t>9789758535934</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! Üçüncü Kitap</t>
+          <t>Türk Girişimciler Rusya’da</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>675</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059248259</t>
+          <t>9786054650415</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! İkinci Kitap</t>
+          <t>Türev Ürünler ve Risk Yönetimi Sözlüğü</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>665</v>
+        <v>585</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059248211</t>
+          <t>9786054650002</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! 1. Kitap</t>
+          <t>Türev Piyasaları ve Yapılandırılmış Ürünler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>665</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059248655</t>
+          <t>9789758535958</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tanrılara Karşı Riskin Olağanüstü Tarihi</t>
+          <t>Ten ve Tül</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>675</v>
+        <v>295</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789758535460</t>
+          <t>9786059248433</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sofrası</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! - Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>195</v>
+        <v>675</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789758535477</t>
+          <t>9786059248303</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Şair Değilim</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>9.26</v>
+        <v>675</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786058783003</t>
+          <t>9786059248259</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavlarına Hazırlık</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! İkinci Kitap</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>75</v>
+        <v>665</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>3990000006751</t>
+          <t>9786059248211</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Soluklan Bu Şehirde</t>
+          <t>Teknik Analiz mi Dedin? Hadi Canım Sen de! 1. Kitap</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>4.63</v>
+        <v>665</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789758535439</t>
+          <t>9786059248655</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sibel’in Dünyası</t>
+          <t>Tanrılara Karşı Riskin Olağanüstü Tarihi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>20</v>
+        <v>675</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059248341</t>
+          <t>9789758535460</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Hisseler Sıradışı Karlar</t>
+          <t>Şeytan Sofrası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789758535378</t>
+          <t>9789758535477</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kurulu Lisanslama Sınavlarına Hazırlık Testleri</t>
+          <t>Şair Değilim</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054650040</t>
+          <t>9786058783003</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Seni Babama Söylerim</t>
+          <t>SPK Lisanslama Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054650019</t>
+          <t>3990000006751</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>SAT Words Flashcards</t>
+          <t>Soluklan Bu Şehirde</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>54.63</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789758535620</t>
+          <t>9789758535439</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Piyasalar Çarpışınca</t>
+          <t>Sibel’in Dünyası</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786056199516</t>
+          <t>9786059248341</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Vicdanımdan Nefsime Mesajlar</t>
+          <t>Sıradan Hisseler Sıradışı Karlar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>3990000027986</t>
+          <t>9789758535378</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Perakende Planlama</t>
+          <t>Sermaye Piyasası Kurulu Lisanslama Sınavlarına Hazırlık Testleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>58.33</v>
+        <v>72</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789758535613</t>
+          <t>9786054650040</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Para Palas</t>
+          <t>Seni Babama Söylerim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789758535453</t>
+          <t>9786054650019</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Para Harekatı</t>
+          <t>SAT Words Flashcards</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>35.19</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789758535842</t>
+          <t>9789758535620</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Piyasalar Çarpışınca</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789758535316</t>
+          <t>9786056199516</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>OyuncAşkçı</t>
+          <t>Vicdanımdan Nefsime Mesajlar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789758535590</t>
+          <t>3990000027986</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaktan Barikatlar</t>
+          <t>Perakende Planlama</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>155</v>
+        <v>58.33</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059248976</t>
+          <t>9789758535613</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Oyun Teorisi ve Ortaklaşa Rekabet</t>
+          <t>Para Palas</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>675</v>
+        <v>440</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758535910</t>
+          <t>9789758535453</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Anonim Şirketleri</t>
+          <t>Para Harekatı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>590</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9799757132614</t>
+          <t>9789758535842</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Kitlesel Yanılgılar ve Kalabalıkların Çılgınlığı Karışıklığın Karmaşası</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>29.63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789758535484</t>
+          <t>9789758535316</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Emeklilik İçin Rakamınız Kaç?</t>
+          <t>OyuncAşkçı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789758535569</t>
+          <t>9789758535590</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Oyuncaktan Barikatlar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789758535293</t>
+          <t>9786059248976</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Maestro Fed, Greenspan ve Amerikan Ekonomisi</t>
+          <t>Oyun Teorisi ve Ortaklaşa Rekabet</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>450</v>
+        <v>675</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789757132967</t>
+          <t>9789758535910</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Lokantamızda Prens ve Prensesler  Daima Taze ve Bol Masal Sosu ile Sunulur</t>
+          <t>Osmanlı Anonim Şirketleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>30</v>
+        <v>590</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789758535712</t>
+          <t>9799757132614</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sistemik Krizin Anatomisi</t>
+          <t>Olağanüstü Kitlesel Yanılgılar ve Kalabalıkların Çılgınlığı Karışıklığın Karmaşası</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>45</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789757132981</t>
+          <t>9789758535484</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizmin Tarihsel Sınırı  ve İşçi Sınıfının Anatomisi</t>
+          <t>Mutlu Bir Emeklilik İçin Rakamınız Kaç?</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>340</v>
+        <v>505</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756039007</t>
+          <t>9789758535569</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kuş Sütü</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789758535514</t>
+          <t>9789758535293</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze Türkiye İlaç Endüstrisi</t>
+          <t>Maestro Fed, Greenspan ve Amerikan Ekonomisi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>27.78</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059248242</t>
+          <t>9789757132967</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kur Savaşları</t>
+          <t>Lokantamızda Prens ve Prensesler  Daima Taze ve Bol Masal Sosu ile Sunulur</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>650</v>
+        <v>30</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789758535408</t>
+          <t>9789758535712</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Konferans Çevirmenliği Güncel Uygulamalar ve Araştırmalar</t>
+          <t>Küresel Sistemik Krizin Anatomisi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789757132318</t>
+          <t>9789757132981</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Karşıt Yatırım Zor Dönemlerde Yatırım Stratejileri</t>
+          <t>Küresel Kapitalizmin Tarihsel Sınırı  ve İşçi Sınıfının Anatomisi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>24.07</v>
+        <v>340</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059248440</t>
+          <t>9789756039007</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Karar Anı</t>
+          <t>Kuş Sütü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789758535415</t>
+          <t>9789758535514</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kapılar</t>
+          <t>Kuruluşundan Günümüze Türkiye İlaç Endüstrisi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>70</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9781419629747</t>
+          <t>9786059248242</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kanatların Rengi</t>
+          <t>Kur Savaşları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>70</v>
+        <v>650</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789757132882</t>
+          <t>9789758535408</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kanatabilirsin Ömrümü...</t>
+          <t>Konferans Çevirmenliği Güncel Uygulamalar ve Araştırmalar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>45</v>
+        <v>32</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789758535668</t>
+          <t>9789757132318</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’nı Aşan Türk Girişimciler</t>
+          <t>Karşıt Yatırım Zor Dönemlerde Yatırım Stratejileri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059248266</t>
+          <t>9786059248440</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Toyota Ruhu</t>
+          <t>Karar Anı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789758535750</t>
+          <t>9789758535415</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kaç Defa Unutmalı Seni?</t>
+          <t>Kapılar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>235</v>
+        <v>70</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789758535781</t>
+          <t>9781419629747</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Japon Savaş Bıçağı Kültürü - Tanto Jutsu - Aikido</t>
+          <t>Kanatların Rengi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>425</v>
+        <v>70</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789758535705</t>
+          <t>9789757132882</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet’ten Önce Türklerde Kültürel Hayat</t>
+          <t>Kanatabilirsin Ömrümü...</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>23.15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>3990000024866</t>
+          <t>9789758535668</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Çıkarın Beni Buradan! Okul Stresiyle Başetme Yöntemleri</t>
+          <t>Kafdağı’nı Aşan Türk Girişimciler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789757132172</t>
+          <t>9786059248266</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Ailem Beni Çıldırtıyor!</t>
+          <t>Toyota Ruhu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>180</v>
+        <v>620</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786056136122</t>
+          <t>9789758535750</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Ailem Beni Çıldırtıyor!</t>
+          <t>Kaç Defa Unutmalı Seni?</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>425</v>
+        <v>235</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789757132196</t>
+          <t>9789758535781</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sesinle Konuş!</t>
+          <t>Japon Savaş Bıçağı Kültürü - Tanto Jutsu - Aikido</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>25</v>
+        <v>425</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789758535767</t>
+          <t>9789758535705</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İki Cennet Arasında Anılar</t>
+          <t>İslamiyet’ten Önce Türklerde Kültürel Hayat</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789757132905</t>
+          <t>3990000024866</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Intermezzo</t>
+          <t>İmdat! Çıkarın Beni Buradan! Okul Stresiyle Başetme Yöntemleri</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789758535811</t>
+          <t>9789757132172</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Heybelerinde Ateşten Düşler</t>
+          <t>İmdat! Ailem Beni Çıldırtıyor!</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9799758535322</t>
+          <t>9786056136122</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Her Aşk Bir Masaldır</t>
+          <t>İmdat! Ailem Beni Çıldırtıyor!</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257191081</t>
+          <t>9789757132196</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hedge Cambazları</t>
+          <t>Kendi Sesinle Konuş!</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>480</v>
+        <v>25</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059248464</t>
+          <t>9789758535767</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hayvansal Güdüler</t>
+          <t>İki Cennet Arasında Anılar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>585</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789758535132</t>
+          <t>9789757132905</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Haydar Bey ve Masallar Anlatıcısı Şehrazat 2</t>
+          <t>Hüzünlü Intermezzo</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789758535125</t>
+          <t>9789758535811</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Haydar Bey ve Masallar Anlatıcısı Şehrazat 1</t>
+          <t>Heybelerinde Ateşten Düşler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>18.52</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789758535729</t>
+          <t>9799758535322</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Armağan</t>
+          <t>Her Aşk Bir Masaldır</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789758535927</t>
+          <t>9786257191081</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hava Oyunları</t>
+          <t>Hedge Cambazları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>58</v>
+        <v>480</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789758535040</t>
+          <t>9786059248464</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hareket Yönetimi Başarılı Kurumsal Dönüşüm İçin Pratik Stratejiler (Ciltli)</t>
+          <t>Hayvansal Güdüler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>340</v>
+        <v>585</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054650026</t>
+          <t>9789758535132</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Halkın Savcısı: Mehmet Feyyat</t>
+          <t>Haydar Bey ve Masallar Anlatıcısı Şehrazat 2</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>425</v>
+        <v>20</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789758535392</t>
+          <t>9789758535125</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kurşun</t>
+          <t>Haydar Bey ve Masallar Anlatıcısı Şehrazat 1</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>55</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054650057</t>
+          <t>9789758535729</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Hırsızları</t>
+          <t>Hayat Bir Armağan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789757132400</t>
+          <t>9789758535927</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kazanmayı Öğren</t>
+          <t>Hava Oyunları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>31.48</v>
+        <v>58</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257191104</t>
+          <t>9789758535040</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Görsel Yatırımcı</t>
+          <t>Hareket Yönetimi Başarılı Kurumsal Dönüşüm İçin Pratik Stratejiler (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>675</v>
+        <v>340</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059248921</t>
+          <t>9786054650026</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Global Köy</t>
+          <t>Halkın Savcısı: Mehmet Feyyat</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>590</v>
+        <v>425</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789758535989</t>
+          <t>9789758535392</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Gelin Düğmesi (Ciltli)</t>
+          <t>Gümüş Kurşun</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789758535835</t>
+          <t>9786054650057</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkulden Para Kazanmak</t>
+          <t>Gözyaşı Hırsızları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>20.37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789758535897</t>
+          <t>9789757132400</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>ForeX (Ciltli)</t>
+          <t>Kazanmayı Öğren</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>23.15</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789758535873</t>
+          <t>9786257191104</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Fiyatlandırma ve Gelir Optimizasyonu</t>
+          <t>Görsel Yatırımcı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>600</v>
+        <v>675</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789757132820</t>
+          <t>9786059248921</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım Sensin</t>
+          <t>Global Köy</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>42</v>
+        <v>590</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789758525188</t>
+          <t>9789758535989</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Direkt Model Dell Bilgisayar Sektöründe Devrim Yaratan Stratejiler (Ciltli)</t>
+          <t>Gelin Düğmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>55</v>
+        <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257191128</t>
+          <t>9789758535835</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Psikolojisi</t>
+          <t>Gayrimenkulden Para Kazanmak</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>505</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9779758535195</t>
+          <t>9789758535897</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Dell Tarzı Direkt Satış Direkt Başarı (Ciltli)</t>
+          <t>ForeX (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789758535804</t>
+          <t>9789758535873</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Fiyatlandırma ve Gelir Optimizasyonu</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9799757132430</t>
+          <t>9789757132820</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Daha Çok Onlar Yaşamalıydı</t>
+          <t>En İyi Arkadaşım Sensin</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789758535330</t>
+          <t>9789758525188</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Çoğul Gebelik</t>
+          <t>Direkt Model Dell Bilgisayar Sektöründe Devrim Yaratan Stratejiler (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789758535446</t>
+          <t>9786257191128</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Cool Olmak Süper Taktikler</t>
+          <t>Devrimin Psikolojisi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>405</v>
+        <v>505</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789758535866</t>
+          <t>9779758535195</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Büyük Açık</t>
+          <t>Dell Tarzı Direkt Satış Direkt Başarı (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789758535309</t>
+          <t>9789758535804</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Hayal miydi Sevdam?</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054650071</t>
+          <t>9799757132430</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bumerang</t>
+          <t>Daha Çok Onlar Yaşamalıydı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>440</v>
+        <v>32</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059248044</t>
+          <t>9789758535330</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Borsayı Yenmek</t>
+          <t>Çoğul Gebelik</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>675</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789758535163</t>
+          <t>9789758535446</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kasketin Yeri</t>
+          <t>Cool Olmak Süper Taktikler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>100</v>
+        <v>405</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059248457</t>
+          <t>9789758535866</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Borsada Rastgele Seyir</t>
+          <t>Büyük Açık</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>740</v>
+        <v>560</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257191098</t>
+          <t>9789758535309</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Borsada Önden Koşanlar</t>
+          <t>Buzdan Hayal miydi Sevdam?</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059248327</t>
+          <t>9786054650071</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Borsa Sihirbazları</t>
+          <t>Bumerang</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>715</v>
+        <v>440</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789758535644</t>
+          <t>9786059248044</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Emeklilik Hukuku</t>
+          <t>Borsayı Yenmek</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>425</v>
+        <v>675</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789757132202</t>
+          <t>9789758535163</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları (Roman Boy)</t>
+          <t>Kasketin Yeri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>41.67</v>
+        <v>100</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789758535583</t>
+          <t>9786059248457</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bilmiyorumkadın</t>
+          <t>Borsada Rastgele Seyir</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>260</v>
+        <v>740</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789758535071</t>
+          <t>9786257191098</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Barbarlar Kapıda</t>
+          <t>Borsada Önden Koşanlar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789758535972</t>
+          <t>9786059248327</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Suçları</t>
+          <t>Borsa Sihirbazları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>425</v>
+        <v>715</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789758535828</t>
+          <t>9789758535644</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Aşk Benimle Nerdesin?</t>
+          <t>Bireysel Emeklilik Hukuku</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789758535033</t>
+          <t>9789757132202</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Amazon.com ve Yaratıcısı Jeff Bezos (Ciltli)</t>
+          <t>Bir Borsa Spekülatörünün Anıları (Roman Boy)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>36.11</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789758535552</t>
+          <t>9789758535583</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Altının Gücü</t>
+          <t>Bilmiyorumkadın</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>585</v>
+        <v>260</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789758535262</t>
+          <t>9789758535071</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Fahişesi</t>
+          <t>Barbarlar Kapıda</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>405</v>
+        <v>170</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789757132684</t>
+          <t>9789758535972</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Afedersiniz, Ben Bir İkizim! Bütün Yönleriyle Burçlar</t>
+          <t>Bankacılık Suçları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>455</v>
+        <v>425</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758535903</t>
+          <t>9789758535828</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>6112 Sayılı Radyo ve Televizyonların Kuruluş ve Yayın Hizmetleri Hakkında Kanun</t>
+          <t>Aşk Benimle Nerdesin?</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789758535682</t>
+          <t>9789758535033</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>... Dolayısıyla Sanat</t>
+          <t>Amazon.com ve Yaratıcısı Jeff Bezos (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>505</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059248761</t>
+          <t>9789758535552</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlık Hikayeleri</t>
+          <t>Altının Gücü</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>440</v>
+        <v>585</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059248730</t>
+          <t>9789758535262</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Ülkemiz İşletmelerinde Yaşanmış 33 Vaka İle Kurumsal Gelişim</t>
+          <t>Akdeniz Fahişesi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>590</v>
+        <v>405</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789758535743</t>
+          <t>9789757132684</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Ucundaki Işık</t>
+          <t>Afedersiniz, Ben Bir İkizim! Bütün Yönleriyle Burçlar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>340</v>
+        <v>455</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059248679</t>
+          <t>9789758535903</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Coşku Dolu Yaşama Sanatı</t>
+          <t>6112 Sayılı Radyo ve Televizyonların Kuruluş ve Yayın Hizmetleri Hakkında Kanun</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059248686</t>
+          <t>9789758535682</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Efendileri</t>
+          <t>... Dolayısıyla Sanat</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>455</v>
+        <v>505</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059248938</t>
+          <t>9786059248761</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Paranın 365 Günü</t>
+          <t>Başarısızlık Hikayeleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>860</v>
+        <v>440</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059248563</t>
+          <t>9786059248730</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sözlü Çeviri</t>
+          <t>Ülkemiz İşletmelerinde Yaşanmış 33 Vaka İle Kurumsal Gelişim</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059248648</t>
+          <t>9789758535743</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Meslek Olarak Opsiyon İşlemleri</t>
+          <t>Tünelin Ucundaki Işık</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>585</v>
+        <v>340</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059248624</t>
+          <t>9786059248679</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Bir İstanbullu</t>
+          <t>Coşku Dolu Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059248181</t>
+          <t>9786059248686</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yatırımın Dört Temel Taşı</t>
+          <t>Dünyanın Efendileri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>190</v>
+        <v>455</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059248112</t>
+          <t>9786059248938</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Buffett - Bir Amerikan Kapitalistinin Yükselişi</t>
+          <t>Paranın 365 Günü</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>420</v>
+        <v>860</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059248570</t>
+          <t>9786059248563</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık İşler</t>
+          <t>Türkiye'de Sözlü Çeviri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059248723</t>
+          <t>9786059248648</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bir Model Olarak Aşkı Anlama Kılavuzu</t>
+          <t>Meslek Olarak Opsiyon İşlemleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>425</v>
+        <v>585</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059248594</t>
+          <t>9786059248624</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kazanmayı Öğren</t>
+          <t>İstanbul'da Bir İstanbullu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786255544094</t>
+          <t>9786059248181</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yıkım Ekonomisi</t>
+          <t>Yatırımın Dört Temel Taşı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>1235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
+          <t>9786059248112</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Buffett - Bir Amerikan Kapitalistinin Yükselişi</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786059248570</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Ortaya Karışık İşler</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786059248723</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Bir Model Olarak Aşkı Anlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786059248594</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Kazanmayı Öğren</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786255544094</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Yıkım Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
           <t>9786255544193</t>
         </is>
       </c>
-      <c r="B404" s="1" t="inlineStr">
+      <c r="B409" s="1" t="inlineStr">
         <is>
           <t>Finansal Özgürlüğe Yolculuk</t>
         </is>
       </c>
-      <c r="C404" s="1">
+      <c r="C409" s="1">
         <v>625</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>