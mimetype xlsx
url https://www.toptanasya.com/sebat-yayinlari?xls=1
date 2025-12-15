--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,730 +85,745 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786250089224</t>
+          <t>9786059731645</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sen Olmasaydın</t>
+          <t>Hizbü'l Kur'an ve Karşılıklı Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>670</v>
+        <v>800</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789756229552</t>
+          <t>9786250089224</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı ve Transkripsiyonlu Türkçe Okunuşu (Ciltli)</t>
+          <t>Sen Olmasaydın</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>670</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059208642</t>
+          <t>9789756229552</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Orta Boy, Kod: 0069)</t>
+          <t>Namaz Tesbihatı ve Transkripsiyonlu Türkçe Okunuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756229569</t>
+          <t>9786059208642</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Hizb-ü Envari’l- Hakaikı’n-Nuriye Büyük Cevşen ve Transkripsiyonlu Türkçe Okunuşlu (Hafız Boy) (Ciltli)</t>
+          <t>Hastalar Risalesi (Orta Boy, Kod: 0069)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756229408</t>
+          <t>9789756229569</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ü Envari’l-Hakkaikı’n Nuriye, Büyük Cevşen Türkçe Açıklaması (Ciltli)</t>
+          <t>Açıklamalı Hizb-ü Envari’l- Hakaikı’n-Nuriye Büyük Cevşen ve Transkripsiyonlu Türkçe Okunuşlu (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059731638</t>
+          <t>9789756229408</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ezkar-ı Nuriye (Kod: 1030) (Ciltli)</t>
+          <t>Hizb-ü Envari’l-Hakkaikı’n Nuriye, Büyük Cevşen Türkçe Açıklaması (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756229392</t>
+          <t>9786059731638</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ü Envari’l-Hakaikı’n-Nuriye Büyük Cevşen (Ciltli)</t>
+          <t>Ezkar-ı Nuriye (Kod: 1030) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756229378</t>
+          <t>9789756229392</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen Arapça Celcelutiye İlaveli (Ciltli)</t>
+          <t>Hizb-ü Envari’l-Hakaikı’n-Nuriye Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059731621</t>
+          <t>9789756229378</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat Dersleri (Tefsire Giriş) (Ciltli)</t>
+          <t>Büyük Cevşen Arapça Celcelutiye İlaveli (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>867</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756229576</t>
+          <t>9786059731621</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’dan Dualar (Eser Kodu: 1028)</t>
+          <t>Muhakemat Dersleri (Tefsire Giriş) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>867</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759887230</t>
+          <t>9789756229576</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava Adamından Notlar</t>
+          <t>Risale-i Nur’dan Dualar (Eser Kodu: 1028)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259964010</t>
+          <t>9789759887230</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Ciltli)</t>
+          <t>Bir Dava Adamından Notlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9799756229162</t>
+          <t>9786259964010</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca - Türkçe Ansiklopedik Büyük Lugat (Ciltli)</t>
+          <t>Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1000</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059731614</t>
+          <t>9799756229162</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>10 Saatte Kur'an Öğreniyorum (Elif-ba)</t>
+          <t>Osmanlıca - Türkçe Ansiklopedik Büyük Lugat (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>30</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759737573</t>
+          <t>9786059731614</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kim Kimdir? XIX. ve XX. Yüzyılda</t>
+          <t>10 Saatte Kur'an Öğreniyorum (Elif-ba)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058047006</t>
+          <t>9789759737573</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türlü Çeşitli</t>
+          <t>Kim Kimdir? XIX. ve XX. Yüzyılda</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9280000017517</t>
+          <t>9786058047006</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler'den Öğüt'ler</t>
+          <t>Türlü Çeşitli</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9280000015667</t>
+          <t>9280000017517</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı Cep Risaleler Seti (16 Kitap Takım)</t>
+          <t>Ağabeyler'den Öğüt'ler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>915</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789759737566</t>
+          <t>9280000015667</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mehdi, Müceddid, Deccal, Süfyanlar, İsa (a.s.) Dökümanter Çalışma</t>
+          <t>Risale-i Nur Külliyatı Cep Risaleler Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>915</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059208444</t>
+          <t>9789759737566</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mucizat-ı Ahmediye Risalesi (Cep boy, Kod: 0107)</t>
+          <t>Mehdi, Müceddid, Deccal, Süfyanlar, İsa (a.s.) Dökümanter Çalışma</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059731270</t>
+          <t>9786059208444</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ayetül Kübra (Cep boy, Kod: 0092)</t>
+          <t>Mucizat-ı Ahmediye Risalesi (Cep boy, Kod: 0107)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059731553</t>
+          <t>9786059731270</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Getirdiği Hikayeler</t>
+          <t>Ayetül Kübra (Cep boy, Kod: 0092)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059208383</t>
+          <t>9786059731553</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri (Cep Boy, 2. Hamur, Kod: 0055)</t>
+          <t>Günlerin Getirdiği Hikayeler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059208406</t>
+          <t>9786059208383</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi (Cep boy, Kod: 0098)</t>
+          <t>İhlas Risaleleri (Cep Boy, 2. Hamur, Kod: 0055)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059731140</t>
+          <t>9786059208406</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Münacat (Cep boy, Kod: 0110)</t>
+          <t>Haşir Risalesi (Cep boy, Kod: 0098)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059208352</t>
+          <t>9786059731140</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi (Cep boy, Kod: 0116)</t>
+          <t>Münacat (Cep boy, Kod: 0110)</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059731447</t>
+          <t>9786059208352</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi (Cep boy, Kod: 0181)</t>
+          <t>Uhuvvet Risalesi (Cep boy, Kod: 0116)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059731454</t>
+          <t>9786059731447</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Otuz Üç Pencere (Cep boy, Kod: 0182)</t>
+          <t>Tabiat Risalesi (Cep boy, Kod: 0181)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059208345</t>
+          <t>9786059731454</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Üçüncü Söz (Cep boy, Kod:0119)</t>
+          <t>Otuz Üç Pencere (Cep boy, Kod: 0182)</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059208390</t>
+          <t>9786059208345</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Rehberi (Cep boy, Kod: 0101)</t>
+          <t>Yirmi Üçüncü Söz (Cep boy, Kod:0119)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059731539</t>
+          <t>9786059208390</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi</t>
+          <t>Hizmet Rehberi (Cep boy, Kod: 0101)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059731546</t>
+          <t>9786059731539</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Düsturları (Ciltli)</t>
+          <t>Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>897</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756229002</t>
+          <t>9786059731546</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Mini Boy) Kod:1019</t>
+          <t>Hizmet Düsturları (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>40</v>
+        <v>897</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756229637</t>
+          <t>9789756229002</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı Transkripsiyonlu Türkçe Okunuşlu  ( Mini Boy, Kod: 1025)</t>
+          <t>Namaz Tesbihatı (Mini Boy) Kod:1019</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756229620</t>
+          <t>9789756229637</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü'l Kebir Kod:1024</t>
+          <t>Namaz Tesbihatı Transkripsiyonlu Türkçe Okunuşlu  ( Mini Boy, Kod: 1025)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756229118</t>
+          <t>9789756229620</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Transkripsiyonlu, Açıklamalı Türkçe Cevşan-i Kebir (Kod: 1023 Mini Boy)</t>
+          <t>Cevşenü'l Kebir Kod:1024</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756229026</t>
+          <t>9789756229118</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Transkripsiyonlu, Açıklamalı Türkçe Cevşan-i Kebir (Küçük Boy)</t>
+          <t>Transkripsiyonlu, Açıklamalı Türkçe Cevşan-i Kebir (Kod: 1023 Mini Boy)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756229019</t>
+          <t>9789756229026</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Transkripsiyonlu Türkçe Okunuşlu Tesbihat ve Cevşen (Küçük Boy - Kod:1021)</t>
+          <t>Transkripsiyonlu, Açıklamalı Türkçe Cevşan-i Kebir (Küçük Boy)</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756229125</t>
+          <t>9789756229019</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Mini Boy - Kod:1022)</t>
+          <t>Transkripsiyonlu Türkçe Okunuşlu Tesbihat ve Cevşen (Küçük Boy - Kod:1021)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756229064</t>
+          <t>9789756229125</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Onların Gözüyle İslam’da Kadın</t>
+          <t>Namaz Tesbihatı (Mini Boy - Kod:1022)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756229149</t>
+          <t>9789756229064</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Işıklar</t>
+          <t>Onların Gözüyle İslam’da Kadın</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756229071</t>
+          <t>9789756229149</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam Şiddete Ne Der?</t>
+          <t>Mevlana’dan Işıklar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756229095</t>
+          <t>9789756229071</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İdeal Müslüman (İnsan-ı Kamil)</t>
+          <t>İslam Şiddete Ne Der?</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759737542</t>
+          <t>9789756229095</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Eski Said’den Yeni Said’e</t>
+          <t>İdeal Müslüman (İnsan-ı Kamil)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756229200</t>
+          <t>9789759737542</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çağın Örtüsünü Kaldıran Hakikatlar</t>
+          <t>Eski Said’den Yeni Said’e</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
+          <t>9789756229200</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Çağın Örtüsünü Kaldıran Hakikatlar</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
           <t>9789756229194</t>
         </is>
       </c>
-      <c r="B47" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Başarı ve Mutluluk Dünya ve Ahiret Saadeti</t>
         </is>
       </c>
-      <c r="C47" s="1">
+      <c r="C48" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>