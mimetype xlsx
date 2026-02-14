--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,745 +85,1030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059731645</t>
+          <t>9786059731652</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hizbü'l Kur'an ve Karşılıklı Meali (Ciltli)</t>
+          <t>Bir Dava Adamından Notlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786250089224</t>
+          <t>9786259964003</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sen Olmasaydın</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması Fihritstli</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>670</v>
+        <v>525</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756229552</t>
+          <t>9786259964027</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı ve Transkripsiyonlu Türkçe Okunuşu (Ciltli)</t>
+          <t>Açıklamalı Namaz Tesbihatı ve Transkripsiyonlu Türkçe Okunuş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059208642</t>
+          <t>9786056286322</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Orta Boy, Kod: 0069)</t>
+          <t>Birinci Söz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756229569</t>
+          <t>9789756229231</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Hizb-ü Envari’l- Hakaikı’n-Nuriye Büyük Cevşen ve Transkripsiyonlu Türkçe Okunuşlu (Hafız Boy) (Ciltli)</t>
+          <t>Sahabeden Günümüze Allah Dostları (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756229408</t>
+          <t>9786059731423</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ü Envari’l-Hakkaikı’n Nuriye, Büyük Cevşen Türkçe Açıklaması (Ciltli)</t>
+          <t>Kur’an’da Adı Geçen Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059731638</t>
+          <t>9786059731416</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ezkar-ı Nuriye (Kod: 1030) (Ciltli)</t>
+          <t>Alemlerin Efendisi Peygamberimizin Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1000</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756229392</t>
+          <t>9786059731430</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ü Envari’l-Hakaikı’n-Nuriye Büyük Cevşen (Ciltli)</t>
+          <t>Alemlerin Efendisi Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>650</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756229378</t>
+          <t>9789756229583</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen Arapça Celcelutiye İlaveli (Ciltli)</t>
+          <t>Risale-i Nur’dan Dualar (Plastik Kapak ) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059731621</t>
+          <t>9789756229385</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat Dersleri (Tefsire Giriş) (Ciltli)</t>
+          <t>Namaz Tesbihatı (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>867</v>
+        <v>21.6</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756229576</t>
+          <t>9789759737511</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’dan Dualar (Eser Kodu: 1028)</t>
+          <t>İlm-i Siyaset</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759887230</t>
+          <t>9786059208758</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava Adamından Notlar</t>
+          <t>İhlas Risaleleri (Cep Boy, Şamua, Kod: 0064)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259964010</t>
+          <t>9786059208765</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Ciltli)</t>
+          <t>İhlas Risaleleri (Orta Boy, Kod: 0068)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>375</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9799756229162</t>
+          <t>9786059208703</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca - Türkçe Ansiklopedik Büyük Lugat (Ciltli)</t>
+          <t>Hastalar Risalesi (Cep boy, Şamua, Kod: 0065)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1000</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059731614</t>
+          <t>9786059731263</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>10 Saatte Kur'an Öğreniyorum (Elif-ba)</t>
+          <t>Seçme Dualar Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759737573</t>
+          <t>9789756229422</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kim Kimdir? XIX. ve XX. Yüzyılda</t>
+          <t>Açıklamalı Cevşenü'l Kebir ve Traskripsiyonlu Türkçe Okunuşlu (Mini Boy) Kod: 1010 (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058047006</t>
+          <t>9789756229675</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türlü Çeşitli</t>
+          <t>Celcelutiye ve Günlük Dualarımız (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9280000017517</t>
+          <t>9789756229439</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler'den Öğüt'ler</t>
+          <t>Açıklamalı Namaz Tesbihatı ve Transkripsiyonlu Türkçe Okunuşlu (Eser Kodu: 1009) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9280000015667</t>
+          <t>9789756229651</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı Cep Risaleler Seti (16 Kitap Takım)</t>
+          <t>Açıklamalı Hizb-ü Envari’l Hakaikı’n Nuriye Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>915</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759737566</t>
+          <t>9786059731645</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mehdi, Müceddid, Deccal, Süfyanlar, İsa (a.s.) Dökümanter Çalışma</t>
+          <t>Hizbü'l Kur'an ve Karşılıklı Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>75</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059208444</t>
+          <t>9786250089224</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mucizat-ı Ahmediye Risalesi (Cep boy, Kod: 0107)</t>
+          <t>Sen Olmasaydın</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>70</v>
+        <v>670</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059731270</t>
+          <t>9789756229552</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ayetül Kübra (Cep boy, Kod: 0092)</t>
+          <t>Namaz Tesbihatı ve Transkripsiyonlu Türkçe Okunuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>65</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059731553</t>
+          <t>9786059208642</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Getirdiği Hikayeler</t>
+          <t>Hastalar Risalesi (Orta Boy, Kod: 0069)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059208383</t>
+          <t>9789756229569</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri (Cep Boy, 2. Hamur, Kod: 0055)</t>
+          <t>Açıklamalı Hizb-ü Envari’l- Hakaikı’n-Nuriye Büyük Cevşen ve Transkripsiyonlu Türkçe Okunuşlu (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059208406</t>
+          <t>9789756229408</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi (Cep boy, Kod: 0098)</t>
+          <t>Hizb-ü Envari’l-Hakkaikı’n Nuriye, Büyük Cevşen Türkçe Açıklaması (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059731140</t>
+          <t>9786059731638</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Münacat (Cep boy, Kod: 0110)</t>
+          <t>Ezkar-ı Nuriye (Kod: 1030) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059208352</t>
+          <t>9789756229392</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi (Cep boy, Kod: 0116)</t>
+          <t>Hizb-ü Envari’l-Hakaikı’n-Nuriye Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>750</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059731447</t>
+          <t>9789756229378</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi (Cep boy, Kod: 0181)</t>
+          <t>Büyük Cevşen Arapça Celcelutiye İlaveli (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>650</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059731454</t>
+          <t>9786059731621</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Otuz Üç Pencere (Cep boy, Kod: 0182)</t>
+          <t>Muhakemat Dersleri (Tefsire Giriş) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059208345</t>
+          <t>9789756229576</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Üçüncü Söz (Cep boy, Kod:0119)</t>
+          <t>Risale-i Nur’dan Dualar (Eser Kodu: 1028)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059208390</t>
+          <t>9789759887230</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Rehberi (Cep boy, Kod: 0101)</t>
+          <t>Bir Dava Adamından Notlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059731539</t>
+          <t>9786259964010</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi</t>
+          <t>Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>130</v>
+        <v>475</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059731546</t>
+          <t>9799756229162</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Düsturları (Ciltli)</t>
+          <t>Osmanlıca - Türkçe Ansiklopedik Büyük Lugat (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>897</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756229002</t>
+          <t>9786059731614</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Mini Boy) Kod:1019</t>
+          <t>10 Saatte Kur'an Öğreniyorum (Elif-ba)</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756229637</t>
+          <t>9789759737573</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı Transkripsiyonlu Türkçe Okunuşlu  ( Mini Boy, Kod: 1025)</t>
+          <t>Kim Kimdir? XIX. ve XX. Yüzyılda</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756229620</t>
+          <t>9786058047006</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü'l Kebir Kod:1024</t>
+          <t>Türlü Çeşitli</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>35</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756229118</t>
+          <t>9280000017517</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Transkripsiyonlu, Açıklamalı Türkçe Cevşan-i Kebir (Kod: 1023 Mini Boy)</t>
+          <t>Ağabeyler'den Öğüt'ler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756229026</t>
+          <t>9280000015667</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Transkripsiyonlu, Açıklamalı Türkçe Cevşan-i Kebir (Küçük Boy)</t>
+          <t>Risale-i Nur Külliyatı Cep Risaleler Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756229019</t>
+          <t>9789759737566</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Transkripsiyonlu Türkçe Okunuşlu Tesbihat ve Cevşen (Küçük Boy - Kod:1021)</t>
+          <t>Mehdi, Müceddid, Deccal, Süfyanlar, İsa (a.s.) Dökümanter Çalışma</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756229125</t>
+          <t>9786059208444</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Mini Boy - Kod:1022)</t>
+          <t>Mucizat-ı Ahmediye Risalesi (Cep boy, Kod: 0107)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756229064</t>
+          <t>9786059731270</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Onların Gözüyle İslam’da Kadın</t>
+          <t>Ayetül Kübra (Cep boy, Kod: 0092)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756229149</t>
+          <t>9786059731553</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Işıklar</t>
+          <t>Günlerin Getirdiği Hikayeler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756229071</t>
+          <t>9786059208383</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslam Şiddete Ne Der?</t>
+          <t>İhlas Risaleleri (Cep Boy, 2. Hamur, Kod: 0055)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756229095</t>
+          <t>9786059208406</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İdeal Müslüman (İnsan-ı Kamil)</t>
+          <t>Haşir Risalesi (Cep boy, Kod: 0098)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789759737542</t>
+          <t>9786059731140</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eski Said’den Yeni Said’e</t>
+          <t>Münacat (Cep boy, Kod: 0110)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756229200</t>
+          <t>9786059208352</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çağın Örtüsünü Kaldıran Hakikatlar</t>
+          <t>Uhuvvet Risalesi (Cep boy, Kod: 0116)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
+          <t>9786059731447</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Tabiat Risalesi (Cep boy, Kod: 0181)</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786059731454</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Otuz Üç Pencere (Cep boy, Kod: 0182)</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786059208345</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Yirmi Üçüncü Söz (Cep boy, Kod:0119)</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786059208390</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Hizmet Rehberi (Cep boy, Kod: 0101)</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786059731539</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Said Nursi</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786059731546</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Hizmet Düsturları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789756229002</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Tesbihatı (Mini Boy) Kod:1019</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789756229637</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Tesbihatı Transkripsiyonlu Türkçe Okunuşlu  ( Mini Boy, Kod: 1025)</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789756229620</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Cevşenü'l Kebir Kod:1024</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789756229118</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Transkripsiyonlu, Açıklamalı Türkçe Cevşan-i Kebir (Kod: 1023 Mini Boy)</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789756229026</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Transkripsiyonlu, Açıklamalı Türkçe Cevşan-i Kebir (Küçük Boy)</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789756229019</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Transkripsiyonlu Türkçe Okunuşlu Tesbihat ve Cevşen (Küçük Boy - Kod:1021)</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789756229125</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Tesbihatı (Mini Boy - Kod:1022)</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789756229064</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Onların Gözüyle İslam’da Kadın</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789756229149</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’dan Işıklar</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789756229071</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>İslam Şiddete Ne Der?</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789756229095</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>İdeal Müslüman (İnsan-ı Kamil)</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789759737542</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Eski Said’den Yeni Said’e</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789756229200</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Çağın Örtüsünü Kaldıran Hakikatlar</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
           <t>9789756229194</t>
         </is>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Başarı ve Mutluluk Dünya ve Ahiret Saadeti</t>
         </is>
       </c>
-      <c r="C48" s="1">
-        <v>120</v>
+      <c r="C67" s="1">
+        <v>140</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>