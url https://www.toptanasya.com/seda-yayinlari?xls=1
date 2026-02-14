--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,1375 +85,2080 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944199735</t>
+          <t>9786059906517</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin Tebareke Amme ve Kısa Sureler (Fihristli, Orta Boy, Kod.166)</t>
+          <t>Kur'an-ı Kerim Yüce Meali (Kod: 207)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944199568</t>
+          <t>9789944199278</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yasin Tebareke Amme Vakıa ve Cuma Türkçe Okunuş ve Türkçe Açıklamaları (Fihristli, Orta Boy, Kod.137)</t>
+          <t>Büyük İslam İlmihali (Kod:036) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059906500</t>
+          <t>9786059906241</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Yüce Meali Orta Boy Metinsiz Meal (Renk Seçenekli) (Ciltli)</t>
+          <t>192 Sayfa Orta Boy Mavi Yasin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944199421</t>
+          <t>9786059307031</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Ve Meali Hafız Boy (Kod:148) (Ciltli)</t>
+          <t>41 Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059906364</t>
+          <t>9786059906197</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin (Mini, Kod: 172)</t>
+          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Orta Boy Pembe, Kod:189)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944199575</t>
+          <t>9786059906166</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tam Karabaş Tecvidi (Orta Boy, 051)</t>
+          <t>Yasin-i Şerif (Kadife, Orta Boy, Kod: 186) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944199438</t>
+          <t>9786059906296</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali (Kılıflı Çanta Boy, Kod: 147)</t>
+          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Orta Boy, Yeşil, Kod: 199)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944199643</t>
+          <t>9786059906319</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Kur'an-ı Kerim Orta Boy (Kod: 157) Pembe Renk (Ciltli)</t>
+          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Yeşil, Kod: 198)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>370</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944199445</t>
+          <t>9786059906258</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Ve Yüce Meali Kod: 146 (Ciltli)</t>
+          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Mavi, Kod: 193)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944199650</t>
+          <t>3990000022206</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Bilgisayar Hatlı Kur'an-ı Kerim (Kod: 159) (Ciltli)</t>
+          <t>Gizli İlimler Hazinesi 1-2-3-4 Cilt (B. Boy) (Kod: 37) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>370</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944199674</t>
+          <t>9759944929182</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Bilgisayar Hatlı Kur'an-ı Kerim (Kod: 158) (Ciltli)</t>
+          <t>Peygamberimizin Hayatı (Kod: 071)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>540</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944199902</t>
+          <t>9789944199070</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Çok Kolay Okunuşlu Kur'an-ı Kerim (Cep Boy) (Kod:053) (Ciltli)</t>
+          <t>Fihristli Çok Kolay Okunabilen Bilgisayar Hatlı Yasin (120)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944199346</t>
+          <t>9789944199124</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Fermuarlı, Cep Boy, - Kod: 024)</t>
+          <t>Çok Kolay Okunabilen Bilgisayar Hatlı Yasin (115)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944199544</t>
+          <t>3990000016955</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Çanta Boy, Kod: 052) (Ciltli)</t>
+          <t>Şifalı Bİtkiler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944929783</t>
+          <t>3990000017476</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Marifetname (Ciltli)</t>
+          <t>Seçme Çocuk İsimleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944199520</t>
+          <t>9789944199001</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Renkli Kelime Meali ( Cami Boy, Bilgisayar Hatlı, Kod: 154) (Ciltli)</t>
+          <t>30 Cüz Kur'an-ı Kerim ( Hafız Boy, Çantalı, Kod: 111)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>680</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059906340</t>
+          <t>9789944929790</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali (Hafız Boy, Fermuarlı - Kod: 078)</t>
+          <t>30 Cüz Kur'an-ı Kerim ( Çanta Boy, Çantalı, Kod: 130)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059906494</t>
+          <t>9789944929417</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Kur'an-ı Kerim Kod:18 (Ciltli)</t>
+          <t>Ölüm ve Ötesi Kod:056</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944199612</t>
+          <t>9789944929806</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Tecvidli Kur'an-ı Kerim Rahle Boy (Kod: 025) (Ciltli)</t>
+          <t>30 Cüz Kur'an-ı Kerim ( Çantalı Kod: 129 )</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>620</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059307086</t>
+          <t>9786059906210</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin-i Şerif</t>
+          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Pembe Çanta Boy, Kod: 188)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059906449</t>
+          <t>9789944199490</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin Tebareke - Amme - Vakıa - Cuma ve Kısa Sureler Çanta Boy (Kod:174)</t>
+          <t>Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin (Kod: 145) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>30</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944199988</t>
+          <t>9789944199483</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Camii Boy Tevcidli Kuran-ı Kerim 4 Renk (Kod 093) (Ciltli)</t>
+          <t>Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin (Kod: 144) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>750</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944199292</t>
+          <t>9786059906357</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şemsül Maarifül El Kübra - 4 Cilt (Kod 32) (Ciltli)</t>
+          <t>Yasin-i Şerif (Mini Boy, Kadife - Kod: 173) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1800</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000000777</t>
+          <t>9786059906142</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hatm-i Şerif Cüzleri (Rahle Boy 30 Cüz - Kod: 102)</t>
+          <t>Yasin-i Şerif (Kadife, Cep Boy - Kod: 184) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059906159</t>
+          <t>9789944929448</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Çanta Boy, Kod: 185) (Ciltli)</t>
+          <t>Dua Hazinesi ve Tılsımlar (Kod: 073)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944929684</t>
+          <t>9759944929205</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dürret'ül-Vaizin ( 2 Kitap Takım, Kod:033 ) (Ciltli)</t>
+          <t>İslam'da Evlilik ve Cinsel Hayat Kod:059</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>700</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059906456</t>
+          <t>3990000013250</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Orta Boy Kod: 203)</t>
+          <t>Gizli İlimler Hazinesi (8 cilt 2 kitap halinde) (K.Boy- 2.hamur) (Kod: 038)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059906432</t>
+          <t>9789944199087</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Çanta Boy Kod: 202)</t>
+          <t>Yasin Tebareke - Amme - Vakıa - Cuma ve Kısa Sureler ( Hafız Boy, Bilgisayar Hatlı, Kod: 121)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944929653</t>
+          <t>3990000017111</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gizli İlimler Hazinesi (K. Boy) Cilt (Kod: 038) (2 Kitap Takım) (Ciltli)</t>
+          <t>Kıyamet Alametleri - Ölüm ve Diriliş</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1400</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059906111</t>
+          <t>9789944199377</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Kur'an-ı Kerim Tecvidi Kartelası (Kod: 182)</t>
+          <t>Kur'an-ı Kerim ve Renkli Kelime Meali ( Rahle Boy, Kod: 139) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944199728</t>
+          <t>9789944929370</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin (Cep Boy, Kod: 164)</t>
+          <t>Çocuk İsimleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944929424</t>
+          <t>9789944929226</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Sırlar Hazinesi (2 Kitap Takım, Kod: 066)</t>
+          <t>İki Cihan Güneşi, Alemlere Rahmet Hz. Peygamberimiz(s.a.v.)'in Hayatı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>600</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944929363</t>
+          <t>9786059906128</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Burçlar ve Yıldızname</t>
+          <t>Hikmetli ve Tılsımlı Dualar (Kod: 183)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944199933</t>
+          <t>9789944199360</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Anlamı ve Açıklaması - Peygamberimiz (S.A.V)'in Günlük Duaları (Kod: 171)</t>
+          <t>Kur'an-ı Kerim ve Renkli Kelime Meali (Orta Boy, Kod: 138) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059906043</t>
+          <t>9789944929967</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali (Cep Boy - Kod: 054) (Ciltli)</t>
+          <t>Mevlid - Nebi (Kod: 106)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944199681</t>
+          <t>9789944199582</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Satır Arası Transkript ve Tecvid ile Türkçe Kelime Okunuşlu (Camii Boy - Kod: 163) (Ciltli)</t>
+          <t>Amme Cüzü (Kod:105)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>680</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059906333</t>
+          <t>9786059906050</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Hafız Boy Fermuarlı, Kod: 077)</t>
+          <t>Zırhlı Dualar Sırlı Dualar (Kod: 178)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>480</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944199759</t>
+          <t>3990000017972</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin (Çanto Boy, Kod: 165)</t>
+          <t>Fihristli Yasin Tebareke Amme Vakıa Cuma Türkçe Okunuş ve Mealli (Çanta Boy, Kod:142) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059906418</t>
+          <t>9789944199148</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tam Peygamberler Tarihi (Kod: 042) ( Farklı Renk Seçenekleri) (Ciltli)</t>
+          <t>Yasin Tebareke Amme Satır Altı Mealli (Çanta Boy, Kod:116)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>700</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944929820</t>
+          <t>9789944199384</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali Renkli Kelime Meali Cami Boy (Bilgisayar Hatlı, Kod: 094) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Renkli Kelime Meali Cami Boy ( Kod: 140 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944929769</t>
+          <t>9799944929928</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin (Kod: 050)</t>
+          <t>Fihristli Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin ( Cami Boy Kod: 103 )</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>35</v>
+        <v>12.51</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059906029</t>
+          <t>9789944199667</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Tecvidli Kur’an-ı Kerim (Orta Boy, Kod.175) (Ciltli)</t>
+          <t>Rahle Boy Bilgisayar Hatlı Kur'an-ı Kerim (Kod: 160)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944199919</t>
+          <t>9789944929394</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı Transkripsiyonlu Türkçe Okunuşu ve Anlamı (Cep Boy,Kod.170)</t>
+          <t>Şafiiler İçin Tam Namaz Hocası (Kod: 064)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944199926</t>
+          <t>3990000094466</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü’l Kebir Transkripsiyonlu Türkçe Okunuşu ve Anlamı (Cep Boy,Kod.169)</t>
+          <t>Gizli İlimler Hazinesi (5-6-7-8) (K.Boy) (Kod: 038) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059906036</t>
+          <t>3990000017974</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Satır Altı Tecvidli Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>620</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059906067</t>
+          <t>3990000017973</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Büyük Zırhlı Sırlı Dualar (Büyük Boy) (Ciltli)</t>
+          <t>Fihristli Yasin Tebareke Amme Türkçe Okunuşlu (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>750</v>
+        <v>7.52</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944929660</t>
+          <t>9789944199834</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gizli İlimler Hazinesi (Büyük Boy, 037) (2 Kitap Takım) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Meali ve Türkçe Okunuşu (Üçlü, Orta Boy, Bilgisayar Hatlı, Kod: 006) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944929813</t>
+          <t>9789944199735</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali ( Rahle Boy, Kod: 092) (Ciltli)</t>
+          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin Tebareke Amme ve Kısa Sureler (Fihristli, Orta Boy, Kod.166)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944199513</t>
+          <t>9789944199568</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Renkli Kelime Meali ( Rahle Boy, Bilgisayar Hatlı, Kod: 153) (Ciltli)</t>
+          <t>Yasin Tebareke Amme Vakıa ve Cuma Türkçe Okunuş ve Türkçe Açıklamaları (Fihristli, Orta Boy, Kod.137)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>560</v>
+        <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944199698</t>
+          <t>9786059906500</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Satır Arası Transkript ve Tecvid İle Türkçe Kelime Okunuşlu (Orta Boy - 161) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Yüce Meali Orta Boy Metinsiz Meal (Renk Seçenekli) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944199193</t>
+          <t>9789944199421</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Abdest, Gusül ve Namaz Öğreniyorum</t>
+          <t>Kur'an-ı Kerim Ve Meali Hafız Boy (Kod:148) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>35</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944199599</t>
+          <t>9786059906364</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali Cep Boy (Kod 156)</t>
+          <t>Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin (Mini, Kod: 172)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944199742</t>
+          <t>9789944199575</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin Tebareke Amme ve Kısa Sureler (Fihristli, Rahle Boy, Kod.167)</t>
+          <t>Tam Karabaş Tecvidi (Orta Boy, 051)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944199711</t>
+          <t>9789944199438</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin Tebareke Amme ve Kısa Sureler (Fihristli, Cami Boy, Kod.168)</t>
+          <t>Kur'an-ı Kerim ve Yüce Meali (Kılıflı Çanta Boy, Kod: 147)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059906012</t>
+          <t>9789944199643</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Tecvidli Kur’an-ı Kerim (Cami Boy - Kod 177) (Ciltli)</t>
+          <t>Bilgisayar Hatlı Kur'an-ı Kerim Orta Boy (Kod: 157) Pembe Renk (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944199025</t>
+          <t>9789944199445</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yasin Tebareke - Amme - Vakıa - Cuma (Rahle Boy, Fihristli, Bilgisayar Hatlı, Kod: 113)</t>
+          <t>Kur'an-ı Kerim Ve Yüce Meali Kod: 146 (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944199803</t>
+          <t>9789944199650</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hatm-i Şerif Cüzleri (Orta Boy 30 Cüz) (Kod:101) (Ciltli)</t>
+          <t>Orta Boy Bilgisayar Hatlı Kur'an-ı Kerim (Kod: 159) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944199704</t>
+          <t>9789944199674</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Satır Arası Transkript ve Tecvid İle Türkçe Kelime Okunuşlu (Rahle Boy) (Ciltli)</t>
+          <t>Rahle Boy Bilgisayar Hatlı Kur'an-ı Kerim (Kod: 158) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944199629</t>
+          <t>9789944199902</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yasin Tebareke Amme - Türkçe Okunuş ve Meali (Orta Boy, Kod: 107)</t>
+          <t>Bilgisayar Hatlı Çok Kolay Okunuşlu Kur'an-ı Kerim (Cep Boy) (Kod:053) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944929554</t>
+          <t>9789944199346</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali Renkli Kelime Meali (Orta Boy, Kod: 048) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Fermuarlı, Cep Boy, - Kod: 024)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944199407</t>
+          <t>9789944199544</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Kur'an-ı Kerim ve Yüce Meali (Orta Boy, Kod:149) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Çanta Boy, Kod: 052) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944199209</t>
+          <t>9789944929783</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Abdest, Gusül ve Namaz'ı Öğreniyorum Kod: 091</t>
+          <t>Marifetname (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>40</v>
+        <v>750</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944199537</t>
+          <t>9789944199520</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali Çanta Boy (Kod 155)</t>
+          <t>Kur'an-ı Kerim ve Renkli Kelime Meali ( Cami Boy, Bilgisayar Hatlı, Kod: 154) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>875</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944199186</t>
+          <t>9786059906340</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Camii Kebir Boy (Bilgisayar Hatlı Kod:134) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Yüce Meali (Hafız Boy, Fermuarlı - Kod: 078)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944199018</t>
+          <t>9786059906494</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin Tebareke Amme Vakıa-Cuma ve Kısa Sureler (Orta Boy Kod:114)</t>
+          <t>Gölgeli Kur'an-ı Kerim Kod:18 (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>75</v>
+        <v>550</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9759944929830</t>
+          <t>9789944199612</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tecvidli Kur'an Dili  (Orta Boy, Kod: 095)</t>
+          <t>Bilgisayar Hatlı Tecvidli Kur'an-ı Kerim Rahle Boy (Kod: 025) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>75</v>
+        <v>800</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944929899</t>
+          <t>9786059307086</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifbası (Kod:100)</t>
+          <t>41 Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944199155</t>
+          <t>9786059906449</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Renkli Türkçe Okunuşu ( Orta Boy, Bilgisayar Hatlı, Kod: 131 ) (Ciltli)</t>
+          <t>41 Yasin Tebareke - Amme - Vakıa - Cuma ve Kısa Sureler Çanta Boy (Kod:174)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944199179</t>
+          <t>9789944199988</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Renkli Türkçe Okunuşu Cami Boy (Bilgisayar Hatlı, Kod: 133 ) (Ciltli)</t>
+          <t>Camii Boy Tevcidli Kuran-ı Kerim 4 Renk (Kod 093) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944199247</t>
+          <t>9789944199292</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy ( Bilgisayar Hatlı Kod: 017) (Ciltli)</t>
+          <t>Şemsül Maarifül El Kübra - 4 Cilt (Kod 32) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>540</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944929158</t>
+          <t>4440000000777</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Çok Kolay Okunuşlu Kur'an-ı Kerim Meali ve Türkçe Okunuşu (Üçlü) ( Rahle Boy Kod: 004 ) (Ciltli)</t>
+          <t>Hatm-i Şerif Cüzleri (Rahle Boy 30 Cüz - Kod: 102)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>540</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944199315</t>
+          <t>9786059906159</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Camii Boy Renkli (Bilgisayar Hatlı, Kod:015) (Ciltli)</t>
+          <t>Yasin-i Şerif (Çanta Boy, Kod: 185) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>660</v>
+        <v>80</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944199032</t>
+          <t>9789944929684</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin Türkçe Okunuşları ve Türkçe Açıklamaları ( Cami Boy Kod: 112 )</t>
+          <t>Dürret'ül-Vaizin ( 2 Kitap Takım, Kod:033 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944929882</t>
+          <t>9786059906456</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Okunabilen Bilgisayar Hatlı Yasin</t>
+          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Orta Boy Kod: 203)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944929738</t>
+          <t>9786059906432</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin ( Çanta Boy - Kod: 45 )</t>
+          <t>Çok Kolay Okunan Bilgisayar Hatlı 41 Yasin (Çanta Boy Kod: 202)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944199414</t>
+          <t>9789944929653</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali ( Cami Boy, Kod: 151) (Ciltli)</t>
+          <t>Gizli İlimler Hazinesi (K. Boy) Cilt (Kod: 038) (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>660</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944929141</t>
+          <t>9786059906111</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali ve Türkçe Okunuşu ( Üçlü, Cami Boy, Bilgisayar Hatlı, Kod: 002) (Ciltli)</t>
+          <t>En Kolay Kur'an-ı Kerim Tecvidi Kartelası (Kod: 182)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>660</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944199162</t>
+          <t>9789944199728</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Kur'an-ı Kerim ve Renkli Türkçe Okunuşu ( Rahle Boy, Kod:132) (Ciltli)</t>
+          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin (Cep Boy, Kod: 164)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>600</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944199605</t>
+          <t>9789944929424</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Tecvitli Kur'an-ı Kerim ( Renkli Orta Boy, Kod: 023) (Ciltli)</t>
+          <t>Açıklamalı Sırlar Hazinesi (2 Kitap Takım, Kod: 066)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944199254</t>
+          <t>9789944929363</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Bilgisayarlı Kur'an-ı Kerim (Kod: 019) (Ciltli)</t>
+          <t>Burçlar ve Yıldızname</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944199391</t>
+          <t>9789944199933</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali ( Rahle Boy, Kod: 150) (Ciltli)</t>
+          <t>Esma-i Hüsna Anlamı ve Açıklaması - Peygamberimiz (S.A.V)'in Günlük Duaları (Kod: 171)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>540</v>
+        <v>50</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944929134</t>
+          <t>9786059906043</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali ve Türkçe Okunuşu (Üçlü, Orta Boy, Bilgisayar Hatlı, Kod: 006) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Yüce Meali (Cep Boy - Kod: 054) (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944199322</t>
+          <t>9789944199681</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Bilgisayar Hatlı (Hafız Boy, Kod: 020, 4 Renk) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Satır Arası Transkript ve Tecvid ile Türkçe Kelime Okunuşlu (Camii Boy - Kod: 163) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>875</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944199506</t>
+          <t>9786059906333</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Çok Kolay Okunuşlu Kur'an-ı Kerim ve Renkli Kelime Meali (Orta Boy Kod: 152) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Hafız Boy Fermuarlı, Kod: 077)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944929875</t>
+          <t>9789944199759</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yasin Tebareke - Amme - Vakıa - Cuma ve Kısa Sureler ( Fihristli, Hafız Boy, Kod:097)</t>
+          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin (Çanto Boy, Kod: 165)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944199216</t>
+          <t>9786059906418</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şafiiler İçin Abdest, Gusül ve Namaz'ı Öğreniyorum (Kod: 135)</t>
+          <t>Tam Peygamberler Tarihi (Kod: 042) ( Farklı Renk Seçenekleri) (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>40</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944199223</t>
+          <t>9789944929820</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şafiiler İçin Abdest, Gusül ve Namaz'ı  Öğreniyorum ( Çanta Boy, Kod: 136)</t>
+          <t>Kur'an-ı Kerim ve Yüce Meali Renkli Kelime Meali Cami Boy (Bilgisayar Hatlı, Kod: 094) (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944199353</t>
+          <t>9789944929769</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ( Çanta Boy, Bilgisayar Hatlı, Kılıflı, Kod: 022) (Ciltli)</t>
+          <t>Fihristli Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin (Kod: 050)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>380</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
+          <t>9786059906029</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Tecvidli Kur’an-ı Kerim (Orta Boy, Kod.175) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789944199919</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Tesbihatı Transkripsiyonlu Türkçe Okunuşu ve Anlamı (Cep Boy,Kod.170)</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789944199926</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Cevşenü’l Kebir Transkripsiyonlu Türkçe Okunuşu ve Anlamı (Cep Boy,Kod.169)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786059906036</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Satır Altı Tecvidli Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786059906067</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Zırhlı Sırlı Dualar (Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789944929660</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İlimler Hazinesi (Büyük Boy, 037) (2 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789944929813</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Yüce Meali ( Rahle Boy, Kod: 092) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789944199513</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Renkli Kelime Meali ( Rahle Boy, Bilgisayar Hatlı, Kod: 153) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789944199698</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Satır Arası Transkript ve Tecvid İle Türkçe Kelime Okunuşlu (Orta Boy - 161) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789944199193</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Abdest, Gusül ve Namaz Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789944199599</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Meali Cep Boy (Kod 156)</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789944199742</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin Tebareke Amme ve Kısa Sureler (Fihristli, Rahle Boy, Kod.167)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789944199711</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kolay Okunabilen İri Yazılı 41 Yasin Tebareke Amme ve Kısa Sureler (Fihristli, Cami Boy, Kod.168)</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059906012</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Tecvidli Kur’an-ı Kerim (Cami Boy - Kod 177) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789944199025</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Yasin Tebareke - Amme - Vakıa - Cuma (Rahle Boy, Fihristli, Bilgisayar Hatlı, Kod: 113)</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789944199803</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Hatm-i Şerif Cüzleri (Orta Boy 30 Cüz) (Kod:101) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789944199704</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Satır Arası Transkript ve Tecvid İle Türkçe Kelime Okunuşlu (Rahle Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789944199629</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Yasin Tebareke Amme - Türkçe Okunuş ve Meali (Orta Boy, Kod: 107)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789944929554</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Yüce Meali Renkli Kelime Meali (Orta Boy, Kod: 048) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789944199407</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Kur'an-ı Kerim ve Yüce Meali (Orta Boy, Kod:149) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789944199209</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Abdest, Gusül ve Namaz'ı Öğreniyorum Kod: 091</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789944199537</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Meali Çanta Boy (Kod 155)</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789944199186</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Camii Kebir Boy (Bilgisayar Hatlı Kod:134) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789944199018</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin Tebareke Amme Vakıa-Cuma ve Kısa Sureler (Orta Boy Kod:114)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9759944929830</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Tecvidli Kur'an Dili  (Orta Boy, Kod: 095)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789944929899</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Elifbası (Kod:100)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789944199155</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Renkli Türkçe Okunuşu ( Orta Boy, Bilgisayar Hatlı, Kod: 131 ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789944199179</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Renkli Türkçe Okunuşu Cami Boy (Bilgisayar Hatlı, Kod: 133 ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789944199247</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Rahle Boy ( Bilgisayar Hatlı Kod: 017) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789944929158</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Çok Kolay Okunuşlu Kur'an-ı Kerim Meali ve Türkçe Okunuşu (Üçlü) ( Rahle Boy Kod: 004 ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789944199315</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Camii Boy Renkli (Bilgisayar Hatlı, Kod:015) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789944199032</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Fihristli Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin Türkçe Okunuşları ve Türkçe Açıklamaları ( Cami Boy Kod: 112 )</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789944929882</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kolay Okunabilen Bilgisayar Hatlı Yasin</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789944929738</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Fihristli Çok Kolay Okunabilen Bilgisayar Hatlı 41 Yasin ( Çanta Boy - Kod: 45 )</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789944199414</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Yüce Meali ( Cami Boy, Kod: 151) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789944929141</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Meali ve Türkçe Okunuşu ( Üçlü, Cami Boy, Bilgisayar Hatlı, Kod: 002) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789944199162</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Kur'an-ı Kerim ve Renkli Türkçe Okunuşu ( Rahle Boy, Kod:132) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789944199605</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Tecvitli Kur'an-ı Kerim ( Renkli Orta Boy, Kod: 023) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789944199254</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Orta Boy Bilgisayarlı Kur'an-ı Kerim (Kod: 019) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789944199391</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Yüce Meali ( Rahle Boy, Kod: 150) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789944929134</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Meali ve Türkçe Okunuşu (Üçlü, Orta Boy, Bilgisayar Hatlı, Kod: 006) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789944199322</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Bilgisayar Hatlı (Hafız Boy, Kod: 020, 4 Renk) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789944199506</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Çok Kolay Okunuşlu Kur'an-ı Kerim ve Renkli Kelime Meali (Orta Boy Kod: 152) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789944929875</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Yasin Tebareke - Amme - Vakıa - Cuma ve Kısa Sureler ( Fihristli, Hafız Boy, Kod:097)</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789944199216</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Şafiiler İçin Abdest, Gusül ve Namaz'ı Öğreniyorum (Kod: 135)</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789944199223</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Şafiiler İçin Abdest, Gusül ve Namaz'ı  Öğreniyorum ( Çanta Boy, Kod: 136)</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789944199353</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ( Çanta Boy, Bilgisayar Hatlı, Kılıflı, Kod: 022) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
           <t>9789944929998</t>
         </is>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>30 Cüz Kur'an-ı Kerim (Cami Boy, Çantalı, Kod: 110)</t>
         </is>
       </c>
-      <c r="C90" s="1">
-        <v>1300</v>
+      <c r="C137" s="1">
+        <v>1600</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>