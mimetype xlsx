--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -85,18685 +85,18910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256462809</t>
+          <t>9786256462984</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Annebabasını Öldürenler Kulübü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256462830</t>
+          <t>9786256462991</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Karanlık Yan: Sapkınlığın Tarihi</t>
+          <t>Tropman'ın İdamı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256462816</t>
+          <t>9786258705010</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bereketli Vadinin Tembelleri</t>
+          <t>Sahaf Mendel</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256462823</t>
+          <t>9786258705003</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Katil Kadınlar</t>
+          <t>Kuzgun ve Yazmanın Felsefesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256462847</t>
+          <t>9786256462946</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Duygusal Tarihi</t>
+          <t>Baht Oyunları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256462793</t>
+          <t>9786256462953</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sevmenin Kitabı</t>
+          <t>Felsefe ve Reel Politika</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256462687</t>
+          <t>9786256462922</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Deleuze</t>
+          <t>Kara İnekler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256462748</t>
+          <t>9786256462939</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Uzam</t>
+          <t>Yaşlanma Üzerine</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256462755</t>
+          <t>9786256462960</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İmkânsız Ütopya: İnsanın Politik Arkeolojisi</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256462762</t>
+          <t>9786256462977</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Istırabı Üzerine</t>
+          <t>Bilge Kızlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256462779</t>
+          <t>9786256462854</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aptallık Üzerine</t>
+          <t>Temelsizliğin Yüceltilmesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256462786</t>
+          <t>9786256462861</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmalar</t>
+          <t>Elise ya da Gerçek Yaşam</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256462731</t>
+          <t>9786256462915</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>Tereza Batista: Savaş Yorgunu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>590</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256462632</t>
+          <t>9786256462878</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tetikte</t>
+          <t>Altına Hücum</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257370967</t>
+          <t>9786256462908</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Yürümek: Sakin Bir Mutluluk Sanatı</t>
+          <t>Nasılsın Hayatım</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257370585</t>
+          <t>9786256462885</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Lady L.</t>
+          <t>Yokluğu Yeğdir</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257370431</t>
+          <t>9786256462809</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Avare Düşünceler</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755702186</t>
+          <t>9786256462830</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Paris</t>
+          <t>İçimizdeki Karanlık Yan: Sapkınlığın Tarihi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755706511</t>
+          <t>9786256462816</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İçerdeki Kedi</t>
+          <t>Bereketli Vadinin Tembelleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>45</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755706542</t>
+          <t>9786256462823</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Usturası</t>
+          <t>Katil Kadınlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000017661</t>
+          <t>9786256462847</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Teorik Bakış Sayı: 1</t>
+          <t>Ankara'nın Duygusal Tarihi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>14.85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755705293</t>
+          <t>9786256462793</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ten ve İz</t>
+          <t>Sevmenin Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000024638</t>
+          <t>9786256462687</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Teorik Bakış Sayı: 5</t>
+          <t>Deleuze</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>14.85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000015994</t>
+          <t>9786256462748</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Teorik Bakış Sayı: 3</t>
+          <t>Yazınsal Uzam</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>14.85</v>
+        <v>460</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755709031</t>
+          <t>9786256462755</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sinek Azabı</t>
+          <t>İmkânsız Ütopya: İnsanın Politik Arkeolojisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755709185</t>
+          <t>9786256462762</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Feminist Bir Yaşam Sürmek</t>
+          <t>Dünyanın Istırabı Üzerine</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755708072</t>
+          <t>9786256462779</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma</t>
+          <t>Aptallık Üzerine</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755708591</t>
+          <t>9786256462786</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak</t>
+          <t>Uçurtmalar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755708287</t>
+          <t>9786256462731</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kent Deneyimi</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755708447</t>
+          <t>9786256462632</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Güneş İmparatorluğu</t>
+          <t>Tetikte</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>40</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9771303888504</t>
+          <t>9786257370967</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Geceyazısı 2004 - 6</t>
+          <t>Hayatı Yürümek: Sakin Bir Mutluluk Sanatı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>7.43</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000007617</t>
+          <t>9786257370585</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Geceyazısı 2006 - 9</t>
+          <t>Lady L.</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>7.43</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9771303895044</t>
+          <t>9786257370431</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Geceyazısı 2005 - 8</t>
+          <t>Avare Düşünceler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>7.43</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000007618</t>
+          <t>9789755702186</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Geceyazısı 2005 - 7</t>
+          <t>İstanbul - Paris</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>7.43</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000007620</t>
+          <t>9789755706511</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geceyazısı 2004 - 5</t>
+          <t>İçerdeki Kedi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>7.43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000007621</t>
+          <t>9789755706542</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Geceyazısı 2004 - 4</t>
+          <t>Babaannemin Usturası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>7.43</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000007619</t>
+          <t>3990000017661</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Geceyazısı 2003 - 3</t>
+          <t>Teorik Bakış Sayı: 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>7.43</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755705088</t>
+          <t>9789755705293</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kavramı</t>
+          <t>Ten ve İz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755703633</t>
+          <t>3990000024638</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dört Köşeli Üçgen</t>
+          <t>Teorik Bakış Sayı: 5</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755703985</t>
+          <t>3990000015994</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ophelia’ya Mektuplar</t>
+          <t>Teorik Bakış Sayı: 3</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755703183</t>
+          <t>9789755709031</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Acı</t>
+          <t>Sinek Azabı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755708157</t>
+          <t>9789755709185</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Heterotopya</t>
+          <t>Feminist Bir Yaşam Sürmek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000026194</t>
+          <t>9789755708072</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Teorik Bakış Sayı: 6 - Ocak 2015</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>14.85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000026996</t>
+          <t>9789755708591</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Teorik Bakış Sayı: 4</t>
+          <t>Tepetaklak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>14.85</v>
+        <v>485</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755706900</t>
+          <t>9789755708287</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cin Kontrol Noktası</t>
+          <t>Kent Deneyimi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000015508</t>
+          <t>9789755708447</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Teorik Bakış Sayı: 2</t>
+          <t>Güneş İmparatorluğu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>14.85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755706894</t>
+          <t>9771303888504</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Şölen</t>
+          <t>Geceyazısı 2004 - 6</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>40</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755707426</t>
+          <t>3990000007617</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Marakeş'te Sesler</t>
+          <t>Geceyazısı 2006 - 9</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>12.96</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9771303888503</t>
+          <t>9771303895044</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Geceyazısı 2003 - 2</t>
+          <t>Geceyazısı 2005 - 8</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057728548</t>
+          <t>3990000007618</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>O'nun Hikayesi</t>
+          <t>Geceyazısı 2005 - 7</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057728586</t>
+          <t>3990000007620</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Edebi Teori</t>
+          <t>Geceyazısı 2004 - 5</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057728999</t>
+          <t>3990000007621</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Geceyazısı 2004 - 4</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057728517</t>
+          <t>3990000007619</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ellis Adası</t>
+          <t>Geceyazısı 2003 - 3</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057728371</t>
+          <t>9789755705088</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Feminist Şehir</t>
+          <t>Edebiyat Kavramı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>275</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057728388</t>
+          <t>9789755703633</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Feminizmler Tarihi</t>
+          <t>Dört Köşeli Üçgen</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057728890</t>
+          <t>9789755703985</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Usta İle Margarita</t>
+          <t>Ophelia’ya Mektuplar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057728128</t>
+          <t>9789755703183</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Acı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057728159</t>
+          <t>9789755708157</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Pessoa Pessoa'yı Anlatıyor</t>
+          <t>Kentsel Heterotopya</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755707549</t>
+          <t>3990000026194</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Teorik Bakış Sayı: 6 - Ocak 2015</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755709543</t>
+          <t>3990000026996</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Süleyman'ın Şarkısı</t>
+          <t>Teorik Bakış Sayı: 4</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>480</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257370004</t>
+          <t>9789755706900</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dişi Kedi</t>
+          <t>Cin Kontrol Noktası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755709581</t>
+          <t>3990000015508</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Doğa Defteri 2019</t>
+          <t>Teorik Bakış Sayı: 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>14.81</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755709574</t>
+          <t>9789755706894</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarda Bir Yaşam</t>
+          <t>Çıplak Şölen</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>37.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755709239</t>
+          <t>9789755707426</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gözün Öyküsü</t>
+          <t>Marakeş'te Sesler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755701479</t>
+          <t>9771303888503</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Okulu</t>
+          <t>Geceyazısı 2003 - 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>5.56</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755707341</t>
+          <t>9786057728548</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Saatin Gizli Yüreği</t>
+          <t>O'nun Hikayesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755709635</t>
+          <t>9786057728586</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Savaş Öncesi Günlükleri</t>
+          <t>Edebi Teori</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>30</v>
+        <v>340</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755709437</t>
+          <t>9786057728999</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yani Rüzgar Her Şeyi Alıp Götürmeyecek</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755709369</t>
+          <t>9786057728517</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Atlas'ın Yükü</t>
+          <t>Ellis Adası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755709420</t>
+          <t>9786057728371</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine</t>
+          <t>Feminist Şehir</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>16.67</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755709352</t>
+          <t>9786057728388</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Nohut Oda</t>
+          <t>Feminizmler Tarihi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>14</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755709277</t>
+          <t>9786057728890</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çirkinliğin Kültürel Tarihi</t>
+          <t>Usta İle Margarita</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755704197</t>
+          <t>9786057728128</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>11.11</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755704227</t>
+          <t>9786057728159</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Para İçin Yazdı</t>
+          <t>Pessoa Pessoa'yı Anlatıyor</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>11.11</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755701752</t>
+          <t>9789755707549</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Sanatı</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755705811</t>
+          <t>9789755709543</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Saatler</t>
+          <t>Süleyman'ın Şarkısı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>11.11</v>
+        <v>480</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755705965</t>
+          <t>9786257370004</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sert Çocuklara Sert Oyuncaklar</t>
+          <t>Dişi Kedi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755703435</t>
+          <t>9789755709581</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Senelerce Senelerce Evveldi</t>
+          <t>Doğa Defteri 2019</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755704135</t>
+          <t>9789755709574</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sen...</t>
+          <t>Mektuplarda Bir Yaşam</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.26</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755706009</t>
+          <t>9789755709239</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Selma Gürbüz İçin Üç Yazı</t>
+          <t>Gözün Öyküsü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>11.11</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755705590</t>
+          <t>9789755701479</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Selanik’ten Thessaloniki’ye</t>
+          <t>Kadınlar Okulu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>240</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755701325</t>
+          <t>9789755707341</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sarı Zarf</t>
+          <t>Saatin Gizli Yüreği</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>5.56</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755704661</t>
+          <t>9789755709635</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sarı Şey</t>
+          <t>Savaş Öncesi Günlükleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755704791</t>
+          <t>9789755709437</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sanrı ve Gerçek</t>
+          <t>Yani Rüzgar Her Şeyi Alıp Götürmeyecek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>12.96</v>
+        <v>130</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755703558</t>
+          <t>9789755709369</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Mitolojisi</t>
+          <t>Atlas'ın Yükü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>18.52</v>
+        <v>130</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>3990000026417</t>
+          <t>9789755709420</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sanat Aşkıyla Entelektüel Bir Öğreti</t>
+          <t>Edebiyat Üzerine</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755700557</t>
+          <t>9789755709352</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynuyorduk Zamanla</t>
+          <t>Nohut Oda</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>7.41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755704357</t>
+          <t>9789755709277</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Roza’nın Gözleri</t>
+          <t>Çirkinliğin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>12.96</v>
+        <v>40</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755702989</t>
+          <t>9789755704197</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Yapıta - Romanın Hazırlanışı 1</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>295</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755704524</t>
+          <t>9789755704227</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar</t>
+          <t>Shakespeare Para İçin Yazdı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>21.3</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755702698</t>
+          <t>9789755701752</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Roma’daki Teras</t>
+          <t>Seyahat Sanatı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>8.33</v>
+        <v>145</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755703725</t>
+          <t>9789755705811</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Roland Barthes: Yazma Arzusu</t>
+          <t>Sessiz Saatler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755703862</t>
+          <t>9789755705965</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Rimbaud’ya Akıl Notları</t>
+          <t>Sert Çocuklara Sert Oyuncaklar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>9.26</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755704890</t>
+          <t>9789755703435</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Reçine Kokuyordu Helin</t>
+          <t>Senelerce Senelerce Evveldi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>95</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755702834</t>
+          <t>9789755704135</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Rahibinden Satılık Kilise</t>
+          <t>Sen...</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755706115</t>
+          <t>9789755706009</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Queer Tahayyül</t>
+          <t>Selma Gürbüz İçin Üç Yazı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755700533</t>
+          <t>9789755705590</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Pusudaki Ten</t>
+          <t>Selanik’ten Thessaloniki’ye</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>11.11</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755702469</t>
+          <t>9789755701325</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Pura Vida - William Walker’ın Yaşamı ve Ölümü</t>
+          <t>Sarı Zarf</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755700960</t>
+          <t>9789755704661</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Proust Yaşamınızı Nasıl Değiştirebilir</t>
+          <t>Sarı Şey</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>80</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755704814</t>
+          <t>9789755704791</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Proust Projesi</t>
+          <t>Sanrı ve Gerçek</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759702199</t>
+          <t>9789755703558</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Proti’den Kınalı’ya Tanıklarla Kınalıada</t>
+          <t>Sanatın Mitolojisi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755705910</t>
+          <t>3990000026417</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Protestodan Direnişe</t>
+          <t>Sanat Aşkıyla Entelektüel Bir Öğreti</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755702254</t>
+          <t>9789755700557</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Prinkipo’dan Büyükada’ya</t>
+          <t>Saklambaç Oynuyorduk Zamanla</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>75</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755702780</t>
+          <t>9789755704357</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Plati</t>
+          <t>Roza’nın Gözleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755705163</t>
+          <t>9789755702989</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Periler Ölürken Özür Diler</t>
+          <t>Yaşamdan Yapıta - Romanın Hazırlanışı 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>9.26</v>
+        <v>295</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755705279</t>
+          <t>9789755704524</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Peri Çıkmazı</t>
+          <t>Samuraylar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>18.52</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755702438</t>
+          <t>9789755702698</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Pera Palas</t>
+          <t>Roma’daki Teras</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>20</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755701554</t>
+          <t>9789755703725</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Pazar Sevişgenleri Karikatür Albümü</t>
+          <t>Roland Barthes: Yazma Arzusu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755702544</t>
+          <t>9789755703862</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Pazar Sevişgenleri 3</t>
+          <t>Rimbaud’ya Akıl Notları</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755701837</t>
+          <t>9789755704890</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Pazar Sevişgenleri 2</t>
+          <t>Reçine Kokuyordu Helin</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>9.26</v>
+        <v>95</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755705071</t>
+          <t>9789755702834</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Patlamış Bilet</t>
+          <t>Rahibinden Satılık Kilise</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789755701998</t>
+          <t>9789755706115</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Patates</t>
+          <t>Queer Tahayyül</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>5.56</v>
+        <v>48</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755705873</t>
+          <t>9789755700533</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Pembe Tütülü Amiral</t>
+          <t>Pusudaki Ten</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755706023</t>
+          <t>9789755702469</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Paralı Asker</t>
+          <t>Pura Vida - William Walker’ın Yaşamı ve Ölümü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755703282</t>
+          <t>9789755700960</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Paraboller</t>
+          <t>Proust Yaşamınızı Nasıl Değiştirebilir</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>6.48</v>
+        <v>80</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755706054</t>
+          <t>9789755704814</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Para Hakkındaki Endişelerimizi Nasıl Gideririz</t>
+          <t>Proust Projesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>98</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755704074</t>
+          <t>9789759702199</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Papağana Silah Çekme!</t>
+          <t>Proti’den Kınalı’ya Tanıklarla Kınalıada</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755705903</t>
+          <t>9789755705910</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Pantolonun Politik Tarihi</t>
+          <t>Protestodan Direnişe</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>32</v>
+        <v>60</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9729755700089</t>
+          <t>9789755702254</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prensesin Ölümü</t>
+          <t>Prinkipo’dan Büyükada’ya</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>6.48</v>
+        <v>75</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755703954</t>
+          <t>9789755702780</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kama Sutra</t>
+          <t>Plati</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755700137</t>
+          <t>9789755705163</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kalepark</t>
+          <t>Periler Ölürken Özür Diler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755703565</t>
+          <t>9789755705279</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kalbin ve Tenin Bütün İstekleri</t>
+          <t>Peri Çıkmazı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755706252</t>
+          <t>9789755702438</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kafka - Karar Yılları Cilt: 1 (Ciltli)</t>
+          <t>Pera Palas</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>29.63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755700052</t>
+          <t>9789755701554</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık Bizde Kalsın</t>
+          <t>Pazar Sevişgenleri Karikatür Albümü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755704166</t>
+          <t>9789755702544</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öykülerinde Karadeniz</t>
+          <t>Pazar Sevişgenleri 3</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>95</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755704326</t>
+          <t>9789755701837</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öykülerinde İzmir</t>
+          <t>Pazar Sevişgenleri 2</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755703442</t>
+          <t>9789755705071</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öykülerinde İstanbul</t>
+          <t>Patlamış Bilet</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755705156</t>
+          <t>9789755701998</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öykülerinde Doğu</t>
+          <t>Patates</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>16.67</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755704647</t>
+          <t>9789755705873</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öykülerinde Avrupa</t>
+          <t>Pembe Tütülü Amiral</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>35</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755703749</t>
+          <t>9789755706023</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öykülerinde Ankara</t>
+          <t>Paralı Asker</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755700168</t>
+          <t>9789755703282</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Farklı Feminizmler Açısından Kadın Araştırmalarında Yöntem</t>
+          <t>Paraboller</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755704234</t>
+          <t>9789755706054</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kaçkınlar</t>
+          <t>Para Hakkındaki Endişelerimizi Nasıl Gideririz</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>11.11</v>
+        <v>98</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755703459</t>
+          <t>9789755704074</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kabul Edilmiş Dualar</t>
+          <t>Papağana Silah Çekme!</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>168</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755706245</t>
+          <t>9789755705903</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kafka - Kavrama Yılları Cilt: 2 (Ciltli)</t>
+          <t>Pantolonun Politik Tarihi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>29.63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755704838</t>
+          <t>9729755700089</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Juliet Çıplak</t>
+          <t>Pamuk Prensesin Ölümü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755705798</t>
+          <t>9789755703954</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Jean Jenet: Yüce Yalancı</t>
+          <t>Kama Sutra</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>95</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755705149</t>
+          <t>9789755700137</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Jar</t>
+          <t>Kalepark</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>16.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755702599</t>
+          <t>9789755703565</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İyi de Nasıl?</t>
+          <t>Kalbin ve Tenin Bütün İstekleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755702933</t>
+          <t>9789755706252</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İt Cazı</t>
+          <t>Kafka - Karar Yılları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>13.89</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755705446</t>
+          <t>9789755700052</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İşgal Altındaki Şehir</t>
+          <t>Kadınlık Bizde Kalsın</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>130</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755702742</t>
+          <t>9789755704166</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İsveç Kibritleri</t>
+          <t>Kadın Öykülerinde Karadeniz</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>13.89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755704104</t>
+          <t>9789755704326</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Yokuş ve Merdivenleri</t>
+          <t>Kadın Öykülerinde İzmir</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755704692</t>
+          <t>9789755703442</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Kan Var</t>
+          <t>Kadın Öykülerinde İstanbul</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755700151</t>
+          <t>9789755705156</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Nerededir Orada Kimler Yaşar</t>
+          <t>Kadın Öykülerinde Doğu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755700526</t>
+          <t>9789755704647</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İpek Böceği Cinayeti Fotoğraflarla Çetin Altan’ın Yaşam Öyküsü...</t>
+          <t>Kadın Öykülerinde Avrupa</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>18.52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755700878</t>
+          <t>9789755703749</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İp Cambazı</t>
+          <t>Kadın Öykülerinde Ankara</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>7.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755701905</t>
+          <t>9789755700168</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Halleri</t>
+          <t>Farklı Feminizmler Açısından Kadın Araştırmalarında Yöntem</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755705866</t>
+          <t>9789755704234</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İnci</t>
+          <t>Kaçkınlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>105</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755700410</t>
+          <t>9789755703459</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İlk Gibi Son</t>
+          <t>Kabul Edilmiş Dualar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>5.56</v>
+        <v>168</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755702247</t>
+          <t>9789755706245</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İçimde Bir Boşluk Var</t>
+          <t>Kafka - Kavrama Yılları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>7.41</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755705699</t>
+          <t>9789755704838</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Irina Poignet</t>
+          <t>Juliet Çıplak</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755700069</t>
+          <t>9789755705798</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hüzünbaz Sevişmeler</t>
+          <t>Jean Jenet: Yüce Yalancı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>7.41</v>
+        <v>95</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755704111</t>
+          <t>9789755705149</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Horasan Elyazması</t>
+          <t>Jar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755701851</t>
+          <t>9789755702599</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hijyenik Aşklar</t>
+          <t>İyi de Nasıl?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755704494</t>
+          <t>9789755702933</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Sonundayım</t>
+          <t>İt Cazı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755703206</t>
+          <t>9789755705446</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Mitosları</t>
+          <t>İşgal Altındaki Şehir</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755701004</t>
+          <t>9789755702742</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Haybeden Gerçeküstü Konuşmalar</t>
+          <t>İsveç Kibritleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755700809</t>
+          <t>9789755704104</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Bu Yakası</t>
+          <t>İstanbul’un Yokuş ve Merdivenleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>4.63</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9759755702172</t>
+          <t>9789755704692</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hayat Siyah Ölüm Beyaz</t>
+          <t>İstanbul’da Kan Var</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755706030</t>
+          <t>9789755700151</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hayat Okulu Kitapları (6 Kitap Takım)</t>
+          <t>İstanbul Nerededir Orada Kimler Yaşar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>55.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755701943</t>
+          <t>9789755700526</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi 2</t>
+          <t>İpek Böceği Cinayeti Fotoğraflarla Çetin Altan’ın Yaşam Öyküsü...</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755704333</t>
+          <t>9789755700878</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Havaalanında Bir Hafta</t>
+          <t>İp Cambazı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755703381</t>
+          <t>9789755701905</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hasta Hayat Depoları</t>
+          <t>İnsanlık Halleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755701608</t>
+          <t>9789755700410</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hasar Tespit Çalışmaları</t>
+          <t>İlk Gibi Son</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755700731</t>
+          <t>9789755702247</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İslamcı Kadının Aynadaki Sureti</t>
+          <t>İçimde Bir Boşluk Var</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755702612</t>
+          <t>9789755705699</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İskenderi Ben Öldürmedim</t>
+          <t>Irina Poignet</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755702803</t>
+          <t>9789755700069</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Odası</t>
+          <t>Hüzünbaz Sevişmeler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755704845</t>
+          <t>9789755704111</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Haneberduş</t>
+          <t>Horasan Elyazması</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755702858</t>
+          <t>9789755701851</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hakkari’de Bir Mevsim</t>
+          <t>Hijyenik Aşklar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755703961</t>
+          <t>9789755704494</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Güzel Oğlanlar Kitabı</t>
+          <t>Her Şeyin Sonundayım</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>18</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755703589</t>
+          <t>9789755703206</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Hayvan Mitosları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755704340</t>
+          <t>9789755701004</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Günahkar Kırmızı Masum Beyaz</t>
+          <t>Haybeden Gerçeküstü Konuşmalar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755702865</t>
+          <t>9789755700809</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Damacana</t>
+          <t>Hayatın Bu Yakası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>110</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755700632</t>
+          <t>9759755702172</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gül Sesleri</t>
+          <t>Hayat Siyah Ölüm Beyaz</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9799755700907</t>
+          <t>9789755706030</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarının Kıyısındaki Ev</t>
+          <t>Hayat Okulu Kitapları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>7.41</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755700373</t>
+          <t>9789755701943</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Yaşı Tuna Selidir Şimdi</t>
+          <t>Hayat Bilgisi 2</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755704432</t>
+          <t>9789755704333</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Gözlerim Sığmıyor Yüzüme</t>
+          <t>Havaalanında Bir Hafta</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755702025</t>
+          <t>9789755703381</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Görüşmeyeli Uzun Zaman Oldu</t>
+          <t>Hasta Hayat Depoları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755705354</t>
+          <t>9789755701608</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Görsel Yolculuklar (Ciltli)</t>
+          <t>Hasar Tespit Çalışmaları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>35.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755703312</t>
+          <t>9789755700731</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Görmek ve Fark Etmek</t>
+          <t>İslamcı Kadının Aynadaki Sureti</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755704029</t>
+          <t>9789755702612</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Görgülü ve Bilgili Bir Burjuva Kadınının Mektupları</t>
+          <t>İskenderi Ben Öldürmedim</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755701509</t>
+          <t>9789755702803</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Gönderilmemiş Kartpostal Yazıları</t>
+          <t>Harikalar Odası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>6.48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755700502</t>
+          <t>9789755704845</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gömüyü Arayan Adam Fotoğraflarla Aziz Nesin’in Yaşam Öyküsü</t>
+          <t>Haneberduş</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>18.52</v>
+        <v>110</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755701233</t>
+          <t>9789755702858</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Ucunda</t>
+          <t>Hakkari’de Bir Mevsim</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755703503</t>
+          <t>9789755703961</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gölge Çocuk</t>
+          <t>Güzel Oğlanlar Kitabı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755702476</t>
+          <t>9789755703589</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Goldberg Paşa</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>7.41</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755705064</t>
+          <t>9789755704340</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Goethe ve Çağı</t>
+          <t>Günahkar Kırmızı Masum Beyaz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>36</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9799755700709</t>
+          <t>9789755702865</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Gizli Günlük</t>
+          <t>Gümüş Damacana</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>8.33</v>
+        <v>110</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755702087</t>
+          <t>9789755700632</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Berlin-Aleksander Meydanı</t>
+          <t>Gül Sesleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755705415</t>
+          <t>9799755700907</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Benim Eğitimim</t>
+          <t>Gözyaşlarının Kıyısındaki Ev</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>45</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755706122</t>
+          <t>9789755700373</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bedende Yazılı</t>
+          <t>Gözüm Yaşı Tuna Selidir Şimdi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755705170</t>
+          <t>9789755704432</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Beat Kuşağı Antolojisi (Ciltli)</t>
+          <t>Gözlerim Sığmıyor Yüzüme</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>32.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755700229</t>
+          <t>9789755702025</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Baykuşun Adımı Söylediğini Duydum</t>
+          <t>Görüşmeyeli Uzun Zaman Oldu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>4.63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755703169</t>
+          <t>9789755705354</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Başka Sesler Başka Odalar</t>
+          <t>Görsel Yolculuklar (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>130</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755704401</t>
+          <t>9789755703312</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Başına Buyruk Beyin</t>
+          <t>Görmek ve Fark Etmek</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>14.81</v>
+        <v>14</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755702483</t>
+          <t>9789755704029</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Şeyhler Oluyor</t>
+          <t>Görgülü ve Bilgili Bir Burjuva Kadınının Mektupları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755702711</t>
+          <t>9789755701509</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Hayatlar</t>
+          <t>Gönderilmemiş Kartpostal Yazıları</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755706221</t>
+          <t>9789755700502</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bakiye - Toplu Şiirler</t>
+          <t>Gömüyü Arayan Adam Fotoğraflarla Aziz Nesin’in Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755700281</t>
+          <t>9789755701233</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Az Kaldı Kışa</t>
+          <t>Gölgenin Ucunda</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>3990000004480</t>
+          <t>9789755703503</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Yol</t>
+          <t>Gölge Çocuk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755704906</t>
+          <t>9789755702476</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Dişi Şeytan</t>
+          <t>Goldberg Paşa</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755702674</t>
+          <t>9789755705064</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ayan Beyan</t>
+          <t>Goethe ve Çağı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>3.7</v>
+        <v>36</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755700267</t>
+          <t>9799755700709</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ay İçin Küçük Şeyler</t>
+          <t>Gizli Günlük</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755702643</t>
+          <t>9789755702087</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Avara Kasnak</t>
+          <t>Berlin-Aleksander Meydanı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755703527</t>
+          <t>9789755705415</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ateş Karınlı</t>
+          <t>Benim Eğitimim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>11.11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755705309</t>
+          <t>9789755706122</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ateistler İçin Din (Ciltli)</t>
+          <t>Bedende Yazılı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>20.37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755705286</t>
+          <t>9789755705170</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ateistler İçin Din</t>
+          <t>Beat Kuşağı Antolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>30</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9799755701119</t>
+          <t>9789755700229</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Dayanmak</t>
+          <t>Baykuşun Adımı Söylediğini Duydum</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>6.48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755705439</t>
+          <t>9789755703169</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Beckett ve Genet - Tanca’da Bir Çay</t>
+          <t>Başka Sesler Başka Odalar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755701073</t>
+          <t>9789755704401</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Zembereği Uyandığında Kadın Hala Yanındaydı (Elli Öykü)</t>
+          <t>Başına Buyruk Beyin</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755705262</t>
+          <t>9789755702483</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ömrü 3 Yıldır</t>
+          <t>Bana Bir Şeyhler Oluyor</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755704296</t>
+          <t>9789755702711</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L Hali</t>
+          <t>Bambaşka Hayatlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755702889</t>
+          <t>9789755706221</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yaşama Çok Uçuk</t>
+          <t>Bakiye - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755701820</t>
+          <t>9789755700281</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Aşk Üzerine</t>
+          <t>Az Kaldı Kışa</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755703398</t>
+          <t>3990000004480</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meleği</t>
+          <t>Ayrı Yol</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>8.33</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755702568</t>
+          <t>9789755704906</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdaki Yangın</t>
+          <t>Aynadaki Dişi Şeytan</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755702032</t>
+          <t>9789755702674</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Arthur’un Ölümü</t>
+          <t>Ayan Beyan</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>37.04</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755701615</t>
+          <t>9789755700267</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Arazi Marazi</t>
+          <t>Ay İçin Küçük Şeyler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755704616</t>
+          <t>9789755702643</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ara Sıcak</t>
+          <t>Avara Kasnak</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755703718</t>
+          <t>9789755703527</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ara Olaylar</t>
+          <t>Ateş Karınlı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755704487</t>
+          <t>9789755705309</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Apartman Haikuları</t>
+          <t>Ateistler İçin Din (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>6.48</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9729755700607</t>
+          <t>9789755705286</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Gelen</t>
+          <t>Ateistler İçin Din</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755702285</t>
+          <t>9799755701119</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Annemin Öğretmediği Şarkılar</t>
+          <t>Aşkla Dayanmak</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755701202</t>
+          <t>9789755705439</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Anladım</t>
+          <t>Beckett ve Genet - Tanca’da Bir Çay</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>7.41</v>
+        <v>95</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755700621</t>
+          <t>9789755701073</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ankara İstasyonu</t>
+          <t>Aşkın Zembereği Uyandığında Kadın Hala Yanındaydı (Elli Öykü)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755704210</t>
+          <t>9789755705262</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Anılar Kitabı</t>
+          <t>Aşkın Ömrü 3 Yıldır</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000033942</t>
+          <t>9789755704296</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Andy Warhol Felsefesi</t>
+          <t>Aşkın L Hali</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>20.37</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9799755700846</t>
+          <t>9789755702889</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Apollinaire ve Faik Bey</t>
+          <t>Aşk Yaşama Çok Uçuk</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755702827</t>
+          <t>9789755701820</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İşgali</t>
+          <t>Aşk Üzerine</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755700915</t>
+          <t>9789755703398</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Anarşist Voltairine de Cleyre’in Yaşamı</t>
+          <t>Aşk Meleği</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755702506</t>
+          <t>9789755702568</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Altın Yaldızlı Adam</t>
+          <t>Aşağıdaki Yangın</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>5.56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755706320</t>
+          <t>9789755702032</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ali</t>
+          <t>Arthur’un Ölümü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>9.26</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755703091</t>
+          <t>9789755701615</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Albucius</t>
+          <t>Arazi Marazi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755704203</t>
+          <t>9789755704616</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Halepçe’den Gelen Sevgili</t>
+          <t>Ara Sıcak</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755703251</t>
+          <t>9789755703718</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kalmış Bir İstanbul Masalı</t>
+          <t>Ara Olaylar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755707174</t>
+          <t>9789755704487</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm : Bir Hayalet Hikayesi</t>
+          <t>Apartman Haikuları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>100</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755707198</t>
+          <t>9729755700607</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Panoptikon</t>
+          <t>Ansızın Gelen</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>95</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755706955</t>
+          <t>9789755702285</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Boş Zamanlarım</t>
+          <t>Annemin Öğretmediği Şarkılar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755706993</t>
+          <t>9789755701202</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Do Sesi</t>
+          <t>Anladım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755703893</t>
+          <t>9789755700621</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sahiler Düş Düşler Sahi</t>
+          <t>Ankara İstasyonu</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755707495</t>
+          <t>9789755704210</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Cehenneme Gitme Yöntemleri</t>
+          <t>Anılar Kitabı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755707532</t>
+          <t>3990000033942</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Zafiyet Kuramı</t>
+          <t>Andy Warhol Felsefesi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755707556</t>
+          <t>9799755700846</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Karnında</t>
+          <t>Apollinaire ve Faik Bey</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>14.81</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755706627</t>
+          <t>9789755702827</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sağırlar</t>
+          <t>Amerikan İşgali</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755706610</t>
+          <t>9789755700915</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>1001 Sakal</t>
+          <t>Amerikalı Anarşist Voltairine de Cleyre’in Yaşamı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755706573</t>
+          <t>9789755702506</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Atları Bağlayın Geceyi Burada Geçireceğiz</t>
+          <t>Altın Yaldızlı Adam</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>16</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>3990000087466</t>
+          <t>9789755706320</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dünya Adil Değil</t>
+          <t>Ali</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755706443</t>
+          <t>9789755703091</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Oedipus Kompleksim</t>
+          <t>Albucius</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>100</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755706535</t>
+          <t>9789755704203</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Öteki Dünya</t>
+          <t>Halepçe’den Gelen Sevgili</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755707112</t>
+          <t>9789755703251</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kısa Süren Saltanat</t>
+          <t>Gizli Kalmış Bir İstanbul Masalı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755707105</t>
+          <t>9789755707174</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Tiranlığı</t>
+          <t>Kapitalizm : Bir Hayalet Hikayesi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755707143</t>
+          <t>9789755707198</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Vişnenin Cinsiyeti</t>
+          <t>Panoptikon</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>20</v>
+        <v>95</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755702728</t>
+          <t>9789755706955</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Zibaldone 2</t>
+          <t>Boş Zamanlarım</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755701967</t>
+          <t>9789755706993</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Zazie Metroda</t>
+          <t>Do Sesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>55</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755705491</t>
+          <t>9789755703893</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Zavallılar</t>
+          <t>Sahiler Düş Düşler Sahi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>50</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755705002</t>
+          <t>9789755707495</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Zatülcenp</t>
+          <t>Cehenneme Gitme Yöntemleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755705569</t>
+          <t>9789755707532</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Zaaf</t>
+          <t>Zafiyet Kuramı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>95</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755700649</t>
+          <t>9789755707556</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıl Sonu Tanıklıkları Akdenizlilik, Kimlik ve Entelektüalizm Üzerine...</t>
+          <t>Balinanın Karnında</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>5.56</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755701370</t>
+          <t>9789755706627</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşmeler</t>
+          <t>Sağırlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755706153</t>
+          <t>9789755706610</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yüzler</t>
+          <t>1001 Sakal</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755702421</t>
+          <t>9789755706573</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yüzler</t>
+          <t>Atları Bağlayın Geceyi Burada Geçireceğiz</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>14.81</v>
+        <v>16</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755700250</t>
+          <t>3990000087466</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yüz’de Yüz 10 Desen - 10 Tipografi - 10 Şiir</t>
+          <t>Dünya Adil Değil</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>5.56</v>
+        <v>8</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755703329</t>
+          <t>9789755706443</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yüz Doksan Dokuz Basamak</t>
+          <t>Oedipus Kompleksim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>8.33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755704081</t>
+          <t>9789755706535</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyılda Sanatı Okuyanlar</t>
+          <t>Öteki Dünya</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755705538</t>
+          <t>9789755707112</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yirmi5april</t>
+          <t>Kısa Süren Saltanat</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9799755701393</t>
+          <t>9789755707105</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz</t>
+          <t>Bilimin Tiranlığı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>9.26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755701165</t>
+          <t>9789755707143</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yerli Bir Feminizme Doğru</t>
+          <t>Vişnenin Cinsiyeti</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755703794</t>
+          <t>9789755702728</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yerel Renkler</t>
+          <t>Zibaldone 2</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755704968</t>
+          <t>9789755701967</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bireycilik</t>
+          <t>Zazie Metroda</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755702292</t>
+          <t>9789755705491</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Eylemi</t>
+          <t>Zavallılar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>12.96</v>
+        <v>50</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755703640</t>
+          <t>9789755705002</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yaz Yağmuru</t>
+          <t>Zatülcenp</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755703084</t>
+          <t>9789755705569</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yaz Çılgınlığı</t>
+          <t>Zaaf</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>9.26</v>
+        <v>95</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755705408</t>
+          <t>9789755700649</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Aşklar</t>
+          <t>Yüzyıl Sonu Tanıklıkları Akdenizlilik, Kimlik ve Entelektüalizm Üzerine...</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755705118</t>
+          <t>9789755701370</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Zaman</t>
+          <t>Yüzleşmeler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755701349</t>
+          <t>9789755706153</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kalmak</t>
+          <t>Yüzler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755703060</t>
+          <t>9789755702421</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yann Andrea Steiner</t>
+          <t>Yüzler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755705545</t>
+          <t>9789755700250</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yangın Müziği</t>
+          <t>Yüz’de Yüz 10 Desen - 10 Tipografi - 10 Şiir</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>220</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755703145</t>
+          <t>9789755703329</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Gittiğin Yoldan Gelir</t>
+          <t>Yüz Doksan Dokuz Basamak</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755703824</t>
+          <t>9789755704081</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Mor</t>
+          <t>Yirminci Yüzyılda Sanatı Okuyanlar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>14.81</v>
+        <v>45</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755704579</t>
+          <t>9789755705538</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yalan</t>
+          <t>Yirmi5april</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755703534</t>
+          <t>9799755701393</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşımlarıyla Eleştiri Kuramcıları</t>
+          <t>Yılmaz</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755705552</t>
+          <t>9789755701165</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşan İsyan</t>
+          <t>Yerli Bir Feminizme Doğru</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755704562</t>
+          <t>9789755703794</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yağmalı</t>
+          <t>Yerel Renkler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755701561</t>
+          <t>9789755704968</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yaban Koku</t>
+          <t>Yeni Bireycilik</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>3.7</v>
+        <v>45</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755702971</t>
+          <t>9789755702292</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Villa Amalia</t>
+          <t>Yazmak Eylemi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755704449</t>
+          <t>9789755703640</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ve Hipopotamlar Tanklarında Haşlandılar</t>
+          <t>Yaz Yağmuru</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>24</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755704937</t>
+          <t>9789755703084</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yumuşak Makine</t>
+          <t>Yaz Çılgınlığı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755703411</t>
+          <t>9789755705408</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh Yüz Yıl Sonra</t>
+          <t>Yaratıcı Aşklar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>12.96</v>
+        <v>26</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755705200</t>
+          <t>9789755705118</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Üzüntü, Muz Kabuğu ve J.D. Salinger</t>
+          <t>Yaralı Zaman</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755702049</t>
+          <t>9789755701349</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ütopyalar Sözlüğü</t>
+          <t>Yaralı Kalmak</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755700274</t>
+          <t>9789755703060</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Ayrılık İçin Kırk Kısa Şiir</t>
+          <t>Yann Andrea Steiner</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755704364</t>
+          <t>9789755705545</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğum Limanlar</t>
+          <t>Yangın Müziği</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>6.48</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>3990005704159</t>
+          <t>9789755703145</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Underground Otopark</t>
+          <t>Yalnızlık Gittiğin Yoldan Gelir</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755706177</t>
+          <t>9789755703824</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Psikanaliz Yıllığı 2013</t>
+          <t>Yalnız Mor</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755705668</t>
+          <t>9789755704579</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Psikanaliz Yıllığı 2012</t>
+          <t>Yalan</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755705224</t>
+          <t>9789755703534</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Psikanaliz Yıllığı 2011</t>
+          <t>Yaklaşımlarıyla Eleştiri Kuramcıları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755703541</t>
+          <t>9789755705552</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Unuttum Dünya</t>
+          <t>Yaklaşan İsyan</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755700588</t>
+          <t>9789755704562</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Uçuk</t>
+          <t>Yağmur Yağmalı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755702452</t>
+          <t>9789755701561</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tüm Ders Notları</t>
+          <t>Yaban Koku</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>14.81</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755701226</t>
+          <t>9789755702971</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tuzak Kitap İki Şiirsel Metin</t>
+          <t>Villa Amalia</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755700328</t>
+          <t>9789755704449</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Trendelenburg Pozisyonu</t>
+          <t>Ve Hipopotamlar Tanklarında Haşlandılar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>5.56</v>
+        <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755706191</t>
+          <t>9789755704937</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Toplu Halüsinasyon</t>
+          <t>Yumuşak Makine</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>45</v>
+        <v>22</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755704944</t>
+          <t>9789755703411</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Tokyo Sene Sıfır</t>
+          <t>Van Gogh Yüz Yıl Sonra</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>55</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755701332</t>
+          <t>9789755705200</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Tıkanan Siyaset</t>
+          <t>Üzüntü, Muz Kabuğu ve J.D. Salinger</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>8.33</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755702759</t>
+          <t>9789755702049</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Therapia’dan Tarabya’ya</t>
+          <t>Ütopyalar Sözlüğü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755703701</t>
+          <t>9789755700274</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>The God Jr</t>
+          <t>Uzun Bir Ayrılık İçin Kırk Kısa Şiir</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755703015</t>
+          <t>9789755704364</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Teklifsiz Serseri</t>
+          <t>Unuttuğum Limanlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755702230</t>
+          <t>3990005704159</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına Şatila’da Dört Saat</t>
+          <t>Underground Otopark</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>5.56</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755701769</t>
+          <t>9789755706177</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Yargısının İşini Bitirmek İçin</t>
+          <t>Uluslararası Psikanaliz Yıllığı 2013</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755704289</t>
+          <t>9789755705668</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Şiyir Sevişgenleri</t>
+          <t>Uluslararası Psikanaliz Yıllığı 2012</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755700366</t>
+          <t>9789755705224</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Şeyler Kitabı (Ev)</t>
+          <t>Uluslararası Psikanaliz Yıllığı 2011</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755702575</t>
+          <t>9789755703541</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sweetmilk Üçlemesi Sweetmilk’ten Gelen Kadın Ay Işığı Caddesi No: 37 Harlow</t>
+          <t>Unuttum Dünya</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755703176</t>
+          <t>9789755700588</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Suskun Güneş</t>
+          <t>Uçuk</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755701783</t>
+          <t>9789755702452</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Surat Buruşturmalık 52 Metin</t>
+          <t>Tüm Ders Notları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755703800</t>
+          <t>9789755701226</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Su Mitosları</t>
+          <t>Tuzak Kitap İki Şiirsel Metin</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>14.81</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755706207</t>
+          <t>9789755700328</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Straight Düşünce</t>
+          <t>Trendelenburg Pozisyonu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>24</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755700311</t>
+          <t>9789755706191</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Telefon Konuşmaları</t>
+          <t>Toplu Halüsinasyon</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>7.41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789755706481</t>
+          <t>9789755704944</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Çuvallamanın Queer Sanatı</t>
+          <t>Tokyo Sene Sıfır</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>16.67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789755706467</t>
+          <t>9789755701332</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Roma</t>
+          <t>Tıkanan Siyaset</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755706740</t>
+          <t>9789755702759</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kazanı</t>
+          <t>Therapia’dan Tarabya’ya</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>25.93</v>
+        <v>30</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755706665</t>
+          <t>9789755703701</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İşte Deniz, Maria</t>
+          <t>The God Jr</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789755706672</t>
+          <t>9789755703015</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye</t>
+          <t>Teklifsiz Serseri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786056346682</t>
+          <t>9789755702230</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sol Omzuna Güneşi Asmadan Gelme</t>
+          <t>Tek Başına Şatila’da Dört Saat</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789755709833</t>
+          <t>9789755701769</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Odamda Yolculuk</t>
+          <t>Tanrı Yargısının İşini Bitirmek İçin</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789755709857</t>
+          <t>9789755704289</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Asiler Otobüsü</t>
+          <t>Şiyir Sevişgenleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>44.1</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755709444</t>
+          <t>9789755700366</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Aptallık Üzerine</t>
+          <t>Şeyler Kitabı (Ev)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789755709659</t>
+          <t>9789755702575</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ormanı</t>
+          <t>Sweetmilk Üçlemesi Sweetmilk’ten Gelen Kadın Ay Işığı Caddesi No: 37 Harlow</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789755709703</t>
+          <t>9789755703176</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>%99 İçin Feminizm: Bir Manifesto</t>
+          <t>Suskun Güneş</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789755709314</t>
+          <t>9789755701783</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Homofobi Sözlüğü</t>
+          <t>Surat Buruşturmalık 52 Metin</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>490</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789755709284</t>
+          <t>9789755703800</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Baudelaire' in Poe' su</t>
+          <t>Su Mitosları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>35</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755708959</t>
+          <t>9789755706207</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hakkari’de Bir Mevsim (40. Yıl Özel Basım) (Ciltli)</t>
+          <t>Straight Düşünce</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789755708744</t>
+          <t>9789755700311</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Dikkat Dağınıklığı</t>
+          <t>Telefon Konuşmaları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>130</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789755708751</t>
+          <t>9789755706481</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Yerkuşağı</t>
+          <t>Çuvallamanın Queer Sanatı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>120</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789755701974</t>
+          <t>9789755706467</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Ayinleri</t>
+          <t>Roma</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789755708683</t>
+          <t>9789755706740</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Devrimciyim</t>
+          <t>Cadı Kazanı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>65</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789755708980</t>
+          <t>9789755706665</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Deneysel Roman</t>
+          <t>İşte Deniz, Maria</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789755708928</t>
+          <t>9789755706672</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Pekin'de Sonbahar</t>
+          <t>Şemsiye</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789755709611</t>
+          <t>9786056346682</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler</t>
+          <t>Sol Omzuna Güneşi Asmadan Gelme</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755708829</t>
+          <t>9789755709833</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İle Kara</t>
+          <t>Odamda Yolculuk</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>36</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789755708331</t>
+          <t>9789755709857</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Fransız Etkileri</t>
+          <t>Asiler Otobüsü</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>27.78</v>
+        <v>44.1</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755708140</t>
+          <t>9789755709444</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dersleri</t>
+          <t>Aptallık Üzerine</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755709062</t>
+          <t>9789755709659</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sanat Başkaldırır</t>
+          <t>Kadınlar Ormanı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755709147</t>
+          <t>9789755709703</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Beckett, Tükenmeyen Arzu</t>
+          <t>%99 İçin Feminizm: Bir Manifesto</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755708096</t>
+          <t>9789755709314</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Homofobi Sözlüğü</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>15.74</v>
+        <v>490</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755707600</t>
+          <t>9789755709284</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tespih Ağacının Gölgesinde</t>
+          <t>Baudelaire' in Poe' su</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755708836</t>
+          <t>9789755708959</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Doğusu</t>
+          <t>Hakkari’de Bir Mevsim (40. Yıl Özel Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>105</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755708867</t>
+          <t>9789755708744</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Savaş Günlükleri</t>
+          <t>Sonsuz Dikkat Dağınıklığı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755708263</t>
+          <t>9789755708751</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Doğu’ya Yolculuk</t>
+          <t>Yerkuşağı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755708317</t>
+          <t>9789755701974</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dali’den Karakurbağasına Bazı Düşünceler</t>
+          <t>Geçiş Ayinleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755708270</t>
+          <t>9789755708683</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz</t>
+          <t>Ben Bir Devrimciyim</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755708294</t>
+          <t>9789755708980</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Finnegan Uyanması</t>
+          <t>Deneysel Roman</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755708195</t>
+          <t>9789755708928</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ateşteki Güve</t>
+          <t>Pekin'de Sonbahar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755708218</t>
+          <t>9789755709611</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Sürgünler</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755708324</t>
+          <t>9789755708829</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>King Kong Teori</t>
+          <t>Kızıl İle Kara</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>45</v>
+        <v>36</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755707938</t>
+          <t>9789755708331</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ruhun Arkeolojisi: İçimizdeki Kötülük</t>
+          <t>Modern Türk Şiirinde Fransız Etkileri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755708348</t>
+          <t>9789755708140</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>S / Z</t>
+          <t>Aşk Dersleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755707501</t>
+          <t>9789755709062</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Freud'dan Hayat Dersleri</t>
+          <t>Sanat Başkaldırır</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755707587</t>
+          <t>9789755709147</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Normal Olmak Varken Neden Mutlu Olasın</t>
+          <t>Beckett, Tükenmeyen Arzu</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755707563</t>
+          <t>9789755708096</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bazen Bahar</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789755708645</t>
+          <t>9789755707600</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorum - I Am Scared</t>
+          <t>Tespih Ağacının Gölgesinde</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789755708553</t>
+          <t>9789755708836</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Yas</t>
+          <t>Cennetin Doğusu</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>20</v>
+        <v>105</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789755708041</t>
+          <t>9789755708867</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kokular</t>
+          <t>Savaş Günlükleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789755708034</t>
+          <t>9789755708263</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Buluşmalar</t>
+          <t>Doğu’ya Yolculuk</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789755708027</t>
+          <t>9789755708317</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ay Batarken</t>
+          <t>Dali’den Karakurbağasına Bazı Düşünceler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>30</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789755707020</t>
+          <t>9789755708270</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Fetiş İkame</t>
+          <t>Ölümsüz</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789755706962</t>
+          <t>9789755708294</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İhtimal</t>
+          <t>Finnegan Uyanması</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789755707037</t>
+          <t>9789755708195</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Uzun Vadi</t>
+          <t>Ateşteki Güve</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>20</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789755706948</t>
+          <t>9789755708218</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Rüyası</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>28</v>
+        <v>160</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789755708768</t>
+          <t>9789755708324</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>King Kong Teori</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755708225</t>
+          <t>9789755707938</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Aziz Manuel</t>
+          <t>Karanlık Ruhun Arkeolojisi: İçimizdeki Kötülük</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789755707969</t>
+          <t>9789755708348</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bir Filozofun Huzurunda</t>
+          <t>S / Z</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789755707952</t>
+          <t>9789755707501</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Siyah</t>
+          <t>Freud'dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789755708010</t>
+          <t>9789755707587</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bok Yoluna Gitmek</t>
+          <t>Normal Olmak Varken Neden Mutlu Olasın</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>36</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789755707655</t>
+          <t>9789755707563</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Günler ve Geceler</t>
+          <t>Bazen Bahar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>130</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789755707648</t>
+          <t>9789755708645</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Kavga</t>
+          <t>Korkuyorum - I Am Scared</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>110</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755707082</t>
+          <t>9789755708553</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Savaş Yılları Defterleri</t>
+          <t>Mevsim Yas</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789755707068</t>
+          <t>9789755708041</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Beter Yaşamlar</t>
+          <t>Kokular</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789755706863</t>
+          <t>9789755708034</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kaygılarımızın Kışı</t>
+          <t>Buluşmalar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789755706849</t>
+          <t>9789755708027</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bülbülü Öldürmek</t>
+          <t>Ay Batarken</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755706399</t>
+          <t>9789755707020</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Paha Biçilemez</t>
+          <t>Fetiş İkame</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>20.37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755706436</t>
+          <t>9789755706962</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Perşembe</t>
+          <t>İhtimal</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>110</v>
+        <v>12</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755703688</t>
+          <t>9789755707037</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Gezginin Oteli</t>
+          <t>Uzun Vadi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755703916</t>
+          <t>9789755706948</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Don Juan’ın Maceraları</t>
+          <t>Amerikan Rüyası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>11.11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789757019749</t>
+          <t>9789755708768</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Ayinleri Deniz Üçlemesi 1. Kitap</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755700618</t>
+          <t>9789755708225</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gatien’in Tutkusu</t>
+          <t>Aziz Manuel</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755704456</t>
+          <t>9789755707969</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Garanti Karantina</t>
+          <t>Bir Filozofun Huzurunda</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9799755701102</t>
+          <t>9789755707952</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Garabet Meleği Öyküler</t>
+          <t>Siyah</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755704265</t>
+          <t>9789755708010</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Galileo’nun Pergeli</t>
+          <t>Bok Yoluna Gitmek</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>8.33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755701127</t>
+          <t>9789755707655</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Galata’dan Karaköy’e Bir Liman Hikayesi</t>
+          <t>Günler ve Geceler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>30</v>
+        <v>130</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755702902</t>
+          <t>9789755707648</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Futbol Nedir ki Bir Yabancılaşma Öyküsü</t>
+          <t>Bitmeyen Kavga</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>7.41</v>
+        <v>110</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755703046</t>
+          <t>9789755707082</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf ve Toplum</t>
+          <t>Savaş Yılları Defterleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755700380</t>
+          <t>9789755707068</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Forum: Türkiye’de Çeviri Eğitimi Nereden Nereye? 1</t>
+          <t>Ölümden Beter Yaşamlar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755704807</t>
+          <t>9789755706863</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Flu’es</t>
+          <t>Kaygılarımızın Kışı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>17.59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755700113</t>
+          <t>9789755706849</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Filiz Hiç Üzülmesin... Sabahattin Ali’nin Objektifinden, Kızı Filiz’in Gözünden Bir Yaşam Öyküsü...</t>
+          <t>Bülbülü Öldürmek</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755701677</t>
+          <t>9789755706399</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Fındık Çiçek Açınca</t>
+          <t>Paha Biçilemez</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>8.33</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755705422</t>
+          <t>9789755706436</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ferit Edgü’nün Hakkari’si</t>
+          <t>Tatlı Perşembe</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>9.26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755705972</t>
+          <t>9789755703688</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ferit Edgü</t>
+          <t>Gezginin Oteli</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755702261</t>
+          <t>9789755703916</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Feriştah’ın Fentezileri</t>
+          <t>Genç Bir Don Juan’ın Maceraları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755702063</t>
+          <t>9789757019749</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Tesellisi</t>
+          <t>Geçiş Ayinleri Deniz Üçlemesi 1. Kitap</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755704050</t>
+          <t>9789755700618</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Eşliğinde Aşka Yolculuk</t>
+          <t>Gatien’in Tutkusu</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755700519</t>
+          <t>9789755704456</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Frenhoferolmak</t>
+          <t>Garanti Karantina</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755703510</t>
+          <t>9799755701102</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Feklavye</t>
+          <t>Garabet Meleği Öyküler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789755704098</t>
+          <t>9789755704265</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Fatma Tülin Resmi: Algı, Form ve Pornografi</t>
+          <t>Galileo’nun Pergeli</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789755700090</t>
+          <t>9789755701127</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye</t>
+          <t>Galata’dan Karaköy’e Bir Liman Hikayesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789755701400</t>
+          <t>9789755702902</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Fanari’ den Fener’ e Bir Haliç Hikayesi</t>
+          <t>Futbol Nedir ki Bir Yabancılaşma Öyküsü</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>168</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789755705835</t>
+          <t>9789755703046</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Fallusun Arkeolojisi</t>
+          <t>Fotoğraf ve Toplum</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755705989</t>
+          <t>9789755700380</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Eylülün Gölgesinde Bir Yazdı</t>
+          <t>Forum: Türkiye’de Çeviri Eğitimi Nereden Nereye? 1</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755701196</t>
+          <t>9789755704807</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Hazlar Mastürbasyon Külliyatı</t>
+          <t>Flu’es</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>6.48</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789755703619</t>
+          <t>9789755700113</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Eşikte</t>
+          <t>Filiz Hiç Üzülmesin... Sabahattin Ali’nin Objektifinden, Kızı Filiz’in Gözünden Bir Yaşam Öyküsü...</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755705828</t>
+          <t>9789755701677</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Espas</t>
+          <t>Fındık Çiçek Açınca</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789755700076</t>
+          <t>9789755705422</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Eski Zaman Eşkıyaları</t>
+          <t>Ferit Edgü’nün Hakkari’si</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789755700946</t>
+          <t>9789755705972</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Erotologya?</t>
+          <t>Ferit Edgü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>4.63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789755703121</t>
+          <t>9789755702261</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Eros ve Eşler Keçiboynuzundan Cialis’e</t>
+          <t>Feriştah’ın Fentezileri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789755701684</t>
+          <t>9789755702063</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Erkek Doğrama Cemiyeti Manifestosu</t>
+          <t>Felsefenin Tesellisi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789755702148</t>
+          <t>9789755704050</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Elma Romanı Nasıl Bir Roman?</t>
+          <t>Felsefe Eşliğinde Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>5.56</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755702414</t>
+          <t>9789755700519</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Eller</t>
+          <t>Frenhoferolmak</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755701738</t>
+          <t>9789755703510</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ekşi Sözlük Kutsal Bilgi Kaynağı</t>
+          <t>Feklavye</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755706269</t>
+          <t>9789755704098</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Sufleler</t>
+          <t>Fatma Tülin Resmi: Algı, Form ve Pornografi</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755704043</t>
+          <t>9789755700090</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Sinemada Yaşayan Lenin</t>
+          <t>Fatma Aliye</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>12.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755704623</t>
+          <t>9789755701400</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Çevirisinin ve Çevirmeninin İzinde</t>
+          <t>Fanari’ den Fener’ e Bir Haliç Hikayesi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>11.11</v>
+        <v>168</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755700434</t>
+          <t>9789755705835</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ege Rüzgarları</t>
+          <t>Fallusun Arkeolojisi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755702537</t>
+          <t>9789755705989</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ecinni Labirenti</t>
+          <t>Eylülün Gölgesinde Bir Yazdı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755705736</t>
+          <t>9789755701196</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Düzeltmeler</t>
+          <t>Eşsiz Hazlar Mastürbasyon Külliyatı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>55</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789755702896</t>
+          <t>9789755703619</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Düşerken</t>
+          <t>Eşikte</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789755704005</t>
+          <t>9789755705828</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Gelmeyecek</t>
+          <t>Espas</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789755706092</t>
+          <t>9789755700076</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Nasıl Değiştiririz</t>
+          <t>Eski Zaman Eşkıyaları</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789755701066</t>
+          <t>9789755700946</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Pantolon</t>
+          <t>Erotologya?</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789755701530</t>
+          <t>9789755703121</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dünkü İstanbul</t>
+          <t>Eros ve Eşler Keçiboynuzundan Cialis’e</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789755704128</t>
+          <t>9789755701684</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Adam</t>
+          <t>Erkek Doğrama Cemiyeti Manifestosu</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>11.11</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789757011774</t>
+          <t>9789755702148</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Duvargeçen</t>
+          <t>Elma Romanı Nasıl Bir Roman?</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789755700830</t>
+          <t>9789755702414</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Dumanı Tüten Çay Gibi</t>
+          <t>Eller</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789755703107</t>
+          <t>9789755701738</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Dört Asker</t>
+          <t>Ekşi Sözlük Kutsal Bilgi Kaynağı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>3990000013545</t>
+          <t>9789755706269</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Douve’un Hareketi ve Hareketsizliğine Dair &amp; Eşiğin Yanılsamasında</t>
+          <t>Eflatun Sufleler</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>6.48</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755702384</t>
+          <t>9789755704043</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dostum Pierrot</t>
+          <t>Edebiyat ve Sinemada Yaşayan Lenin</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755701875</t>
+          <t>9789755704623</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dolambaç</t>
+          <t>Edebiyat Çevirisinin ve Çevirmeninin İzinde</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789755702919</t>
+          <t>9789755700434</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Doğu Öyküleri</t>
+          <t>Ege Rüzgarları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755701745</t>
+          <t>9789755702537</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dil Oyunları</t>
+          <t>Ecinni Labirenti</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755706078</t>
+          <t>9789755705736</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağa Nasıl Uyum Sağlarız</t>
+          <t>Düzeltmeler</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>12.96</v>
+        <v>55</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755705217</t>
+          <t>9789755702896</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Hayaller</t>
+          <t>Düşerken</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789755701318</t>
+          <t>9789755704005</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Devam</t>
+          <t>Dünyanın Sonu Gelmeyecek</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>6.48</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755706276</t>
+          <t>9789755706092</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Derinin Altında</t>
+          <t>Dünyamızı Nasıl Değiştiririz</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>36</v>
+        <v>160</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>3990000007167</t>
+          <t>9789755701066</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Derin Uykunun Söylevi</t>
+          <t>Dünya ve Pantolon</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755700120</t>
+          <t>9789755701530</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Deniz Orada</t>
+          <t>Dünkü İstanbul</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755701080</t>
+          <t>9789755704128</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Dengeli Demlenme ve Rakı Mezeleri</t>
+          <t>Duygusal Adam</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755705521</t>
+          <t>9789757011774</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Deney</t>
+          <t>Duvargeçen</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755702841</t>
+          <t>9789755700830</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Denemeyenler</t>
+          <t>Dumanı Tüten Çay Gibi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755704777</t>
+          <t>9789755703107</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Öyküleri</t>
+          <t>Dört Asker</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>12</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755704555</t>
+          <t>3990000013545</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Dejavu</t>
+          <t>Douve’un Hareketi ve Hareketsizliğine Dair &amp; Eşiğin Yanılsamasında</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755701271</t>
+          <t>9789755702384</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlü İstanbul Mutfağı</t>
+          <t>Dostum Pierrot</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755706313</t>
+          <t>9789755701875</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Dolambaç</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>3990000002840</t>
+          <t>9789755702919</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim Terimleri Sözlüğü</t>
+          <t>Doğu Öyküleri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755703763</t>
+          <t>9789755701745</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Seçkisi 2</t>
+          <t>Dil Oyunları</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755703756</t>
+          <t>9789755706078</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Seçkisi 1</t>
+          <t>Dijital Çağa Nasıl Uyum Sağlarız</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755701493</t>
+          <t>9789755705217</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Kuramlarını Düşünürken...</t>
+          <t>Devrimci Hayaller</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>6.48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755701011</t>
+          <t>9789755701318</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Bir Süreçtir... Ya Çeviribilim?</t>
+          <t>Devam</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755703374</t>
+          <t>9789755706276</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Çat!</t>
+          <t>Derinin Altında</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>13.89</v>
+        <v>36</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755702018</t>
+          <t>3990000007167</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Çamur Şevket’in Torunu</t>
+          <t>Derin Uykunun Söylevi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755703831</t>
+          <t>9789755700120</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Çalışmanın Mutluluğu ve Sıkıntısı</t>
+          <t>Deniz Orada</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>280</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755701059</t>
+          <t>9789755701080</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Cüz Kıpkısa Metinler</t>
+          <t>Dengeli Demlenme ve Rakı Mezeleri</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789755705637</t>
+          <t>9789755705521</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik ve Sosyalizm</t>
+          <t>Deney</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>35</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755706061</t>
+          <t>9789755702841</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğe Nasıl Farklı Yaklaşırız</t>
+          <t>Denemeyenler</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9799755700761</t>
+          <t>9789755704777</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Charles Baudelaire’in Son Günleri</t>
+          <t>Demiryolu Öyküleri</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755700236</t>
+          <t>9789755704555</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Canlar Ölesi Değil Fotoğraflarla Haldun Taner’in Yaşam Öyküsü</t>
+          <t>Dejavu</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755705705</t>
+          <t>9789755701271</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>CanGüncem</t>
+          <t>Çokkültürlü İstanbul Mutfağı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755703305</t>
+          <t>9789755706313</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789755704586</t>
+          <t>3990000002840</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Cafe Esperanza</t>
+          <t>Çeviribilim Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789755705484</t>
+          <t>9789755703763</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Cadı</t>
+          <t>Çeviri Seçkisi 2</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755700304</t>
+          <t>9789755703756</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yolların Haydutu Fotoğraflarla Attila İlhan’ın Yaşam Öyküsü</t>
+          <t>Çeviri Seçkisi 1</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789755702520</t>
+          <t>9789755701493</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Burç Hikayeleri</t>
+          <t>Çeviri Kuramlarını Düşünürken...</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755704258</t>
+          <t>9789755701011</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bunaltı</t>
+          <t>Çeviri Bir Süreçtir... Ya Çeviribilim?</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755703022</t>
+          <t>9789755703374</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar</t>
+          <t>Çat!</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>3990000011348</t>
+          <t>9789755702018</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Resimler</t>
+          <t>Çamur Şevket’in Torunu</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755704395</t>
+          <t>9789755703831</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Bukalemunlar İçin Müzik</t>
+          <t>Çalışmanın Mutluluğu ve Sıkıntısı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>16.67</v>
+        <v>280</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789755703336</t>
+          <t>9789755701059</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Buğulu Camların Ardı</t>
+          <t>Cüz Kıpkısa Metinler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789755705347</t>
+          <t>9789755705637</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Bu Defa Çok Fena</t>
+          <t>Cinsellik ve Sosyalizm</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>9.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789755704753</t>
+          <t>9789755706061</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Bir Kapı</t>
+          <t>Cinselliğe Nasıl Farklı Yaklaşırız</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>20</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789755702940</t>
+          <t>9799755700761</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun İzinde</t>
+          <t>Charles Baudelaire’in Son Günleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789755703770</t>
+          <t>9789755700236</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Bohemler</t>
+          <t>Canlar Ölesi Değil Fotoğraflarla Haldun Taner’in Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>58</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789755704920</t>
+          <t>9789755705705</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bizans Sultanı</t>
+          <t>CanGüncem</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789755701424</t>
+          <t>9789755703305</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Savaşım</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789755703350</t>
+          <t>9789755704586</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bitki Mitosları</t>
+          <t>Cafe Esperanza</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789755701790</t>
+          <t>9789755705484</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış, Bir Okmuş</t>
+          <t>Cadı</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789755700175</t>
+          <t>9789755700304</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bir Tatlı Huzur</t>
+          <t>Büyük Yolların Haydutu Fotoğraflarla Attila İlhan’ın Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789755703138</t>
+          <t>9789755702520</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Yakınsın Uzakta Kalınca</t>
+          <t>Burç Hikayeleri</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789755704883</t>
+          <t>9789755704258</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Bir Putun Alacakaranlığı</t>
+          <t>Bunaltı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789755705132</t>
+          <t>9789755703022</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Bir Paris Semtinin Tüketilme Denemesi</t>
+          <t>Bulutlar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9799755700662</t>
+          <t>3990000011348</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bir Meçhulün Güncesi</t>
+          <t>Bulanık Resimler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789755700571</t>
+          <t>9789755704395</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bir Levrek İskeleti</t>
+          <t>Bukalemunlar İçin Müzik</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789755702605</t>
+          <t>9789755703336</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Bir Katedral İnşa Etmek Tartışma</t>
+          <t>Buğulu Camların Ardı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755702391</t>
+          <t>9789755705347</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Cindi Zümrüdüanka</t>
+          <t>Bu Defa Çok Fena</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789755700298</t>
+          <t>9789755704753</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Bir Destan Rüzgarı Fotoğraflarla Yaşar Kemal’in Yaşam Öyküsü...</t>
+          <t>Boşlukta Bir Kapı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789755705781</t>
+          <t>9789755702940</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Ot Defteri</t>
+          <t>Boşluğun İzinde</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789755700205</t>
+          <t>9789755703770</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Daha</t>
+          <t>Bohemler</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>9.26</v>
+        <v>58</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>3990000006022</t>
+          <t>9789755704920</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bir (İki) Sergi Öncesinden Tablolar: Fatma Tülin</t>
+          <t>Bizans Sultanı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789755717104</t>
+          <t>9789755701424</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Binbir Kadın Masalları</t>
+          <t>Bitmeyen Savaşım</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789755703657</t>
+          <t>9789755703350</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Biçimler, Renkler, Sözcükler</t>
+          <t>Bitki Mitosları</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789755704241</t>
+          <t>9789755701790</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Bırakılmış Biri</t>
+          <t>Bir Varmış, Bir Okmuş</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789755704388</t>
+          <t>9789755700175</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Beton Bahçe</t>
+          <t>Bir Tatlı Huzur</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789755705323</t>
+          <t>9789755703138</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Bermal</t>
+          <t>Bir Sen Yakınsın Uzakta Kalınca</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789755701707</t>
+          <t>9789755704883</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Pablo Neruda’ya Cevaplar Kitabı</t>
+          <t>Bir Putun Alacakaranlığı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>3.7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789755705378</t>
+          <t>9789755705132</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Bir Paris Semtinin Tüketilme Denemesi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789755704913</t>
+          <t>9799755700662</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Özgünlüğün Politikası</t>
+          <t>Bir Meçhulün Güncesi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>240</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789755701592</t>
+          <t>9789755700571</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Yaşandı</t>
+          <t>Bir Levrek İskeleti</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789755701431</t>
+          <t>9789755702605</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Öp ve Anlat</t>
+          <t>Bir Katedral İnşa Etmek Tartışma</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9799755700693</t>
+          <t>9789755702391</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Ölümümden Sonraki İlk Gün</t>
+          <t>Bir Garip Cindi Zümrüdüanka</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789755702322</t>
+          <t>9789755700298</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Ölüm mü? Ne Buluş!</t>
+          <t>Bir Destan Rüzgarı Fotoğraflarla Yaşar Kemal’in Yaşam Öyküsü...</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789755703787</t>
+          <t>9789755705781</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ölü Evinde Seks Partisi</t>
+          <t>Bir Delinin Ot Defteri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789755702100</t>
+          <t>9789755700205</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Öküz’lemeler</t>
+          <t>Bir Aşk Daha</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755706184</t>
+          <t>3990000006022</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Benlik</t>
+          <t>Bir (İki) Sergi Öncesinden Tablolar: Fatma Tülin</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>14.81</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755705996</t>
+          <t>9789755717104</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sosyalist Fırkası ve İştirakçi Hilmi</t>
+          <t>Binbir Kadın Masalları</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>30</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789755700687</t>
+          <t>9789755703657</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstanbul’undan Bir Köşe Tatavla</t>
+          <t>Biçimler, Renkler, Sözcükler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>168</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789755705644</t>
+          <t>9789755704241</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde ve Mum Işığı Cinayetleri</t>
+          <t>Bırakılmış Biri</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789755704982</t>
+          <t>9789755704388</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Oscar Nasıl Wilde Oldu ?</t>
+          <t>Beton Bahçe</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>36</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789755701141</t>
+          <t>9789755705323</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Orson Welles: Bir Amerikan Mitosu</t>
+          <t>Bermal</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755701691</t>
+          <t>9789755701707</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli’lemeler</t>
+          <t>Pablo Neruda’ya Cevaplar Kitabı</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789755705453</t>
+          <t>9789755705378</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Orgazmın Tarihi</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>25.93</v>
+        <v>120</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755705767</t>
+          <t>9789755704913</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Opus</t>
+          <t>Özgünlüğün Politikası</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789755703190</t>
+          <t>9789755701592</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Nijinski Öyküleri</t>
+          <t>Öylesine Yaşandı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789755702124</t>
+          <t>9789755701431</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Nihori’den Yeniköy’e Bir Boğaziçi Köyünün Hikayesi</t>
+          <t>Öp ve Anlat</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9799755700075</t>
+          <t>9799755700693</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Nereye Yüreğim</t>
+          <t>Ölümümden Sonraki İlk Gün</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789755701639</t>
+          <t>9789755702322</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Negatif İmge</t>
+          <t>Ölüm mü? Ne Buluş!</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789755701097</t>
+          <t>9789755703787</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ne Var Ne Yok? Beş Film Ayrıntısında Bir Günün Öyküsü (ve Yetişin)</t>
+          <t>Ölü Evinde Seks Partisi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789755702773</t>
+          <t>9789755702100</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Nazım Üstüne</t>
+          <t>Öküz’lemeler</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>50</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789755703992</t>
+          <t>9789755706184</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Birlikte Yaşanır?</t>
+          <t>Oyuncu Benlik</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789755705255</t>
+          <t>9789755705996</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk için Felsefe</t>
+          <t>Osmanlı Sosyalist Fırkası ve İştirakçi Hilmi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789755700793</t>
+          <t>9789755700687</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Suphi</t>
+          <t>Osmanlı İstanbul’undan Bir Köşe Tatavla</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>30</v>
+        <v>168</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9799755700822</t>
+          <t>9789755705644</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Modus Operandi</t>
+          <t>Oscar Wilde ve Mum Işığı Cinayetleri</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789755706214</t>
+          <t>9789755704982</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Modern İstanbul’un Doğuşu</t>
+          <t>Oscar Nasıl Wilde Oldu ?</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>65</v>
+        <v>36</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789755702766</t>
+          <t>9789755701141</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Mitologya Sözlüğü</t>
+          <t>Orson Welles: Bir Amerikan Mitosu</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789755704173</t>
+          <t>9789755701691</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Memelerimin Tarihi</t>
+          <t>Orhan Veli’lemeler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>18</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789755702926</t>
+          <t>9789755705453</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Melekle Sohbet</t>
+          <t>Orgazmın Tarihi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>12.04</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9799755700556</t>
+          <t>9789755705767</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Mektepten Memlekete Fotoğraflarla Yahya Kemal’in Yaşam Öyküsü</t>
+          <t>Opus</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>3990000011805</t>
+          <t>9789755703190</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Mega Revma’dan Arnavutköy’e Bir Boğaziçi Hikayesi</t>
+          <t>Nijinski Öyküleri</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789755703572</t>
+          <t>9789755702124</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Medusa’nın Makası</t>
+          <t>Nihori’den Yeniköy’e Bir Boğaziçi Köyünün Hikayesi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9799755700952</t>
+          <t>9799755700075</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Maximum</t>
+          <t>Nereye Yüreğim</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789757014867</t>
+          <t>9789755701639</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Marcos Onurlu İsyankar</t>
+          <t>Negatif İmge</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789755701813</t>
+          <t>9789755701097</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Yazılar</t>
+          <t>Ne Var Ne Yok? Beş Film Ayrıntısında Bir Günün Öyküsü (ve Yetişin)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789755703275</t>
+          <t>9789755702773</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Lumpen Sözlüğü</t>
+          <t>Nazım Üstüne</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789755703268</t>
+          <t>9789755703992</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Lucifer’ın Bisikleti</t>
+          <t>Nasıl Birlikte Yaşanır?</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789755701455</t>
+          <t>9789755705255</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Loş Sokağın Kadınları</t>
+          <t>Mutluluk için Felsefe</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789755704746</t>
+          <t>9789755700793</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Londra Bulvarı</t>
+          <t>Mustafa Suphi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789755705897</t>
+          <t>9799755700822</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Lisede Kan ve Cesaret</t>
+          <t>Modus Operandi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789755703428</t>
+          <t>9789755706214</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Masalların Şifresi</t>
+          <t>Modern İstanbul’un Doğuşu</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>7.41</v>
+        <v>65</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789755702094</t>
+          <t>9789755702766</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Lilliput Masallar</t>
+          <t>Mitologya Sözlüğü</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>6.48</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789755703152</t>
+          <t>9789755704173</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Tümörler Lokantası</t>
+          <t>Memelerimin Tarihi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>13.89</v>
+        <v>18</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789755704722</t>
+          <t>9789755702926</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Leş (Ciltli)</t>
+          <t>Melekle Sohbet</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>32.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789755702810</t>
+          <t>9799755700556</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Laz Bakkal ile Tombalak</t>
+          <t>Mektepten Memlekete Fotoğraflarla Yahya Kemal’in Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789755704869</t>
+          <t>3990000011805</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kürt Romanı</t>
+          <t>Mega Revma’dan Arnavutköy’e Bir Boğaziçi Hikayesi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789755700984</t>
+          <t>9789755703572</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanım’dan Rubu Asırlık Adam’a</t>
+          <t>Medusa’nın Makası</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>30</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789755705019</t>
+          <t>9799755700952</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Yolcusu</t>
+          <t>Maximum</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755702636</t>
+          <t>9789757014867</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kuyruktan Uyruğa</t>
+          <t>Marcos Onurlu İsyankar</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9799755701188</t>
+          <t>9789755701813</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kuşevi’nin Efendisi</t>
+          <t>Mahrem Yazılar</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789755701264</t>
+          <t>9789755703275</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Mark Twain Hatırlıyor</t>
+          <t>Lumpen Sözlüğü</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>7.41</v>
+        <v>120</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789755704739</t>
+          <t>9789755703268</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Alıştırmaları</t>
+          <t>Lucifer’ın Bisikleti</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755703886</t>
+          <t>9789755701455</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kulak</t>
+          <t>Loş Sokağın Kadınları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>6.48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755703978</t>
+          <t>9789755704746</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kukular Kitabı</t>
+          <t>Londra Bulvarı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>110</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755701950</t>
+          <t>9789755705897</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ku(r)şun Lezzeti</t>
+          <t>Lisede Kan ve Cesaret</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>9.26</v>
+        <v>140</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789755703695</t>
+          <t>9789755703428</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Kitap Okursa</t>
+          <t>Masalların Şifresi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755700397</t>
+          <t>9789755702094</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Köktendinsizler</t>
+          <t>Lilliput Masallar</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789755705101</t>
+          <t>9789755703152</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Irmağında</t>
+          <t>Lezzetli Tümörler Lokantası</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>95</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9799755700778</t>
+          <t>9789755704722</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Komünist Hareketin Güneş Tutulması ve Yeniden Ortaya Çıkışı</t>
+          <t>Leş (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>5.56</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789755703817</t>
+          <t>9789755702810</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Klişeler Kitabı</t>
+          <t>Laz Bakkal ile Tombalak</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789755702964</t>
+          <t>9789755704869</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kitap İçin</t>
+          <t>Kürt Romanı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789755700441</t>
+          <t>9789755700984</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Jak Samanon?</t>
+          <t>Küçük Hanım’dan Rubu Asırlık Adam’a</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789755703008</t>
+          <t>9789755705019</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kimse</t>
+          <t>Kuzey Yolcusu</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789755701363</t>
+          <t>9789755702636</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaş Günlerim</t>
+          <t>Kuyruktan Uyruğa</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789755704012</t>
+          <t>9799755701188</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Meydan</t>
+          <t>Kuşevi’nin Efendisi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755704418</t>
+          <t>9789755701264</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık</t>
+          <t>Mark Twain Hatırlıyor</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9799755701034</t>
+          <t>9789755704739</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Erik</t>
+          <t>Kurmaca Alıştırmaları</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789755705026</t>
+          <t>9789755703886</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Balık Cinayeti</t>
+          <t>Kulak</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789755701585</t>
+          <t>9789755703978</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kenti Dinlemek Büyülü Kent İstanbul’dan Öyküler</t>
+          <t>Kukular Kitabı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>5.09</v>
+        <v>110</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789755703497</t>
+          <t>9789755701950</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kenger</t>
+          <t>Ku(r)şun Lezzeti</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>13</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789755700199</t>
+          <t>9789755703695</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kendimizi Savunurken</t>
+          <t>Kraliçe Kitap Okursa</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789755706047</t>
+          <t>9789755700397</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kendimize Uygun İşi Nasıl Buluruz</t>
+          <t>Köktendinsizler</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>120</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789755705095</t>
+          <t>9789755705101</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kendi Evine Varamamak</t>
+          <t>Korkunun Irmağında</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>7.41</v>
+        <v>95</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789755701523</t>
+          <t>9799755700778</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kemal Sunal Film Başka Yaşam Başka</t>
+          <t>Komünist Hareketin Güneş Tutulması ve Yeniden Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789755701868</t>
+          <t>9789755703817</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kebabistanbul</t>
+          <t>Klişeler Kitabı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789755704852</t>
+          <t>9789755702964</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Parça</t>
+          <t>Kitap İçin</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789755700182</t>
+          <t>9789755700441</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kentin Yakışıklısı</t>
+          <t>Kimsin Jak Samanon?</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789755703404</t>
+          <t>9789755703008</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İklimler</t>
+          <t>Kimse</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789755702735</t>
+          <t>9789755701363</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Herkes Biraz Zencidir</t>
+          <t>Kızılbaş Günlerim</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789755705248</t>
+          <t>9789755704012</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba</t>
+          <t>Kızıl Meydan</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789755703077</t>
+          <t>9789755704418</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Karadelik Güncesi</t>
+          <t>Kıskançlık</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789755700106</t>
+          <t>9799755701034</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kara Böcek</t>
+          <t>Kırmızı Erik</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>3.7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789755704876</t>
+          <t>9789755705026</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kanal Kentlerinde</t>
+          <t>Kırmızı Balık Cinayeti</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789755706238</t>
+          <t>9789755701585</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kitap İçin 3</t>
+          <t>Kenti Dinlemek Büyülü Kent İstanbul’dan Öyküler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>18.52</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789755704531</t>
+          <t>9789755703497</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kitap İçin 2</t>
+          <t>Kenger</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>15.74</v>
+        <v>13</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789755703213</t>
+          <t>9789755700199</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Alacaat’tan Alaçatı’ya</t>
+          <t>Kendimizi Savunurken</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>190</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789755706085</t>
+          <t>9789755706047</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığımızı Nasıl Koruruz</t>
+          <t>Kendimize Uygun İşi Nasıl Buluruz</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789755704463</t>
+          <t>9789755705095</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Aile Reisinin Kati Devrilişi</t>
+          <t>Kendi Evine Varamamak</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789755705774</t>
+          <t>9789755701523</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Ahraz</t>
+          <t>Kemal Sunal Film Başka Yaşam Başka</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9799755700402</t>
+          <t>9789755701868</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Parlamaları</t>
+          <t>Kebabistanbul</t>
         </is>
       </c>
       <c r="C593" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789755703480</t>
+          <t>9789755704852</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Ağır Abiler Orkestrası</t>
+          <t>Kayıp Parça</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789755700755</t>
+          <t>9789755700182</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Ağlar mı Bergama’da</t>
+          <t>Kayıp Kentin Yakışıklısı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789755701387</t>
+          <t>9789755703404</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Kayıp İklimler</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789755701295</t>
+          <t>9789755702735</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Aforistika ya da Özeldeyişler</t>
+          <t>Karanlıkta Herkes Biraz Zencidir</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789755702582</t>
+          <t>9789755705248</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Adı Dilimin Ucunda</t>
+          <t>Karahindiba</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789755701516</t>
+          <t>9789755703077</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Karadelik Güncesi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>35</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789755701356</t>
+          <t>9789755700106</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Açı Direkleri</t>
+          <t>Kara Böcek</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>4.63</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789755705477</t>
+          <t>9789755704876</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Acı Gösteri</t>
+          <t>Kanal Kentlerinde</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789755702551</t>
+          <t>9789755706238</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Abidin</t>
+          <t>Kitap İçin 3</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789755704654</t>
+          <t>9789755704531</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>42 Derin Düşünce</t>
+          <t>Kitap İçin 2</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789755702223</t>
+          <t>9789755703213</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>40 Gözaltı Öyküsü ve Diğerleri</t>
+          <t>Alacaat’tan Alaçatı’ya</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>7.41</v>
+        <v>190</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789755702216</t>
+          <t>9789755706085</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>30 + Yalnızlığa Veda</t>
+          <t>Akıl Sağlığımızı Nasıl Koruruz</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789755702001</t>
+          <t>9789755704463</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Sanat</t>
+          <t>Aile Reisinin Kati Devrilişi</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>5.56</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789755702490</t>
+          <t>9789755705774</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Bir  Erkek Hakkında</t>
+          <t>Ahraz</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789755702346</t>
+          <t>9799755700402</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>19 Aralık</t>
+          <t>Ağustos Parlamaları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789755705934</t>
+          <t>9789755703480</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>666</t>
+          <t>Ağır Abiler Orkestrası</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789755708409</t>
+          <t>9789755700755</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Ağaçlar Ağlar mı Bergama’da</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>16</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789755708386</t>
+          <t>9789755701387</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Almayer’in Sırça Köşkü</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>95</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789755708423</t>
+          <t>9789755701295</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Fokus</t>
+          <t>Aforistika ya da Özeldeyişler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789755707808</t>
+          <t>9789755702582</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Zift</t>
+          <t>Adı Dilimin Ucunda</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789755707853</t>
+          <t>9789755701516</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Ters Dönmüş Bir Kaplumbağa İle Sanat Üzerine Konuşmalar</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>22.22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789755707822</t>
+          <t>9789755701356</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Mayıs Giremez</t>
+          <t>Açı Direkleri</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789755707815</t>
+          <t>9789755705477</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Komik Kız</t>
+          <t>Acı Gösteri</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789755707846</t>
+          <t>9789755702551</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Cennet Çayırı</t>
+          <t>Abidin</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>175</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789755707785</t>
+          <t>9789755704654</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başlangıcı: Şeytanın Düşüşü ve Kötünün Doğuşu</t>
+          <t>42 Derin Düşünce</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>22</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789755707778</t>
+          <t>9789755702223</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Arka Ev’den Hatıralar ve Hikayeler</t>
+          <t>40 Gözaltı Öyküsü ve Diğerleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789755706757</t>
+          <t>9789755702216</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Elli Belirsiz (Ciltli)</t>
+          <t>30 + Yalnızlığa Veda</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>32.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789755708126</t>
+          <t>9789755702001</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Aşklarımız</t>
+          <t>20. Yüzyılda Sanat</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>12.96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789755708119</t>
+          <t>9789755702490</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tutan Su</t>
+          <t>Bir  Erkek Hakkında</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>55</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789755707747</t>
+          <t>9789755702346</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Av</t>
+          <t>19 Aralık</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789755707891</t>
+          <t>9789755705934</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Yeni Marifetleri</t>
+          <t>666</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789755707884</t>
+          <t>9789755708409</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Denizler Yıldızı</t>
+          <t>Kabuk</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>25.93</v>
+        <v>16</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789755707679</t>
+          <t>9789755708386</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Queer Temaşa</t>
+          <t>Almayer’in Sırça Köşkü</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>20.37</v>
+        <v>95</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789755707723</t>
+          <t>9789755708423</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Rocky, Cohen ve Muhsin Bey'den Örneklerle Hayatım</t>
+          <t>Fokus</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>24</v>
+        <v>220</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789755707709</t>
+          <t>9789755707808</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ev Anası</t>
+          <t>Zift</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>13</v>
+        <v>120</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789755707716</t>
+          <t>9789755707853</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kaos'un Kutsal Kitabı</t>
+          <t>Ters Dönmüş Bir Kaplumbağa İle Sanat Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>130</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789755706825</t>
+          <t>9789755707822</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Üzerine Notlar</t>
+          <t>Mayıs Giremez</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789755706801</t>
+          <t>9789755707815</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Erteleme Sanatı</t>
+          <t>Komik Kız</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789755707433</t>
+          <t>9789755707846</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Patafizikçi Doktor Faustroll'un Davranış ve Görüşleri</t>
+          <t>Cennet Çayırı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>20</v>
+        <v>175</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789755707402</t>
+          <t>9789755707785</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Gazap Üzümleri</t>
+          <t>Her Şeyin Başlangıcı: Şeytanın Düşüşü ve Kötünün Doğuşu</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789755707396</t>
+          <t>9789755707778</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Al Midilli</t>
+          <t>Arka Ev’den Hatıralar ve Hikayeler</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>14</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789755707419</t>
+          <t>9789755706757</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Narkoleptik Tekvin</t>
+          <t>Elli Belirsiz (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789755707440</t>
+          <t>9789755708126</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'den Hayat Dersleri</t>
+          <t>Aşklarımız</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>50</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789755707358</t>
+          <t>9789755708119</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Çimen Yaprakları</t>
+          <t>Kendini Tutan Su</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>170</v>
+        <v>55</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789755707259</t>
+          <t>9789755707747</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Giden Bir Kedinin Ardından</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789755706498</t>
+          <t>9789755707891</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Hepsi</t>
+          <t>Şeytanın Yeni Marifetleri</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789755706726</t>
+          <t>9789755707884</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bağışla</t>
+          <t>Denizler Yıldızı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>32.41</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789755706603</t>
+          <t>9789755707679</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Charley ile Amerika Yollarında</t>
+          <t>Queer Temaşa</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>24</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789755706382</t>
+          <t>9789755707723</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Din</t>
+          <t>Rocky, Cohen ve Muhsin Bey'den Örneklerle Hayatım</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789755706375</t>
+          <t>9789755707709</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Baudelaire Paranoyası</t>
+          <t>Ev Anası</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789755707181</t>
+          <t>9789755707716</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Venedik’te Aşk Varanasi’de Ölüm</t>
+          <t>Kaos'un Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>20.37</v>
+        <v>130</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789755707235</t>
+          <t>9789755706825</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratığın Akıl Almaz Ahlaksız Maceraları</t>
+          <t>Yazmak Üzerine Notlar</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789755706924</t>
+          <t>9789755706801</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Kapısını Aralamak</t>
+          <t>Erteleme Sanatı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789755707297</t>
+          <t>9789755707433</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Tek Meyve Portakal Değildir</t>
+          <t>Patafizikçi Doktor Faustroll'un Davranış ve Görüşleri</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789755707280</t>
+          <t>9789755707402</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Haberler</t>
+          <t>Gazap Üzümleri</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789755706788</t>
+          <t>9789755707396</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Bir Gemide</t>
+          <t>Al Midilli</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789755706795</t>
+          <t>9789755707419</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Sahilden Bostancı</t>
+          <t>Narkoleptik Tekvin</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789755706702</t>
+          <t>9789755707440</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Psikanaliz Yıllığı 2014</t>
+          <t>Nietzsche'den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>16.67</v>
+        <v>50</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789755706719</t>
+          <t>9789755707358</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Boğa Güreşi</t>
+          <t>Çimen Yaprakları</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>32</v>
+        <v>170</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789755706917</t>
+          <t>9789755707259</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kar İçin Değil Halk İçin</t>
+          <t>Giden Bir Kedinin Ardından</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>34</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789755707488</t>
+          <t>9789755706498</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard'dan Hayat Dersleri</t>
+          <t>Hepsi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789755707464</t>
+          <t>9789755706726</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Hammadde</t>
+          <t>Bizi Bağışla</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>70</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789755707273</t>
+          <t>9789755706603</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Cahil</t>
+          <t>Köpeğim Charley ile Amerika Yollarında</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>11.11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789755703596</t>
+          <t>9789755706382</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Gazete Yazıları</t>
+          <t>Tek Kişilik Din</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>35</v>
+        <v>26</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789755700359</t>
+          <t>9789755706375</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Mysia ve Işık İnsanları</t>
+          <t>Baudelaire Paranoyası</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789755702278</t>
+          <t>9789755707181</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Zaman</t>
+          <t>Venedik’te Aşk Varanasi’de Ölüm</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789755701622</t>
+          <t>9789755707235</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kaptan, Gemide Kaçak Yolcu Var</t>
+          <t>Bir Yaratığın Akıl Almaz Ahlaksız Maceraları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>6.48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786057728746</t>
+          <t>9789755706924</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kahinin Mektupları</t>
+          <t>Bilincin Kapısını Aralamak</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257370356</t>
+          <t>9789755707297</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Beton Ada</t>
+          <t>Tek Meyve Portakal Değildir</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>285</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789755702377</t>
+          <t>9789755707280</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Statü Endişesi (Ciltli)</t>
+          <t>Haberler</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>15.74</v>
+        <v>24</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789755702339</t>
+          <t>9789755706788</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Statü Endişesi</t>
+          <t>Bir Gemide</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789755704630</t>
+          <t>9789755706795</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sonbaharda Sarhoş Bir Kasaba</t>
+          <t>Sahilden Bostancı</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789755700243</t>
+          <t>9789755706702</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Son Meyhaneci</t>
+          <t>Uluslararası Psikanaliz Yıllığı 2014</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>5.56</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789755702155</t>
+          <t>9789755706719</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Soğukkanlılıkla</t>
+          <t>Boğa Güreşi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789755700540</t>
+          <t>9789755706917</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Siyanürcü Ahtapot</t>
+          <t>Kar İçin Değil Halk İçin</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>9.26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9799755700655</t>
+          <t>9789755707488</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Siyah Üstü Siyah</t>
+          <t>Kierkegaard'dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789755704548</t>
+          <t>9789755707464</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Denizatları</t>
+          <t>Hammadde</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>14.81</v>
+        <v>70</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789755706146</t>
+          <t>9789755707273</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Kadınlar Düşü</t>
+          <t>Cahil</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786057728487</t>
+          <t>9789755703596</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeytan</t>
+          <t>Gazete Yazıları</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>175</v>
+        <v>35</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789755709987</t>
+          <t>9789755700359</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Mesmenya'dan Sevgiler</t>
+          <t>Mysia ve Işık İnsanları</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786057728012</t>
+          <t>9789755702278</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Tanrıya</t>
+          <t>Mürekkep Zaman</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786057728333</t>
+          <t>9789755701622</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Yabancılaşma ve Özgürlük Üzerine Yazılar</t>
+          <t>Kaptan, Gemide Kaçak Yolcu Var</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>400</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786057728319</t>
+          <t>9786057728746</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kürtaj</t>
+          <t>Kahinin Mektupları</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786057728098</t>
+          <t>9786257370356</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Taçlı Anarşist Heliogabalos</t>
+          <t>Beton Ada</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786256462717</t>
+          <t>9789755702377</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Statü Endişesi (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>100</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786256462724</t>
+          <t>9789755702339</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kulakmisafiri: Elli Karakter</t>
+          <t>Statü Endişesi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789755702667</t>
+          <t>9789755704630</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Acının Antropolojisi</t>
+          <t>Sonbaharda Sarhoş Bir Kasaba</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789755702209</t>
+          <t>9789755700243</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Övgü</t>
+          <t>Son Meyhaneci</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789755707228</t>
+          <t>9789755702155</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Vardı</t>
+          <t>Soğukkanlılıkla</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786057728364</t>
+          <t>9789755700540</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Katran Bebek</t>
+          <t>Siyanürcü Ahtapot</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>330</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256462663</t>
+          <t>9799755700655</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Ortak Hayat</t>
+          <t>Siyah Üstü Siyah</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256462656</t>
+          <t>9789755704548</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Dağpaklayan</t>
+          <t>Siyah Beyaz Denizatları</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>225</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256462700</t>
+          <t>9789755706146</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Şikayet!</t>
+          <t>Sıradan Kadınlar Düşü</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>675</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256462649</t>
+          <t>9786057728487</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ankara'da Bir Ev: Yakın Tarihimizden Trajik, Ürkütücü, Garip Olaylar</t>
+          <t>Küçük Şeytan</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256462694</t>
+          <t>9789755709987</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Tesadüf - Vakit'teki Hikâyeler</t>
+          <t>Mesmenya'dan Sevgiler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786256462670</t>
+          <t>9786057728012</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Kıyılarında</t>
+          <t>Bilinmeyen Bir Tanrıya</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>275</v>
+        <v>50</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256462625</t>
+          <t>9786057728333</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Kokulu Kız</t>
+          <t>Yabancılaşma ve Özgürlük Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789755705842</t>
+          <t>9786057728319</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Olayı</t>
+          <t>Kürtaj</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789755707204</t>
+          <t>9786057728098</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Kültürel Politikası</t>
+          <t>Taçlı Anarşist Heliogabalos</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>440</v>
+        <v>165</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256462588</t>
+          <t>9786256462717</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256462595</t>
+          <t>9786256462724</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Yıldızyiyiciler</t>
+          <t>Kulakmisafiri: Elli Karakter</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256462618</t>
+          <t>9789755702667</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Araba</t>
+          <t>Acının Antropolojisi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256462601</t>
+          <t>9789755702209</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Yürüyüş</t>
+          <t>Ölüme Övgü</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786256462533</t>
+          <t>9789755707228</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>İstemli Ölüm</t>
+          <t>Bir Savaş Vardı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786256462540</t>
+          <t>9786057728364</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sardunyalar Güneşe Bayılır</t>
+          <t>Katran Bebek</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>225</v>
+        <v>330</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786256462557</t>
+          <t>9786256462663</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Köy Öğretmeni</t>
+          <t>Ortak Hayat</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256462571</t>
+          <t>9786256462656</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Oyun</t>
+          <t>Dağpaklayan</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256462564</t>
+          <t>9786256462700</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Pamuk İşçileri</t>
+          <t>Şikayet!</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>300</v>
+        <v>675</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789755702070</t>
+          <t>9786256462649</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İsyankar Yüzyıl / Yirminci Yüzyıl’ın Başkaldırı Sözlüğü (Ciltli)</t>
+          <t>Ankara'da Bir Ev: Yakın Tarihimizden Trajik, Ürkütücü, Garip Olaylar</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>1100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789755702704</t>
+          <t>9786256462694</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Hece Cümbüşü</t>
+          <t>Garip Bir Tesadüf - Vakit'teki Hikâyeler</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257370837</t>
+          <t>9786256462670</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Sirk Geceleri</t>
+          <t>Korkunun Kıyılarında</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>520</v>
+        <v>275</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257370561</t>
+          <t>9786256462625</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Gecelerin Kitabı</t>
+          <t>Tarçın Kokulu Kız</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789755709550</t>
+          <t>9789755705842</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Başıboş Bir Yolculuktan Notlar</t>
+          <t>Edebiyat Olayı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789755709666</t>
+          <t>9789755707204</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Vasatlar İçin Peri Masalı</t>
+          <t>Duyguların Kültürel Politikası</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789755709949</t>
+          <t>9786256462588</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kutu Adam</t>
+          <t>Bir Aşk</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789755709383</t>
+          <t>9786256462595</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Gitar</t>
+          <t>Yıldızyiyiciler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789755705712</t>
+          <t>9786256462618</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Eleştirisi 1</t>
+          <t>Araba</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789755707167</t>
+          <t>9786256462601</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Taşrası</t>
+          <t>Kanlı Yürüyüş</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789755707136</t>
+          <t>9786256462533</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Son Devrimin Güncesi</t>
+          <t>İstemli Ölüm</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789755706764</t>
+          <t>9786256462540</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Mekanın Üretimi</t>
+          <t>Sardunyalar Güneşe Bayılır</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789755709475</t>
+          <t>9786256462557</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmış Dil</t>
+          <t>Köy Öğretmeni</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789755708690</t>
+          <t>9786256462571</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Değer Teorisi</t>
+          <t>Kanlı Oyun</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789755708942</t>
+          <t>9786256462564</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Ritimanaliz</t>
+          <t>Pamuk İşçileri</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789755708898</t>
+          <t>9789755702070</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Otoritaryen Kişilik Üzerine</t>
+          <t>İsyankar Yüzyıl / Yirminci Yüzyıl’ın Başkaldırı Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789755709208</t>
+          <t>9789755702704</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Yalan</t>
+          <t>Hece Cümbüşü</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789755709161</t>
+          <t>9786257370837</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Modernizmin Siyaseti</t>
+          <t>Sirk Geceleri</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789755709154</t>
+          <t>9786257370561</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalmak İçin Küçük Felsefe Seti</t>
+          <t>Gecelerin Kitabı</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789755707570</t>
+          <t>9789755709550</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizmin Kısa Tarihi</t>
+          <t>Başıboş Bir Yolculuktan Notlar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789755708652</t>
+          <t>9789755709666</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Sarrasine</t>
+          <t>Vasatlar İçin Peri Masalı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789755708546</t>
+          <t>9789755709949</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Rahip C.</t>
+          <t>Kutu Adam</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789755703626</t>
+          <t>9789755709383</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bir Zambak Hikayesi</t>
+          <t>Gitar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789755702445</t>
+          <t>9789755705712</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ölümüne Sadakat</t>
+          <t>Gündelik Hayatın Eleştirisi 1</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789755706306</t>
+          <t>9789755707167</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Nezleli Karga</t>
+          <t>İnsanın Taşrası</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789755708362</t>
+          <t>9789755707136</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Pay</t>
+          <t>Son Devrimin Güncesi</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789755707761</t>
+          <t>9789755706764</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Şehir Hakkı</t>
+          <t>Mekanın Üretimi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789755707372</t>
+          <t>9789755709475</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Eleştirisi 3</t>
+          <t>Kurtarılmış Dil</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789755707150</t>
+          <t>9789755708690</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Hindi’nin Ruhu</t>
+          <t>Değer Teorisi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789755707877</t>
+          <t>9789755708942</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Pera'dan Beyoğlu'na</t>
+          <t>Ritimanaliz</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786057728715</t>
+          <t>9789755708898</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Ölü Adam</t>
+          <t>Otoritaryen Kişilik Üzerine</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786057728623</t>
+          <t>9789755709208</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Siya Evine</t>
+          <t>Siyasette Yalan</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786057728913</t>
+          <t>9789755709161</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Üzerine</t>
+          <t>Modernizmin Siyaseti</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786057728166</t>
+          <t>9789755709154</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kulübünde Siyaset</t>
+          <t>Hayatta Kalmak İçin Küçük Felsefe Seti</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789755709994</t>
+          <t>9789755707570</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Göğün Mavisi</t>
+          <t>Neoliberalizmin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786057728197</t>
+          <t>9789755708652</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kediler</t>
+          <t>Sarrasine</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789755702797</t>
+          <t>9789755708546</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Tiffany’de Kahvaltı</t>
+          <t>Rahip C.</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789755709451</t>
+          <t>9789755703626</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Materyalizm</t>
+          <t>Bir Zambak Hikayesi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789755707013</t>
+          <t>9789755702445</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hamal</t>
+          <t>Ölümüne Sadakat</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789755702957</t>
+          <t>9789755706306</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Futbol Ateşi</t>
+          <t>Nezleli Karga</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789755706870</t>
+          <t>9789755708362</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Köçekceler</t>
+          <t>Lanetli Pay</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786057728005</t>
+          <t>9789755707761</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Flandra Yolu</t>
+          <t>Şehir Hakkı</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256462519</t>
+          <t>9789755707372</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Erotizmin Tarihi</t>
+          <t>Gündelik Hayatın Eleştirisi 3</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256462526</t>
+          <t>9789755707150</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Celladın Güzel Kızı</t>
+          <t>Hindi’nin Ruhu</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256462502</t>
+          <t>9789755707877</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İntihar Üzerine Notlar</t>
+          <t>Pera'dan Beyoğlu'na</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256462311</t>
+          <t>9786057728715</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Felicia'nın Yolculuğu</t>
+          <t>Ölü Adam</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256462496</t>
+          <t>9786057728623</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Kökleri</t>
+          <t>Siya Evine</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>575</v>
+        <v>375</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256462489</t>
+          <t>9786057728913</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Sessizlik Üzerine</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256462472</t>
+          <t>9786057728166</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Gemisi</t>
+          <t>Erkek Kulübünde Siyaset</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786257370547</t>
+          <t>9789755709994</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Cennet</t>
+          <t>Göğün Mavisi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>475</v>
+        <v>220</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789755709215</t>
+          <t>9786057728197</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Sula</t>
+          <t>Kediler</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789755707624</t>
+          <t>9789755702797</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Modernizmin Serüveni</t>
+          <t>Tiffany’de Kahvaltı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>1500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789755706429</t>
+          <t>9789755709451</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Hayat Hikayeleri</t>
+          <t>Diyalektik Materyalizm</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786057728654</t>
+          <t>9789755707013</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Dicle'nin Yakarışı - Dicle'nin Sesi 1</t>
+          <t>Hamal</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256462465</t>
+          <t>9789755702957</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Ben Burada Yapamam</t>
+          <t>Futbol Ateşi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256462434</t>
+          <t>9789755706870</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yol</t>
+          <t>Köçekceler</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256462458</t>
+          <t>9786057728005</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Harvard Meydanı</t>
+          <t>Flandra Yolu</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256462427</t>
+          <t>9786256462519</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Dükkanı</t>
+          <t>Erotizmin Tarihi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256462441</t>
+          <t>9786256462526</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kullan - At: Gezegenimiz, Yegane Evimiz</t>
+          <t>Celladın Güzel Kızı</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256462410</t>
+          <t>9786256462502</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Sağanak Altında</t>
+          <t>İntihar Üzerine Notlar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256462397</t>
+          <t>9786256462311</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Koca Tembel</t>
+          <t>Felicia'nın Yolculuğu</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256462403</t>
+          <t>9786256462496</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>O Sonbahar, O Kış</t>
+          <t>Cennetin Kökleri</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>190</v>
+        <v>575</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789755706986</t>
+          <t>9786256462489</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Sanat Nedir</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786257370592</t>
+          <t>9786256462472</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Oda</t>
+          <t>Ölüm Gemisi</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789755707389</t>
+          <t>9786257370547</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kiler</t>
+          <t>Cennet</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786057728678</t>
+          <t>9789755709215</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kader Kuyusu</t>
+          <t>Sula</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789755706931</t>
+          <t>9789755707624</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>1001 Bıyık - Bıyığın Kültürel Tarihi</t>
+          <t>Modernizmin Serüveni</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>190</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789755705682</t>
+          <t>9789755706429</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Suskunun Gölgesinde</t>
+          <t>Sanatçıların Hayat Hikayeleri</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789755709246</t>
+          <t>9786057728654</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Mekan</t>
+          <t>Dicle'nin Yakarışı - Dicle'nin Sesi 1</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789755708355</t>
+          <t>9786256462465</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Rönesans'ın Serüveni</t>
+          <t>Ben Burada Yapamam</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>1400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789755708560</t>
+          <t>9786256462434</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>O Öyle Olmadı</t>
+          <t>Bitmeyen Yol</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789755704708</t>
+          <t>9786256462458</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>31 Şarkı</t>
+          <t>Harvard Meydanı</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789755707839</t>
+          <t>9786256462427</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Soğuk</t>
+          <t>Mucizeler Dükkanı</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256462359</t>
+          <t>9786256462441</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Alan</t>
+          <t>Kullan - At: Gezegenimiz, Yegane Evimiz</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256462380</t>
+          <t>9786256462410</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Acemi Yazarlar İçin Bir Kılavuz</t>
+          <t>Sağanak Altında</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256462366</t>
+          <t>9786256462397</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Sınıf-Ötesi Bireyler ya da Yeniden-Üretmezlik</t>
+          <t>Koca Tembel</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256462373</t>
+          <t>9786256462403</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Öteki Hayvanlar</t>
+          <t>O Sonbahar, O Kış</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256462342</t>
+          <t>9789755706986</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Kaçamayanın Öyküsü</t>
+          <t>Sanat Nedir</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256462328</t>
+          <t>9786257370592</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Pek Kronolojik Olmayan Hayatımız: Türkiye'de Modernleşme ve Sanat</t>
+          <t>Kanlı Oda</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256462335</t>
+          <t>9789755707389</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Menderesler Yazmak: Çekmeceler Kitabı 3</t>
+          <t>Kiler</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789755702360</t>
+          <t>9786057728678</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>İntiharlar Sözlüğü</t>
+          <t>Kader Kuyusu</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786257370233</t>
+          <t>9789755706931</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Faşizm Kehanetleri</t>
+          <t>1001 Bıyık - Bıyığın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789755702513</t>
+          <t>9789755705682</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Gidiyorum Bu</t>
+          <t>Suskunun Gölgesinde</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786057728951</t>
+          <t>9789755709246</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kral Salomon'un Bunalımı</t>
+          <t>Müşterek Mekan</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256462274</t>
+          <t>9789755708355</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kendini Savunmak: Bir Şiddet Felsefesi</t>
+          <t>Rönesans'ın Serüveni</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>400</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256462281</t>
+          <t>9789755708560</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bir Modernlik Zemini: Barok Aşırılık</t>
+          <t>O Öyle Olmadı</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256462298</t>
+          <t>9789755704708</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Alemciler</t>
+          <t>31 Şarkı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256462267</t>
+          <t>9789755707839</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Buruk Ayrılık</t>
+          <t>Soğuk</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256462304</t>
+          <t>9786256462359</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Topraklar</t>
+          <t>Tuhaf Alan</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>440</v>
+        <v>375</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786256462236</t>
+          <t>9786256462380</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Duende</t>
+          <t>Acemi Yazarlar İçin Bir Kılavuz</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256462250</t>
+          <t>9786256462366</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Denizci</t>
+          <t>Sınıf-Ötesi Bireyler ya da Yeniden-Üretmezlik</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256462243</t>
+          <t>9786256462373</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Küçük</t>
+          <t>Öteki Hayvanlar</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256462175</t>
+          <t>9786256462342</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Bohem</t>
+          <t>Kendinden Kaçamayanın Öyküsü</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256462199</t>
+          <t>9786256462328</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Gelmekte Olan Kitap</t>
+          <t>Pek Kronolojik Olmayan Hayatımız: Türkiye'de Modernleşme ve Sanat</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>425</v>
+        <v>440</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256462229</t>
+          <t>9786256462335</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Menderesler Yazmak: Çekmeceler Kitabı 3</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256462212</t>
+          <t>9789755702360</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Dişi Domuz</t>
+          <t>İntiharlar Sözlüğü</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256462182</t>
+          <t>9786257370233</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Pirinç Kuşu</t>
+          <t>Faşizm Kehanetleri</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256462205</t>
+          <t>9789755702513</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Çobanları</t>
+          <t>Gidiyorum Bu</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786256462151</t>
+          <t>9786057728951</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Faşizm ve Propaganda</t>
+          <t>Kral Salomon'un Bunalımı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786256462137</t>
+          <t>9786256462274</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Suikast Bürosu</t>
+          <t>Kendini Savunmak: Bir Şiddet Felsefesi</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786256462144</t>
+          <t>9786256462281</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Stoacının Eğitimi: Teive Baronu'nun Tek Eseri</t>
+          <t>Bir Modernlik Zemini: Barok Aşırılık</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>175</v>
+        <v>440</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786256462120</t>
+          <t>9786256462298</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Villon'un Karısı</t>
+          <t>Alemciler</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786256462168</t>
+          <t>9786256462267</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Enigma Varyasyonları</t>
+          <t>Buruk Ayrılık</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786256462038</t>
+          <t>9786256462304</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Sonsuz Topraklar</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786256462052</t>
+          <t>9786256462236</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Okulu</t>
+          <t>Duende</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256462083</t>
+          <t>9786256462250</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Çöl ya da Cübeyr Veli El-Mammi'nin Hayatı ve Maceraları</t>
+          <t>Denizci</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256462069</t>
+          <t>9786256462243</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Defterimden Notlar</t>
+          <t>Küçük</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256462021</t>
+          <t>9786256462175</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Elgin Taşlar</t>
+          <t>Türk Edebiyatında Bohem</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786256462090</t>
+          <t>9786256462199</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yuvarlaktır</t>
+          <t>Gelmekte Olan Kitap</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786256462106</t>
+          <t>9786256462229</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Erkek Adalet Kıskacında Kadınlar</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786256462076</t>
+          <t>9786256462212</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğe Açılan Pencere</t>
+          <t>Dişi Domuz</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786256462045</t>
+          <t>9786256462182</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Bir Budalanın Yaşamı</t>
+          <t>Pirinç Kuşu</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786256462007</t>
+          <t>9786256462205</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yeniden Efsunlamak: Müşterekler Siyaseti ve Feminizm</t>
+          <t>Gecenin Çobanları</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>325</v>
+        <v>410</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786257370998</t>
+          <t>9786256462151</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Sin</t>
+          <t>Faşizm ve Propaganda</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786256462014</t>
+          <t>9786256462137</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Mürekkep: Yazmayı Okumak - Okumayı Yazmak</t>
+          <t>Suikast Bürosu</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786257370981</t>
+          <t>9786256462144</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Güneş Batarken</t>
+          <t>Stoacının Eğitimi: Teive Baronu'nun Tek Eseri</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786257370974</t>
+          <t>9786256462120</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Alınteri</t>
+          <t>Villon'un Karısı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786257370028</t>
+          <t>9786256462168</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Politikanın Vaadi</t>
+          <t>Enigma Varyasyonları</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786257370929</t>
+          <t>9786256462038</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Aynı Öfkenin Çocukları: Dünyadan Devrimci Portreleri</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786257370950</t>
+          <t>9786256462052</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Böyle Sabahları da Olabilir</t>
+          <t>Kadınlar Okulu</t>
         </is>
       </c>
       <c r="C821" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786257370936</t>
+          <t>9786256462083</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Komplo</t>
+          <t>Çöl ya da Cübeyr Veli El-Mammi'nin Hayatı ve Maceraları</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786257370943</t>
+          <t>9786256462069</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Polonya'da Bir Kuş Var</t>
+          <t>Defterimden Notlar</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786257370912</t>
+          <t>9786256462021</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Dış Kanama</t>
+          <t>Elgin Taşlar</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786257370882</t>
+          <t>9786256462090</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Boynuzname: Aldatılmak Üzerine Tertipli Bir Garabet</t>
+          <t>Dünya Yuvarlaktır</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786257370905</t>
+          <t>9786256462106</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Şatila'da Dört Saat</t>
+          <t>Erkek Adalet Kıskacında Kadınlar</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786257370899</t>
+          <t>9786256462076</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Mütevazı Bir Öneri</t>
+          <t>Hiçliğe Açılan Pencere</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786257370875</t>
+          <t>9786256462045</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Ücret Patriyarkası - Marx, Toplumsal Cinsiyet ve Feminizm Notları</t>
+          <t>Bir Budalanın Yaşamı</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786257370806</t>
+          <t>9786256462007</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Aşağı Portakallar</t>
+          <t>Dünyayı Yeniden Efsunlamak: Müşterekler Siyaseti ve Feminizm</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786257370868</t>
+          <t>9786257370998</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Gazap ve Muamma</t>
+          <t>Sin</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786257370851</t>
+          <t>9786256462014</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Caz</t>
+          <t>Görünmez Mürekkep: Yazmayı Okumak - Okumayı Yazmak</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786257370813</t>
+          <t>9786257370981</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hafıza, Mimarlık, Tarih ve Kuram - Uğur Tanyeli ile Söyleşi</t>
+          <t>Güneş Batarken</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786257370820</t>
+          <t>9786257370974</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde 101 Temel Kitap</t>
+          <t>Alınteri</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786257370844</t>
+          <t>9786257370028</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Onca Yoksulluk Varken</t>
+          <t>Politikanın Vaadi</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786257370776</t>
+          <t>9786257370929</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Osurukçular Kulübü</t>
+          <t>Aynı Öfkenin Çocukları: Dünyadan Devrimci Portreleri</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786257370783</t>
+          <t>9786257370950</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Kabus: Neoliberalizm Demokrasiyi Nasıl Ortadan Kaldırıyor</t>
+          <t>Siyasetin Böyle Sabahları da Olabilir</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786257370752</t>
+          <t>9786257370936</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Şehir Hakkı 2 - Mekan ve Siyaset</t>
+          <t>Komplo</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786257370790</t>
+          <t>9786257370943</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar Ölmesin</t>
+          <t>Polonya'da Bir Kuş Var</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786257370769</t>
+          <t>9786257370912</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ölü Derimiz</t>
+          <t>Dış Kanama</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786257370745</t>
+          <t>9786257370882</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Resitatif</t>
+          <t>Boynuzname: Aldatılmak Üzerine Tertipli Bir Garabet</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786257370684</t>
+          <t>9786257370905</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Afrika Devrimine Doğru</t>
+          <t>Şatila'da Dört Saat</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786257370707</t>
+          <t>9786257370899</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Salambo</t>
+          <t>Mütevazı Bir Öneri</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786257370738</t>
+          <t>9786257370875</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Meraklısı Quaresma</t>
+          <t>Ücret Patriyarkası - Marx, Toplumsal Cinsiyet ve Feminizm Notları</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786257370714</t>
+          <t>9786257370806</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Saint-Germain-des-Pres Rehberi</t>
+          <t>Yokuş Aşağı Portakallar</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786257370691</t>
+          <t>9786257370868</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Çalgıları</t>
+          <t>Gazap ve Muamma</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786257370721</t>
+          <t>9786257370851</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Kadının Işığı</t>
+          <t>Caz</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789755705750</t>
+          <t>9786257370813</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Geronimo’nun Ölümü</t>
+          <t>Toplumsal Hafıza, Mimarlık, Tarih ve Kuram - Uğur Tanyeli ile Söyleşi</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786257370622</t>
+          <t>9786257370820</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Övgü: Uykusu Kaçanlar İçin Kullanım Kılavuzu</t>
+          <t>Sosyal Bilimlerde 101 Temel Kitap</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786257370639</t>
+          <t>9786257370844</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Zaten Hiç Yoktular</t>
+          <t>Onca Yoksulluk Varken</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786257370653</t>
+          <t>9786257370776</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Klasik Okumaları - II: Tutunamayanlar Çağı</t>
+          <t>Osurukçular Kulübü</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786257370677</t>
+          <t>9786257370783</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Bir Üretim Mekanı Olarak: Beyoğlu Düşerse</t>
+          <t>Bitmeyen Kabus: Neoliberalizm Demokrasiyi Nasıl Ortadan Kaldırıyor</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786257370646</t>
+          <t>9786257370752</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Amber Gece</t>
+          <t>Şehir Hakkı 2 - Mekan ve Siyaset</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786257370660</t>
+          <t>9786257370790</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Can Düşmanım</t>
+          <t>Kaplumbağalar Ölmesin</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>470</v>
+        <v>190</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786257370578</t>
+          <t>9786257370769</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Alıştırmaları</t>
+          <t>Ölü Derimiz</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786257370615</t>
+          <t>9786257370745</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Anti-Kapitalist Günlükler</t>
+          <t>Resitatif</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786257370608</t>
+          <t>9786257370684</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Çitlerin Olmadığı...</t>
+          <t>Afrika Devrimine Doğru</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786257370554</t>
+          <t>9786257370707</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Halk Ülkesine Kısa Yolculuklar</t>
+          <t>Salambo</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786257370530</t>
+          <t>9786257370738</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Bulmaca Meraklısı Quaresma</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786257370523</t>
+          <t>9786257370714</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Senfoni</t>
+          <t>Saint-Germain-des-Pres Rehberi</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786257370509</t>
+          <t>9786257370691</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Edebiyata Kurdi - 2</t>
+          <t>Şeytanın Çalgıları</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786257370516</t>
+          <t>9786257370721</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Edebiyata Kurdi - 1</t>
+          <t>Kadının Işığı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786257370493</t>
+          <t>9789755705750</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Destpeka Edebiyata Kurdi</t>
+          <t>Geronimo’nun Ölümü</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786257370486</t>
+          <t>9786257370622</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Metin Üstüne Araştırmalar</t>
+          <t>Uykuya Övgü: Uykusu Kaçanlar İçin Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786257370479</t>
+          <t>9786257370639</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Göçenlerin Ardı Kapı Duvar</t>
+          <t>Zaten Hiç Yoktular</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257370455</t>
+          <t>9786257370653</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Sirte Kıyısı</t>
+          <t>Klasik Okumaları - II: Tutunamayanlar Çağı</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786257370448</t>
+          <t>9786257370677</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı?</t>
+          <t>Bir Üretim Mekanı Olarak: Beyoğlu Düşerse</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786257370462</t>
+          <t>9786257370646</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Darke</t>
+          <t>Amber Gece</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>196</v>
+        <v>330</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257370417</t>
+          <t>9786257370660</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kara Kaplı</t>
+          <t>Ölüm Can Düşmanım</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257370370</t>
+          <t>9786257370578</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Denemek Sapmak</t>
+          <t>Hayatta Kalma Alıştırmaları</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786257370387</t>
+          <t>9786257370615</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Ekim: Uzun Pazar</t>
+          <t>Anti-Kapitalist Günlükler</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257370363</t>
+          <t>9786257370608</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Çitlerin Olmadığı...</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786257370424</t>
+          <t>9786257370554</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik, Politik, Psikolojik, Cinsel ve Özellikle Entelektüel Veçheleriyle: Öğrenci Hayatının Sefaleti</t>
+          <t>Halk Ülkesine Kısa Yolculuklar</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786257370394</t>
+          <t>9786257370530</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Devrim Bir İmdat Frenidir</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257370400</t>
+          <t>9786257370523</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Bilince Dönüşen Zorunluluk</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786257370332</t>
+          <t>9786257370509</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Çeviriyi Düşünmek</t>
+          <t>Antolojiya Edebiyata Kurdi - 2</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257370318</t>
+          <t>9786257370516</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Selki</t>
+          <t>Antolojiya Edebiyata Kurdi - 1</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257370325</t>
+          <t>9786257370493</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Mektupları</t>
+          <t>Destpeka Edebiyata Kurdi</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257370301</t>
+          <t>9786257370486</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Yok Yolcu</t>
+          <t>Yazınsal Metin Üstüne Araştırmalar</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257370349</t>
+          <t>9786257370479</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Köpek</t>
+          <t>Göçenlerin Ardı Kapı Duvar</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257370271</t>
+          <t>9786257370455</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Kürt Edebiyatına Giriş</t>
+          <t>Sirte Kıyısı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257370240</t>
+          <t>9786257370448</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Yalan - Roman</t>
+          <t>Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257370264</t>
+          <t>9786257370462</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Morfin</t>
+          <t>Darke</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>200</v>
+        <v>196</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257370295</t>
+          <t>9786257370417</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Kürt Edebiyatı Antolojisi</t>
+          <t>Kara Kaplı</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257370257</t>
+          <t>9786257370370</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Sen</t>
+          <t>Denemek Sapmak</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257370288</t>
+          <t>9786257370387</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Manşetlerden Gaipliğe: Bay-Bayan Kenan Çinili'nin Evrak-ı Metrukesi</t>
+          <t>Ekim: Uzun Pazar</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257370141</t>
+          <t>9786257370363</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, Ölüm ve Zaman</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257370172</t>
+          <t>9786257370424</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Çalış(ma)mak: Daha Ciddi Bir Mesai</t>
+          <t>Ekonomik, Politik, Psikolojik, Cinsel ve Özellikle Entelektüel Veçheleriyle: Öğrenci Hayatının Sefaleti</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>340</v>
+        <v>125</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257370158</t>
+          <t>9786257370394</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Acı Bir Kuş</t>
+          <t>Devrim Bir İmdat Frenidir</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257370165</t>
+          <t>9786257370400</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Klasik Okumaları 1 - Kahramanlar Çağı</t>
+          <t>Bilince Dönüşen Zorunluluk</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257370196</t>
+          <t>9786257370332</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Antoine Bloye</t>
+          <t>Çeviriyi Düşünmek</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257370202</t>
+          <t>9786257370318</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Ağır Ölüm</t>
+          <t>Selki</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257370189</t>
+          <t>9786257370325</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Biletiniz Buraya Kadar</t>
+          <t>Geceyarısı Mektupları</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257370110</t>
+          <t>9786257370301</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Lacan - Anti-Felsefe Seminerleri</t>
+          <t>Yok Yolcu</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257370103</t>
+          <t>9786257370349</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Gece Mavisi</t>
+          <t>Beyaz Köpek</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786057728968</t>
+          <t>9786257370271</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Karsambaç</t>
+          <t>Kürt Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257370127</t>
+          <t>9786257370240</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Amerika</t>
+          <t>Yalan - Roman</t>
         </is>
       </c>
       <c r="C896" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786057728906</t>
+          <t>9786257370264</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Zamanı</t>
+          <t>Morfin</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257370134</t>
+          <t>9786257370295</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Fener Bekçisi</t>
+          <t>Kürt Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257370073</t>
+          <t>9786257370257</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Bir Dil Yaratmak</t>
+          <t>Sen</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257370059</t>
+          <t>9786257370288</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleğiyle Randevu</t>
+          <t>Manşetlerden Gaipliğe: Bay-Bayan Kenan Çinili'nin Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257370042</t>
+          <t>9786257370141</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Zincirlenmiş Zamanlar - Zincirlenmiş Sözcükler</t>
+          <t>Tanrı, Ölüm ve Zaman</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257370080</t>
+          <t>9786257370172</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Mirina Kaleki Rind</t>
+          <t>Çalış(ma)mak: Daha Ciddi Bir Mesai</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257370097</t>
+          <t>9786257370158</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Bir Romanın Hatıra Defteri</t>
+          <t>Acı Bir Kuş</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257370066</t>
+          <t>9786257370165</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Doğan Dil ve Roman</t>
+          <t>Klasik Okumaları 1 - Kahramanlar Çağı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257370011</t>
+          <t>9786257370196</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Feminist Düşünce</t>
+          <t>Antoine Bloye</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257370035</t>
+          <t>9786257370202</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Sırça Kanatlar</t>
+          <t>Ağır Ölüm</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786057728944</t>
+          <t>9786257370189</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Bilgi - Fons Elders'le Söyleşi</t>
+          <t>Biletiniz Buraya Kadar</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786057728975</t>
+          <t>9786257370110</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Depresyon: Toplumsal Bir His</t>
+          <t>Lacan - Anti-Felsefe Seminerleri</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786057728883</t>
+          <t>9786257370103</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Bay Sessizlik</t>
+          <t>Gece Mavisi</t>
         </is>
       </c>
       <c r="C909" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786057728982</t>
+          <t>9786057728968</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Oyuncak Dükkanı</t>
+          <t>Karsambaç</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786057728920</t>
+          <t>9786257370127</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Senin Gibi</t>
+          <t>Merhaba Amerika</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786057728814</t>
+          <t>9786057728906</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Tu</t>
+          <t>Sessizlik Zamanı</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786057728821</t>
+          <t>9786257370134</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Gökkuşağı</t>
+          <t>Fener Bekçisi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786057728838</t>
+          <t>9786257370073</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Rind'in Ölümü</t>
+          <t>Bir Dil Yaratmak</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786057728852</t>
+          <t>9786257370059</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Hawara Dicleye - 2</t>
+          <t>Ölüm Meleğiyle Randevu</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786057728869</t>
+          <t>9786257370042</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Hawara Dicleye - 1</t>
+          <t>Zincirlenmiş Zamanlar - Zincirlenmiş Sözcükler</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786057728845</t>
+          <t>9786257370080</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Nar Çiçekleri</t>
+          <t>Mirina Kaleki Rind</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786057728876</t>
+          <t>9786257370097</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Dengbejlerim</t>
+          <t>Bir Romanın Hatıra Defteri</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786057728791</t>
+          <t>9786257370066</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Foucault</t>
+          <t>Küllerinden Doğan Dil ve Roman</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789755709826</t>
+          <t>9786257370011</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Radikal Mutluluk</t>
+          <t>Feminist Düşünce</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786057728760</t>
+          <t>9786257370035</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Rampası</t>
+          <t>Sırça Kanatlar</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786057728753</t>
+          <t>9786057728944</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Köprüden Geçerken</t>
+          <t>Özgürlük ve Bilgi - Fons Elders'le Söyleşi</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786057728784</t>
+          <t>9786057728975</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Kafka: Minör Bir Edebiyat İçin</t>
+          <t>Depresyon: Toplumsal Bir His</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>275</v>
+        <v>440</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786057728777</t>
+          <t>9786057728883</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Cicim</t>
+          <t>Bay Sessizlik</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786057728807</t>
+          <t>9786057728982</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Sabotaj Çetesi</t>
+          <t>Büyülü Oyuncak Dükkanı</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786057728685</t>
+          <t>9786057728920</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Dicle'nin Sürgünleri - Dicle'nin Sesi 2</t>
+          <t>Senin Gibi</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786057728647</t>
+          <t>9786057728814</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Roni Mina Evine Tari Mina Mirine</t>
+          <t>Tu</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786057728630</t>
+          <t>9786057728821</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gibi Aydınlık Ölüm Gibi Karanlık</t>
+          <t>Ruhun Gökkuşağı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786057728616</t>
+          <t>9786057728838</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bir Aşkın Gölgesinde</t>
+          <t>Rind'in Ölümü</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786057728692</t>
+          <t>9786057728852</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Bira Qedere</t>
+          <t>Hawara Dicleye - 2</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786057728661</t>
+          <t>9786057728869</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Rojek Ji Rojen Evdale Zeynike</t>
+          <t>Hawara Dicleye - 1</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786057728708</t>
+          <t>9786057728845</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Evdale Zeynike'nin Hayatından Bir Gün</t>
+          <t>Nar Çiçekleri</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786057728739</t>
+          <t>9786057728876</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Madam Edwarda</t>
+          <t>Dengbejlerim</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786057728722</t>
+          <t>9786057728791</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>444</t>
+          <t>Foucault</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786057728609</t>
+          <t>9789755709826</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Reformcu Filozof ve Anarşist Coğrafyacı</t>
+          <t>Radikal Mutluluk</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786057728524</t>
+          <t>9786057728760</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Patates Jazzi</t>
+          <t>Kaçış Rampası</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786057728531</t>
+          <t>9786057728753</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Bir Balkon</t>
+          <t>Köprüden Geçerken</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>190</v>
+        <v>155</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786057728562</t>
+          <t>9786057728784</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Vesvese</t>
+          <t>Kafka: Minör Bir Edebiyat İçin</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786057728593</t>
+          <t>9786057728777</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Halley Kimi Kurtarır</t>
+          <t>Cicim</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786057728579</t>
+          <t>9786057728807</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Verilmiş Sözüm Vardı</t>
+          <t>Sabotaj Çetesi</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>475</v>
+        <v>280</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786057728555</t>
+          <t>9786057728685</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Güz Dönümü</t>
+          <t>Dicle'nin Sürgünleri - Dicle'nin Sesi 2</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786057728494</t>
+          <t>9786057728647</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Hamlet'in Bağlanan Basireti Üzerine</t>
+          <t>Roni Mina Evine Tari Mina Mirine</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786057728500</t>
+          <t>9786057728630</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısının Yarısına Doğru</t>
+          <t>Aşk Gibi Aydınlık Ölüm Gibi Karanlık</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786057728470</t>
+          <t>9786057728616</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Sevda!</t>
+          <t>Yitik Bir Aşkın Gölgesinde</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786057728463</t>
+          <t>9786057728692</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Asansör</t>
+          <t>Bira Qedere</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786057728449</t>
+          <t>9786057728661</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Şehirli Karınca</t>
+          <t>Rojek Ji Rojen Evdale Zeynike</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786057728456</t>
+          <t>9786057728708</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Dansa Davet</t>
+          <t>Evdale Zeynike'nin Hayatından Bir Gün</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786057728432</t>
+          <t>9786057728739</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Oyunu</t>
+          <t>Madam Edwarda</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>440</v>
+        <v>175</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786057728425</t>
+          <t>9786057728722</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Ateş Anıları 3 - Rüzgarın Yüzyılı</t>
+          <t>444</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786057728418</t>
+          <t>9786057728609</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sonrası Günlükleri - Günlükler: 3</t>
+          <t>Reformcu Filozof ve Anarşist Coğrafyacı</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786057728401</t>
+          <t>9786057728524</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni</t>
+          <t>Patates Jazzi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786057728395</t>
+          <t>9786057728531</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Yara Falı</t>
+          <t>Ormanda Bir Balkon</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786057728357</t>
+          <t>9786057728562</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Vesvese</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786057728340</t>
+          <t>9786057728593</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Erkeklere Her Şey Anlatılmaz</t>
+          <t>Halley Kimi Kurtarır</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786057728289</t>
+          <t>9786057728579</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Altenburg'un Ceviz Ağaçları</t>
+          <t>Şafakta Verilmiş Sözüm Vardı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786057728326</t>
+          <t>9786057728555</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Güz Dönümü</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786057728302</t>
+          <t>9786057728494</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Kemikler</t>
+          <t>Hamlet'in Bağlanan Basireti Üzerine</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786057728296</t>
+          <t>9786057728500</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Hayat Bilgisi</t>
+          <t>Geceyarısının Yarısına Doğru</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786057728272</t>
+          <t>9786057728470</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Ah Bu Sevda!</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786057728265</t>
+          <t>9786057728463</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Şefkati</t>
+          <t>Asansör</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786057728210</t>
+          <t>9786057728449</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Emek Tarihi Yazıları</t>
+          <t>Şehirli Karınca</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789755709673</t>
+          <t>9786057728456</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Kış: Bir Mevsimin Tarihi</t>
+          <t>Dansa Davet</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786057728258</t>
+          <t>9786057728432</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin ya da Bir Devrimci Eleştiriye Doğru</t>
+          <t>Gözlerin Oyunu</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>275</v>
+        <v>440</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786057728241</t>
+          <t>9786057728425</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Post-Mortem</t>
+          <t>Ateş Anıları 3 - Rüzgarın Yüzyılı</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786057728234</t>
+          <t>9786057728418</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Kondoskali'den Kumkapı'ya</t>
+          <t>Savaş Sonrası Günlükleri - Günlükler: 3</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786057728227</t>
+          <t>9786057728401</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Sahir</t>
+          <t>Bul Beni</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786057728203</t>
+          <t>9786057728395</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>İnziva Burçları</t>
+          <t>Yara Falı</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786057728111</t>
+          <t>9786057728357</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786057728173</t>
+          <t>9786057728340</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Asılmayıp Beslenenler</t>
+          <t>Erkeklere Her Şey Anlatılmaz</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786057728043</t>
+          <t>9786057728289</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Son Güzel Günlerimiz</t>
+          <t>Altenburg'un Ceviz Ağaçları</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786057728180</t>
+          <t>9786057728326</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Uzlaşı Çağına Notlar</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786057728135</t>
+          <t>9786057728302</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Kemikler</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786057728142</t>
+          <t>9786057728296</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Anti Felsefe Seminerleri</t>
+          <t>Gençler İçin Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789755709963</t>
+          <t>9786057728272</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teori</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786057728104</t>
+          <t>9786057728265</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Kadınların Şefkati</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786057728074</t>
+          <t>9786057728210</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Sürüyor O Kavga</t>
+          <t>Emek Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786057728050</t>
+          <t>9789755709673</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Yeni Emperyalizm</t>
+          <t>Kış: Bir Mevsimin Tarihi</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786057728036</t>
+          <t>9786057728258</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Tokyo-Montana Ekspresi</t>
+          <t>Walter Benjamin ya da Bir Devrimci Eleştiriye Doğru</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786057728081</t>
+          <t>9786057728241</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Çoğunluk Dersleri</t>
+          <t>Post-Mortem</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786057728067</t>
+          <t>9786057728234</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Kondoskali'den Kumkapı'ya</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789755709970</t>
+          <t>9786057728227</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Adalet</t>
+          <t>Sahir</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789755709864</t>
+          <t>9786057728203</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Üzerine</t>
+          <t>İnziva Burçları</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786057728029</t>
+          <t>9786057728111</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Kaçışın Ürküsü</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789755709956</t>
+          <t>9786057728173</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Günlüğü</t>
+          <t>Asılmayıp Beslenenler</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>175</v>
+        <v>155</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789755709918</t>
+          <t>9786057728043</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kimselere Yar Olmayan Kuşlar</t>
+          <t>Son Güzel Günlerimiz</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789755709932</t>
+          <t>9786057728180</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Adı Sanı Belirsiz Bir Olay</t>
+          <t>Uzlaşı Çağına Notlar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789755709925</t>
+          <t>9786057728135</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Bir Katilin Tükenmez Kalemi</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789755709901</t>
+          <t>9786057728142</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Nietzsche Anti Felsefe Seminerleri</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789755709840</t>
+          <t>9789755709963</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Bir Kadın</t>
+          <t>Sosyal Teori</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789755709871</t>
+          <t>9786057728104</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>On Üç Sıfır Sıfır</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789755709895</t>
+          <t>9786057728074</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Marksizm</t>
+          <t>Sürüyor O Kavga</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789755709888</t>
+          <t>9786057728050</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Kamçılanma Mesafesi</t>
+          <t>Yeni Emperyalizm</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789755709796</t>
+          <t>9786057728036</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kulaktaki Meşale</t>
+          <t>Tokyo-Montana Ekspresi</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789755709765</t>
+          <t>9786057728081</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Bir Yabancıyla Yaşamak</t>
+          <t>Çoğunluk Dersleri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789755709819</t>
+          <t>9786057728067</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kurgusuz ve Yaşanmamış</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789755709772</t>
+          <t>9789755709970</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Biliyorum Çok Kalabalıksınız</t>
+          <t>Sevgi ve Adalet</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789755709802</t>
+          <t>9789755709864</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Düş Kırpıntıları</t>
+          <t>Televizyon Üzerine</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789755709789</t>
+          <t>9786057728029</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Kristal Dünya</t>
+          <t>Kaçışın Ürküsü</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789755709758</t>
+          <t>9789755709956</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Herculine Barbin Namıdiğer Alexina B.</t>
+          <t>Aynalar Günlüğü</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789755709727</t>
+          <t>9789755709918</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Kadınlığa Dair</t>
+          <t>Kimselere Yar Olmayan Kuşlar</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789755709734</t>
+          <t>9789755709932</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Günışığı Kapısı</t>
+          <t>Adı Sanı Belirsiz Bir Olay</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789755709710</t>
+          <t>9789755709925</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Kökeni</t>
+          <t>Bir Katilin Tükenmez Kalemi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789755709697</t>
+          <t>9789755709901</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Radikal Kadınlar (Ciltli)</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>460</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789755709598</t>
+          <t>9789755709840</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Azizler ve Alimler</t>
+          <t>Talihsiz Bir Kadın</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789755709604</t>
+          <t>9789755709871</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Halleri</t>
+          <t>On Üç Sıfır Sıfır</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789755709680</t>
+          <t>9789755709895</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Bitmedi Daha</t>
+          <t>Marksizm</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789755709642</t>
+          <t>9789755709888</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık Günlüğü</t>
+          <t>Kamçılanma Mesafesi</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789755709628</t>
+          <t>9789755709796</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Arşınlayanlar</t>
+          <t>Kulaktaki Meşale</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789755709567</t>
+          <t>9789755709765</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yollar Mavi Deniz</t>
+          <t>Bir Yabancıyla Yaşamak</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789755709536</t>
+          <t>9789755709819</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk ve Yargı</t>
+          <t>Kurgusuz ve Yaşanmamış</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789755709499</t>
+          <t>9789755709772</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Prensin Ölümü - Şeytanın Saati</t>
+          <t>Biliyorum Çok Kalabalıksınız</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789755709529</t>
+          <t>9789755709802</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kör Dövüşü</t>
+          <t>Düş Kırpıntıları</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789755709505</t>
+          <t>9789755709789</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Karşı Ateşler - 2</t>
+          <t>Kristal Dünya</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789755709512</t>
+          <t>9789755709758</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Saraybosna Suikastı</t>
+          <t>Herculine Barbin Namıdiğer Alexina B.</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789755709376</t>
+          <t>9789755709727</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Kelimeler</t>
+          <t>Kadınlığa Dair</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789755709482</t>
+          <t>9789755709734</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Çivisi</t>
+          <t>Günışığı Kapısı</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789755709468</t>
+          <t>9789755709710</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi</t>
+          <t>Ötekilerin Kökeni</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789755709413</t>
+          <t>9789755709697</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Endüstrisi</t>
+          <t>Radikal Kadınlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>375</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789755709390</t>
+          <t>9789755709598</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Montaigne'den Montaigne'e</t>
+          <t>Azizler ve Alimler</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789755709406</t>
+          <t>9789755709604</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Feminizm</t>
+          <t>Dünyanın Halleri</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789755709086</t>
+          <t>9789755709680</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Asya'da Bir Barbar</t>
+          <t>Bitmedi Daha</t>
         </is>
       </c>
       <c r="C1021" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789755709338</t>
+          <t>9789755709642</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Anarşist Banker</t>
+          <t>Yaşlılık Günlüğü</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789755709345</t>
+          <t>9789755709628</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bir Zavallı Sarı At</t>
+          <t>Karanlığı Arşınlayanlar</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789755709321</t>
+          <t>9789755709567</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Günahın Sonrası</t>
+          <t>Beyaz Yollar Mavi Deniz</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789755709307</t>
+          <t>9789755709536</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Zifir Olsun!</t>
+          <t>Sorumluluk ve Yargı</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789755709291</t>
+          <t>9789755709499</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Karganame</t>
+          <t>Prensin Ölümü - Şeytanın Saati</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789755709253</t>
+          <t>9789755709529</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Saflık</t>
+          <t>Kör Dövüşü</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>575</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789755709130</t>
+          <t>9789755709505</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Petrol!</t>
+          <t>Karşı Ateşler - 2</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>560</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789755709222</t>
+          <t>9789755709512</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Retrotopya</t>
+          <t>Saraybosna Suikastı</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789755709260</t>
+          <t>9789755709376</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Dini</t>
+          <t>Yürüyen Kelimeler</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789755709192</t>
+          <t>9789755709482</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Moderato Cantabile</t>
+          <t>Dünyanın Çivisi</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789755709123</t>
+          <t>9789755709468</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Hacivat Günlüğü</t>
+          <t>Dünya Tarihi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789755709116</t>
+          <t>9789755709413</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Dada Manifestoları - Diğer Metinler</t>
+          <t>Mutluluk Endüstrisi</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789755709178</t>
+          <t>9789755709390</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Bir Kırık Segah</t>
+          <t>Montaigne'den Montaigne'e</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789755709109</t>
+          <t>9789755709406</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Radikal Hayalgücü ve İktidarın Krizleri</t>
+          <t>Feminizm</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789755709055</t>
+          <t>9789755709086</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Anlat Bana</t>
+          <t>Asya'da Bir Barbar</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789755709079</t>
+          <t>9789755709338</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Yukarı Mahalle</t>
+          <t>Anarşist Banker</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789755709093</t>
+          <t>9789755709345</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ağızları</t>
+          <t>Bir Zavallı Sarı At</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789755708973</t>
+          <t>9789755709321</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Bibliyomani</t>
+          <t>Sekizinci Günahın Sonrası</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789755708911</t>
+          <t>9789755709307</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Marx, Sermaye ve İktisadi Aklın Cinneti</t>
+          <t>Zifir Olsun!</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789755708997</t>
+          <t>9789755709291</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Heveslisi Gençlere Tavsiyeler</t>
+          <t>Karganame</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789755709000</t>
+          <t>9789755709253</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Öğütler</t>
+          <t>Saflık</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789755709048</t>
+          <t>9789755709130</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Onur Ünlü: Bir Sürü Endişe</t>
+          <t>Petrol!</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789755709024</t>
+          <t>9789755709222</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Retrotopya</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789755709017</t>
+          <t>9789755709260</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Göl Yazı - Çapraz İlişkiler Kafesi</t>
+          <t>Sermaye Dini</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789755708966</t>
+          <t>9789755709192</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Meleklerin Hizasına Yazılıdır</t>
+          <t>Moderato Cantabile</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789755708935</t>
+          <t>9789755709123</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Simone De Beauvoir Aramızda</t>
+          <t>Hacivat Günlüğü</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789755708904</t>
+          <t>9789755709116</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Eşitsiz Gelişim</t>
+          <t>Dada Manifestoları - Diğer Metinler</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789755708881</t>
+          <t>9789755709178</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Avcısı</t>
+          <t>Bir Kırık Segah</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789755708874</t>
+          <t>9789755709109</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Sigaranın Kültürel Tarihi</t>
+          <t>Radikal Hayalgücü ve İktidarın Krizleri</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789755708850</t>
+          <t>9789755709055</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Medan Geceleri</t>
+          <t>Geceyi Anlat Bana</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789755708843</t>
+          <t>9789755709079</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Yaşam</t>
+          <t>Yukarı Mahalle</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789755708812</t>
+          <t>9789755709093</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Tolstoy</t>
+          <t>Zamanın Ağızları</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789755708805</t>
+          <t>9789755708973</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>En Mavi Göz</t>
+          <t>Bibliyomani</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789755708799</t>
+          <t>9789755708911</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Madde Kara (Ciltli)</t>
+          <t>Marx, Sermaye ve İktisadi Aklın Cinneti</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789755708775</t>
+          <t>9789755708997</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Sardalye Sokağı</t>
+          <t>Edebiyat Heveslisi Gençlere Tavsiyeler</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789755708782</t>
+          <t>9789755709000</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Sevgili</t>
+          <t>Genç Bir Şaire Öğütler</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789755707976</t>
+          <t>9789755709048</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Azabı, Şeytan Ayinleri ve Sefahat Alemleri</t>
+          <t>Onur Ünlü: Bir Sürü Endişe</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789755708737</t>
+          <t>9789755709024</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Coğrafyalar</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789755708720</t>
+          <t>9789755709017</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Avare Gençlik ve Gardenbar Geceleri</t>
+          <t>Göl Yazı - Çapraz İlişkiler Kafesi</t>
         </is>
       </c>
       <c r="C1060" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789755708676</t>
+          <t>9789755708966</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Konteyner Zaafı</t>
+          <t>Benim Adım Meleklerin Hizasına Yazılıdır</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789755708713</t>
+          <t>9789755708935</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Ekolojinin Kızıl Hattı</t>
+          <t>Simone De Beauvoir Aramızda</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789755708669</t>
+          <t>9789755708904</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalem Un (Ufak)</t>
+          <t>Eşitsiz Gelişim</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789755708706</t>
+          <t>9789755708881</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Yas Orkestrası</t>
+          <t>Hikaye Avcısı</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>95</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789755708621</t>
+          <t>9789755708874</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kim Nasıl Ölüyor?</t>
+          <t>Sigaranın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789755708638</t>
+          <t>9789755708850</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Sonradan Görme İsa</t>
+          <t>Medan Geceleri</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789755708584</t>
+          <t>9789755708843</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Kitap</t>
+          <t>Gerçek Yaşam</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789755708607</t>
+          <t>9789755708812</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Özyurdunda Yabancı Olmak</t>
+          <t>Amerikalı Tolstoy</t>
         </is>
       </c>
       <c r="C1068" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789755708577</t>
+          <t>9789755708805</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Hafiyeler Önde Gider</t>
+          <t>En Mavi Göz</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789755708614</t>
+          <t>9789755708799</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Şikago Mezbahaları</t>
+          <t>Madde Kara (Ciltli)</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>525</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789755708522</t>
+          <t>9789755708775</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Karşı Ateşler</t>
+          <t>Sardalye Sokağı</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789755708539</t>
+          <t>9789755708782</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Sol</t>
+          <t>Sevgili</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789755708515</t>
+          <t>9789755707976</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalem Melun</t>
+          <t>Cehennem Azabı, Şeytan Ayinleri ve Sefahat Alemleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789755708430</t>
+          <t>9789755708737</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Postmodern Coğrafyalar</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789755708461</t>
+          <t>9789755708720</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar</t>
+          <t>Avare Gençlik ve Gardenbar Geceleri</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789755708485</t>
+          <t>9789755708676</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Terörizm Mi? Direniş Mi?</t>
+          <t>Konteyner Zaafı</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789755708454</t>
+          <t>9789755708713</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Çağı</t>
+          <t>Ekolojinin Kızıl Hattı</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789755708508</t>
+          <t>9789755708669</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Sezar-Deccal</t>
+          <t>Bu Kalem Un (Ufak)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789755708492</t>
+          <t>9789755708706</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Ateş Anıları - 2 / Yüzler ve Maskeler</t>
+          <t>Yas Orkestrası</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>475</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789755708416</t>
+          <t>9789755708621</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Marquis De Sade: Yirminci Yüzyılda Neden Ciddiye Alındı?</t>
+          <t>Kim Nasıl Ölüyor?</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789755708393</t>
+          <t>9789755708638</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalem Bukalemun</t>
+          <t>Sonradan Görme İsa</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789755708379</t>
+          <t>9789755708584</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Tramvay</t>
+          <t>Kitap</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789755708256</t>
+          <t>9789755708607</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Şaraba ve Esrara Dair</t>
+          <t>Özyurdunda Yabancı Olmak</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789755708249</t>
+          <t>9789755708577</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Modern Uyarıcıları Kullanma Kılavuzu</t>
+          <t>Hafiyeler Önde Gider</t>
         </is>
       </c>
       <c r="C1084" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789755708232</t>
+          <t>9789755708614</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetçi Olmak İstiyorsanız Biraz Daha Cesaret</t>
+          <t>Şikago Mezbahaları</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>175</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789755708164</t>
+          <t>9789755708522</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Şikeste</t>
+          <t>Karşı Ateşler</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789755708201</t>
+          <t>9789755708539</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Bedene Veda</t>
+          <t>Medya ve Sol</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789755708171</t>
+          <t>9789755708515</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Şu Yağmur Bir Yağsa</t>
+          <t>Bu Kalem Melun</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789755708188</t>
+          <t>9789755708430</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Ya Sanat Ya Hayat</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789755708133</t>
+          <t>9789755708461</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Çocuğu Korusun</t>
+          <t>Karıncalar</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789755708089</t>
+          <t>9789755708485</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Tamanlanamayan</t>
+          <t>Terörizm Mi? Direniş Mi?</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789755708102</t>
+          <t>9789755708454</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Yarının Aşkı</t>
+          <t>Hapishane Çağı</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789755708058</t>
+          <t>9789755708508</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Sezar-Deccal</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789755707945</t>
+          <t>9789755708492</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Vapurlara Küsmek</t>
+          <t>Ateş Anıları - 2 / Yüzler ve Maskeler</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789755707921</t>
+          <t>9789755708416</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Vaadi</t>
+          <t>Marquis De Sade: Yirminci Yüzyılda Neden Ciddiye Alındı?</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257370219</t>
+          <t>9789755708393</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Neden Yazıyorum</t>
+          <t>Bu Kalem Bukalemun</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789755707730</t>
+          <t>9789755708379</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Tramvay</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789755707693</t>
+          <t>9789755708256</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Öteki Pusula</t>
+          <t>Şaraba ve Esrara Dair</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>720</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789755707662</t>
+          <t>9789755708249</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Nefes - Bir Karar</t>
+          <t>Modern Uyarıcıları Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789755707686</t>
+          <t>9789755708232</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Sevilen</t>
+          <t>Cumhuriyetçi Olmak İstiyorsanız Biraz Daha Cesaret</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>475</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789755707617</t>
+          <t>9789755708164</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Yükşehir</t>
+          <t>Şikeste</t>
         </is>
       </c>
       <c r="C1101" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789755707594</t>
+          <t>9789755708201</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Son Sözler</t>
+          <t>Bedene Veda</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789755707631</t>
+          <t>9789755708171</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Yeni Etkiler</t>
+          <t>Şu Yağmur Bir Yağsa</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789755707518</t>
+          <t>9789755708188</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Bilinci</t>
+          <t>Ya Sanat Ya Hayat</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789755703602</t>
+          <t>9789755708133</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Alope’nin Odası</t>
+          <t>Tanrı Çocuğu Korusun</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789755704067</t>
+          <t>9789755708089</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Almodovar Teoremi</t>
+          <t>Tamanlanamayan</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789755707525</t>
+          <t>9789755708102</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Samuel Beckett'a Göre Arıcılık</t>
+          <t>Yarının Aşkı</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789755705804</t>
+          <t>9789755708058</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Gökdelen</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789755707471</t>
+          <t>9789755707945</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Intermezzo</t>
+          <t>Vapurlara Küsmek</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789755707457</t>
+          <t>9789755707921</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Ciğer</t>
+          <t>Mutluluk Vaadi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789755707365</t>
+          <t>9786257370219</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Sabahları</t>
+          <t>Neden Yazıyorum</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789755707334</t>
+          <t>9789755707730</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Mumsema Han</t>
+          <t>Kadınlar</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789755701936</t>
+          <t>9789755707693</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Yürümeye Övgü</t>
+          <t>Öteki Pusula</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>315</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789755707327</t>
+          <t>9789755707662</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>On Yedi Çelişki ve Kapitalizmin Sonu</t>
+          <t>Nefes - Bir Karar</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789755707310</t>
+          <t>9789755707686</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Işık Yontanlar 1976-2008 (Ciltli)</t>
+          <t>Sevilen</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>720</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789755707303</t>
+          <t>9789755707617</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki</t>
+          <t>Yükşehir</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789755707266</t>
+          <t>9789755707594</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Simültane Cinnet</t>
+          <t>Son Sözler</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789755707242</t>
+          <t>9789755707631</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Gandhi ya da Hint Kirazının Gölgesinde</t>
+          <t>Yeni Etkiler</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789755707211</t>
+          <t>9789755707518</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Otoportre</t>
+          <t>Sözcüklerin Bilinci</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789755707099</t>
+          <t>9789755703602</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Bedrufi’nin Nefesi</t>
+          <t>Alope’nin Odası</t>
         </is>
       </c>
       <c r="C1120" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789755707129</t>
+          <t>9789755704067</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Neden : Bir Değini</t>
+          <t>Almodovar Teoremi</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789755703473</t>
+          <t>9789755707525</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Felsefe-i Zenan</t>
+          <t>Samuel Beckett'a Göre Arıcılık</t>
         </is>
       </c>
       <c r="C1122" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789755707075</t>
+          <t>9789755705804</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Asmalımescit 74</t>
+          <t>Gökdelen</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789755707044</t>
+          <t>9789755707471</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Körleşme</t>
+          <t>Intermezzo</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>540</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789755707051</t>
+          <t>9789755707457</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika'nın Kesik Damarları</t>
+          <t>Ciğer</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>475</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789755706979</t>
+          <t>9789755707365</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Esas Gerçekliği: Tembellik (Ciltli)</t>
+          <t>Dünyanın Bütün Sabahları</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789755707006</t>
+          <t>9789755707334</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Oktay Rifat'a Doğru</t>
+          <t>Mumsema Han</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789755706832</t>
+          <t>9789755701936</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Yürümeye Övgü</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>150</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789755706856</t>
+          <t>9789755707327</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Taşlarının Altında Kumsal Var</t>
+          <t>On Yedi Çelişki ve Kapitalizmin Sonu</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789755706887</t>
+          <t>9789755707310</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Yazının Sınır Boyuna Yolculuk (Ciltli)</t>
+          <t>Karanlıktan Işık Yontanlar 1976-2008 (Ciltli)</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>575</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789755706818</t>
+          <t>9789755707303</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Paris'ten Cava'ya Yolculuk</t>
+          <t>Uzaktaki</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789755706405</t>
+          <t>9789755707266</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Nevrotik Kişiliği</t>
+          <t>Simültane Cinnet</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789755706450</t>
+          <t>9789755707242</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Paf ve Puf</t>
+          <t>Gandhi ya da Hint Kirazının Gölgesinde</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789755706733</t>
+          <t>9789755707211</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Kitap Evi</t>
+          <t>Otoportre</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789755707792</t>
+          <t>9789755707099</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Göğe Kuşak Lazım</t>
+          <t>Bedrufi’nin Nefesi</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789755707754</t>
+          <t>9789755707129</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Şişedeki Zenci</t>
+          <t>Neden : Bir Değini</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789755701158</t>
+          <t>9789755703473</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Yazboz</t>
+          <t>Felsefe-i Zenan</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789755706641</t>
+          <t>9789755707075</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Yapıştırma Bıyık</t>
+          <t>Asmalımescit 74</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789755706771</t>
+          <t>9789755707044</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Nagazaki</t>
+          <t>Körleşme</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>175</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789755706559</t>
+          <t>9789755707051</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopolis Hipodromu</t>
+          <t>Latin Amerika'nın Kesik Damarları</t>
         </is>
       </c>
       <c r="C1140" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789755706597</t>
+          <t>9789755706979</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Kimlikli Bedenler</t>
+          <t>İnsanın Esas Gerçekliği: Tembellik (Ciltli)</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789755706580</t>
+          <t>9789755707006</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Üzerine</t>
+          <t>Oktay Rifat'a Doğru</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789755706658</t>
+          <t>9789755706832</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789755707907</t>
+          <t>9789755706856</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Ateş Anıları 1: Yaratılış</t>
+          <t>Kaldırım Taşlarının Altında Kumsal Var</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>475</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789755707860</t>
+          <t>9789755706887</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Gülmekten Ölmek</t>
+          <t>Yazının Sınır Boyuna Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>600</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789755707914</t>
+          <t>9789755706818</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Aile Fotoğrafı</t>
+          <t>Paris'ten Cava'ya Yolculuk</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789755706634</t>
+          <t>9789755706405</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine Denemeler 1: Son Modernler (Ciltli)</t>
+          <t>Çağımızın Nevrotik Kişiliği</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>720</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789755706566</t>
+          <t>9789755706450</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Pili Adrianupoleos'tan Edirnekapı'ya</t>
+          <t>Paf ve Puf</t>
         </is>
       </c>
       <c r="C1148" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789755706412</t>
+          <t>9789755706733</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Niç</t>
+          <t>Kitap Evi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789755706474</t>
+          <t>9789755707792</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Acı Çeken Tanrı</t>
+          <t>Göğe Kuşak Lazım</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789755706368</t>
+          <t>9789755707754</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>İstanbul: Müstesna Şehrin İstisna Hali</t>
+          <t>Şişedeki Zenci</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789755701981</t>
+          <t>9789755701158</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Bir Kış</t>
+          <t>Yazboz</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789755701547</t>
+          <t>9789755706641</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Zilif</t>
+          <t>Yapıştırma Bıyık</t>
         </is>
       </c>
       <c r="C1153" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789755704715</t>
+          <t>9789755706771</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Zamane Platon</t>
+          <t>Nagazaki</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789755705385</t>
+          <t>9789755706559</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıl</t>
+          <t>Konstantinopolis Hipodromu</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789755706016</t>
+          <t>9789755706597</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sanat Tarihi</t>
+          <t>Kimlikli Bedenler</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>440</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789755706139</t>
+          <t>9789755706580</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Çağ Hayali</t>
+          <t>Hayvanlar Üzerine</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789755702131</t>
+          <t>9789755706658</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Yan Yana Deniz Üçlemesi 2. Kitap</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789755705941</t>
+          <t>9789755707907</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Ve Günler Yürümeye Başladı</t>
+          <t>Ateş Anıları 1: Yaratılış</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789755704784</t>
+          <t>9789755707860</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Vanessa ve Virginia</t>
+          <t>Gülmekten Ölmek</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789755703343</t>
+          <t>9789755707914</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Vah</t>
+          <t>Aile Fotoğrafı</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789755702407</t>
+          <t>9789755706634</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Ütopyanın Kadınları Kadınların Ütopyası</t>
+          <t>Edebiyat Üzerine Denemeler 1: Son Modernler (Ciltli)</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>190</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789755705040</t>
+          <t>9789755706566</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Yanılsaması</t>
+          <t>Pili Adrianupoleos'tan Edirnekapı'ya</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789755703855</t>
+          <t>9789755706412</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Saat Kaç?</t>
+          <t>Niç</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789755705927</t>
+          <t>9789755706474</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Cinayet</t>
+          <t>Acı Çeken Tanrı</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789755703671</t>
+          <t>9789755706368</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Suya Seng</t>
+          <t>İstanbul: Müstesna Şehrin İstisna Hali</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789755700748</t>
+          <t>9789755701981</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Su, Tüyün Üzerinde Bekler</t>
+          <t>Zorlu Bir Kış</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789755704821</t>
+          <t>9789755701547</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Soylu Sınıfın Sonbaharı</t>
+          <t>Zilif</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789755705743</t>
+          <t>9789755704715</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Mekanları</t>
+          <t>Zamane Platon</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789755705675</t>
+          <t>9789755705385</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Muamması</t>
+          <t>Yüzyıl</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>470</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789755702117</t>
+          <t>9789755706016</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt-i Nono Bey ve Elmas Boğaziçi</t>
+          <t>Yeni Sanat Tarihi</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>375</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789755703114</t>
+          <t>9789755706139</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ustası Don Sandalio’nun Romanı</t>
+          <t>Yeni Bir Çağ Hayali</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789755705651</t>
+          <t>9789755702131</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Rüştü Onur</t>
+          <t>Yan Yana Deniz Üçlemesi 2. Kitap</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789755701240</t>
+          <t>9789755705941</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Romantik Hareket Seks, Alışveriş ve Roman</t>
+          <t>Ve Günler Yürümeye Başladı</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789755704593</t>
+          <t>9789755704784</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>İstek Olarak Yapıt - Romanın Hazırlanışı 2</t>
+          <t>Vanessa ve Virginia</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>460</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9789755704609</t>
+          <t>9789755703343</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Psomatia’dan Samatya’ya</t>
+          <t>Vah</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789755703909</t>
+          <t>9789755702407</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Perinin Sarkacı</t>
+          <t>Ütopyanın Kadınları Kadınların Ütopyası</t>
         </is>
       </c>
       <c r="C1177" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9789755705514</t>
+          <t>9789755705040</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Paris, Modernitenin Başkenti</t>
+          <t>Toplumsal Cinsiyet Yanılsaması</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>575</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789755706337</t>
+          <t>9789755703855</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Öteki Erkekler</t>
+          <t>Şimdi Saat Kaç?</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789755703930</t>
+          <t>9789755705927</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Öğle Paydosu</t>
+          <t>Şiir ve Cinayet</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789755705231</t>
+          <t>9789755703671</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Nova Ekspresi</t>
+          <t>Suya Seng</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789755703923</t>
+          <t>9789755700748</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>New York Modern Sanat Düşüncesini Nasıl Çaldı</t>
+          <t>Su, Tüyün Üzerinde Bekler</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789755704975</t>
+          <t>9789755704821</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Nevrozlar ve İnsan Gelişimi</t>
+          <t>Soylu Sınıfın Sonbaharı</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>560</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9789755703053</t>
+          <t>9789755705743</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Mimarisi</t>
+          <t>Sermayenin Mekanları</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789755703879</t>
+          <t>9789755705675</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Mokusei!</t>
+          <t>Sermaye Muamması</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>140</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789755705606</t>
+          <t>9789755702117</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Modernite Nasıl Unutturur</t>
+          <t>Sergüzeşt-i Nono Bey ve Elmas Boğaziçi</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9789755704272</t>
+          <t>9789755703114</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Melekler Sözlüğü</t>
+          <t>Satranç Ustası Don Sandalio’nun Romanı</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9789755703664</t>
+          <t>9789755705651</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Güzelim</t>
+          <t>Rüştü Onur</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789755705460</t>
+          <t>9789755701240</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>İntihar Dükkanı</t>
+          <t>Romantik Hareket Seks, Alışveriş ve Roman</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>225</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789755705729</t>
+          <t>9789755704593</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>İçsel Çatışmalarımız</t>
+          <t>İstek Olarak Yapıt - Romanın Hazırlanışı 2</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>375</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789755704500</t>
+          <t>9789755704609</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Mahvetmeden Önce Neden Kafka Okumalısınız</t>
+          <t>Psomatia’dan Samatya’ya</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789755704685</t>
+          <t>9789755703909</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Hayaller ve Sokaklar</t>
+          <t>Perinin Sarkacı</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789755703732</t>
+          <t>9789755705514</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Halkidona’dan Kadıköy’e</t>
+          <t>Paris, Modernitenin Başkenti</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789755701806</t>
+          <t>9789755706337</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Halki’den Heybeli’ye</t>
+          <t>Öteki Erkekler</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789755706283</t>
+          <t>9789755703930</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Eleştirisi 2</t>
+          <t>Öğle Paydosu</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789755705316</t>
+          <t>9789755705231</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinden Öperim</t>
+          <t>Nova Ekspresi</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789755703039</t>
+          <t>9789755703923</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Gövde’m</t>
+          <t>New York Modern Sanat Düşüncesini Nasıl Çaldı</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789755704760</t>
+          <t>9789755704975</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilim, Dilbilim ve Çeviribilim Terimleri Sözlüğü</t>
+          <t>Nevrozlar ve İnsan Gelişimi</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789755701042</t>
+          <t>9789755703053</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Gönderen: Enis Batur</t>
+          <t>Mutluluğun Mimarisi</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789755705057</t>
+          <t>9789755703879</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Giacomo Joyce</t>
+          <t>Mokusei!</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789755705361</t>
+          <t>9789755705606</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Gey ve Lezbiyen Yazını</t>
+          <t>Modernite Nasıl Unutturur</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789755700564</t>
+          <t>9789755704272</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Foucault ve Derrida’da Feminizm ve Ayırım</t>
+          <t>Melekler Sözlüğü</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789755705507</t>
+          <t>9789755703664</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Haklı Çıkma Sanatı - Eristik Diyalektik</t>
+          <t>İşte Böyle Güzelim</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789755705125</t>
+          <t>9789755705460</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Tekele Karşı</t>
+          <t>İntihar Dükkanı</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789755705880</t>
+          <t>9789755705729</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Enigma</t>
+          <t>İçsel Çatışmalarımız</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789755703244</t>
+          <t>9789755704500</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Elmanın Suçu</t>
+          <t>Hayatınızı Mahvetmeden Önce Neden Kafka Okumalısınız</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789755701448</t>
+          <t>9789755704685</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Elma</t>
+          <t>Hayaller ve Sokaklar</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9789755705958</t>
+          <t>9789755703732</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Ötesinde</t>
+          <t>Halkidona’dan Kadıköy’e</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789755704142</t>
+          <t>9789755701806</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Çingene</t>
+          <t>Halki’den Heybeli’ye</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789755704678</t>
+          <t>9789755706283</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Çimen Türküsü</t>
+          <t>Gündelik Hayatın Eleştirisi 2</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789755703466</t>
+          <t>9789755705316</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Beşlisi</t>
+          <t>Gözlerinden Öperim</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789755703367</t>
+          <t>9789755703039</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Cantatrix Sopranica L. ve Diğer Bilimsel Yazılar</t>
+          <t>Gövde’m</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789755701912</t>
+          <t>9789755704760</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Şıngır Mıngır</t>
+          <t>Göstergebilim, Dilbilim ve Çeviribilim Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789755705330</t>
+          <t>9789755701042</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Bir Fransız Romanı</t>
+          <t>Gönderen: Enis Batur</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789755704517</t>
+          <t>9789755705057</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Anıları</t>
+          <t>Giacomo Joyce</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789755702162</t>
+          <t>9789755705361</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakikalık Öyküler</t>
+          <t>Gey ve Lezbiyen Yazını</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789755701301</t>
+          <t>9789755700564</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler (Kehanetler)</t>
+          <t>Foucault ve Derrida’da Feminizm ve Ayırım</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789755702056</t>
+          <t>9789755705507</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Biçem Alıştırmaları</t>
+          <t>Haklı Çıkma Sanatı - Eristik Diyalektik</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789755704425</t>
+          <t>9789755705125</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Küpün İçinde</t>
+          <t>Entelektüel Tekele Karşı</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789755704999</t>
+          <t>9789755705880</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Barthes’ı Niçin Seviyorum</t>
+          <t>Enigma</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789755704371</t>
+          <t>9789755703244</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Aynalar</t>
+          <t>Elmanın Suçu</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789755705620</t>
+          <t>9789755701448</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Aşkın ve Savaşın Gündüz ve Geceleri</t>
+          <t>Elma</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789755703220</t>
+          <t>9789755705958</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Antigoni’den Burgaz’a Küçük Bir Adanın Hikayesi</t>
+          <t>Demokrasinin Ötesinde</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789755701721</t>
+          <t>9789755704142</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Ah Beyoğlu Vah Beyoğlu</t>
+          <t>Çingene</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789755704036</t>
+          <t>9789755704678</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Adınla Çağır Beni</t>
+          <t>Çimen Türküsü</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789755705194</t>
+          <t>9789755703466</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>60 mm Dizüstü Meşkler ve İçcep Meşkleri</t>
+          <t>Cesaret Beşlisi</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789755703848</t>
+          <t>9789755703367</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Batı Sanatında Akımlar</t>
+          <t>Cantatrix Sopranica L. ve Diğer Bilimsel Yazılar</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>650</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789755704470</t>
+          <t>9789755701912</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>1920 Yılı ve Sol Muhalefet</t>
+          <t>Boğaziçi Şıngır Mıngır</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789755705583</t>
+          <t>9789755705330</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Lilith</t>
+          <t>Bir Fransız Romanı</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789755705613</t>
+          <t>9789755704517</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Lanet Takım</t>
+          <t>Bir Delinin Anıları</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789755702650</t>
+          <t>9789755702162</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane</t>
+          <t>Bir Dakikalık Öyküler</t>
         </is>
       </c>
       <c r="C1231" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789755706290</t>
+          <t>9789755701301</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Materyalizm</t>
+          <t>Bilmeceler (Kehanetler)</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789755705576</t>
+          <t>9789755702056</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Kurutulmuş Felsefe Bahçesi</t>
+          <t>Biçem Alıştırmaları</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789755700922</t>
+          <t>9789755704425</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Kurşunkalem Portreler</t>
+          <t>Beyaz Küpün İçinde</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789755701882</t>
+          <t>9789755704999</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Kravat</t>
+          <t>Barthes’ı Niçin Seviyorum</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257370226</t>
+          <t>9789755704371</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar ve Sigaralar</t>
+          <t>Aynalar</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789755701257</t>
+          <t>9789755705620</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Kırkpare</t>
+          <t>Aşkın ve Savaşın Gündüz ve Geceleri</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789755706160</t>
+          <t>9789755703220</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Devrim</t>
+          <t>Antigoni’den Burgaz’a Küçük Bir Adanın Hikayesi</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789755701844</t>
+          <t>9789755701721</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Kelliğe Övgü</t>
+          <t>Ah Beyoğlu Vah Beyoğlu</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789755701578</t>
+          <t>9789755704036</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Kediler Krallara Bakabilir</t>
+          <t>Adınla Çağır Beni</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789755705187</t>
+          <t>9789755705194</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çağın Filizi: Sezai Ekinci</t>
+          <t>60 mm Dizüstü Meşkler ve İçcep Meşkleri</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789755702353</t>
+          <t>9789755703848</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Kara Mizah Antolojisi</t>
+          <t>20. Yüzyıl Batı Sanatında Akımlar</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789755706108</t>
+          <t>9789755704470</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Kapital’i Sahnelemek</t>
+          <t>1920 Yılı ve Sol Muhalefet</t>
         </is>
       </c>
       <c r="C1243" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
+          <t>9789755705583</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Lilith</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9789755705613</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Lanet Takım</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9789755702650</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Kütüphane</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9789755706290</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Materyalizm</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9789755705576</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Kurutulmuş Felsefe Bahçesi</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9789755700922</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Kurşunkalem Portreler</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9789755701882</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Kravat</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9786257370226</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Kitaplar ve Sigaralar</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9789755701257</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Kırkpare</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9789755706160</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Devrim</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9789755701844</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Kelliğe Övgü</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9789755701578</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Kediler Krallara Bakabilir</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9789755705187</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Çağın Filizi: Sezai Ekinci</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9789755702353</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Kara Mizah Antolojisi</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9789755706108</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Kapital’i Sahnelemek</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
           <t>9789755701288</t>
         </is>
       </c>
-      <c r="B1244" s="1" t="inlineStr">
+      <c r="B1259" s="1" t="inlineStr">
         <is>
           <t>Kahveler Kitabı</t>
         </is>
       </c>
-      <c r="C1244" s="1">
+      <c r="C1259" s="1">
         <v>375</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>