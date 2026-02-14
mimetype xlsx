--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -319,51 +319,51 @@
         <is>
           <t>9786256462908</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Nasılsın Hayatım</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786256462885</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Yokluğu Yeğdir</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256462809</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256462830</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
@@ -604,51 +604,51 @@
         <is>
           <t>9789755702186</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>İstanbul - Paris</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9789755706511</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>İçerdeki Kedi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9789755706542</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Babaannemin Usturası</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>3990000017661</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
@@ -1519,51 +1519,51 @@
         <is>
           <t>9789755704135</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Sen...</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789755706009</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Selma Gürbüz İçin Üç Yazı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>11.11</v>
+        <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9789755705590</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Selanik’ten Thessaloniki’ye</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9789755701325</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
@@ -4594,51 +4594,51 @@
         <is>
           <t>9789755702971</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
           <t>Villa Amalia</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
           <t>9789755704449</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
           <t>Ve Hipopotamlar Tanklarında Haşlandılar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>24</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
           <t>9789755704937</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
           <t>Yumuşak Makine</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t>9789755703411</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
@@ -10819,51 +10819,51 @@
         <is>
           <t>9786256462564</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
           <t>Pamuk İşçileri</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
           <t>9789755702070</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
           <t>İsyankar Yüzyıl / Yirminci Yüzyıl’ın Başkaldırı Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>1100</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
           <t>9789755702704</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
           <t>Hece Cümbüşü</t>
         </is>
       </c>
       <c r="C718" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
           <t>9786257370837</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
@@ -10924,51 +10924,51 @@
         <is>
           <t>9789755709949</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
           <t>Kutu Adam</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
           <t>9789755709383</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
           <t>Gitar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
           <t>9789755705712</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
           <t>Gündelik Hayatın Eleştirisi 1</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
           <t>9789755707167</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
@@ -12799,51 +12799,51 @@
         <is>
           <t>9786257370820</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
           <t>Sosyal Bilimlerde 101 Temel Kitap</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
           <t>9786257370844</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
           <t>Onca Yoksulluk Varken</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
           <t>9786257370776</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
           <t>Osurukçular Kulübü</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
           <t>9786257370783</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>