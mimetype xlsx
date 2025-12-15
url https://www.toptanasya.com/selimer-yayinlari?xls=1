--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,2140 +85,2455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757140115</t>
+          <t>9789757140979</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Genç Türkçe Yolcuları - Yarışa Hazırlık</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>168</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059497619</t>
+          <t>9786059497336</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Hayat Bilgisi Ne Kolay</t>
+          <t>Numaralı Çıkartma Kitabım 1. Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>88</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059497640</t>
+          <t>9786059497343</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Matematik Ne Kolay</t>
+          <t>Numaralı Çıkartma Kitabım 2. Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>154</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757140221</t>
+          <t>9786059497350</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Çek-Kopar Ne Kolay Çalışma Testleri</t>
+          <t>Numaralı Çıkartma Kitabım 3. Kitap</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256044173</t>
+          <t>9786058294639</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Dev Boyama Yol Arabaları</t>
+          <t>Kerem ile Kış - Üç Boyutlu Dört Mevsim Serisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256044166</t>
+          <t>9786058294684</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Dev Boyama Yarış Arabaları</t>
+          <t>Sevimli Sincaplar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256044135</t>
+          <t>9786059497855</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler / Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Ezineli Yahya Çavuş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256044159</t>
+          <t>9786059497886</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji / Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Nusret Mayın Gemisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256044142</t>
+          <t>9789757140153</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Spor / Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Meraklı Takım – Tırtılın Sürprizi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757140832</t>
+          <t>9786059497862</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Enerji ve Mühendislik - Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Seyit Onbaşı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752742307</t>
+          <t>9786059497541</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Astronot Olsam - Büyüyünce Ne Olsam?</t>
+          <t>Yatağımın Altındaki Canavar - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>27</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256044111</t>
+          <t>9786059497510</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi Takım</t>
+          <t>Görünmez Dinozorlar - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256044104</t>
+          <t>9786059497503</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -10 Sağlıklı Yaşam</t>
+          <t>Aleyna’nın Dinozor Arkadaşı – Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256044098</t>
+          <t>9786059497480</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -9 Dünyanın Merkezine Yolculuk</t>
+          <t>İşe Yaramayan Robot - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256044081</t>
+          <t>9786059497558</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -8 Işığa Doğru</t>
+          <t>Çikolata Canavarı – Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256044074</t>
+          <t>9789757140252</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -7 Elektriğin Serüveni</t>
+          <t>Remzi’nin Robotları – Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256044067</t>
+          <t>9789757140306</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -6 Canlılar Dünyası</t>
+          <t>Zıp Zıp Yemek Pişiriyor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256044050</t>
+          <t>9786059497992</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -5 Hareketli Bir Gün</t>
+          <t>Yıl 2300 Uzaydayız - Arya ve Ayaz 5</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256044043</t>
+          <t>9789757140047</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -4 Bilinçli Tüketiciyim</t>
+          <t>Dinazorlar Zamanı - Arya ve Ayaz 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256044036</t>
+          <t>9786059497022</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -3 Duyu Organlarımız</t>
+          <t>Köstebek Tumtum - Hikaye Sepeti Serisi 6</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256044029</t>
+          <t>9786058294677</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -2 Maddeyi Tanıyalım</t>
+          <t>Pırpır Kuş - Hikaye Sepeti Serisi 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256044012</t>
+          <t>9789757140115</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -1 Gezegenimizi Tanıyalım</t>
+          <t>2.Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>50</v>
+        <v>168</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757140993</t>
+          <t>9786059497619</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Sahilde</t>
+          <t>2.Sınıf Hayat Bilgisi Ne Kolay</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>50</v>
+        <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757140986</t>
+          <t>9786059497640</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Ormanda Gizli Geçit</t>
+          <t>2.Sınıf Matematik Ne Kolay</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>50</v>
+        <v>154</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757140955</t>
+          <t>9789757140221</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Noktalama Dünyası</t>
+          <t>2. Sınıf Tüm Dersler Çek-Kopar Ne Kolay Çalışma Testleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757140948</t>
+          <t>9786256044173</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Deyimler Gezegeni</t>
+          <t>Ferrari Dev Boyama Yol Arabaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757140962</t>
+          <t>9786256044166</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Anı</t>
+          <t>Ferrari Dev Boyama Yarış Arabaları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757140917</t>
+          <t>9786256044135</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Sözcükler Çiftliği</t>
+          <t>Doğal Afetler / Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757140900</t>
+          <t>9786256044159</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Harfler Yarışıyor</t>
+          <t>Bilim ve Teknoloji / Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757140924</t>
+          <t>9786256044142</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Cümle Kapısı</t>
+          <t>Spor / Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757140931</t>
+          <t>9789757140832</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Anlam Denizi</t>
+          <t>Enerji ve Mühendislik - Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056702860</t>
+          <t>9789752742307</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tazı İle Tavşan - Maceracı Hayvanlar Serisi</t>
+          <t>Astronot Olsam - Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059497459</t>
+          <t>9786256044111</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - Çıkar Ağzında ki Baklayı</t>
+          <t>Genç Bilim Yolcuları Serisi Takım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>8681149050419</t>
+          <t>9786256044104</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Easy Plus English Kelime Kartları</t>
+          <t>Genç Bilim Yolcuları Serisi -10 Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>98</v>
+        <v>55</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>8681149050402</t>
+          <t>9786256044098</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Easy Plus English Kelime Kartları</t>
+          <t>Genç Bilim Yolcuları Serisi -9 Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>98</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>8681149050396</t>
+          <t>9786256044081</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Easy Plus English Kelime Kartları</t>
+          <t>Genç Bilim Yolcuları Serisi -8 Işığa Doğru</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>98</v>
+        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757140030</t>
+          <t>9786256044074</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Genç Bilim Yolcuları Serisi -7 Elektriğin Serüveni</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>228</v>
+        <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757140108</t>
+          <t>9786256044067</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Genç Bilim Yolcuları Serisi -6 Canlılar Dünyası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>228</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059497732</t>
+          <t>9786256044050</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Sosyal Bilgiler Ne Kolay</t>
+          <t>Genç Bilim Yolcuları Serisi -5 Hareketli Bir Gün</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>88</v>
+        <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059497701</t>
+          <t>9786256044043</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Fen Bilimleri Ne Kolay</t>
+          <t>Genç Bilim Yolcuları Serisi -4 Bilinçli Tüketiciyim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>88</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059497718</t>
+          <t>9786256044036</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Türkçe Ne Kolay</t>
+          <t>Genç Bilim Yolcuları Serisi -3 Duyu Organlarımız</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>168</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059497695</t>
+          <t>9786256044029</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Matematik Ne Kolay</t>
+          <t>Genç Bilim Yolcuları Serisi -2 Maddeyi Tanıyalım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059497602</t>
+          <t>9786256044012</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Fen Bilimleri Ne Kolay</t>
+          <t>Genç Bilim Yolcuları Serisi -1 Gezegenimizi Tanıyalım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>88</v>
+        <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059497626</t>
+          <t>9789757140993</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Hayat Bilgisi Ne Kolay</t>
+          <t>Genç Türkçe Yolcuları - Sahilde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>88</v>
+        <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059497664</t>
+          <t>9789757140986</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Türkçe Ne Kolay</t>
+          <t>Genç Türkçe Yolcuları - Ormanda Gizli Geçit</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>154</v>
+        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059497633</t>
+          <t>9789757140955</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Matematik Ne Kolay</t>
+          <t>Genç Türkçe Yolcuları - Noktalama Dünyası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>154</v>
+        <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059497657</t>
+          <t>9789757140948</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Ne Kolay Türkçe</t>
+          <t>Genç Türkçe Yolcuları - Deyimler Gezegeni</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757140894</t>
+          <t>9789757140962</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Babam Abdülhamid Han’ın İslam Sevgisi</t>
+          <t>Genç Türkçe Yolcuları - Anı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757140870</t>
+          <t>9789757140917</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Benim Sanatsever Babam Abdülhamid Han</t>
+          <t>Genç Türkçe Yolcuları - Sözcükler Çiftliği</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757140887</t>
+          <t>9789757140900</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Benim Doğasever Babam Abdülhamid Han</t>
+          <t>Genç Türkçe Yolcuları - Harfler Yarışıyor</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757140863</t>
+          <t>9789757140924</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Fatihi Sultan Alparslan</t>
+          <t>Genç Türkçe Yolcuları - Cümle Kapısı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757140856</t>
+          <t>9789757140931</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Fatihi Yavuz Sultan Selim</t>
+          <t>Genç Türkçe Yolcuları - Anlam Denizi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789757140849</t>
+          <t>9786056702860</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Resimli Ansiklopedi - Bilgisayarlar</t>
+          <t>Tazı İle Tavşan - Maceracı Hayvanlar Serisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757140818</t>
+          <t>9786059497459</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi - Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Deyim Hikayeleri - Çıkar Ağzında ki Baklayı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757140825</t>
+          <t>8681149050419</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Evrenimiz - Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>4. Sınıf Easy Plus English Kelime Kartları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>98</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757140801</t>
+          <t>8681149050402</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk / Tehlikeli Görev</t>
+          <t>3. Sınıf Easy Plus English Kelime Kartları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>130</v>
+        <v>98</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757140795</t>
+          <t>8681149050396</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Okutan Klasikler</t>
+          <t>2. Sınıf Easy Plus English Kelime Kartları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>98</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757140689</t>
+          <t>9789757140030</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Kahraman, Bisiklet Yarışı (Ciltli)</t>
+          <t>4.Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757140672</t>
+          <t>9789757140108</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk - Yeteneğin Gücü</t>
+          <t>3.Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059497008</t>
+          <t>9786059497732</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Burcunun Bir Günü</t>
+          <t>4.Sınıf Sosyal Bilgiler Ne Kolay</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>30</v>
+        <v>88</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757140580</t>
+          <t>9786059497701</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sepilok Orangutan Barınağı'nda Bir Gün - Malezya</t>
+          <t>4.Sınıf Fen Bilimleri Ne Kolay</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>88</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757140573</t>
+          <t>9786059497718</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yellowstone Ulusal Parkı'nda Bir Gün - Amerika</t>
+          <t>4.Sınıf Türkçe Ne Kolay</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>168</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789757140597</t>
+          <t>9786059497695</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Pyrenees Ulusal Parkı'nda Bir Gün - Fransa İspanya</t>
+          <t>4.Sınıf Matematik Ne Kolay</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757140603</t>
+          <t>9786059497602</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Masai Mara Ulusal Parkı'nda Bir Gün - Kenya</t>
+          <t>3.Sınıf Fen Bilimleri Ne Kolay</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>88</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757140634</t>
+          <t>9786059497626</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Grand Teton Ulusal Parkı'nda Bir Gün - Amerika</t>
+          <t>3.Sınıf Hayat Bilgisi Ne Kolay</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>88</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757140658</t>
+          <t>9786059497664</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Galapagos Ulusal Parkı'nda Bir Gün - Ekvator</t>
+          <t>3.Sınıf Türkçe Ne Kolay</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>154</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757140610</t>
+          <t>9786059497633</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kruger Ulusal Parkı'nda Bir Gün - Güney Afrika</t>
+          <t>3.Sınıf Matematik Ne Kolay</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>154</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789757140627</t>
+          <t>9786059497657</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Jim Corbett Ulusal Parkı'nda Bir Gün - Hindistan</t>
+          <t>2. Sınıf Ne Kolay Türkçe</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757140665</t>
+          <t>9789757140894</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Amazon Yağmur Ormanları'nda Bir Gün - Brezilya</t>
+          <t>Babam Abdülhamid Han’ın İslam Sevgisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757140641</t>
+          <t>9789757140870</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Girdwood Vahşi Yaşam Parkı'nda Bir Gün - Alaska</t>
+          <t>Benim Sanatsever Babam Abdülhamid Han</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>8681149050679</t>
+          <t>9789757140887</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Parklar Dizisi - 10 Kitap Takım</t>
+          <t>Benim Doğasever Babam Abdülhamid Han</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059497060</t>
+          <t>9789757140863</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ömer ve İbrahim Dede</t>
+          <t>Anadolu'nun Fatihi Sultan Alparslan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757140566</t>
+          <t>9789757140856</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Biri - Şaşkın Kahraman (Ciltli)</t>
+          <t>Doğu'nun Fatihi Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059497527</t>
+          <t>9789757140849</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Korsanlık Rüyası - Okumayı Sevdim Dizisi</t>
+          <t>Çocuklar İçin Resimli Ansiklopedi - Bilgisayarlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059497534</t>
+          <t>9789757140818</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Korsanın Sonu - Okumayı Sevdim Dizisi</t>
+          <t>Hayvanlar Alemi - Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059497473</t>
+          <t>9789757140825</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - Atı Alan Üsküdar'ı Geçti</t>
+          <t>Evrenimiz - Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059497428</t>
+          <t>9789757140801</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Ayağını Yorganına Göre Uzat</t>
+          <t>Gizemli Yolculuk / Tehlikeli Görev</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059497404</t>
+          <t>9789757140795</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Yorgan Gitti Kavga Bitti</t>
+          <t>Okutan Klasikler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059497398</t>
+          <t>9789757140689</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Kelin İlacı Olsa Başına Sürer</t>
+          <t>Şaşkın Kahraman, Bisiklet Yarışı (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059497381</t>
+          <t>9789757140672</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Körle Yatan Şaşı Kalkar</t>
+          <t>Gizemli Yolculuk - Yeteneğin Gücü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059497411</t>
+          <t>9786059497008</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Sabreden Derviş Muradına Ermiş</t>
+          <t>Burcunun Bir Günü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059497442</t>
+          <t>9789757140580</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - İpe Un Sermek</t>
+          <t>Sepilok Orangutan Barınağı'nda Bir Gün - Malezya</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059497435</t>
+          <t>9789757140573</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - Dereyi Görmeden Paçayı Sıvamak</t>
+          <t>Yellowstone Ulusal Parkı'nda Bir Gün - Amerika</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789757140214</t>
+          <t>9789757140597</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yılan Var! - Meraklı Takım 9</t>
+          <t>Pyrenees Ulusal Parkı'nda Bir Gün - Fransa İspanya</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757140184</t>
+          <t>9789757140603</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Momi'nin Telaşı - Meraklı Takım 1</t>
+          <t>Masai Mara Ulusal Parkı'nda Bir Gün - Kenya</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059497466</t>
+          <t>9789757140634</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - Dananın Kuyruğu Koptu</t>
+          <t>Grand Teton Ulusal Parkı'nda Bir Gün - Amerika</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789757140146</t>
+          <t>9789757140658</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Karıncaların Dersi</t>
+          <t>Galapagos Ulusal Parkı'nda Bir Gün - Ekvator</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059497015</t>
+          <t>9789757140610</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Elif Gitar Çalıyor</t>
+          <t>Kruger Ulusal Parkı'nda Bir Gün - Güney Afrika</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058294691</t>
+          <t>9789757140627</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Yaz Tatili</t>
+          <t>Jim Corbett Ulusal Parkı'nda Bir Gün - Hindistan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059497039</t>
+          <t>9789757140665</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ormanı</t>
+          <t>Amazon Yağmur Ormanları'nda Bir Gün - Brezilya</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059497046</t>
+          <t>9789757140641</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Temel Moss</t>
+          <t>Girdwood Vahşi Yaşam Parkı'nda Bir Gün - Alaska</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059497053</t>
+          <t>8681149050679</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tolga ile Duman</t>
+          <t>Ulusal Parklar Dizisi - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>30</v>
+        <v>900</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059497893</t>
+          <t>9786059497060</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Bombacı</t>
+          <t>Ömer ve İbrahim Dede</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059497879</t>
+          <t>9789757140566</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Üsteğmen Ali Rıza</t>
+          <t>İçimizden Biri - Şaşkın Kahraman (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789757140160</t>
+          <t>9786059497527</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Yeni Dostumuz</t>
+          <t>Korsanlık Rüyası - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789757140122</t>
+          <t>9786059497534</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Geçmeyen Kaşıntı</t>
+          <t>Korsanın Sonu - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757140207</t>
+          <t>9786059497473</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Göldeki Ördek</t>
+          <t>Deyim Hikayeleri - Atı Alan Üsküdar'ı Geçti</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757140177</t>
+          <t>9786059497428</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Plansız Yağmur</t>
+          <t>Atasözü Hikayeleri - Ayağını Yorganına Göre Uzat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757140139</t>
+          <t>9786059497404</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Saklambaç</t>
+          <t>Atasözü Hikayeleri - Yorgan Gitti Kavga Bitti</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757140191</t>
+          <t>9786059497398</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Arkadaşım Nerede?</t>
+          <t>Atasözü Hikayeleri - Kelin İlacı Olsa Başına Sürer</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059497671</t>
+          <t>9786059497381</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çek-Kopar Pekiştir Ne Kolay 2. Sınıf</t>
+          <t>Atasözü Hikayeleri - Körle Yatan Şaşı Kalkar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>116</v>
+        <v>55</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789757140269</t>
+          <t>9786059497411</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahraman Lulu</t>
+          <t>Atasözü Hikayeleri - Sabreden Derviş Muradına Ermiş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789757140283</t>
+          <t>9786059497442</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Bobo</t>
+          <t>Deyim Hikayeleri - İpe Un Sermek</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789757140290</t>
+          <t>9786059497435</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tobi Kükremeyi Öğreniyor</t>
+          <t>Deyim Hikayeleri - Dereyi Görmeden Paçayı Sıvamak</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757140276</t>
+          <t>9789757140214</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Pisi’nin Bahçesi</t>
+          <t>Eyvah Yılan Var! - Meraklı Takım 9</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>8681149050617</t>
+          <t>9789757140184</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mini Hayvan Hikayeleri (5 Kitap Takım)</t>
+          <t>Momi'nin Telaşı - Meraklı Takım 1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>8681149050440</t>
+          <t>9786059497466</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arya ve Ayaz (10 Kitap Kutulu)</t>
+          <t>Deyim Hikayeleri - Dananın Kuyruğu Koptu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>500</v>
+        <v>55</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>8681149050457</t>
+          <t>9789757140146</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım Serisi (10 Kitap Takım)</t>
+          <t>Karıncaların Dersi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789757140009</t>
+          <t>9786059497015</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mağara Hayatı - Arya ve Ayaz 3</t>
+          <t>Elif Gitar Çalıyor</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789757140016</t>
+          <t>9786058294691</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Bizimdir - Arya ve Ayaz 6</t>
+          <t>Güzel Bir Yaz Tatili</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789757140023</t>
+          <t>9786059497039</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dur Yolcu - Arya ve Ayaz 10</t>
+          <t>Sevgi Ormanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789757140054</t>
+          <t>9786059497046</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Denizin Efendileri - Arya ve Ayaz 9</t>
+          <t>Temel Moss</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789757140061</t>
+          <t>9786059497053</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir - Arya ve Ayaz 8</t>
+          <t>Tolga ile Duman</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789757140078</t>
+          <t>9786059497893</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Özel Adam - Arya ve Ayaz 7</t>
+          <t>Gönüllü Bombacı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789757140085</t>
+          <t>9786059497879</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır - Arya ve Ayaz 4</t>
+          <t>Üsteğmen Ali Rıza</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059497985</t>
+          <t>9789757140160</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zaman Pelerini - Arya ve Ayaz 1</t>
+          <t>Meraklı Takım - Yeni Dostumuz</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059497978</t>
+          <t>9789757140122</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atlas</t>
+          <t>Meraklı Takım - Geçmeyen Kaşıntı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059497909</t>
+          <t>9789757140207</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Kahramanları Seti (5 Kitap Takım)</t>
+          <t>Meraklı Takım - Göldeki Ördek</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752743946</t>
+          <t>9789757140177</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Orman Takımı - Momi Tuti ve Zuzi</t>
+          <t>Meraklı Takım - Plansız Yağmur</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059497916</t>
+          <t>9789757140139</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İlginç Hayvanlar (3 Boyutlu Gözlük İle)</t>
+          <t>Meraklı Takım - Saklambaç</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059497367</t>
+          <t>9789757140191</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Numaralı Çıkartma Kitabım 4. Kitap</t>
+          <t>Meraklı Takım - Arkadaşım Nerede?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059497831</t>
+          <t>9786059497671</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>En Güçlü Spor Arabalar - Ferrari Çıkartma Kitabı</t>
+          <t>Çek-Kopar Pekiştir Ne Kolay 2. Sınıf</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>116</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059497848</t>
+          <t>9789757140269</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Scuderia Ferrari Arabaları - Ferrari Çıkartma Kitabı</t>
+          <t>Küçük Kahraman Lulu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752742321</t>
+          <t>9789757140283</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Olsam - Büyüyünce Ne Olsam?</t>
+          <t>Şampiyon Bobo</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>27</v>
+        <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056702815</t>
+          <t>9789757140290</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Eğri Gagalı Tavuk - Maceracı Hayvanlar Serisi</t>
+          <t>Tobi Kükremeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786056702822</t>
+          <t>9789757140276</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Horozun Sorumluluğu - Maceracı Hayvanlar Serisi</t>
+          <t>Pisi’nin Bahçesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059497596</t>
+          <t>8681149050617</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Sevdim Dizisi - Eğlenci Kitaplar (10 Kitap)</t>
+          <t>Mini Hayvan Hikayeleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059497565</t>
+          <t>8681149050440</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Atasözü ve Deyim Hikayeleri (10 Kitap Takım)</t>
+          <t>Arya ve Ayaz (10 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059497374</t>
+          <t>8681149050457</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Numaraları Çıkartma Kitabım (4 Kitap Takım)</t>
+          <t>Meraklı Takım Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059497329</t>
+          <t>9789757140009</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dalgalı Deniz - Hayalet Avcıları (Ciltli)</t>
+          <t>Mağara Hayatı - Arya ve Ayaz 3</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059497312</t>
+          <t>9789757140016</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dalgalı Deniz - Kutunun Gizemi (Ciltli)</t>
+          <t>İstanbul Bizimdir - Arya ve Ayaz 6</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>8681149050228</t>
+          <t>9789757140023</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Kartları 127 Kart</t>
+          <t>Dur Yolcu - Arya ve Ayaz 10</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>290</v>
+        <v>55</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>8681149050211</t>
+          <t>9789757140054</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Dil Kartları 127 Kart</t>
+          <t>Denizin Efendileri - Arya ve Ayaz 9</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>290</v>
+        <v>55</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059497077</t>
+          <t>9789757140061</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerle Destekli Hikaye Sepeti Serisi (10 Kitap Takım)</t>
+          <t>Davetsiz Misafir - Arya ve Ayaz 8</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752742437</t>
+          <t>9789757140078</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olsam? Serisi (6 Kitap Takım)</t>
+          <t>Birkaç Özel Adam - Arya ve Ayaz 7</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>138</v>
+        <v>55</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058294622</t>
+          <t>9789757140085</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Işık ile Yaz - Üç Boyutlu Dört Mevsim Serisi</t>
+          <t>Antik Mısır - Arya ve Ayaz 4</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058294646</t>
+          <t>9786059497985</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Soner ile Sonbahar - Üç Boyutlu Dört Mevsim Serisi</t>
+          <t>Zaman Pelerini - Arya ve Ayaz 1</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058294615</t>
+          <t>9786059497978</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İlknur ile İlkbahar - Üç Boyutlu Dört Mevsim Serisi</t>
+          <t>Çocuklar İçin Atlas</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786058294660</t>
+          <t>9786059497909</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar - Üç Boyutlu Bilgi Serisi</t>
+          <t>Çanakkale Kahramanları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
+          <t>9789752743946</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Orman Takımı - Momi Tuti ve Zuzi</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786059497916</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Hayvanlar (3 Boyutlu Gözlük İle)</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786059497367</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Numaralı Çıkartma Kitabım 4. Kitap</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786059497831</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>En Güçlü Spor Arabalar - Ferrari Çıkartma Kitabı</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786059497848</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Müthiş Scuderia Ferrari Arabaları - Ferrari Çıkartma Kitabı</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789752742321</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>İtfaiyeci Olsam - Büyüyünce Ne Olsam?</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786056702815</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Eğri Gagalı Tavuk - Maceracı Hayvanlar Serisi</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786056702822</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Horozun Sorumluluğu - Maceracı Hayvanlar Serisi</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786059497596</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Okumayı Sevdim Dizisi - Eğlenci Kitaplar (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786059497565</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Atasözü ve Deyim Hikayeleri (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786059497374</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Numaraları Çıkartma Kitabım (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786059497329</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Dalgalı Deniz - Hayalet Avcıları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786059497312</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Dalgalı Deniz - Kutunun Gizemi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>8681149050228</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Dil Kartları 127 Kart</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>8681149050211</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>İspanyolca Dil Kartları 127 Kart</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786059497077</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Deyimlerle Destekli Hikaye Sepeti Serisi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789752742437</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Büyüyünce Ne Olsam? Serisi (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786058294622</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Işık ile Yaz - Üç Boyutlu Dört Mevsim Serisi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786058294646</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Soner ile Sonbahar - Üç Boyutlu Dört Mevsim Serisi</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786058294615</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>İlknur ile İlkbahar - Üç Boyutlu Dört Mevsim Serisi</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786058294660</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Hayvanlar - Üç Boyutlu Bilgi Serisi</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
           <t>9786058294653</t>
         </is>
       </c>
-      <c r="B141" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Uzay - Üç Boyutlu Bilgi Serisi</t>
         </is>
       </c>
-      <c r="C141" s="1">
-        <v>90</v>
+      <c r="C162" s="1">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>