--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,2455 +85,2590 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757140979</t>
+          <t>9786256044180</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Yarışa Hazırlık</t>
+          <t>3D Şaşırtıcı Bilgiler - İlginç Böcekler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059497336</t>
+          <t>9786256044203</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Numaralı Çıkartma Kitabım 1. Kitap</t>
+          <t>3D Şaşırtıcı Bilgiler - Dinozorlar Dünyası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059497343</t>
+          <t>9786256044197</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Numaralı Çıkartma Kitabım 2. Kitap</t>
+          <t>3D Şaşırtıcı Bilgiler - Sonsuz Evren</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059497350</t>
+          <t>9786256044210</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Numaralı Çıkartma Kitabım 3. Kitap</t>
+          <t>3D Şaşırtıcı Bilgiler - Hızlı Arabalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058294639</t>
+          <t>9786256044227</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Kış - Üç Boyutlu Dört Mevsim Serisi</t>
+          <t>3D Şaşırtıcı Bilgiler - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058294684</t>
+          <t>9786256044234</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Sincaplar</t>
+          <t>3D Şaşırtıcı Bilgiler - Muhteşem Yağmur Ormanı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059497855</t>
+          <t>9786256044265</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ezineli Yahya Çavuş</t>
+          <t>3D Şaşırtıcı Bilgiler - Garip Ama Harika</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059497886</t>
+          <t>9786256044241</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nusret Mayın Gemisi</t>
+          <t>3D Şaşırtıcı Bilgiler - Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757140153</t>
+          <t>9786256044258</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım – Tırtılın Sürprizi</t>
+          <t>3D Şaşırtıcı Bilgiler - Su Altı Canlıları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059497862</t>
+          <t>9789757140979</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı</t>
+          <t>Genç Türkçe Yolcuları - Yarışa Hazırlık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059497541</t>
+          <t>9786059497336</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yatağımın Altındaki Canavar - Okumayı Sevdim Dizisi</t>
+          <t>Numaralı Çıkartma Kitabım 1. Kitap</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059497510</t>
+          <t>9786059497343</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Dinozorlar - Okumayı Sevdim Dizisi</t>
+          <t>Numaralı Çıkartma Kitabım 2. Kitap</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059497503</t>
+          <t>9786059497350</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aleyna’nın Dinozor Arkadaşı – Okumayı Sevdim Dizisi</t>
+          <t>Numaralı Çıkartma Kitabım 3. Kitap</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059497480</t>
+          <t>9786058294639</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İşe Yaramayan Robot - Okumayı Sevdim Dizisi</t>
+          <t>Kerem ile Kış - Üç Boyutlu Dört Mevsim Serisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059497558</t>
+          <t>9786058294684</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Canavarı – Okumayı Sevdim Dizisi</t>
+          <t>Sevimli Sincaplar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757140252</t>
+          <t>9786059497855</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Remzi’nin Robotları – Okumayı Sevdim Dizisi</t>
+          <t>Ezineli Yahya Çavuş</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757140306</t>
+          <t>9786059497886</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zıp Zıp Yemek Pişiriyor</t>
+          <t>Nusret Mayın Gemisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059497992</t>
+          <t>9789757140153</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yıl 2300 Uzaydayız - Arya ve Ayaz 5</t>
+          <t>Meraklı Takım – Tırtılın Sürprizi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757140047</t>
+          <t>9786059497862</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dinazorlar Zamanı - Arya ve Ayaz 2</t>
+          <t>Seyit Onbaşı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059497022</t>
+          <t>9786059497541</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Tumtum - Hikaye Sepeti Serisi 6</t>
+          <t>Yatağımın Altındaki Canavar - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058294677</t>
+          <t>9786059497510</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Pırpır Kuş - Hikaye Sepeti Serisi 1</t>
+          <t>Görünmez Dinozorlar - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757140115</t>
+          <t>9786059497503</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Aleyna’nın Dinozor Arkadaşı – Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>168</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059497619</t>
+          <t>9786059497480</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Hayat Bilgisi Ne Kolay</t>
+          <t>İşe Yaramayan Robot - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>88</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059497640</t>
+          <t>9786059497558</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2.Sınıf Matematik Ne Kolay</t>
+          <t>Çikolata Canavarı – Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>154</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757140221</t>
+          <t>9789757140252</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Çek-Kopar Ne Kolay Çalışma Testleri</t>
+          <t>Remzi’nin Robotları – Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256044173</t>
+          <t>9789757140306</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Dev Boyama Yol Arabaları</t>
+          <t>Zıp Zıp Yemek Pişiriyor</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256044166</t>
+          <t>9786059497992</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Dev Boyama Yarış Arabaları</t>
+          <t>Yıl 2300 Uzaydayız - Arya ve Ayaz 5</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256044135</t>
+          <t>9789757140047</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler / Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Dinazorlar Zamanı - Arya ve Ayaz 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256044159</t>
+          <t>9786059497022</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji / Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Köstebek Tumtum - Hikaye Sepeti Serisi 6</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256044142</t>
+          <t>9786058294677</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Spor / Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>Pırpır Kuş - Hikaye Sepeti Serisi 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757140832</t>
+          <t>9789757140115</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Enerji ve Mühendislik - Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>2.Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>168</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752742307</t>
+          <t>9786059497619</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Astronot Olsam - Büyüyünce Ne Olsam?</t>
+          <t>2.Sınıf Hayat Bilgisi Ne Kolay</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>27</v>
+        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256044111</t>
+          <t>9786059497640</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi Takım</t>
+          <t>2.Sınıf Matematik Ne Kolay</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>550</v>
+        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256044104</t>
+          <t>9789757140221</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -10 Sağlıklı Yaşam</t>
+          <t>2. Sınıf Tüm Dersler Çek-Kopar Ne Kolay Çalışma Testleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256044098</t>
+          <t>9786256044173</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -9 Dünyanın Merkezine Yolculuk</t>
+          <t>Ferrari Dev Boyama Yol Arabaları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>55</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256044081</t>
+          <t>9786256044166</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -8 Işığa Doğru</t>
+          <t>Ferrari Dev Boyama Yarış Arabaları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>55</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256044074</t>
+          <t>9786256044135</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -7 Elektriğin Serüveni</t>
+          <t>Doğal Afetler / Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256044067</t>
+          <t>9786256044159</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -6 Canlılar Dünyası</t>
+          <t>Bilim ve Teknoloji / Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256044050</t>
+          <t>9786256044142</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -5 Hareketli Bir Gün</t>
+          <t>Spor / Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256044043</t>
+          <t>9789757140832</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -4 Bilinçli Tüketiciyim</t>
+          <t>Enerji ve Mühendislik - Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256044036</t>
+          <t>9789752742307</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -3 Duyu Organlarımız</t>
+          <t>Astronot Olsam - Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>55</v>
+        <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256044029</t>
+          <t>9786256044111</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -2 Maddeyi Tanıyalım</t>
+          <t>Genç Bilim Yolcuları Serisi Takım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>55</v>
+        <v>550</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256044012</t>
+          <t>9786256044104</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Genç Bilim Yolcuları Serisi -1 Gezegenimizi Tanıyalım</t>
+          <t>Genç Bilim Yolcuları Serisi -10 Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757140993</t>
+          <t>9786256044098</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Sahilde</t>
+          <t>Genç Bilim Yolcuları Serisi -9 Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757140986</t>
+          <t>9786256044081</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Ormanda Gizli Geçit</t>
+          <t>Genç Bilim Yolcuları Serisi -8 Işığa Doğru</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757140955</t>
+          <t>9786256044074</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Noktalama Dünyası</t>
+          <t>Genç Bilim Yolcuları Serisi -7 Elektriğin Serüveni</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757140948</t>
+          <t>9786256044067</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Deyimler Gezegeni</t>
+          <t>Genç Bilim Yolcuları Serisi -6 Canlılar Dünyası</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757140962</t>
+          <t>9786256044050</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Anı</t>
+          <t>Genç Bilim Yolcuları Serisi -5 Hareketli Bir Gün</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757140917</t>
+          <t>9786256044043</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Sözcükler Çiftliği</t>
+          <t>Genç Bilim Yolcuları Serisi -4 Bilinçli Tüketiciyim</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757140900</t>
+          <t>9786256044036</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Harfler Yarışıyor</t>
+          <t>Genç Bilim Yolcuları Serisi -3 Duyu Organlarımız</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757140924</t>
+          <t>9786256044029</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Cümle Kapısı</t>
+          <t>Genç Bilim Yolcuları Serisi -2 Maddeyi Tanıyalım</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757140931</t>
+          <t>9786256044012</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Genç Türkçe Yolcuları - Anlam Denizi</t>
+          <t>Genç Bilim Yolcuları Serisi -1 Gezegenimizi Tanıyalım</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056702860</t>
+          <t>9789757140993</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tazı İle Tavşan - Maceracı Hayvanlar Serisi</t>
+          <t>Genç Türkçe Yolcuları - Sahilde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059497459</t>
+          <t>9789757140986</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - Çıkar Ağzında ki Baklayı</t>
+          <t>Genç Türkçe Yolcuları - Ormanda Gizli Geçit</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>8681149050419</t>
+          <t>9789757140955</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Easy Plus English Kelime Kartları</t>
+          <t>Genç Türkçe Yolcuları - Noktalama Dünyası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>98</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>8681149050402</t>
+          <t>9789757140948</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Easy Plus English Kelime Kartları</t>
+          <t>Genç Türkçe Yolcuları - Deyimler Gezegeni</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>98</v>
+        <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>8681149050396</t>
+          <t>9789757140962</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Easy Plus English Kelime Kartları</t>
+          <t>Genç Türkçe Yolcuları - Anı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>98</v>
+        <v>55</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757140030</t>
+          <t>9789757140917</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Genç Türkçe Yolcuları - Sözcükler Çiftliği</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>228</v>
+        <v>55</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757140108</t>
+          <t>9789757140900</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Genç Türkçe Yolcuları - Harfler Yarışıyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>228</v>
+        <v>55</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059497732</t>
+          <t>9789757140924</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Sosyal Bilgiler Ne Kolay</t>
+          <t>Genç Türkçe Yolcuları - Cümle Kapısı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>88</v>
+        <v>55</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059497701</t>
+          <t>9789757140931</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Fen Bilimleri Ne Kolay</t>
+          <t>Genç Türkçe Yolcuları - Anlam Denizi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>88</v>
+        <v>55</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059497718</t>
+          <t>9786056702860</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Türkçe Ne Kolay</t>
+          <t>Tazı İle Tavşan - Maceracı Hayvanlar Serisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>168</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059497695</t>
+          <t>9786059497459</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>4.Sınıf Matematik Ne Kolay</t>
+          <t>Deyim Hikayeleri - Çıkar Ağzında ki Baklayı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059497602</t>
+          <t>8681149050419</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Fen Bilimleri Ne Kolay</t>
+          <t>4. Sınıf Easy Plus English Kelime Kartları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>88</v>
+        <v>98</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059497626</t>
+          <t>8681149050402</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Hayat Bilgisi Ne Kolay</t>
+          <t>3. Sınıf Easy Plus English Kelime Kartları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>88</v>
+        <v>98</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059497664</t>
+          <t>8681149050396</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Türkçe Ne Kolay</t>
+          <t>2. Sınıf Easy Plus English Kelime Kartları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>154</v>
+        <v>98</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059497633</t>
+          <t>9789757140030</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>3.Sınıf Matematik Ne Kolay</t>
+          <t>4.Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>154</v>
+        <v>228</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059497657</t>
+          <t>9789757140108</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Ne Kolay Türkçe</t>
+          <t>3.Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>140</v>
+        <v>228</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757140894</t>
+          <t>9786059497732</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Babam Abdülhamid Han’ın İslam Sevgisi</t>
+          <t>4.Sınıf Sosyal Bilgiler Ne Kolay</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>88</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757140870</t>
+          <t>9786059497701</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Benim Sanatsever Babam Abdülhamid Han</t>
+          <t>4.Sınıf Fen Bilimleri Ne Kolay</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>88</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757140887</t>
+          <t>9786059497718</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Benim Doğasever Babam Abdülhamid Han</t>
+          <t>4.Sınıf Türkçe Ne Kolay</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>168</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789757140863</t>
+          <t>9786059497695</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Fatihi Sultan Alparslan</t>
+          <t>4.Sınıf Matematik Ne Kolay</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757140856</t>
+          <t>9786059497602</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Fatihi Yavuz Sultan Selim</t>
+          <t>3.Sınıf Fen Bilimleri Ne Kolay</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>88</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789757140849</t>
+          <t>9786059497626</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Resimli Ansiklopedi - Bilgisayarlar</t>
+          <t>3.Sınıf Hayat Bilgisi Ne Kolay</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>88</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789757140818</t>
+          <t>9786059497664</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi - Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>3.Sınıf Türkçe Ne Kolay</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789757140825</t>
+          <t>9786059497633</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Evrenimiz - Çocuklar İçin Resimli Ansiklopedi</t>
+          <t>3.Sınıf Matematik Ne Kolay</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757140801</t>
+          <t>9786059497657</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk / Tehlikeli Görev</t>
+          <t>2. Sınıf Ne Kolay Türkçe</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789757140795</t>
+          <t>9789757140894</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Okutan Klasikler</t>
+          <t>Babam Abdülhamid Han’ın İslam Sevgisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757140689</t>
+          <t>9789757140870</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Kahraman, Bisiklet Yarışı (Ciltli)</t>
+          <t>Benim Sanatsever Babam Abdülhamid Han</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789757140672</t>
+          <t>9789757140887</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yolculuk - Yeteneğin Gücü</t>
+          <t>Benim Doğasever Babam Abdülhamid Han</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059497008</t>
+          <t>9789757140863</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Burcunun Bir Günü</t>
+          <t>Anadolu'nun Fatihi Sultan Alparslan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>35</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757140580</t>
+          <t>9789757140856</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sepilok Orangutan Barınağı'nda Bir Gün - Malezya</t>
+          <t>Doğu'nun Fatihi Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789757140573</t>
+          <t>9789757140849</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yellowstone Ulusal Parkı'nda Bir Gün - Amerika</t>
+          <t>Çocuklar İçin Resimli Ansiklopedi - Bilgisayarlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789757140597</t>
+          <t>9789757140818</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Pyrenees Ulusal Parkı'nda Bir Gün - Fransa İspanya</t>
+          <t>Hayvanlar Alemi - Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757140603</t>
+          <t>9789757140825</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Masai Mara Ulusal Parkı'nda Bir Gün - Kenya</t>
+          <t>Evrenimiz - Çocuklar İçin Resimli Ansiklopedi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757140634</t>
+          <t>9789757140801</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Grand Teton Ulusal Parkı'nda Bir Gün - Amerika</t>
+          <t>Gizemli Yolculuk / Tehlikeli Görev</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789757140658</t>
+          <t>9789757140795</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Galapagos Ulusal Parkı'nda Bir Gün - Ekvator</t>
+          <t>Okutan Klasikler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789757140610</t>
+          <t>9789757140689</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kruger Ulusal Parkı'nda Bir Gün - Güney Afrika</t>
+          <t>Şaşkın Kahraman, Bisiklet Yarışı (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757140627</t>
+          <t>9789757140672</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Jim Corbett Ulusal Parkı'nda Bir Gün - Hindistan</t>
+          <t>Gizemli Yolculuk - Yeteneğin Gücü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789757140665</t>
+          <t>9786059497008</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Amazon Yağmur Ormanları'nda Bir Gün - Brezilya</t>
+          <t>Burcunun Bir Günü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789757140641</t>
+          <t>9789757140580</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Girdwood Vahşi Yaşam Parkı'nda Bir Gün - Alaska</t>
+          <t>Sepilok Orangutan Barınağı'nda Bir Gün - Malezya</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>8681149050679</t>
+          <t>9789757140573</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Parklar Dizisi - 10 Kitap Takım</t>
+          <t>Yellowstone Ulusal Parkı'nda Bir Gün - Amerika</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>900</v>
+        <v>90</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059497060</t>
+          <t>9789757140597</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ömer ve İbrahim Dede</t>
+          <t>Pyrenees Ulusal Parkı'nda Bir Gün - Fransa İspanya</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789757140566</t>
+          <t>9789757140603</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Biri - Şaşkın Kahraman (Ciltli)</t>
+          <t>Masai Mara Ulusal Parkı'nda Bir Gün - Kenya</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059497527</t>
+          <t>9789757140634</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Korsanlık Rüyası - Okumayı Sevdim Dizisi</t>
+          <t>Grand Teton Ulusal Parkı'nda Bir Gün - Amerika</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059497534</t>
+          <t>9789757140658</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Korsanın Sonu - Okumayı Sevdim Dizisi</t>
+          <t>Galapagos Ulusal Parkı'nda Bir Gün - Ekvator</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059497473</t>
+          <t>9789757140610</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - Atı Alan Üsküdar'ı Geçti</t>
+          <t>Kruger Ulusal Parkı'nda Bir Gün - Güney Afrika</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059497428</t>
+          <t>9789757140627</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Ayağını Yorganına Göre Uzat</t>
+          <t>Jim Corbett Ulusal Parkı'nda Bir Gün - Hindistan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059497404</t>
+          <t>9789757140665</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Yorgan Gitti Kavga Bitti</t>
+          <t>Amazon Yağmur Ormanları'nda Bir Gün - Brezilya</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059497398</t>
+          <t>9789757140641</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Kelin İlacı Olsa Başına Sürer</t>
+          <t>Girdwood Vahşi Yaşam Parkı'nda Bir Gün - Alaska</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059497381</t>
+          <t>8681149050679</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Körle Yatan Şaşı Kalkar</t>
+          <t>Ulusal Parklar Dizisi - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>55</v>
+        <v>900</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059497411</t>
+          <t>9786059497060</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Hikayeleri - Sabreden Derviş Muradına Ermiş</t>
+          <t>Ömer ve İbrahim Dede</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059497442</t>
+          <t>9789757140566</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - İpe Un Sermek</t>
+          <t>İçimizden Biri - Şaşkın Kahraman (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>55</v>
+        <v>290</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059497435</t>
+          <t>9786059497527</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - Dereyi Görmeden Paçayı Sıvamak</t>
+          <t>Korsanlık Rüyası - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757140214</t>
+          <t>9786059497534</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yılan Var! - Meraklı Takım 9</t>
+          <t>Korsanın Sonu - Okumayı Sevdim Dizisi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789757140184</t>
+          <t>9786059497473</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Momi'nin Telaşı - Meraklı Takım 1</t>
+          <t>Deyim Hikayeleri - Atı Alan Üsküdar'ı Geçti</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059497466</t>
+          <t>9786059497428</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Deyim Hikayeleri - Dananın Kuyruğu Koptu</t>
+          <t>Atasözü Hikayeleri - Ayağını Yorganına Göre Uzat</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789757140146</t>
+          <t>9786059497404</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Karıncaların Dersi</t>
+          <t>Atasözü Hikayeleri - Yorgan Gitti Kavga Bitti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059497015</t>
+          <t>9786059497398</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Elif Gitar Çalıyor</t>
+          <t>Atasözü Hikayeleri - Kelin İlacı Olsa Başına Sürer</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058294691</t>
+          <t>9786059497381</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Yaz Tatili</t>
+          <t>Atasözü Hikayeleri - Körle Yatan Şaşı Kalkar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059497039</t>
+          <t>9786059497411</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ormanı</t>
+          <t>Atasözü Hikayeleri - Sabreden Derviş Muradına Ermiş</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059497046</t>
+          <t>9786059497442</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Temel Moss</t>
+          <t>Deyim Hikayeleri - İpe Un Sermek</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059497053</t>
+          <t>9786059497435</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tolga ile Duman</t>
+          <t>Deyim Hikayeleri - Dereyi Görmeden Paçayı Sıvamak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059497893</t>
+          <t>9789757140214</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Bombacı</t>
+          <t>Eyvah Yılan Var! - Meraklı Takım 9</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059497879</t>
+          <t>9789757140184</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üsteğmen Ali Rıza</t>
+          <t>Momi'nin Telaşı - Meraklı Takım 1</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789757140160</t>
+          <t>9786059497466</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Yeni Dostumuz</t>
+          <t>Deyim Hikayeleri - Dananın Kuyruğu Koptu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789757140122</t>
+          <t>9789757140146</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Geçmeyen Kaşıntı</t>
+          <t>Karıncaların Dersi</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789757140207</t>
+          <t>9786059497015</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Göldeki Ördek</t>
+          <t>Elif Gitar Çalıyor</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789757140177</t>
+          <t>9786058294691</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Plansız Yağmur</t>
+          <t>Güzel Bir Yaz Tatili</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789757140139</t>
+          <t>9786059497039</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Saklambaç</t>
+          <t>Sevgi Ormanı</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789757140191</t>
+          <t>9786059497046</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım - Arkadaşım Nerede?</t>
+          <t>Temel Moss</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059497671</t>
+          <t>9786059497053</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çek-Kopar Pekiştir Ne Kolay 2. Sınıf</t>
+          <t>Tolga ile Duman</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>116</v>
+        <v>35</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789757140269</t>
+          <t>9786059497893</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahraman Lulu</t>
+          <t>Gönüllü Bombacı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789757140283</t>
+          <t>9786059497879</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Bobo</t>
+          <t>Üsteğmen Ali Rıza</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789757140290</t>
+          <t>9789757140160</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tobi Kükremeyi Öğreniyor</t>
+          <t>Meraklı Takım - Yeni Dostumuz</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789757140276</t>
+          <t>9789757140122</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Pisi’nin Bahçesi</t>
+          <t>Meraklı Takım - Geçmeyen Kaşıntı</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>8681149050617</t>
+          <t>9789757140207</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mini Hayvan Hikayeleri (5 Kitap Takım)</t>
+          <t>Meraklı Takım - Göldeki Ördek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>175</v>
+        <v>35</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>8681149050440</t>
+          <t>9789757140177</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Arya ve Ayaz (10 Kitap Kutulu)</t>
+          <t>Meraklı Takım - Plansız Yağmur</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>550</v>
+        <v>35</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>8681149050457</t>
+          <t>9789757140139</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Takım Serisi (10 Kitap Takım)</t>
+          <t>Meraklı Takım - Saklambaç</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789757140009</t>
+          <t>9789757140191</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mağara Hayatı - Arya ve Ayaz 3</t>
+          <t>Meraklı Takım - Arkadaşım Nerede?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789757140016</t>
+          <t>9786059497671</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Bizimdir - Arya ve Ayaz 6</t>
+          <t>Çek-Kopar Pekiştir Ne Kolay 2. Sınıf</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>55</v>
+        <v>116</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789757140023</t>
+          <t>9789757140269</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dur Yolcu - Arya ve Ayaz 10</t>
+          <t>Küçük Kahraman Lulu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789757140054</t>
+          <t>9789757140283</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Denizin Efendileri - Arya ve Ayaz 9</t>
+          <t>Şampiyon Bobo</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789757140061</t>
+          <t>9789757140290</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir - Arya ve Ayaz 8</t>
+          <t>Tobi Kükremeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789757140078</t>
+          <t>9789757140276</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Özel Adam - Arya ve Ayaz 7</t>
+          <t>Pisi’nin Bahçesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789757140085</t>
+          <t>8681149050617</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır - Arya ve Ayaz 4</t>
+          <t>Mini Hayvan Hikayeleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>55</v>
+        <v>175</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059497985</t>
+          <t>8681149050440</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zaman Pelerini - Arya ve Ayaz 1</t>
+          <t>Arya ve Ayaz (10 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>55</v>
+        <v>550</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059497978</t>
+          <t>8681149050457</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atlas</t>
+          <t>Meraklı Takım Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059497909</t>
+          <t>9789757140009</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Kahramanları Seti (5 Kitap Takım)</t>
+          <t>Mağara Hayatı - Arya ve Ayaz 3</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752743946</t>
+          <t>9789757140016</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Orman Takımı - Momi Tuti ve Zuzi</t>
+          <t>İstanbul Bizimdir - Arya ve Ayaz 6</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>440</v>
+        <v>55</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059497916</t>
+          <t>9789757140023</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İlginç Hayvanlar (3 Boyutlu Gözlük İle)</t>
+          <t>Dur Yolcu - Arya ve Ayaz 10</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059497367</t>
+          <t>9789757140054</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Numaralı Çıkartma Kitabım 4. Kitap</t>
+          <t>Denizin Efendileri - Arya ve Ayaz 9</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059497831</t>
+          <t>9789757140061</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>En Güçlü Spor Arabalar - Ferrari Çıkartma Kitabı</t>
+          <t>Davetsiz Misafir - Arya ve Ayaz 8</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059497848</t>
+          <t>9789757140078</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Scuderia Ferrari Arabaları - Ferrari Çıkartma Kitabı</t>
+          <t>Birkaç Özel Adam - Arya ve Ayaz 7</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752742321</t>
+          <t>9789757140085</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Olsam - Büyüyünce Ne Olsam?</t>
+          <t>Antik Mısır - Arya ve Ayaz 4</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>27</v>
+        <v>55</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786056702815</t>
+          <t>9786059497985</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eğri Gagalı Tavuk - Maceracı Hayvanlar Serisi</t>
+          <t>Zaman Pelerini - Arya ve Ayaz 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786056702822</t>
+          <t>9786059497978</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Horozun Sorumluluğu - Maceracı Hayvanlar Serisi</t>
+          <t>Çocuklar İçin Atlas</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>20</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059497596</t>
+          <t>9786059497909</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Sevdim Dizisi - Eğlenci Kitaplar (10 Kitap)</t>
+          <t>Çanakkale Kahramanları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059497565</t>
+          <t>9789752743946</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Atasözü ve Deyim Hikayeleri (10 Kitap Takım)</t>
+          <t>Sevimli Orman Takımı - Momi Tuti ve Zuzi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059497374</t>
+          <t>9786059497916</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Numaraları Çıkartma Kitabım (4 Kitap Takım)</t>
+          <t>İlginç Hayvanlar (3 Boyutlu Gözlük İle)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059497329</t>
+          <t>9786059497367</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dalgalı Deniz - Hayalet Avcıları (Ciltli)</t>
+          <t>Numaralı Çıkartma Kitabım 4. Kitap</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059497312</t>
+          <t>9786059497831</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dalgalı Deniz - Kutunun Gizemi (Ciltli)</t>
+          <t>En Güçlü Spor Arabalar - Ferrari Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>8681149050228</t>
+          <t>9786059497848</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Arapça Dil Kartları 127 Kart</t>
+          <t>Müthiş Scuderia Ferrari Arabaları - Ferrari Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>8681149050211</t>
+          <t>9789752742321</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Dil Kartları 127 Kart</t>
+          <t>İtfaiyeci Olsam - Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>27</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059497077</t>
+          <t>9786056702815</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerle Destekli Hikaye Sepeti Serisi (10 Kitap Takım)</t>
+          <t>Eğri Gagalı Tavuk - Maceracı Hayvanlar Serisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752742437</t>
+          <t>9786056702822</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olsam? Serisi (6 Kitap Takım)</t>
+          <t>Horozun Sorumluluğu - Maceracı Hayvanlar Serisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>138</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058294622</t>
+          <t>9786059497596</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Işık ile Yaz - Üç Boyutlu Dört Mevsim Serisi</t>
+          <t>Okumayı Sevdim Dizisi - Eğlenci Kitaplar (10 Kitap)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058294646</t>
+          <t>9786059497565</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Soner ile Sonbahar - Üç Boyutlu Dört Mevsim Serisi</t>
+          <t>Atasözü ve Deyim Hikayeleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058294615</t>
+          <t>9786059497374</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İlknur ile İlkbahar - Üç Boyutlu Dört Mevsim Serisi</t>
+          <t>Numaraları Çıkartma Kitabım (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786058294660</t>
+          <t>9786059497329</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar - Üç Boyutlu Bilgi Serisi</t>
+          <t>Dalgalı Deniz - Hayalet Avcıları (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
+          <t>9786059497312</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Dalgalı Deniz - Kutunun Gizemi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>8681149050228</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Arapça Dil Kartları 127 Kart</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>8681149050211</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>İspanyolca Dil Kartları 127 Kart</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786059497077</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Deyimlerle Destekli Hikaye Sepeti Serisi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789752742437</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Büyüyünce Ne Olsam? Serisi (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786058294622</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Işık ile Yaz - Üç Boyutlu Dört Mevsim Serisi</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786058294646</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Soner ile Sonbahar - Üç Boyutlu Dört Mevsim Serisi</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786058294615</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>İlknur ile İlkbahar - Üç Boyutlu Dört Mevsim Serisi</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786058294660</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Hayvanlar - Üç Boyutlu Bilgi Serisi</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
           <t>9786058294653</t>
         </is>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Uzay - Üç Boyutlu Bilgi Serisi</t>
         </is>
       </c>
-      <c r="C162" s="1">
-        <v>100</v>
+      <c r="C171" s="1">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>