--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -124,66 +124,66 @@
         <is>
           <t>9786057333285</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Hz. Aişe</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057333216</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>183</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057333209</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Hz. Peygamber’in (S.A.V) Aile Hayatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>215</v>
+        <v>272</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>3990000019811</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Semerkand Aylık Aile Dergisi Sayı: 185 Şubat 2021</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9771306087002</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
@@ -244,96 +244,96 @@
         <is>
           <t>9786051593395</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bebeğin Güncesi (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786056998690</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Aile Sohbetleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786056998676</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Bu Bebekler Bir Alem</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786056998614</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Evlilik Aynasında</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>228</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786051591537</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Evli Mutlu Huzurlu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>285</v>
+        <v>363</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057333247</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Bebeğime Afiyet Şifa Olsun 2</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057333230</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
@@ -379,421 +379,421 @@
         <is>
           <t>9786057333254</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Bebeğime Afiyet Şifa Olsun 3 Kitap Set</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057333223</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Aile Sohbetleri - 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>308</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786056998683</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Ev Sözlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786056998669</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Herkes Kalsın Sen De Gitme</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786056998645</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Hizmetle Tutunuruz Hayata</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>228</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786056998652</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Saliha Hanımlar 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786056998621</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Biz'li Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786056998638</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>İçimizde Bir Ülke</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786054214600</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Aile Saadeti (Ciltsiz)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>182</v>
+        <v>260</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786056998607</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>218</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786051595139</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Saliha Hanımlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>8697439711984</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Hoşgeldin Bebeğim (4 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>600</v>
+        <v>705</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786051591520</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Evlilik Yolunda Sevgiyle Yürümek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786051590752</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Bize Nezaket Yakışır</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786051594095</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Çocuklar Ne İster Ebevenler Ne Anlar?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786051591759</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Din Eğitiminde İlk Adımlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786051593517</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Gelin Çeyizi - Evliliğe İlk Adımlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786051592091</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Anne Nasihatleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786051591780</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Çocuk Eğitiminde İlk Adımlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786051592541</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>İyilik Garip Kalmasın</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>155</v>
+        <v>228</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786051592367</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Mutlu Yuva</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786051594033</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Akşam Ezanından Önce Evde Olmak</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>155</v>
+        <v>203</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786051595030</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Annemin Yelkeni Olsa Binse de Gelse</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786051595023</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Çocuğun Dünyasında Anne Baba Olmak</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>423</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786051594873</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Söz Meclisten İçeri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786051594828</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Çocuk Eğitiminde Pedagojik Çözümler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786051594934</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Kendini Tanımaya Cesaretin Var Mı?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>