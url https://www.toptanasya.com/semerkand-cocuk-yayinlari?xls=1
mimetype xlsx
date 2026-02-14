--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,2215 +85,2230 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051593487</t>
+          <t>9786051591742</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Taha ve Renkli Dünyası</t>
+          <t>Çarklarla Kur'an Alfabesi Set</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051591858</t>
+          <t>9786051593487</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Besmele - Boyuyorum ve Öğreniyorum 3</t>
+          <t>Taha ve Renkli Dünyası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8697439711137</t>
+          <t>9786051591858</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hikayeleri 10 Kitap Set</t>
+          <t>Besmele - Boyuyorum ve Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>900</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051594422</t>
+          <t>8697439711137</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hikayeler Serisi Takım</t>
+          <t>Çiftlik Hikayeleri 10 Kitap Set</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055207434</t>
+          <t>9786051594422</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Yaşıyorum - Küçük Müslüman</t>
+          <t>Mutlu Hikayeler Serisi Takım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055078157</t>
+          <t>9786055207434</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Değerli Öyküler Tek Cilt</t>
+          <t>Dinimi Yaşıyorum - Küçük Müslüman</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054214983</t>
+          <t>9786055078157</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Oruç Boyama Kitabı</t>
+          <t>Değerli Öyküler Tek Cilt</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054214440</t>
+          <t>9786054214983</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yusufun Görgü ve Nezaket Kitabı</t>
+          <t>Oruç Boyama Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>145</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051591735</t>
+          <t>9786054214440</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İzci Şendir</t>
+          <t>Yusufun Görgü ve Nezaket Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>95</v>
+        <v>194</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051590721</t>
+          <t>9786051591735</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dua Sandığım</t>
+          <t>İzci Şendir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051590714</t>
+          <t>9786051590721</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cümleli Kolay Elifba Boyama Kitabı</t>
+          <t>Dua Sandığım</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051590370</t>
+          <t>9786051590714</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Masal Ağacı (Ciltli)</t>
+          <t>Cümleli Kolay Elifba Boyama Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051590011</t>
+          <t>9786051590370</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Masal Bulutu (Ciltli)</t>
+          <t>Masal Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000593524</t>
+          <t>9786051590011</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kaşif Çelebi - Yarım Harita</t>
+          <t>Masal Bulutu (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000033956</t>
+          <t>3990000593524</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin İzinde Öykü Seti (12 Kitap)</t>
+          <t>Kaşif Çelebi - Yarım Harita</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>144</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051591261</t>
+          <t>3990000033956</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Maçı</t>
+          <t>Peygamberlerin İzinde Öykü Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>70</v>
+        <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055078911</t>
+          <t>9786051591261</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Kur'an Öğreniyorum 4 Kitap</t>
+          <t>Yüzyılın Maçı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051010120</t>
+          <t>9786055078911</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hacc’a Gitmek</t>
+          <t>Adım Adım Kur'an Öğreniyorum 4 Kitap</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>3.7</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054491933</t>
+          <t>9786051010120</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gül Yüzlü Çocuk Şarkıları</t>
+          <t>Hacc’a Gitmek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>56</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3990000003860</t>
+          <t>9786054491933</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gül Bahçesinden Öyküler (5 Kitap Takım)</t>
+          <t>Gül Yüzlü Çocuk Şarkıları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>20</v>
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054565832</t>
+          <t>3990000003860</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Anne Masalları</t>
+          <t>Gül Bahçesinden Öyküler (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055207304</t>
+          <t>9786054565832</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cuma - Müminlerin Bayramı - Boyama Kitabı</t>
+          <t>Anne Masalları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051592756</t>
+          <t>9786055207304</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sevgilinin Öyküsü (Ciltli)</t>
+          <t>Cuma - Müminlerin Bayramı - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055207496</t>
+          <t>9786051592756</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslamı Öğreniyorum - Küçük Müslüman</t>
+          <t>Sevgilinin Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>430</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051593463</t>
+          <t>9786055207496</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Taha ve İyilik Düşleri</t>
+          <t>İslamı Öğreniyorum - Küçük Müslüman</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051593470</t>
+          <t>9786051593463</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Taha ve Neşeli Hayalleri</t>
+          <t>Taha ve İyilik Düşleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051593319</t>
+          <t>9786051593470</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Medine - Evliya Çelebi Hac Yolunda</t>
+          <t>Taha ve Neşeli Hayalleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051591018</t>
+          <t>9786051593319</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çatpat Profesör ile Ses, Işık ve Materyal Deneyleri</t>
+          <t>Medine - Evliya Çelebi Hac Yolunda</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055207724</t>
+          <t>9786051591018</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Elif'in Oyunu - Doğru Sözlü Olmak</t>
+          <t>Çatpat Profesör ile Ses, Işık ve Materyal Deneyleri</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055207700</t>
+          <t>9786055207724</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Babalar Nasıl Para Kazanır ? - Kanaat</t>
+          <t>Yusuf ile Elif'in Oyunu - Doğru Sözlü Olmak</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051591568</t>
+          <t>9786055207700</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin İzinde (Ciltli)</t>
+          <t>Babalar Nasıl Para Kazanır ? - Kanaat</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>425</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051590967</t>
+          <t>9786051591568</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Osman Abi Napolyon'a Karşı</t>
+          <t>Peygamberlerin İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054491193</t>
+          <t>9786051590967</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kelime-i Şehadet</t>
+          <t>Osman Abi Napolyon'a Karşı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054491599</t>
+          <t>9786054491193</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Zekat Vermek</t>
+          <t>Kelime-i Şehadet</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051590509</t>
+          <t>9786054491599</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman</t>
+          <t>Zekat Vermek</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051591278</t>
+          <t>9786051590509</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ali ve Arkadaşları İlahi Okuyor</t>
+          <t>Peygamberlere İman</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051590851</t>
+          <t>9786051591278</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sabır Öyküsü Hz. Eyyüb</t>
+          <t>Ali ve Arkadaşları İlahi Okuyor</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051590875</t>
+          <t>9786051590851</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tufan Öyküsü Hz. Nuh Aleyhiselam</t>
+          <t>Sabır Öyküsü Hz. Eyyüb</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055455590</t>
+          <t>9786051590875</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberimizin Çocukluğu</t>
+          <t>Tufan Öyküsü Hz. Nuh Aleyhiselam</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>185</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051590882</t>
+          <t>9786055455590</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Öyküsü Hz. Süleyman Aleyhiselam</t>
+          <t>Sevgili Peygamberimizin Çocukluğu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>80</v>
+        <v>185</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051591728</t>
+          <t>9786051590882</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bana Yapamazsın Deme</t>
+          <t>Sultanın Öyküsü Hz. Süleyman Aleyhiselam</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>165</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051590820</t>
+          <t>9786051591728</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Devenin Öyküsü Hz Salih Aleyhiselam</t>
+          <t>Bana Yapamazsın Deme</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054214754</t>
+          <t>9786051590820</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Saat</t>
+          <t>Devenin Öyküsü Hz Salih Aleyhiselam</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054214747</t>
+          <t>9786054214754</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Top</t>
+          <t>Yalancı Saat</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>65</v>
+        <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054214150</t>
+          <t>9786054214747</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil - Kahramanlarımız</t>
+          <t>Şımarık Top</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054214785</t>
+          <t>9786054214150</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Küçük Elma Kurdu</t>
+          <t>Şeyh Şamil - Kahramanlarımız</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054214761</t>
+          <t>9786054214785</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Yiyecekler</t>
+          <t>Küçük Elma Kurdu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>65</v>
+        <v>98</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054214471</t>
+          <t>9786054214761</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinimi Öğreniyorum</t>
+          <t>Konuşan Yiyecekler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>98</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054565719</t>
+          <t>9786054214471</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çatpat Profesör - İyilik Projeleri Boyama Kitabı</t>
+          <t>Güzel Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054214716</t>
+          <t>9786054565719</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Çatpat Profesör - İyilik Projeleri Boyama Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051590998</t>
+          <t>9786054214716</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çatpat Profesör ile Bitki ve Yemek</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051591025</t>
+          <t>9786051590998</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çatpat Profesör ile Su İle Yapılan Deneyler</t>
+          <t>Çatpat Profesör ile Bitki ve Yemek</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051593715</t>
+          <t>9786051591025</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Uyuyabilirim - Kendin Yap</t>
+          <t>Çatpat Profesör ile Su İle Yapılan Deneyler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051593654</t>
+          <t>9786051593715</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kendim Yemek Yiyebilirim - Kendin Yap</t>
+          <t>Yalnız Uyuyabilirim - Kendin Yap</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051593630</t>
+          <t>9786051593654</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Etmeyi Seviyorum - Değerler</t>
+          <t>Kendim Yemek Yiyebilirim - Kendin Yap</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051593531</t>
+          <t>9786051593630</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Abdest Alıp Namaz Kılabiliyorum - Güzel Dinim</t>
+          <t>Teşekkür Etmeyi Seviyorum - Değerler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051593647</t>
+          <t>9786051593531</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yüce Allah'ı Anıyorum - Güzel Dinim</t>
+          <t>Abdest Alıp Namaz Kılabiliyorum - Güzel Dinim</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051593623</t>
+          <t>9786051593647</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Seviyorum - Güzel Dinim</t>
+          <t>Yüce Allah'ı Anıyorum - Güzel Dinim</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051593548</t>
+          <t>9786051593623</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Seviyorum - Değerler</t>
+          <t>Peygamberimi Seviyorum - Güzel Dinim</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051593562</t>
+          <t>9786051593548</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Başımı Örtünce Güzel Oluyorum - Güzel Dinim</t>
+          <t>Ailemi Seviyorum - Değerler</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051590646</t>
+          <t>9786051593562</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum ve Öğreniyorum - 40 Hadis</t>
+          <t>Başımı Örtünce Güzel Oluyorum - Güzel Dinim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051593494</t>
+          <t>9786051590646</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Taha ve Renkli Maceraları</t>
+          <t>Boyuyorum ve Öğreniyorum - 40 Hadis</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051593616</t>
+          <t>9786051593494</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ben Dürüst Bir Çocuğum - Değerler</t>
+          <t>Taha ve Renkli Maceraları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>155</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051593579</t>
+          <t>9786051593616</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ben Kibar Bir Çocuğum - Değerler</t>
+          <t>Ben Dürüst Bir Çocuğum - Değerler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051593586</t>
+          <t>9786051593579</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ben Sabırlı Bir Çocuğum - Değerler</t>
+          <t>Ben Kibar Bir Çocuğum - Değerler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054565771</t>
+          <t>9786051593586</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin Kırım Seyahati - Fırtına</t>
+          <t>Ben Sabırlı Bir Çocuğum - Değerler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054565757</t>
+          <t>9786054565771</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Namaz Boyama Kitabı</t>
+          <t>Evliya Çelebi’nin Kırım Seyahati - Fırtına</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>70</v>
+        <v>213</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054214778</t>
+          <t>9786054565757</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Sandalye ve Baston</t>
+          <t>Namaz Boyama Kitabı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054565887</t>
+          <t>9786054214778</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kelile ile Dimne Karakter Eğitimi Masalları 1</t>
+          <t>Yaşlı Sandalye ve Baston</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>103</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051592138</t>
+          <t>9786054565887</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kelile ile Dimne - Karakter Eğitim Masalları 2</t>
+          <t>Kelile ile Dimne Karakter Eğitimi Masalları 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>145</v>
+        <v>208</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051591209</t>
+          <t>9786051592138</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kar Macerası - Gizemli Maceralar Serisi 3</t>
+          <t>Kelile ile Dimne - Karakter Eğitim Masalları 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054565443</t>
+          <t>9786051591209</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahramanlar Osmanlı’nın Kuruluşunda</t>
+          <t>Kar Macerası - Gizemli Maceralar Serisi 3</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>213</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054214419</t>
+          <t>9786054565443</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Benim Tatil Kitabım</t>
+          <t>Küçük Kahramanlar Osmanlı’nın Kuruluşunda</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054565405</t>
+          <t>9786054214419</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Gülüşleri</t>
+          <t>Benim Tatil Kitabım</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>255</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051590455</t>
+          <t>9786054565405</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ahirete İman</t>
+          <t>Dolunay Gülüşleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>75</v>
+        <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051590899</t>
+          <t>9786051590455</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Öyküsü Hz. Adem Aleyhiselam</t>
+          <t>Ahirete İman</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051591506</t>
+          <t>9786051590899</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dermanın Öyküsü Hz. Lokman Aleyhiselam</t>
+          <t>Yaratılış Öyküsü Hz. Adem Aleyhiselam</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051590844</t>
+          <t>9786051591506</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kuyu Öyküleri Hz. Yusuf Aleyhiselam</t>
+          <t>Dermanın Öyküsü Hz. Lokman Aleyhiselam</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051591865</t>
+          <t>9786051590844</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dost Bahçesi</t>
+          <t>Kuyu Öyküleri Hz. Yusuf Aleyhiselam</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051590462</t>
+          <t>9786051591865</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İman</t>
+          <t>Dost Bahçesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>75</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051591551</t>
+          <t>9786051590462</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Masumun Öyküsü Hz. İsa Aleyhiselam</t>
+          <t>Allah'a İman</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051591391</t>
+          <t>9786051591551</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ali Teravih Namazında</t>
+          <t>Masumun Öyküsü Hz. İsa Aleyhiselam</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051590813</t>
+          <t>9786051591391</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Balığın Öyküsü Hz. Yunus Aleyhiselam</t>
+          <t>Ali Teravih Namazında</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>80</v>
+        <v>135</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051590837</t>
+          <t>9786051590813</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kurban Öyküleri Hz. İbrahim Aleyhiselam</t>
+          <t>Balığın Öyküsü Hz. Yunus Aleyhiselam</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051590806</t>
+          <t>9786051590837</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Asa Öyküsü Hz. Musa</t>
+          <t>Kurban Öyküleri Hz. İbrahim Aleyhiselam</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051591285</t>
+          <t>9786051590806</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ali Kursa Gidiyor</t>
+          <t>Asa Öyküsü Hz. Musa</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051591889</t>
+          <t>9786051591285</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pirenin Cebinden Hoplayan Dev</t>
+          <t>Ali Kursa Gidiyor</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051590868</t>
+          <t>9786051591889</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sapan Öyküsü Hz. Davud Aleyhiselam</t>
+          <t>Pirenin Cebinden Hoplayan Dev</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050010183</t>
+          <t>9786051590868</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Sapan Öyküsü Hz. Davud Aleyhiselam</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051590493</t>
+          <t>9786050010183</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Meleklere İman</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051590479</t>
+          <t>9786051590493</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kader ve Kazaya İman</t>
+          <t>Meleklere İman</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051590486</t>
+          <t>9786051590479</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara İman</t>
+          <t>Kader ve Kazaya İman</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054491476</t>
+          <t>9786051590486</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hacca Gitmek</t>
+          <t>Kitaplara İman</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055455293</t>
+          <t>9786054491476</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmak</t>
+          <t>Hacca Gitmek</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054491278</t>
+          <t>9786055455293</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutmak</t>
+          <t>Namaz Kılmak</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054214143</t>
+          <t>9786054491278</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa</t>
+          <t>Oruç Tutmak</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050010190</t>
+          <t>9786054214143</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Barbaros Hayrettin Paşa</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051591650</t>
+          <t>9786050010190</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Öğreniyorum - Binbir Fikir - Yaz</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051591636</t>
+          <t>9786051591650</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Öğreniyorum - Binbir Fikir - Kış</t>
+          <t>Eğlenerek Öğreniyorum - Binbir Fikir - Yaz</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>75</v>
+        <v>105</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055207311</t>
+          <t>9786051591636</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aşure Günü - Boyama Kitabı</t>
+          <t>Eğlenerek Öğreniyorum - Binbir Fikir - Kış</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>60</v>
+        <v>105</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055207472</t>
+          <t>9786055207311</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İmanı Öğreniyorum - Küçük Müslüman</t>
+          <t>Aşure Günü - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055207717</t>
+          <t>9786055207472</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Yusuf - Affetme</t>
+          <t>İmanı Öğreniyorum - Küçük Müslüman</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055207762</t>
+          <t>9786055207717</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Süleyman'ın Misafirperverliği - Paylaşma</t>
+          <t>Kızgın Yusuf - Affetme</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051591001</t>
+          <t>9786055207762</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çatpat Profesör ile Hava ve Gıda Deneyleri</t>
+          <t>Süleyman'ın Misafirperverliği - Paylaşma</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051592749</t>
+          <t>9786051591001</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Arktika</t>
+          <t>Çatpat Profesör ile Hava ve Gıda Deneyleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051592589</t>
+          <t>9786051592749</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Çocuk - Ömer'in Günlüğü</t>
+          <t>Arktika</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051592107</t>
+          <t>9786051592589</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dost Hazinesi</t>
+          <t>Ejderha Çocuk - Ömer'in Günlüğü</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051590653</t>
+          <t>9786051592107</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahramanlar İstanbul'un Fethinde</t>
+          <t>Dost Hazinesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051590080</t>
+          <t>9786051590653</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dost Kapısı</t>
+          <t>Küçük Kahramanlar İstanbul'un Fethinde</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051592572</t>
+          <t>9786051590080</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Toplar Yere Düşer Hoplar</t>
+          <t>Dost Kapısı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051593432</t>
+          <t>9786051592572</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Zirek'in Maceraları</t>
+          <t>Mini Mini Toplar Yere Düşer Hoplar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051591414</t>
+          <t>9786051593432</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dimne'nin Sonu</t>
+          <t>Zirek'in Maceraları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051591100</t>
+          <t>9786051591414</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yolculuk</t>
+          <t>Dimne'nin Sonu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051591087</t>
+          <t>9786051591100</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Tehlikeli Yolculuk</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051591490</t>
+          <t>9786051591087</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bostan Korkuluğu</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>100</v>
+        <v>268</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051591629</t>
+          <t>9786051591490</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Öğreniyorum - Binbir Fikir - İlkbahar</t>
+          <t>Bostan Korkuluğu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051591643</t>
+          <t>9786051591629</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Öğreniyorum - Binbir Fikir - Sonbahar</t>
+          <t>Eğlenerek Öğreniyorum - Binbir Fikir - İlkbahar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>105</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055207885</t>
+          <t>9786051591643</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Benim Tatil Kitabım</t>
+          <t>Eğlenerek Öğreniyorum - Binbir Fikir - Sonbahar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051591230</t>
+          <t>9786055207885</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ali Mevlid Çekiminde - Receb Ayı ve Regaib Kandili</t>
+          <t>Benim Tatil Kitabım</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051591872</t>
+          <t>9786051591230</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güzel Davranışlarım - Boyuyorum ve Öğreniyorum - 2</t>
+          <t>Ali Mevlid Çekiminde - Receb Ayı ve Regaib Kandili</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051593500</t>
+          <t>9786051591872</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Elhamdülillah - Boyuyorum ve Öğreniyorum 4</t>
+          <t>Güzel Davranışlarım - Boyuyorum ve Öğreniyorum - 2</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055207731</t>
+          <t>9786051593500</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sena Yalnız Yatamıyor - Kendi Yatağında Uyumak</t>
+          <t>Elhamdülillah - Boyuyorum ve Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055207755</t>
+          <t>9786055207731</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Erdem'in Ödevi - Grup Çalışmasının Önemi</t>
+          <t>Sena Yalnız Yatamıyor - Kendi Yatağında Uyumak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055207779</t>
+          <t>9786055207755</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Abdullah'ın Dersi - Yardımlaşma</t>
+          <t>Erdem'in Ödevi - Grup Çalışmasının Önemi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055207793</t>
+          <t>9786055207779</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kim Güçlü? - Öfke Kontrolü</t>
+          <t>Abdullah'ın Dersi - Yardımlaşma</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055207663</t>
+          <t>9786055207793</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dostları Boyama Kitabı - Çatpat Profesör</t>
+          <t>Kim Güçlü? - Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055207786</t>
+          <t>9786055207663</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ahmet'in Yeni Arkadaşı - Sözünde Durmak</t>
+          <t>Hayvan Dostları Boyama Kitabı - Çatpat Profesör</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051593555</t>
+          <t>9786055207786</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarımı Seviyorum - Değerler</t>
+          <t>Ahmet'in Yeni Arkadaşı - Sözünde Durmak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051593678</t>
+          <t>9786051593555</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çöpleri Çöp Kutusuna Atıyorum - Değerler</t>
+          <t>Arkadaşlarımı Seviyorum - Değerler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051593661</t>
+          <t>9786051593678</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Para Biriktirebiliyorum - Değerler</t>
+          <t>Çöpleri Çöp Kutusuna Atıyorum - Değerler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051593593</t>
+          <t>9786051593661</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kumi'yi Seviyorum - Değerler</t>
+          <t>Para Biriktirebiliyorum - Değerler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051593685</t>
+          <t>9786051593593</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kendim Yıkanabilirim - Kendin Yap</t>
+          <t>Kumi'yi Seviyorum - Değerler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055207748</t>
+          <t>9786051593685</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ve Denizyıldızı - Merhamet</t>
+          <t>Kendim Yıkanabilirim - Kendin Yap</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051593609</t>
+          <t>9786055207748</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutabiliyorum - Güzel Dinim</t>
+          <t>Zeynep ve Denizyıldızı - Merhamet</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051593708</t>
+          <t>9786051593609</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklarımı Kendim Toparlayabilirim - Kendin Yap</t>
+          <t>Oruç Tutabiliyorum - Güzel Dinim</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051593692</t>
+          <t>9786051593708</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kendim Giyinebilirim - Kendin Yap</t>
+          <t>Oyuncaklarımı Kendim Toparlayabilirim - Kendin Yap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051593746</t>
+          <t>9786051593692</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Gezmeyi Seviyorum - Kendin Yap</t>
+          <t>Kendim Giyinebilirim - Kendin Yap</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051593739</t>
+          <t>9786051593746</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Doktora Gidecek Kadar Cesurum - Kendin Yap</t>
+          <t>Şehirde Gezmeyi Seviyorum - Kendin Yap</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051593722</t>
+          <t>9786051593739</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Seviyorum - Kendin Yap</t>
+          <t>Doktora Gidecek Kadar Cesurum - Kendin Yap</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051593753</t>
+          <t>9786051593722</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Ödev</t>
+          <t>Kitapları Seviyorum - Kendin Yap</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051590349</t>
+          <t>9786051593753</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Haramilerle</t>
+          <t>En Güzel Ödev</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>123</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055207670</t>
+          <t>9786051590349</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Meslekler Boyama Kitabı - Çatpat Profesör</t>
+          <t>Evliya Çelebi Haramilerle</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055078072</t>
+          <t>9786055207670</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurma Günlüğü</t>
+          <t>Meslekler Boyama Kitabı - Çatpat Profesör</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051592701</t>
+          <t>9786055078072</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerim - Dinim İslam Serisi 2</t>
+          <t>Hayal Kurma Günlüğü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
+          <t>9786051592701</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>İbadetlerim - Dinim İslam Serisi 2</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
           <t>9786051592695</t>
         </is>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>İtikadım - Dinim İslam Serisi 1</t>
         </is>
       </c>
-      <c r="C146" s="1">
-        <v>200</v>
+      <c r="C147" s="1">
+        <v>325</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>