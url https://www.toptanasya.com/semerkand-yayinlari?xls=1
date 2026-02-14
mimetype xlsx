--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,7450 +85,7510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051596587</t>
+          <t>9786051596945</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gavsı Sani Şeyh Seyyid Abdülbaki El-Hüseyni (k.s.) Sohbetler - 2 (Ciltli)</t>
+          <t>Hikmet Deryası (3 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051596235</t>
+          <t>9786055207229</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 6. Cilt (Ciltli)</t>
+          <t>Sekiz Şart ve Adabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>730</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051596679</t>
+          <t>9786051594835</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Beş Aynası</t>
+          <t>Asr-ı Saadet Şehidleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051596136</t>
+          <t>9786051596907</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Öfke Ateşi</t>
+          <t>Tarikat-ı Muhammediyye (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>850</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9783957070043</t>
+          <t>9786051596587</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fraunfragen Zu Besonderen Tagen</t>
+          <t>Gavsı Sani Şeyh Seyyid Abdülbaki El-Hüseyni (k.s.) Sohbetler - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051595832</t>
+          <t>9786051596235</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Misvak</t>
+          <t>İhyau Ulumiddin 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>95</v>
+        <v>730</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8697439711892</t>
+          <t>9786051596679</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yasini Şerif (Cep Boy, Beyaz, Ciltli)</t>
+          <t>Hakikatin Beş Aynası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054491223</t>
+          <t>9786051596136</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilere Altın Öğütler</t>
+          <t>Öfke Ateşi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054214235</t>
+          <t>9783957070043</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Gemisi Ehl-i Beyt</t>
+          <t>Fraunfragen Zu Besonderen Tagen</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051590554</t>
+          <t>9786051595832</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Sohbetleri (2 Cilt Takım) (Ciltli)</t>
+          <t>Misvak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>920</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055207656</t>
+          <t>8697439711892</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İman Cevherleri</t>
+          <t>Yasini Şerif (Cep Boy, Beyaz, Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>50</v>
+        <v>355</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054491056</t>
+          <t>9786054491223</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Amel</t>
+          <t>Yöneticilere Altın Öğütler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>115</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051590035</t>
+          <t>9786054214235</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hekal Kazanç</t>
+          <t>Kurtuluş Gemisi Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051596860</t>
+          <t>9786051590554</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Edep ve Ahlak (Ciltli)</t>
+          <t>Tasavvuf Sohbetleri (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>725</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051596815</t>
+          <t>9786055207656</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulumi'd Din 11. Ciit (Ciltli)</t>
+          <t>İman Cevherleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>700</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051596808</t>
+          <t>9786054491056</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulumi'd Din 10. Cilt (Ciltli)</t>
+          <t>İlim ve Amel</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>730</v>
+        <v>168</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051596754</t>
+          <t>9786051590035</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulumi'd Din 9. Cilt (Ciltli)</t>
+          <t>Hekal Kazanç</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>730</v>
+        <v>198</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051596747</t>
+          <t>9786051596860</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulumi'd Din 8. Cilt (Ciltli)</t>
+          <t>Hadislerle Edep ve Ahlak (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>730</v>
+        <v>725</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051595474</t>
+          <t>9786051596815</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 11 Cilt Özel Kutulu</t>
+          <t>İhyaü Ulumi'd Din 11. Ciit (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>8000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>8682476384512</t>
+          <t>9786051596808</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 40 Kitap Özel Kutulu</t>
+          <t>İhyaü Ulumi'd Din 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>8000</v>
+        <v>730</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>8697439711496</t>
+          <t>9786051596754</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mushafı Şerif Rahle Boy Taşlı (Ciltli)</t>
+          <t>İhyaü Ulumi'd Din 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1250</v>
+        <v>730</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4440000001860</t>
+          <t>9786051596747</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 277 Ocak 2022</t>
+          <t>İhyaü Ulumi'd Din 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>730</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000001859</t>
+          <t>9786051595474</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 49 Haziran 2022</t>
+          <t>İhyau Ulumiddin 11 Cilt Özel Kutulu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>30</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051595283</t>
+          <t>8682476384512</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadetler Fıkhı Namaz Kitabı</t>
+          <t>İhyau Ulumiddin 40 Kitap Özel Kutulu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051594316</t>
+          <t>8697439711496</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadetler Fıkıhı Temizlik Kitabı</t>
+          <t>Mushafı Şerif Rahle Boy Taşlı (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>8697439711182</t>
+          <t>4440000001860</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat Cep Boy Beyaz Kapak</t>
+          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 277 Ocak 2022</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>345</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051933238</t>
+          <t>4440000001859</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy - Pembe Kapak (Ciltli)</t>
+          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 49 Haziran 2022</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750127298</t>
+          <t>9786051595283</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mushafı Şerif Hatim Cüzü Çantalı (Ciltli)</t>
+          <t>İslam İbadetler Fıkhı Namaz Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055455675</t>
+          <t>9786051594316</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet İnancı</t>
+          <t>İslam İbadetler Fıkıhı Temizlik Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055455002</t>
+          <t>8697439711182</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kısa Surelerin Tefsiri</t>
+          <t>Delailül Hayrat Cep Boy Beyaz Kapak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>155</v>
+        <v>405</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055207281</t>
+          <t>9786051933238</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Arifler Yolunun Edepleri (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy - Pembe Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055207274</t>
+          <t>9789750127298</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle İslam Akaidi</t>
+          <t>Mushafı Şerif Hatim Cüzü Çantalı (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054565337</t>
+          <t>9786055455675</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nurda Tasavvuf</t>
+          <t>Ehl-i Sünnet İnancı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054491902</t>
+          <t>9786055455002</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sevgili'nin Yol Arkadaşı Hz. Ebu Bekir</t>
+          <t>Kısa Surelerin Tefsiri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054491124</t>
+          <t>9786055207281</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mushafı Şerif Cami Boy 5 Renk (Ciltli)</t>
+          <t>Arifler Yolunun Edepleri (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054214228</t>
+          <t>9786055207274</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>En Çok Okunan Aşırlar ve Kısa Sureler (Kartlar)</t>
+          <t>Delilleriyle İslam Akaidi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054214099</t>
+          <t>9786054565337</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Minah</t>
+          <t>Risale-i Nurda Tasavvuf</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051595528</t>
+          <t>9786054491902</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zekat Paketi 3 Kitap</t>
+          <t>Sevgili'nin Yol Arkadaşı Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051595412</t>
+          <t>9786054491124</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin 3 Cilt Özel Tasarım - Lila (Ciltli)</t>
+          <t>Mushafı Şerif Cami Boy 5 Renk (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>2250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051595405</t>
+          <t>9786054214228</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin 3 Cilt Özel Tasarım-Taba (Ciltli)</t>
+          <t>En Çok Okunan Aşırlar ve Kısa Sureler (Kartlar)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>2250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051594217</t>
+          <t>9786054214099</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aile İlmihali Dersleri</t>
+          <t>Minah</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051594200</t>
+          <t>9786051595528</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dini Hitabet Dersleri</t>
+          <t>Zekat Paketi 3 Kitap</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051592312</t>
+          <t>9786051595412</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Akaid Fıkıh Tasavvuf</t>
+          <t>Riyazüs Salihin 3 Cilt Özel Tasarım - Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051592190</t>
+          <t>9786051595405</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Marifet Hazinesi Ciltli Gencine i Maarif</t>
+          <t>Riyazüs Salihin 3 Cilt Özel Tasarım-Taba (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051592046</t>
+          <t>9786051594217</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Metodu Olarak Rabıta</t>
+          <t>Aile İlmihali Dersleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>166</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051591247</t>
+          <t>9786051594200</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mushafı Şerif Hatim Cüzü Karton Kutulu</t>
+          <t>Dini Hitabet Dersleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>700</v>
+        <v>292</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9783957079817</t>
+          <t>9786051592312</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Weigweiser Für Den Neün Muslim</t>
+          <t>Dini Bilgiler Akaid Fıkıh Tasavvuf</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9783957079800</t>
+          <t>9786051592190</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Das Siegel Der Propheten</t>
+          <t>Marifet Hazinesi Ciltli Gencine i Maarif</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>212</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9783957070999</t>
+          <t>9786051592046</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Esmaul Husna</t>
+          <t>Tasavvuf Metodu Olarak Rabıta</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>93</v>
+        <v>166</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9783957070906</t>
+          <t>9786051591247</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Esmaa Oel Hoesnaa</t>
+          <t>Mushafı Şerif Hatim Cüzü Karton Kutulu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>6</v>
+        <v>700</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9783957070111</t>
+          <t>9783957079817</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aqıdeh</t>
+          <t>Weigweiser Für Den Neün Muslim</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9783957070104</t>
+          <t>9783957079800</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dıe Pforte Der Reue (Ciltli)</t>
+          <t>Muhammed Das Siegel Der Propheten</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>212</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9783957070074</t>
+          <t>9783957070999</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Der İslam</t>
+          <t>Esmaul Husna</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>115</v>
+        <v>93</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9783957070050</t>
+          <t>9783957070906</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Halal Und Haram</t>
+          <t>Esmaa Oel Hoesnaa</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>110</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9783957070005</t>
+          <t>9783957070111</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Der Vollendete Wegweiser</t>
+          <t>Aqıdeh</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>44</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055207540</t>
+          <t>9783957070104</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat (Çanta Boy Mor Kapak) (Ciltli)</t>
+          <t>Dıe Pforte Der Reue (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789958665189</t>
+          <t>9783957070074</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dva Cvijeta Ljubavi</t>
+          <t>Der İslam</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>12</v>
+        <v>115</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789958665172</t>
+          <t>9783957070050</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Lejla I Medznun</t>
+          <t>Halal Und Haram</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>17</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054565740</t>
+          <t>9783957070005</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Cami Boy) (Ciltli)</t>
+          <t>Der Vollendete Wegweiser</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>750</v>
+        <v>44</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051593234</t>
+          <t>9786055207540</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Cep Boy, Kahverengi Kapak) (Ciltli)</t>
+          <t>Delailü'l Hayrat (Çanta Boy Mor Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051593241</t>
+          <t>9789958665189</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Cep Boy, Lacivert Kapak)</t>
+          <t>Dva Cvijeta Ljubavi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>320</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054491575</t>
+          <t>9789958665172</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Orta Boy 5 Farklı Renkte) (Ciltli)</t>
+          <t>Lejla I Medznun</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>450</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051592916</t>
+          <t>9786054565740</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yürü Huzura</t>
+          <t>Kuranı Kerim (Cami Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054565009</t>
+          <t>9786051593234</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Behcetü's Seniyye</t>
+          <t>Kuranı Kerim (Cep Boy, Kahverengi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>355</v>
+        <v>320</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051591667</t>
+          <t>9786051593241</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İlm-i Kelam Dersleri (Ciltli)</t>
+          <t>Kuranı Kerim (Cep Boy, Lacivert Kapak)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>465</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051592053</t>
+          <t>9786054491575</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Namazım Huzurum</t>
+          <t>Kuranı Kerim (Orta Boy 5 Farklı Renkte) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051593944</t>
+          <t>9786051592916</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Baharistan</t>
+          <t>Yürü Huzura</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051594866</t>
+          <t>9786054565009</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Tacı (Tacü'l-Arus)</t>
+          <t>Behcetü's Seniyye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>135</v>
+        <v>355</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051592015</t>
+          <t>9786051591667</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayatü's Sahabe Cilt: 2 (Ciltli)</t>
+          <t>Açıklamalı İlm-i Kelam Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>56.25</v>
+        <v>590</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000051665</t>
+          <t>9786051592053</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hayatü's Sahabe Cilt: 3 (Ciltli)</t>
+          <t>Namazım Huzurum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>56.25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>3990000051664</t>
+          <t>9786051593944</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hayatü's Sahabe Cilt: 4 (Ciltli)</t>
+          <t>Baharistan</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>56.25</v>
+        <v>257</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000030746</t>
+          <t>9786051594866</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aile Saadeti (Ciltli)</t>
+          <t>Hikmet Tacı (Tacü'l-Arus)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>136</v>
+        <v>188</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055455453</t>
+          <t>9786051592015</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mektubat-ı Rabbani 2. Cilt (Ciltli)</t>
+          <t>Hayatü's Sahabe Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>29.17</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9799756333432</t>
+          <t>3990000051665</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şafii İlmihali (Ciltli)</t>
+          <t>Hayatü's Sahabe Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>20</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055455965</t>
+          <t>3990000051664</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Arifler Yolunun Edebleri</t>
+          <t>Hayatü's Sahabe Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054491407</t>
+          <t>3990000030746</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Öğreniyorum</t>
+          <t>Aile Saadeti (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>65</v>
+        <v>136</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055455446</t>
+          <t>9786055455453</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mektubat-ı Rabbani (3 Cilt Takım) (Ciltli)</t>
+          <t>Mektubat-ı Rabbani 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1700</v>
+        <v>29.17</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051592060</t>
+          <t>9799756333432</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kasrık'ten Geçenler (Ciltli)</t>
+          <t>Büyük Şafii İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>8697439711472</t>
+          <t>9786055455965</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Kuşe, Rahle Boy, Özel Kutulu) (Ciltli)</t>
+          <t>Arifler Yolunun Edebleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>2800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054214372</t>
+          <t>9786054491407</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Rahle Boy, Mavi Kapak) (Ciltli)</t>
+          <t>Kur'an Öğreniyorum</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>510</v>
+        <v>65</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054565733</t>
+          <t>9786055455446</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Rahle Boy, 2 Farklı Renkte) (Ciltli)</t>
+          <t>Mektubat-ı Rabbani (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>420</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9771305468000</t>
+          <t>9786051592060</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Mostar Dergisi Sayı: 191 Ocak 2021</t>
+          <t>Kasrık'ten Geçenler (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>25</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000019011</t>
+          <t>8697439711472</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 33 Şubat 2021</t>
+          <t>Kuranı Kerim (Kuşe, Rahle Boy, Özel Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>25</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051010267</t>
+          <t>9786054214372</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Arifler Yolunun Edepleri (Ciltli)</t>
+          <t>Kuranı Kerim (Rahle Boy, Mavi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>36</v>
+        <v>510</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9783957070128</t>
+          <t>9786054565733</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Zwei Blumen der Liebe</t>
+          <t>Kuranı Kerim (Rahle Boy, 2 Farklı Renkte) (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>20</v>
+        <v>420</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>3999051592008</t>
+          <t>9771305468000</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hayatü's Sahabe Cilt: 1 (Ciltli)</t>
+          <t>Semerkand Mostar Dergisi Sayı: 191 Ocak 2021</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>56.25</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000019078</t>
+          <t>3990000019011</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 266 Şubat 2021</t>
+          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 33 Şubat 2021</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000085280</t>
+          <t>9786051010267</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 269 Mayıs 2021</t>
+          <t>Arifler Yolunun Edepleri (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>25</v>
+        <v>36</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000019090</t>
+          <t>9783957070128</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 267 Mart 2021</t>
+          <t>Zwei Blumen der Liebe</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000019066</t>
+          <t>3999051592008</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Genç Okur Dergisi Sayı: 89 Şubat 2021</t>
+          <t>Hayatü's Sahabe Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>25</v>
+        <v>56.25</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051591315</t>
+          <t>3990000019078</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Envarü'-Aşıkin (Ciltli)</t>
+          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 266 Şubat 2021</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>452</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9772148085003</t>
+          <t>3990000085280</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Genç Okur Dergisi Sayı: 88 Ocak 2021</t>
+          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 269 Mayıs 2021</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3990000019102</t>
+          <t>3990000019090</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 32 Ocak 2021</t>
+          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 267 Mart 2021</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000035784</t>
+          <t>3990000019066</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 36 Mayıs 2021</t>
+          <t>Semerkand Genç Okur Dergisi Sayı: 89 Şubat 2021</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000019088</t>
+          <t>9786051591315</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 34 Mart 2021</t>
+          <t>Envarü'-Aşıkin (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>25</v>
+        <v>452</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000071471</t>
+          <t>9772148085003</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Genç Okur Dergisi Sayı: 92 Mayıs 2021</t>
+          <t>Semerkand Genç Okur Dergisi Sayı: 88 Ocak 2021</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000019002</t>
+          <t>3990000019102</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Genç Okur Dergisi Sayı: 90 Mart 2021</t>
+          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 32 Ocak 2021</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000076339</t>
+          <t>3990000035784</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tenbihü'l-Gafilin 2 Cilt Takım (Ciltli)</t>
+          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 36 Mayıs 2021</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>2789786068715</t>
+          <t>3990000019088</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şlop</t>
+          <t>Semerkand Mavi Fidan Aylık Çocuk Dergisi Sayı: 34 Mart 2021</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>2789786068739</t>
+          <t>3990000071471</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tembel Tekin</t>
+          <t>Semerkand Genç Okur Dergisi Sayı: 92 Mayıs 2021</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051596228</t>
+          <t>3990000019002</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 5. Cilt (Ciltli)</t>
+          <t>Semerkand Genç Okur Dergisi Sayı: 90 Mart 2021</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>730</v>
+        <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051596181</t>
+          <t>3990000076339</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i İrfan Sohbetleri 2 | Yolumuz Ahlâkımız</t>
+          <t>Tenbihü'l-Gafilin 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051595931</t>
+          <t>2789786068715</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkçe El-Minhacü's Seni Adabı Şeyh Seyyid Abdülhakim El-Hüseyni (Ciltli)</t>
+          <t>Şlop</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>800</v>
+        <v>3</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055078737</t>
+          <t>2789786068739</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Prayings Of Rasulullah</t>
+          <t>Tembel Tekin</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>40</v>
+        <v>3</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055455798</t>
+          <t>9786051596228</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Anlamlarıyla Hac ve Umre Duaları (Ciltli)</t>
+          <t>İhyau Ulumiddin 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>125</v>
+        <v>730</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789750127267</t>
+          <t>9786051596181</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Orta Boy, Yeşil Kapak) (Ciltli)</t>
+          <t>Ehl-i İrfan Sohbetleri 2 | Yolumuz Ahlâkımız</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051595634</t>
+          <t>9786051595931</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet (4 Kitap Takım) (Ciltli)</t>
+          <t>Türkçe El-Minhacü's Seni Adabı Şeyh Seyyid Abdülhakim El-Hüseyni (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1770</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259522319</t>
+          <t>9786055078737</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Halleri (Ciltli)</t>
+          <t>Prayings Of Rasulullah</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>645</v>
+        <v>40</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259522326</t>
+          <t>9786055455798</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Nefis Muhasebesi</t>
+          <t>Türkçe Anlamlarıyla Hac ve Umre Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051596600</t>
+          <t>9789750127267</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hatme Duası ve Tövbe Adabı</t>
+          <t>Kuranı Kerim (Orta Boy, Yeşil Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054214648</t>
+          <t>9786051595634</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif</t>
+          <t>Kimya-yı Saadet (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>160</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054565092</t>
+          <t>9786259522319</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Risalesi (er-risaletü’l-tevhid)</t>
+          <t>Sufilerin Halleri (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>75</v>
+        <v>645</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055455774</t>
+          <t>9786259522326</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Temel Şafii İlmihali</t>
+          <t>Nefis Muhasebesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055455583</t>
+          <t>9786051596600</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Temel İnanç Esasları</t>
+          <t>Hatme Duası ve Tövbe Adabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054214198</t>
+          <t>9786054214648</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Nefis Terbiyesi</t>
+          <t>Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055455897</t>
+          <t>9786054565092</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sureler ve Aşırlar</t>
+          <t>Tevhid Risalesi (er-risaletü’l-tevhid)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>88</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054214488</t>
+          <t>9786055455774</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Recep Şaban Ramazan - Müminlerin Baharı</t>
+          <t>Temel Şafii İlmihali</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054565139</t>
+          <t>9786055455583</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin (S.A.V) Hayatı - Mahmudu’s Siyer (Ciltli)</t>
+          <t>Temel İnanç Esasları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>595</v>
+        <v>170</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055455545</t>
+          <t>9786054214198</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>O’nun Güzel Ahlakı</t>
+          <t>Tasavvuf ve Nefis Terbiyesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054491605</t>
+          <t>9786055455897</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Edepleri</t>
+          <t>Sureler ve Aşırlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054491285</t>
+          <t>9786054214488</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Bir Hayat - Bidayetül Hidaye</t>
+          <t>Recep Şaban Ramazan - Müminlerin Baharı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054491087</t>
+          <t>9786054565139</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mürşid ve Mürid Hukuku (Ciltli)</t>
+          <t>Peygamber Efendimizin (S.A.V) Hayatı - Mahmudu’s Siyer (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>665</v>
+        <v>595</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054491346</t>
+          <t>9786055455545</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Alfabesi</t>
+          <t>O’nun Güzel Ahlakı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054214013</t>
+          <t>9786054491605</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hastalıkları 2</t>
+          <t>Müslümanın Edepleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>195</v>
+        <v>88</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054214631</t>
+          <t>9786054491285</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İtikaf - Hayata On Gün Ara</t>
+          <t>Müslümanca Bir Hayat - Bidayetül Hidaye</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054214464</t>
+          <t>9786054491087</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’den Hikmetler</t>
+          <t>Mürşid ve Mürid Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055455019</t>
+          <t>9786054491346</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Edep Ya Hu! (Cilt 1)</t>
+          <t>Kur’an Alfabesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054214174</t>
+          <t>9786054214013</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Kalbin Hastalıkları 2</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054214365</t>
+          <t>9786054214631</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Beşyüz Hadis-i Şerif - Hikmet Goncaları (Ciltli)</t>
+          <t>İtikaf - Hayata On Gün Ara</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>545</v>
+        <v>80</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055455958</t>
+          <t>9786054214464</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile (Ciltli)</t>
+          <t>Hz. Ali’den Hikmetler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>560</v>
+        <v>168</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051593111</t>
+          <t>9786055455019</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 2</t>
+          <t>Edep Ya Hu! (Cilt 1)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051593104</t>
+          <t>9786054214174</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 1</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>338</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051592862</t>
+          <t>9786054214365</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İlim Kapısı</t>
+          <t>Beşyüz Hadis-i Şerif - Hikmet Goncaları (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>370</v>
+        <v>662</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051593449</t>
+          <t>9786055455958</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Temizlik Usulleri</t>
+          <t>Altın Silsile (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>135</v>
+        <v>727</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055455705</t>
+          <t>9786051593111</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 2</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055207694</t>
+          <t>9786051593104</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hz Ömer</t>
+          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 1</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051590028</t>
+          <t>9786051592862</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Müslüman Şahsiyeti</t>
+          <t>İlim Kapısı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>70</v>
+        <v>398</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051592244</t>
+          <t>9786051593449</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yemek Defteri (Ciltli)</t>
+          <t>Temizlik Usulleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054491254</t>
+          <t>9786055455705</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Nakşibend</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055078164</t>
+          <t>9786055207694</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hacegan Sultanları</t>
+          <t>Hz Ömer</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055455750</t>
+          <t>9786051590028</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Sonrası</t>
+          <t>Kırk Hadiste Müslüman Şahsiyeti</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051591773</t>
+          <t>9786051592244</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Tasavvuf</t>
+          <t>Yemek Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055078355</t>
+          <t>9786054491254</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretü'l Evliya (Ciltli)</t>
+          <t>Şah-ı Nakşibend</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054491926</t>
+          <t>9786055078164</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Elli Dört Farz Şerhi (Ciltli)</t>
+          <t>Hacegan Sultanları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>595</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051590639</t>
+          <t>9786055455750</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Güzeli Bulmak (Ciltli)</t>
+          <t>Ölüm ve Sonrası</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055455026</t>
+          <t>9786051591773</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla Tasavvuf (Ciltli)</t>
+          <t>Ehl-i Tasavvuf</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>720</v>
+        <v>368</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051594514</t>
+          <t>9786055078355</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Destanı - 15 Temmuz 2016</t>
+          <t>Tezkiretü'l Evliya (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054214990</t>
+          <t>9786054491926</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yolu</t>
+          <t>Elli Dört Farz Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>130</v>
+        <v>735</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055078775</t>
+          <t>9786051590639</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nefis Kusurları ve Tedavileri</t>
+          <t>Güzeli Bulmak (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>140</v>
+        <v>255</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054491551</t>
+          <t>9786055455026</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Evliyanın Dilinden Abdest ve Guslün Hikmetleri</t>
+          <t>Kaynaklarıyla Tasavvuf (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>70</v>
+        <v>867</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054491490</t>
+          <t>9786051594514</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Evliyanın Dilinden Haccın Hikmetleri</t>
+          <t>Yüzyılın Destanı - 15 Temmuz 2016</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>8697439711458</t>
+          <t>9786054214990</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Orta Boy, Pembe Kapak) (Ciltli)</t>
+          <t>Mutluluk Yolu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055078829</t>
+          <t>9786055078775</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İmam Süyuti ve Tasavvuf - Allah Dostları Serisi 6</t>
+          <t>Nefis Kusurları ve Tedavileri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>165</v>
+        <v>173</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054491131</t>
+          <t>9786054491551</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim (Cep Boy, Yeşil Kapak) (Ciltli)</t>
+          <t>Evliyanın Dilinden Abdest ve Guslün Hikmetleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051593098</t>
+          <t>9786054491490</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gülzar-ı Samini Sohbetler (5 Kitap Takım)</t>
+          <t>Evliyanın Dilinden Haccın Hikmetleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051590974</t>
+          <t>8697439711458</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Esbabü'n Nüzul (Ciltli)</t>
+          <t>Kuranı Kerim (Orta Boy, Pembe Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>630</v>
+        <v>500</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055207687</t>
+          <t>9786055078829</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mahşer Günü</t>
+          <t>İmam Süyuti ve Tasavvuf - Allah Dostları Serisi 6</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>70</v>
+        <v>213</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055207236</t>
+          <t>9786054491131</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Yasini Şerif (Orta Boy) (Ciltli)</t>
+          <t>Kuranı Kerim (Cep Boy, Yeşil Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055455804</t>
+          <t>9786051593098</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Umre Rehberi</t>
+          <t>Gülzar-ı Samini Sohbetler (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>170</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050010060</t>
+          <t>9786051590974</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Fatih</t>
+          <t>Esbabü'n Nüzul (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>115</v>
+        <v>775</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051591339</t>
+          <t>9786055207687</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Marifet Deryasından İnciler (Ciltli)</t>
+          <t>Mahşer Günü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>475</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051595658</t>
+          <t>9786055207236</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Edepleri</t>
+          <t>Fihristli Yasini Şerif (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051595610</t>
+          <t>9786055455804</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet Yeşil (Kutulu 4 Cilt Takım) (Ciltli)</t>
+          <t>Umre Rehberi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>2500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051595627</t>
+          <t>9786050010060</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet Turkuvaz (Kutulu 4 Cilt Takım (Ciltli)</t>
+          <t>İstanbul ve Fatih</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>2500</v>
+        <v>153</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051595320</t>
+          <t>9786051591339</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı ve Alıştırmalı Kur'an Elifbası</t>
+          <t>Marifet Deryasından İnciler (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>597</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051595672</t>
+          <t>9786051595658</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Yolculuk Edepleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051595719</t>
+          <t>9786051595610</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ruusü'l Mesail (Ciltli)</t>
+          <t>Kimya-yı Saadet Yeşil (Kutulu 4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>440</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051591926</t>
+          <t>9786051595627</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Kimya-yı Saadet Turkuvaz (Kutulu 4 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051594354</t>
+          <t>9786051595320</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Receb</t>
+          <t>Uygulamalı ve Alıştırmalı Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051594101</t>
+          <t>9786051595672</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Orucun Sırları</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051590981</t>
+          <t>9786051595719</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Ruusü'l Mesail (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>95</v>
+        <v>565</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054491988</t>
+          <t>9786051591926</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İki Aşk Çiçeği</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054214006</t>
+          <t>9786051594354</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hastalıkları 1</t>
+          <t>Receb</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054214037</t>
+          <t>9786051594101</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hastalıkları - 4</t>
+          <t>Orucun Sırları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051592084</t>
+          <t>9786051590981</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't Tayr</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055455729</t>
+          <t>9786054491988</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Delil ve Örnekleriyle Kadın ve Aile İlmihali (Ciltli)</t>
+          <t>İki Aşk Çiçeği</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>570</v>
+        <v>135</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055455071</t>
+          <t>9786054214006</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Kalbin Hastalıkları 1</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>620</v>
+        <v>265</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051595382</t>
+          <t>9786054214037</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulumi'd Din 1.Cilt (Ciltli)</t>
+          <t>Kalbin Hastalıkları - 4</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>730</v>
+        <v>265</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051596129</t>
+          <t>9786051592084</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dil Belası</t>
+          <t>Mantıku't Tayr</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051596624</t>
+          <t>9786055455729</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Kur'an Alfabesi</t>
+          <t>Delil ve Örnekleriyle Kadın ve Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>670</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051596389</t>
+          <t>9786055455071</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ümit ve Korku Hali</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>205</v>
+        <v>760</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051596358</t>
+          <t>9786051595382</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Tevekkül</t>
+          <t>İhyaü Ulumi'd Din 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>215</v>
+        <v>840</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051596662</t>
+          <t>9786051596129</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Temel İlmihal Bilgileri 1</t>
+          <t>Dil Belası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>235</v>
+        <v>330</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051596709</t>
+          <t>9786051596624</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Şifai Şerif (Ciltli)</t>
+          <t>Uygulamalı Kur'an Alfabesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1520</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051596686</t>
+          <t>9786051596389</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İlahi Muhabbet</t>
+          <t>Ümit ve Korku Hali</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051596372</t>
+          <t>9786051596358</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Fakirlik ve Zahidlik</t>
+          <t>Tevhid ve Tevekkül</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051596396</t>
+          <t>9786051596662</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Amellerin Ruhu</t>
+          <t>Temel İlmihal Bilgileri 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054565375</t>
+          <t>9786051596709</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Yasin-i Şerif (Ciltli)</t>
+          <t>Şifai Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>400</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055455378</t>
+          <t>9786051596686</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kuşeyri Risalesi (Ciltli)</t>
+          <t>İlahi Muhabbet</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>770</v>
+        <v>270</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055455330</t>
+          <t>9786051596372</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Temel Dua Kitabı</t>
+          <t>Fakirlik ve Zahidlik</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051592206</t>
+          <t>9786051596396</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Nurü'l İzah (Ciltli)</t>
+          <t>Amellerin Ruhu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>405</v>
+        <v>170</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055207243</t>
+          <t>9786054565375</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Yasini Şerif (Rahle Boy) (Ciltli)</t>
+          <t>Fihristli Yasin-i Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051596648</t>
+          <t>9786055455378</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve Şükür</t>
+          <t>Kuşeyri Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>210</v>
+        <v>932</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051596631</t>
+          <t>9786055455330</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Kapısı</t>
+          <t>Temel Dua Kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9783957071934</t>
+          <t>9786051592206</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Frauenfragen Zu Besonderen Tagen (Ciltli)</t>
+          <t>Nurü'l İzah (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>225</v>
+        <v>480</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051594309</t>
+          <t>9786055207243</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle İslam Akaid</t>
+          <t>Fihristli Yasini Şerif (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>235</v>
+        <v>485</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055455781</t>
+          <t>9786051596648</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat (Yeşil Kapak, Hafız Boy) (Ciltli)</t>
+          <t>Sabır ve Şükür</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054214853</t>
+          <t>9786051596631</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi ve İlahi Huzur</t>
+          <t>Tövbe Kapısı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054565306</t>
+          <t>9783957071934</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yar İle Şimdi</t>
+          <t>Frauenfragen Zu Besonderen Tagen (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051594347</t>
+          <t>9786051594309</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gayetü'l İhtisar (Ciltli)</t>
+          <t>Delilleriyle İslam Akaid</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054565047</t>
+          <t>9786055455781</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 1. Cilt (Ciltli)</t>
+          <t>Delailü'l Hayrat (Yeşil Kapak, Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>820</v>
+        <v>510</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>8697439711076</t>
+          <t>9786054214853</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l Medid (11 Cilt Takım) (Ciltli)</t>
+          <t>Nefis Terbiyesi ve İlahi Huzur</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>8820</v>
+        <v>160</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051596532</t>
+          <t>9786054565306</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimin Meal Tefsiri 2 Cilt Lila Renk</t>
+          <t>Yar İle Şimdi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>1720</v>
+        <v>303</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051596471</t>
+          <t>9786051594347</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cimrilik ve Mal Sevgisi</t>
+          <t>Gayetü'l İhtisar (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>205</v>
+        <v>464</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051596440</t>
+          <t>9786054565047</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Kibir</t>
+          <t>Bahrü'l-Medid 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>205</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051596457</t>
+          <t>8697439711076</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aldananlar</t>
+          <t>Bahrü'l Medid (11 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>170</v>
+        <v>8820</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051596464</t>
+          <t>9786051596532</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Makam Hırsı ve Riya Tehlikesi</t>
+          <t>Kuranı Kerimin Meal Tefsiri 2 Cilt Lila Renk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>245</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051596549</t>
+          <t>9786051596471</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Meal Tefsiri - Tefsir-i Mevakib (2 Cilt) (Ciltli)</t>
+          <t>Cimrilik ve Mal Sevgisi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1720</v>
+        <v>205</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051596501</t>
+          <t>9786051596440</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Tevessül ve İstimdad</t>
+          <t>Benlik ve Kibir</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>260</v>
+        <v>205</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051596495</t>
+          <t>9786051596457</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Aldananlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051596570</t>
+          <t>9786051596464</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumi'd-Din 7. Cilt (Ciltli)</t>
+          <t>Makam Hırsı ve Riya Tehlikesi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>730</v>
+        <v>245</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051594194</t>
+          <t>9786051596549</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Kuşeyri Risalesi</t>
+          <t>Kur'an-ı Kerim'in Meal Tefsiri - Tefsir-i Mevakib (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>380</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051596402</t>
+          <t>9786051596501</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gavsı Sani Şeyh Seyyid Abdülbaki El-Hüseyni (k.s.) Sohbetler - 1 (Ciltli)</t>
+          <t>Delilleriyle Tevessül ve İstimdad</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>8682279699158</t>
+          <t>9786051596495</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Orta Boy Mavi (Ciltli)</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>8682279699189</t>
+          <t>9786051596570</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Orta Boy Yeşil Özel Kapak (Ciltli)</t>
+          <t>İhyau Ulumi'd-Din 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>600</v>
+        <v>730</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051596051</t>
+          <t>9786051594194</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Edebül-Müfred (2 Cilt) (Ciltli)</t>
+          <t>Muhtasar Kuşeyri Risalesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1250</v>
+        <v>510</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051596341</t>
+          <t>9786051596402</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İmtihan Yurdu</t>
+          <t>Gavsı Sani Şeyh Seyyid Abdülbaki El-Hüseyni (k.s.) Sohbetler - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>155</v>
+        <v>320</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>4440000003759</t>
+          <t>8682279699158</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gavs-ı Sani Özel Baskı (Ciltli)</t>
+          <t>Kur'an-ı Kerim Orta Boy Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051596303</t>
+          <t>8682279699189</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fethu'r Rabbani (Ciltli)</t>
+          <t>Kur'an-ı Kerim Orta Boy Yeşil Özel Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>620</v>
+        <v>600</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051596150</t>
+          <t>9786051596051</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Muhtasarül Kuduri (Ciltli)</t>
+          <t>Edebül-Müfred (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>420</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051596297</t>
+          <t>9786051596341</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak</t>
+          <t>İmtihan Yurdu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051596280</t>
+          <t>4440000003759</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Dini Nasihatler (Ciltli)</t>
+          <t>Gavs-ı Sani Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051596273</t>
+          <t>9786051596303</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dinde Kırk Esas (Ciltli)</t>
+          <t>Fethu'r Rabbani (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>450</v>
+        <v>620</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051596204</t>
+          <t>9786051596150</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Akaid Metinleri 2 (Ciltli)</t>
+          <t>Muhtasarül Kuduri (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051596174</t>
+          <t>9786051596297</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Huzura Açılan Kapı</t>
+          <t>Güzel Ahlak</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051596167</t>
+          <t>9786051596280</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sehiv Secdesi</t>
+          <t>Dini Nasihatler (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051596143</t>
+          <t>9786051596273</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Pearls From Rumi's Ocean</t>
+          <t>Dinde Kırk Esas (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051595993</t>
+          <t>9786051596204</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Kötü Arzular</t>
+          <t>Akaid Metinleri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>155</v>
+        <v>450</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051595986</t>
+          <t>9786051596174</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Arifler Bahçesi</t>
+          <t>Huzura Açılan Kapı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051596006</t>
+          <t>9786051596167</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Temel Akaid ve Büyük Günahlar</t>
+          <t>Sehiv Secdesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051595375</t>
+          <t>9786051596143</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>The 15 Th Of July Reawakenıng Saga - İngilizce</t>
+          <t>Pearls From Rumi's Ocean</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756333624</t>
+          <t>9786051595993</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Yargı Bağımsızlığı</t>
+          <t>İyi ve Kötü Arzular</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055455712</t>
+          <t>9786051595986</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hanımların Özel Halleri</t>
+          <t>Arifler Bahçesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>135</v>
+        <v>168</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055207212</t>
+          <t>9786051596006</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Peteği</t>
+          <t>Temel Akaid ve Büyük Günahlar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051595771</t>
+          <t>9786051595375</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Akaid Metinleri 1</t>
+          <t>The 15 Th Of July Reawakenıng Saga - İngilizce</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>450</v>
+        <v>355</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051595566</t>
+          <t>9789756333624</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Merakıs Saadat</t>
+          <t>İslam Hukukunda Yargı Bağımsızlığı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>340</v>
+        <v>60</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051595467</t>
+          <t>9786055455712</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Hacegan ve Saadetli Sadatı (Ciltli)</t>
+          <t>Hanımların Özel Halleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051594187</t>
+          <t>9786055207212</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet</t>
+          <t>Muhabbet Peteği</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>385</v>
+        <v>65</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051592824</t>
+          <t>9786051595771</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ehli Hizmet</t>
+          <t>Akaid Metinleri 1</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>225</v>
+        <v>527</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9783957070081</t>
+          <t>9786051595566</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Duas Des Propheten</t>
+          <t>Merakıs Saadat</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>38</v>
+        <v>430</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9783957070036</t>
+          <t>9786051595467</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Was Sind Tasawwuf Und Tarigah</t>
+          <t>Hatmi Hacegan ve Saadetli Sadatı (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>60</v>
+        <v>850</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9783957070012</t>
+          <t>9786051594187</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Quranlesen</t>
+          <t>Alemlere Rahmet</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>78</v>
+        <v>500</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054565313</t>
+          <t>9786051592824</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yasini Şerif (Rahle Boy)</t>
+          <t>Ehli Hizmet</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051595429</t>
+          <t>9783957070081</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (3 Kitap Takım) (Ciltli)</t>
+          <t>Duas Des Propheten</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1870</v>
+        <v>38</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051595948</t>
+          <t>9783957070036</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi (Ciltli)</t>
+          <t>Was Sind Tasawwuf Und Tarigah</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>360</v>
+        <v>60</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051595955</t>
+          <t>9783957070012</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hz.İbrahim (a.s)</t>
+          <t>Quranlesen</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>78</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051595900</t>
+          <t>9786054565313</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimetül Hadramiyye</t>
+          <t>Yasini Şerif (Rahle Boy)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>370</v>
+        <v>265</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051595894</t>
+          <t>9786051595429</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumiddin 4. Cilt (Ciltli)</t>
+          <t>Riyazü's Salihin (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>730</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051595863</t>
+          <t>9786051595948</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Hileleri ve Terbiye Yolları</t>
+          <t>Esma-i Hüsna Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>170</v>
+        <v>435</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051595856</t>
+          <t>9786051595955</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hz. Nuh Aleyhisselam</t>
+          <t>Hz.İbrahim (a.s)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>292</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051595801</t>
+          <t>9786051595900</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bize Dokununca</t>
+          <t>Mukaddimetül Hadramiyye</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>472</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051595849</t>
+          <t>9786051595894</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Sevinci</t>
+          <t>İhyau Ulumiddin 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>840</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051595825</t>
+          <t>9786051595863</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akaidi (Ciltli)</t>
+          <t>Nefsin Hileleri ve Terbiye Yolları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>450</v>
+        <v>188</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051595788</t>
+          <t>9786051595856</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İyilik Erleri</t>
+          <t>Hz. Nuh Aleyhisselam</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051595795</t>
+          <t>9786051595801</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Ahlakı</t>
+          <t>Kur’an Bize Dokununca</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051595818</t>
+          <t>9786051595849</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Halleri</t>
+          <t>Vuslat Sevinci</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>210</v>
+        <v>148</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051595702</t>
+          <t>9786051595825</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Hanefi Fıkhı (Ciltli)</t>
+          <t>Ehl-i Sünnet Akaidi (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>670</v>
+        <v>552</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051595580</t>
+          <t>9786051595788</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i İstişare</t>
+          <t>İyilik Erleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051595733</t>
+          <t>9786051595795</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Niyet Ettim</t>
+          <t>Peygamber Ahlakı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051595689</t>
+          <t>9786051595818</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumi'd-Din 3. Cilt (Ciltli)</t>
+          <t>Kalbin Halleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>730</v>
+        <v>265</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051595726</t>
+          <t>9786051595702</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Et-Tibyan - Rahmet Pınarı (Ciltli)</t>
+          <t>Sorulu Cevaplı Hanefi Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>835</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051595696</t>
+          <t>9786051595580</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i İrfan Sohbetleri</t>
+          <t>Ehl-i İstişare</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9771302507009</t>
+          <t>9786051595733</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 265 Ocak 2021</t>
+          <t>Niyet Ettim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>500</v>
+        <v>168</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055078324</t>
+          <t>9786051595689</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Nakşibendi Adabı (Ciltli)</t>
+          <t>İhyau Ulumi'd-Din 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>490</v>
+        <v>840</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051595559</t>
+          <t>9786051595726</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Uzletin Edepleri</t>
+          <t>Et-Tibyan - Rahmet Pınarı (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051595535</t>
+          <t>9786051595696</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Saadetü'l Mübtediin (Ciltli)</t>
+          <t>Ehl-i İrfan Sohbetleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>535</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051595542</t>
+          <t>9771302507009</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilik ve İdare Rehberi</t>
+          <t>Semerkand Aylık Tasavvufi Dergi Sayı: 265 Ocak 2021</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>8681569221970</t>
+          <t>9786055078324</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kalbine Seti</t>
+          <t>Nakşibendi Adabı (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1500</v>
+        <v>595</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051595481</t>
+          <t>9786051595559</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumid’d - Din 2 (Ciltli)</t>
+          <t>Uzletin Edepleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>730</v>
+        <v>175</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051595511</t>
+          <t>9786051595535</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Hukuku</t>
+          <t>Saadetü'l Mübtediin (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>295</v>
+        <v>417</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051595498</t>
+          <t>9786051595542</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Sınırları</t>
+          <t>Yöneticilik ve İdare Rehberi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051595436</t>
+          <t>8681569221970</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Esrarname</t>
+          <t>Hayatın Kalbine Seti</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>205</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051595443</t>
+          <t>9786051595481</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Çizgisi</t>
+          <t>İhyau Ulumid’d - Din 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>125</v>
+        <v>840</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051595450</t>
+          <t>9786051595511</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Baharı</t>
+          <t>Kardeşlik Hukuku</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>215</v>
+        <v>365</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054214129</t>
+          <t>9786051595498</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Minhacü’l Arifin</t>
+          <t>İslam'ın Sınırları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055455279</t>
+          <t>9786051595436</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Allah Kulundan Vazgeçer mi?</t>
+          <t>Esrarname</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>70</v>
+        <v>255</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051595368</t>
+          <t>9786051595443</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sünnetleri</t>
+          <t>İman ve Küfür Çizgisi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>95</v>
+        <v>158</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051593272</t>
+          <t>9786051595450</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Diriliş Destanı</t>
+          <t>Aşıkların Baharı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>272</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055207625</t>
+          <t>9786054214129</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatan Kandil Semerkand</t>
+          <t>Minhacü’l Arifin</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051595306</t>
+          <t>9786055455279</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kazanç Yolları</t>
+          <t>Allah Kulundan Vazgeçer mi?</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051595313</t>
+          <t>9786051595368</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Kurtuluşa</t>
+          <t>Namazın Sünnetleri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>230</v>
+        <v>153</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>8697439711915</t>
+          <t>9786051593272</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yasini Şerif (Cep Boy, Pembe, Ciltli)</t>
+          <t>15 Temmuz Diriliş Destanı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051595962</t>
+          <t>9786055207625</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yasini Şerif (Cep Boy, Mor, Ciltli)</t>
+          <t>Yolumuzu Aydınlatan Kandil Semerkand</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051595146</t>
+          <t>9786051595306</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Hüküm ve Hikmetleri</t>
+          <t>Kazanç Yolları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051593142</t>
+          <t>9786051595313</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 5</t>
+          <t>Esaretten Kurtuluşa</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051593135</t>
+          <t>8697439711915</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 4</t>
+          <t>Yasini Şerif (Cep Boy, Pembe, Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>355</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051593128</t>
+          <t>9786051595962</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 3</t>
+          <t>Yasini Şerif (Cep Boy, Mor, Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>290</v>
+        <v>355</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054491018</t>
+          <t>9786051595146</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi (Mükaşefetü’l-Kulüb) (Ciltli)</t>
+          <t>Evliliğin Hüküm ve Hikmetleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>670</v>
+        <v>260</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054214525</t>
+          <t>9786051593142</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Yakmadığı Aşık Kıssaların Diliyle İman</t>
+          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 5</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054565429</t>
+          <t>9786051593135</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Akaid-i İslamiyye</t>
+          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 4</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054214167</t>
+          <t>9786051593128</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Arınma</t>
+          <t>Samini'nin Gül Bahçesinden Sohbetler - Gülzar-ı Samini 3</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>90</v>
+        <v>365</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054214914</t>
+          <t>9786054491018</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Hayatı (Ciltli)</t>
+          <t>Kalplerin Keşfi (Mükaşefetü’l-Kulüb) (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>450</v>
+        <v>860</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054565597</t>
+          <t>9786054214525</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Nüzhetü’l-Ervah</t>
+          <t>Ateşin Yakmadığı Aşık Kıssaların Diliyle İman</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054491216</t>
+          <t>9786054565429</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Annesi Hz. Hatice</t>
+          <t>Akaid-i İslamiyye</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>140</v>
+        <v>272</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055455927</t>
+          <t>9786054214167</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Mevlananın Gözüyle Aşıkların Namazı</t>
+          <t>Ahlak ve Arınma</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>130</v>
+        <v>123</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054214020</t>
+          <t>9786054214914</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hastalıkları - 3</t>
+          <t>Ahiret Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>220</v>
+        <v>557</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055455101</t>
+          <t>9786054565597</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Dünya Dinleri</t>
+          <t>Nüzhetü’l-Ervah</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055455125</t>
+          <t>9786054491216</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Fıkhın Aydınlığında İbadet ve Hayat (Ciltli)</t>
+          <t>Müminlerin Annesi Hz. Hatice</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>400</v>
+        <v>173</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054214495</t>
+          <t>9786055455927</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Dilinden İyilik Çeşitleri</t>
+          <t>Mevlananın Gözüyle Aşıkların Namazı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>70</v>
+        <v>173</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054491155</t>
+          <t>9786054214020</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Günah ve Tövbe</t>
+          <t>Kalbin Hastalıkları - 3</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054565825</t>
+          <t>9786055455101</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Gönülleri Ferahlatan Kadir Gecesi</t>
+          <t>İslam ve Dünya Dinleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>80</v>
+        <v>205</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054565344</t>
+          <t>9786055455125</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Yasin-i Şerif</t>
+          <t>Fıkhın Aydınlığında İbadet ve Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>300</v>
+        <v>605</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054214181</t>
+          <t>9786054214495</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Evliyanın Dilinden Namazın Hikmetleri</t>
+          <t>Hz. Peygamberin Dilinden İyilik Çeşitleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055455880</t>
+          <t>9786054491155</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt İmamları</t>
+          <t>Günah ve Tövbe</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054565436</t>
+          <t>9786054565825</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Zemzem Tarihi ve Faziletleri</t>
+          <t>Gönülleri Ferahlatan Kadir Gecesi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054491100</t>
+          <t>9786054565344</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Veliler Nasıl Terbiye Eder?</t>
+          <t>Fihristli Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>110</v>
+        <v>355</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054214204</t>
+          <t>9786054214181</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Nefis Terbiyesi (Ciltli)</t>
+          <t>Evliyanın Dilinden Namazın Hikmetleri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>470</v>
+        <v>90</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054565863</t>
+          <t>9786055455880</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Şemsü’ş Şumus</t>
+          <t>Ehl-i Beyt İmamları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054214938</t>
+          <t>9786054565436</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları (Arapça - Lacivert Kapak) (Ciltli)</t>
+          <t>Zemzem Tarihi ve Faziletleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>170</v>
+        <v>85</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051590677</t>
+          <t>9786054491100</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 10. Cilt (Ciltli)</t>
+          <t>Veliler Nasıl Terbiye Eder?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>820</v>
+        <v>160</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054491292</t>
+          <t>9786054214204</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif</t>
+          <t>Tasavvuf ve Nefis Terbiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>160</v>
+        <v>587</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054491117</t>
+          <t>9786054565863</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yasini Şerif (Orta Boy)</t>
+          <t>Şemsü’ş Şumus</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051594880</t>
+          <t>9786054214938</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İnanç Hazinesi</t>
+          <t>Hac ve Umre Duaları (Arapça - Lacivert Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054491186</t>
+          <t>9786051590677</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yüce Kitabımız Kur'an-ı Kerim'i Tanıyalım</t>
+          <t>Bahrü'l-Medid 10. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>90</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051594965</t>
+          <t>9786054491292</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yeme İçme Adabı</t>
+          <t>Mealli Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051594613</t>
+          <t>9786054491117</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Günlük Vazifeler - İhyaü Ulumi'd-din</t>
+          <t>Yasini Şerif (Orta Boy)</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051594620</t>
+          <t>9786051594880</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Vesilesi - İhyaü Ulumi'd-din</t>
+          <t>İnanç Hazinesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051594392</t>
+          <t>9786054491186</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Şaban - Hicri Aylar</t>
+          <t>Yüce Kitabımız Kur'an-ı Kerim'i Tanıyalım</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051594859</t>
+          <t>9786051594965</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Zilkade - Hicri Aylar</t>
+          <t>Yeme İçme Adabı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054214730</t>
+          <t>9786051594613</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Hanımlar</t>
+          <t>Günlük Vazifeler - İhyaü Ulumi'd-din</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786055455620</t>
+          <t>9786051594620</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Cennete Doğru Abidler Yolu (Ciltli)</t>
+          <t>Kurtuluş Vesilesi - İhyaü Ulumi'd-din</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054214891</t>
+          <t>9786051594392</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Can Kulağını Aç</t>
+          <t>Şaban - Hicri Aylar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786055455323</t>
+          <t>9786051594859</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Allah Resulü ve Arkadaşlarıyla Yola Çıkmak</t>
+          <t>Zilkade - Hicri Aylar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055455033</t>
+          <t>9786054214730</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Er-Rıfai Hazretlerinin Menkıbeleri</t>
+          <t>Cennetle Müjdelenen Hanımlar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>250</v>
+        <v>218</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054491230</t>
+          <t>9786055455620</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif</t>
+          <t>Cennete Doğru Abidler Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>50</v>
+        <v>542</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054214310</t>
+          <t>9786054214891</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar</t>
+          <t>Can Kulağını Aç</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>160</v>
+        <v>287</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055455873</t>
+          <t>9786055455323</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Temel İlmihal Bilgileri - 1</t>
+          <t>Allah Resulü ve Arkadaşlarıyla Yola Çıkmak</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>210</v>
+        <v>333</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054491247</t>
+          <t>9786055455033</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Hayat Nasıl Başladı</t>
+          <t>Ahmed Er-Rıfai Hazretlerinin Menkıbeleri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>135</v>
+        <v>318</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054214709</t>
+          <t>9786054491230</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Akıl</t>
+          <t>Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054214457</t>
+          <t>9786054214310</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sen Yoktun Efendim</t>
+          <t>Üç Aylar</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>155</v>
+        <v>225</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054491445</t>
+          <t>9786055455873</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sahabi Hanımların Feraseti</t>
+          <t>Temel İlmihal Bilgileri - 1</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055455156</t>
+          <t>9786054491247</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Kudsiyye</t>
+          <t>Tasavvufi Hayat Nasıl Başladı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054214549</t>
+          <t>9786054214709</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Reşehat (Ciltli)</t>
+          <t>Tasavvuf ve Akıl</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>695</v>
+        <v>213</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054565894</t>
+          <t>9786054214457</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Teravih</t>
+          <t>Sen Yoktun Efendim</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>90</v>
+        <v>205</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054565290</t>
+          <t>9786054491445</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Sahabi Hanımların Feraseti</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055455187</t>
+          <t>9786055455156</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>O’nu Böyle Sevdiler (s.a.v.)</t>
+          <t>Risale-i Kudsiyye</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>110</v>
+        <v>153</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054214358</t>
+          <t>9786054214549</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Müzekki’n Nüfus (Ciltli)</t>
+          <t>Reşehat (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>660</v>
+        <v>842</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055455354</t>
+          <t>9786054565894</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ledün Risalesi (er-risaletü’l-ledünniye)</t>
+          <t>Ramazan ve Teravih</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>75</v>
+        <v>153</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055455163</t>
+          <t>9786054565290</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’den Dersler ve Öğütler</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054214532</t>
+          <t>9786055455187</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kul’un Yolculuğu</t>
+          <t>O’nu Böyle Sevdiler (s.a.v.)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054491735</t>
+          <t>9786054214358</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kenzü’l Esrar</t>
+          <t>Müzekki’n Nüfus (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>805</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054491049</t>
+          <t>9786055455354</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İlahiname</t>
+          <t>Ledün Risalesi (er-risaletü’l-ledünniye)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051010137</t>
+          <t>9786055455163</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadette Görülen İlahi Yardımlar</t>
+          <t>Kur’an-ı Kerim’den Dersler ve Öğütler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054491070</t>
+          <t>9786054214532</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hikmetleriyle Mesnevi’de Geçen Hikayeler</t>
+          <t>Kul’un Yolculuğu</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054214723</t>
+          <t>9786054491735</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hikmet ve Faziletleriyle Cuma Günü ve Namazı</t>
+          <t>Kenzü’l Esrar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054214907</t>
+          <t>9786054491049</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dengemiz</t>
+          <t>İlahiname</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>182</v>
+        <v>265</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054214594</t>
+          <t>9786051010137</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Halidiyye Risalesi</t>
+          <t>Asr-ı Saadette Görülen İlahi Yardımlar</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>282</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054491506</t>
+          <t>9786054491070</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hakikate Giden Yol (el-Münkız Mine’d-Dalal)</t>
+          <t>Hikmetleriyle Mesnevi’de Geçen Hikayeler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>120</v>
+        <v>323</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054214327</t>
+          <t>9786054214723</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Düşmanımız - Şeytandan Korunma Yolları</t>
+          <t>Hikmet ve Faziletleriyle Cuma Günü ve Namazı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>160</v>
+        <v>183</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054491025</t>
+          <t>9786054214907</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tasavvuf (Ciltli)</t>
+          <t>Hayat Dengemiz</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>670</v>
+        <v>260</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054214341</t>
+          <t>9786054214594</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Fetih Suresi Tefsiri</t>
+          <t>Halidiyye Risalesi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>168</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055455484</t>
+          <t>9786054491506</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Edep Ya Hu! (Cilt 2)</t>
+          <t>Hakikate Giden Yol (el-Münkız Mine’d-Dalal)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055455996</t>
+          <t>9786054214327</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Delailü’l Hayrat (Ciltli)</t>
+          <t>Görünmeyen Düşmanımız - Şeytandan Korunma Yolları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055207519</t>
+          <t>9786054491025</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Peygamberim</t>
+          <t>Gerçek Tasavvuf (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>70</v>
+        <v>880</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055207151</t>
+          <t>9786054214341</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Böyle Seslendiler (Ciltli)</t>
+          <t>Fetih Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>310</v>
+        <v>213</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054491612</t>
+          <t>9786055455484</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Şefaat Ya Resulallah</t>
+          <t>Edep Ya Hu! (Cilt 2)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>80</v>
+        <v>257</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054214624</t>
+          <t>9786055455996</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Onbir Ayın Sultanı</t>
+          <t>Delailü’l Hayrat (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>70</v>
+        <v>405</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055207557</t>
+          <t>9786055207519</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Lemezat-ı Hulviyye (Ciltli)</t>
+          <t>Peygamberim</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051591216</t>
+          <t>9786055207151</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Arifler Sultanı Bayezid-i Bistami Hayatı ve Menkıbeleri (Ciltli)</t>
+          <t>Böyle Seslendiler (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>490</v>
+        <v>395</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055207175</t>
+          <t>9786054491612</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Orucun Hikmetleri</t>
+          <t>Şefaat Ya Resulallah</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>70</v>
+        <v>95</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051590608</t>
+          <t>9786054214624</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Fıkhın Sultanı İmam-ı Azam Ebu Hanife</t>
+          <t>Onbir Ayın Sultanı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055207564</t>
+          <t>9786055207557</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Yasini Şerif (Hafız Boy) (Ciltli)</t>
+          <t>Lemezat-ı Hulviyye (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051590110</t>
+          <t>9786051591216</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>O'nu Selamlamak</t>
+          <t>Arifler Sultanı Bayezid-i Bistami Hayatı ve Menkıbeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>70</v>
+        <v>595</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055455699</t>
+          <t>9786055207175</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Öğütler</t>
+          <t>Orucun Hikmetleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>70</v>
+        <v>85</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9783957070029</t>
+          <t>9786051590608</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Die Wabe der Liebe</t>
+          <t>Fıkhın Sultanı İmam-ı Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>40</v>
+        <v>347</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051592503</t>
+          <t>9786055207564</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Denizi</t>
+          <t>Fihristli Yasini Şerif (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055207939</t>
+          <t>9786051590110</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İslam Akaidi</t>
+          <t>O'nu Selamlamak</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054565382</t>
+          <t>9786055455699</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın (s.a.v) Anneleri</t>
+          <t>Gençliğe Öğütler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055207144</t>
+          <t>9783957070029</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Ahmed-i Cami Nameki - Allah Dostları Serisi 4</t>
+          <t>Die Wabe der Liebe</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051594286</t>
+          <t>9786051592503</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Diliyle Hz. Muhammed (S.A.V) (Ciltli)</t>
+          <t>Sırlar Denizi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>250</v>
+        <v>333</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055207502</t>
+          <t>9786055207939</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet Gençliği</t>
+          <t>İslam Akaidi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>70</v>
+        <v>173</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054491957</t>
+          <t>9786054565382</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kalp Alemi 2 - Kalbin Salih Amelleri</t>
+          <t>Resulullah'ın (s.a.v) Anneleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054491803</t>
+          <t>9786055207144</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bismillah Deyip Girdik Denize</t>
+          <t>Ahmed-i Cami Nameki - Allah Dostları Serisi 4</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>70</v>
+        <v>272</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055207250</t>
+          <t>9786051594286</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Aile</t>
+          <t>Aşkın Diliyle Hz. Muhammed (S.A.V) (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>70</v>
+        <v>495</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054491179</t>
+          <t>9786055207502</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kudsi Hadisler - Gazali Risaleleri 3</t>
+          <t>Asr-ı Saadet Gençliği</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051590776</t>
+          <t>9786054491957</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Yolumuz - Dört Hak Mezhep</t>
+          <t>Kalp Alemi 2 - Kalbin Salih Amelleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>70</v>
+        <v>272</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055078843</t>
+          <t>9786054491803</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yüce Hakikatler ve Şazeliyye Tarikatı</t>
+          <t>Bismillah Deyip Girdik Denize</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051590561</t>
+          <t>9786055207250</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetü'l Ahrar</t>
+          <t>Evlilik ve Aile</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>180</v>
+        <v>95</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055455972</t>
+          <t>9786054491179</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet İklimini Solumak</t>
+          <t>Kudsi Hadisler - Gazali Risaleleri 3</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051590769</t>
+          <t>9786051590776</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Efendimizin (s.a.v) İzinde Günlük Hayat</t>
+          <t>Yolumuz - Dört Hak Mezhep</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054565078</t>
+          <t>9786055078843</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'den Yöneticilere</t>
+          <t>Yüce Hakikatler ve Şazeliyye Tarikatı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>70</v>
+        <v>257</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051592473</t>
+          <t>9786051590561</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gül</t>
+          <t>Tuhfetü'l Ahrar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>245</v>
+        <v>228</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051591766</t>
+          <t>9786055455972</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz Soruyor Ashap Cevaplıyor</t>
+          <t>Asr-ı Saadet İklimini Solumak</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>170</v>
+        <v>265</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054491414</t>
+          <t>9786051590769</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İslami Hayat</t>
+          <t>Efendimizin (s.a.v) İzinde Günlük Hayat</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789786054490</t>
+          <t>9786054565078</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Üftade Divanı</t>
+          <t>İmam Ali'den Yöneticilere</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054565399</t>
+          <t>9786051592473</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Nebi</t>
+          <t>Aşk ve Gül</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>70</v>
+        <v>310</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054565870</t>
+          <t>9786051591766</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Zahidler Kitabı</t>
+          <t>Efendimiz Soruyor Ashap Cevaplıyor</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051593227</t>
+          <t>9786054491414</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat (Ciltli)</t>
+          <t>Avrupa'da İslami Hayat</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>360</v>
+        <v>318</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055455408</t>
+          <t>9789786054490</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Delailü'l-Hayrat (Ciltli)</t>
+          <t>Üftade Divanı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051590707</t>
+          <t>9786054565399</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tefsir Tarihi (2 Cilt Takım) (Ciltli)</t>
+          <t>Esma-i Nebi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>1000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054491858</t>
+          <t>9786054565870</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l-Kulüb (4 Cilt Takım) (Ciltli)</t>
+          <t>Zahidler Kitabı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>2000</v>
+        <v>243</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051592930</t>
+          <t>9786051593227</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Dindeki Yeri</t>
+          <t>Delailü'l Hayrat (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>190</v>
+        <v>510</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051593401</t>
+          <t>9786055455408</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sen Gelince Efendim(s.a.v)</t>
+          <t>Açıklamalı Delailü'l-Hayrat (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055455040</t>
+          <t>9786051590707</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İkramlar - Lezzet Mutfağı</t>
+          <t>Büyük Tefsir Tarihi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>70</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051590950</t>
+          <t>9786054491858</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Tevhidin Sırları (Ciltli)</t>
+          <t>Kutü'l-Kulüb (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>485</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054214112</t>
+          <t>9786051592930</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Özel Yemek Tarifleri - Lezzet Mutfağı</t>
+          <t>Sünnetin Dindeki Yeri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>70</v>
+        <v>272</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054565115</t>
+          <t>9786051593401</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Salatalar ve Zeytinyağlılar - Lezzet Mutfağı</t>
+          <t>Sen Gelince Efendim(s.a.v)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>70</v>
+        <v>265</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051591575</t>
+          <t>9786055455040</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Vesile Sabah Akşam Duaları</t>
+          <t>İkramlar - Lezzet Mutfağı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>115</v>
+        <v>75</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051594897</t>
+          <t>9786051590950</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Yükselişi</t>
+          <t>Tevhidin Sırları (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>110</v>
+        <v>605</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055207533</t>
+          <t>9786054214112</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Delailül Hayrat (Mini Boy, Kılıflı) (Ciltli)</t>
+          <t>Özel Yemek Tarifleri - Lezzet Mutfağı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>345</v>
+        <v>75</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055455552</t>
+          <t>9786054565115</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yasini Şerif (Cep Boy, Yeşil, Ciltli)</t>
+          <t>Salatalar ve Zeytinyağlılar - Lezzet Mutfağı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051590448</t>
+          <t>9786051591575</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Akaidin Kalbi</t>
+          <t>Kurtuluşa Vesile Sabah Akşam Duaları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>60</v>
+        <v>143</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051591964</t>
+          <t>9786051594897</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Öğrencinin Rehberi</t>
+          <t>İslam'ın Yükselişi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055455385</t>
+          <t>9786055207533</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'z Zühd (Ciltli)</t>
+          <t>Delailül Hayrat (Mini Boy, Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>420</v>
+        <v>405</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054491865</t>
+          <t>9786055455552</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Evliyanın Dilinden Zekatın Hikmetleri</t>
+          <t>Yasini Şerif (Cep Boy, Yeşil, Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>70</v>
+        <v>355</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055078683</t>
+          <t>9786051590448</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Şemail-i Şerif</t>
+          <t>Akaidin Kalbi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051591254</t>
+          <t>9786051591964</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Dini Bilgiler (Ciltli)</t>
+          <t>Öğrencinin Rehberi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051590134</t>
+          <t>9786055455385</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İlahi Fetihler (Ciltli)</t>
+          <t>Kitabü'z Zühd (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>650</v>
+        <v>512</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051591902</t>
+          <t>9786054491865</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Bereketi</t>
+          <t>Evliyanın Dilinden Zekatın Hikmetleri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>90</v>
+        <v>105</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051592329</t>
+          <t>9786055078683</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Muhammed Resulallah</t>
+          <t>Şemail-i Şerif</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051593814</t>
+          <t>9786051591254</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Al-i Aba Divanı (Ciltli)</t>
+          <t>Sorulu Cevaplı Dini Bilgiler (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>610</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054565122</t>
+          <t>9786051590134</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 2. Cilt (Ciltli)</t>
+          <t>İlahi Fetihler (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>820</v>
+        <v>807</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054565542</t>
+          <t>9786051591902</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 3. Cilt (Ciltli)</t>
+          <t>Ömrün Bereketi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>820</v>
+        <v>130</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051592039</t>
+          <t>9786051592329</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Hayatü's Sahabe (4 Cilt Takım) (Ciltli)</t>
+          <t>Alemlere Rahmet Muhammed Resulallah</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>2120</v>
+        <v>610</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051590523</t>
+          <t>9786051593814</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İtikadname</t>
+          <t>Al-i Aba Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>85</v>
+        <v>465</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051590790</t>
+          <t>9786054565122</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 11. Cilt (Ciltli)</t>
+          <t>Bahrü'l-Medid 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>620</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051591070</t>
+          <t>9786054565542</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risaleleri</t>
+          <t>Bahrü'l-Medid 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>55</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051590387</t>
+          <t>9786051592039</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Alimlerin Ahlakı</t>
+          <t>Hayatü's Sahabe (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>75</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054491728</t>
+          <t>9786051590523</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Nakşibendi Şeyhleri Hadaiku'l Verdiyye (Ciltli)</t>
+          <t>İtikadname</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054565580</t>
+          <t>9786051590790</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Tövbe (Ciltli)</t>
+          <t>Bahrü'l-Medid 11. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>490</v>
+        <v>760</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055078782</t>
+          <t>9786051591070</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Eskimeden Şiirimizden Hoş Bir Sada (Ciltli)</t>
+          <t>Akaid Risaleleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>425</v>
+        <v>80</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055078041</t>
+          <t>9786051590387</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Divan (Ciltli)</t>
+          <t>Alimlerin Ahlakı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>500</v>
+        <v>93</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055455569</t>
+          <t>9786054491728</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Aldananlar - Gazali Risaleleri 5</t>
+          <t>Nakşibendi Şeyhleri Hadaiku'l Verdiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>70</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055078676</t>
+          <t>9786054565580</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dengemiz (Ciltli)</t>
+          <t>Tasavvuf ve Tövbe (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>190</v>
+        <v>605</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055207168</t>
+          <t>9786055078782</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi</t>
+          <t>Eskimeden Şiirimizden Hoş Bir Sada (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>145</v>
+        <v>430</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054491797</t>
+          <t>9786055078041</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Aile Reisi Olarak Peygamber Efendimiz</t>
+          <t>Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>70</v>
+        <v>927</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055207571</t>
+          <t>9786055455569</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Akaidin Özü - Hulasa-i Akaid</t>
+          <t>Aldananlar - Gazali Risaleleri 5</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051594415</t>
+          <t>9786055078676</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ramazan - Hicri Aylar</t>
+          <t>Hayat Dengemiz (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051594385</t>
+          <t>9786055207168</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okuma Edepleri - İhya-ü Ulumi'd-Din</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051594361</t>
+          <t>9786054491797</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Haccın Sırları - İhyaü Ulümi'd-Din 7</t>
+          <t>Aile Reisi Olarak Peygamber Efendimiz</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>185</v>
+        <v>90</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055455668</t>
+          <t>9786055207571</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Dil Belası</t>
+          <t>Akaidin Özü - Hulasa-i Akaid</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>180</v>
+        <v>72</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054565535</t>
+          <t>9786051594415</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 4. Cilt (Ciltli)</t>
+          <t>Ramazan - Hicri Aylar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>820</v>
+        <v>180</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055455644</t>
+          <t>9786051594385</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Allah Yolunda Yardım ve Cömertlik</t>
+          <t>Kur'an Okuma Edepleri - İhya-ü Ulumi'd-Din</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051591834</t>
+          <t>9786051594361</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erlerinden Kırk Mektup</t>
+          <t>Haccın Sırları - İhyaü Ulümi'd-Din 7</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051593425</t>
+          <t>9786055455668</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Manevi İkramlar</t>
+          <t>Dil Belası</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055455088</t>
+          <t>9786054565535</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umrenin Faziletleri</t>
+          <t>Bahrü'l-Medid 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>105</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055078188</t>
+          <t>9786055455644</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hecegan Sultanları (Ciltli)</t>
+          <t>Allah Yolunda Yardım ve Cömertlik</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051595085</t>
+          <t>9786051591834</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Rebiülevvel</t>
+          <t>Gönül Erlerinden Kırk Mektup</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>70</v>
+        <v>295</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055455941</t>
+          <t>9786051593425</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Caliyetü'l-Ekdar Ve's-Seyfü'l-Bettar (Ciltli)</t>
+          <t>Manevi İkramlar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>295</v>
+        <v>257</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051591346</t>
+          <t>9786055455088</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Neyname</t>
+          <t>Hac ve Umrenin Faziletleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>150</v>
+        <v>138</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054491537</t>
+          <t>9786055078188</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kalp Alemi 1 - Kalbin Salih Amelleri</t>
+          <t>Hecegan Sultanları (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>455</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051591322</t>
+          <t>9786051595085</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerden Dualar (Ciltli)</t>
+          <t>Rebiülevvel</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>465</v>
+        <v>155</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055207441</t>
+          <t>9786055455941</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bağından Öğütler (Ciltli)</t>
+          <t>Caliyetü'l-Ekdar Ve's-Seyfü'l-Bettar (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051593203</t>
+          <t>9786051591346</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat (Pembe Kapak, Hafız Boy) (Ciltli)</t>
+          <t>Neyname</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>360</v>
+        <v>205</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054214921</t>
+          <t>9786054491537</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Yakınlaşmak İçin Kurban</t>
+          <t>Kalp Alemi 1 - Kalbin Salih Amelleri</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>70</v>
+        <v>257</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055207960</t>
+          <t>9786051591322</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Mektubat-ı Seyda-i Tahi</t>
+          <t>Kur'an-ı Kerim ve Hadis-i Şeriflerden Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>115</v>
+        <v>572</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051593418</t>
+          <t>9786055207441</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hayat Basamakları</t>
+          <t>Aşk Bağından Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>115</v>
+        <v>522</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054491032</t>
+          <t>9786051593203</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye</t>
+          <t>Delailü'l Hayrat (Pembe Kapak, Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>265</v>
+        <v>510</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051592497</t>
+          <t>9786054214921</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Rabbani Nasihatler</t>
+          <t>Allah'a Yakınlaşmak İçin Kurban</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054214822</t>
+          <t>9786055207960</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İlim ve Hikmet (3 Cilt Takım) (Ciltli)</t>
+          <t>Mektubat-ı Seyda-i Tahi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>1720</v>
+        <v>153</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055455538</t>
+          <t>9786051593418</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tenbihül Gafilin (2 Cilt Takım) (Ciltli)</t>
+          <t>Hayat Basamakları</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>1120</v>
+        <v>153</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051591544</t>
+          <t>9786054491032</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Lisanü't Tayr</t>
+          <t>Hikem-i Ataiyye</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054565207</t>
+          <t>9786051592497</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hazret ve Şah-ı Hazne</t>
+          <t>Rabbani Nasihatler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054491001</t>
+          <t>9786054214822</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz Hz. Muhammed</t>
+          <t>Hadislerle İlim ve Hikmet (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>145</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051593982</t>
+          <t>9786055455538</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>İnancımız Ahlakımız</t>
+          <t>Tenbihül Gafilin (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>150</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051594910</t>
+          <t>9786051591544</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz ve Yolu</t>
+          <t>Lisanü't Tayr</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>210</v>
+        <v>243</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054565023</t>
+          <t>9786054565207</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Mecdü't Talid</t>
+          <t>Hazret ve Şah-ı Hazne</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>160</v>
+        <v>153</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051594118</t>
+          <t>9786054491001</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Zekatın Sırları</t>
+          <t>Efendimiz Hz. Muhammed</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051593289</t>
+          <t>9786051593982</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Diriliş Destanı (Ciltli)</t>
+          <t>İnancımız Ahlakımız</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051594040</t>
+          <t>9786051594910</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Beyzavi Tefsirinde Tasavvuf</t>
+          <t>Efendimiz ve Yolu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>355</v>
+        <v>265</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055207410</t>
+          <t>9786054565023</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Edep Bir Tac İmiş</t>
+          <t>Mecdü't Talid</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>265</v>
+        <v>235</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051595016</t>
+          <t>9786051594118</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Safer</t>
+          <t>Zekatın Sırları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051594071</t>
+          <t>9786051593289</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Rebiülahir</t>
+          <t>15 Temmuz Diriliş Destanı (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051594293</t>
+          <t>9786051594040</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Cemaziyelahir</t>
+          <t>Beyzavi Tefsirinde Tasavvuf</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>70</v>
+        <v>482</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051594507</t>
+          <t>9786055207410</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Şevval</t>
+          <t>Edep Bir Tac İmiş</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>80</v>
+        <v>345</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051591223</t>
+          <t>9786051595016</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Salih Baba Divanı (Ciltli)</t>
+          <t>Safer</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051590783</t>
+          <t>9786051594071</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz'in Mucizeleri</t>
+          <t>Rebiülahir</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>225</v>
+        <v>133</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786051594262</t>
+          <t>9786051594293</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Hıristiyanlık</t>
+          <t>Cemaziyelahir</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051590417</t>
+          <t>9786051594507</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yar İle Bayram</t>
+          <t>Şevval</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054565702</t>
+          <t>9786051591223</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 5. Cilt (Ciltli)</t>
+          <t>Salih Baba Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>820</v>
+        <v>485</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055078706</t>
+          <t>9786051590783</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 7. Cilt (Ciltli)</t>
+          <t>Peygamber Efendimiz'in Mucizeleri</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>820</v>
+        <v>292</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051590394</t>
+          <t>9786051594262</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Genç Hayatlar</t>
+          <t>İslamiyet ve Hıristiyanlık</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>65</v>
+        <v>153</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051590592</t>
+          <t>9786051590417</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 9. Cilt (Ciltli)</t>
+          <t>Yar İle Bayram</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>820</v>
+        <v>303</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051590066</t>
+          <t>9786054565702</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 8. Cilt (Ciltli)</t>
+          <t>Bahrü'l-Medid 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>820</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054565795</t>
+          <t>9786055078706</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Medid 6. Cilt (Ciltli)</t>
+          <t>Bahrü'l-Medid 7. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>820</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055207427</t>
+          <t>9786051590394</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Ünsiyye</t>
+          <t>Genç Hayatlar</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>115</v>
+        <v>80</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055078959</t>
+          <t>9786051590592</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi</t>
+          <t>Bahrü'l-Medid 9. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>125</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051593951</t>
+          <t>9786051590066</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Namazın Sırları</t>
+          <t>Bahrü'l-Medid 8. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>270</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051594255</t>
+          <t>9786054565795</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İmandan İhsana</t>
+          <t>Bahrü'l-Medid 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>220</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055078003</t>
+          <t>9786055207427</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Tahiyyat ve Kunut Duaları</t>
+          <t>Risale-i Ünsiyye</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>125</v>
+        <v>153</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054491162</t>
+          <t>9786055078959</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Hak Yolunun Esasları</t>
+          <t>Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>230</v>
+        <v>183</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051593265</t>
+          <t>9786051593951</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bir Hilal Uğruna</t>
+          <t>Namazın Sırları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786051593258</t>
+          <t>9786051594255</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Akaid Esasları</t>
+          <t>İmandan İhsana</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786051594941</t>
+          <t>9786055078003</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Ahlakı</t>
+          <t>Tahiyyat ve Kunut Duaları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786051591988</t>
+          <t>9786054491162</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kısa Surelerin Tefsiri (Ciltli)</t>
+          <t>Hak Yolunun Esasları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>370</v>
+        <v>292</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054491780</t>
+          <t>9786051593265</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ailede Saklı Cennet</t>
+          <t>Bir Hilal Uğruna</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>160</v>
+        <v>198</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051594927</t>
+          <t>9786051593258</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>Akaid Esasları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051591513</t>
+          <t>9786051594941</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Kapalı Allah'a Açık</t>
+          <t>Sufilerin Ahlakı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055078171</t>
+          <t>9786051591988</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hüdhüd</t>
+          <t>Kısa Surelerin Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>90</v>
+        <v>445</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051592282</t>
+          <t>9786054491780</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kurban İbadeti (İngilizce)</t>
+          <t>Ailede Saklı Cennet</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>35</v>
+        <v>205</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051594989</t>
+          <t>9786051594927</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Muharrem</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>70</v>
+        <v>462</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051594972</t>
+          <t>9786051591513</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Zilhicce</t>
+          <t>Dünyaya Kapalı Allah'a Açık</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>70</v>
+        <v>123</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055207946</t>
+          <t>9786055078171</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akaidi</t>
+          <t>Merhaba Hüdhüd</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>60</v>
+        <v>138</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
+          <t>9786051592282</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Kurban İbadeti (İngilizce)</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786051594989</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Muharrem</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786051594972</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Zilhicce</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786055207946</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet Akaidi</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
           <t>9786051594958</t>
         </is>
       </c>
-      <c r="B495" s="1" t="inlineStr">
+      <c r="B499" s="1" t="inlineStr">
         <is>
           <t>Tasavvufa Giriş</t>
         </is>
       </c>
-      <c r="C495" s="1">
-        <v>125</v>
+      <c r="C499" s="1">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>