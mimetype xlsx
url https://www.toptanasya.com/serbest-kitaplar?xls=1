--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,895 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259675220</t>
+          <t>9786259675237</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Düzenbazlar</t>
+          <t>Yönetsel Davranış</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>448</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259807003</t>
+          <t>9786259675251</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm ve Hoşnutsuzları</t>
+          <t>Vergi Nedir?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>235</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057494511</t>
+          <t>9786259675244</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yı Kıyamete Zorlamak</t>
+          <t>Eşitlik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>159</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259675206</t>
+          <t>9786259675220</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yangın Havası</t>
+          <t>Düzenbazlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>456</v>
+        <v>448</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259942148</t>
+          <t>9786259807003</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Gereken Şeyler: Aşk Nerede Yaşanıyor Güzelim? (Kutulu Konuşma Kartları)</t>
+          <t>Liberalizm ve Hoşnutsuzları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057389725</t>
+          <t>9786057494511</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Gereken Şeyler: E, Daha Daha Nasılsın? (Kutulu Konuşma Kartları)</t>
+          <t>Tanrı’yı Kıyamete Zorlamak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056936050</t>
+          <t>9786259675206</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Gereken Şeyler: Derine Daha Derine (Kutulu Konuşma Kartları)</t>
+          <t>Yangın Havası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>456</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057494566</t>
+          <t>9786259942148</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Gereken Şeyler: Bul Beni (Kutulu Konuşma Kartları)</t>
+          <t>Konuşmamız Gereken Şeyler: Aşk Nerede Yaşanıyor Güzelim? (Kutulu Konuşma Kartları)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259807010</t>
+          <t>9786057389725</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Haris, Hubris, İkarus</t>
+          <t>Konuşmamız Gereken Şeyler: E, Daha Daha Nasılsın? (Kutulu Konuşma Kartları)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>399</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259807041</t>
+          <t>9786056936050</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Episto-Kleros</t>
+          <t>Konuşmamız Gereken Şeyler: Derine Daha Derine (Kutulu Konuşma Kartları)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>445</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259807096</t>
+          <t>9786057494566</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sanat Hırsızı</t>
+          <t>Konuşmamız Gereken Şeyler: Bul Beni (Kutulu Konuşma Kartları)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>276</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259807089</t>
+          <t>9786259807010</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anayasalar ve Siyaset</t>
+          <t>Haris, Hubris, İkarus</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>374</v>
+        <v>399</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259807058</t>
+          <t>9786259807041</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Totalitarizmin Psikolojisi</t>
+          <t>Episto-Kleros</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259807065</t>
+          <t>9786259807096</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ticaret ve Küreselleşme</t>
+          <t>Sanat Hırsızı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>135</v>
+        <v>276</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259807034</t>
+          <t>9786259807089</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tiranlık Üzerine</t>
+          <t>Türkiye’de Anayasalar ve Siyaset</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>374</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259807027</t>
+          <t>9786259807058</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Seni Önce Sıcak Öldürecek</t>
+          <t>Totalitarizmin Psikolojisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>354</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259942193</t>
+          <t>9786259807065</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gebelikte Mutlu Beslenme</t>
+          <t>Ticaret ve Küreselleşme</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259942100</t>
+          <t>9786259807034</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Esaret Yolu</t>
+          <t>Tiranlık Üzerine</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259942186</t>
+          <t>9786259807027</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Birinci Yüzyıl’da Kapitalizm Küresel Kapitalizm Neden Tekliyor? Nasıl Tamir Edilebilir?</t>
+          <t>Seni Önce Sıcak Öldürecek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>315</v>
+        <v>354</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056936067</t>
+          <t>9786259942193</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş İyimserlik Zihninizi ve Yaşamınızı Nasıl Değiştirirsiniz</t>
+          <t>Gebelikte Mutlu Beslenme</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>430</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057494580</t>
+          <t>9786259942100</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mutluluk</t>
+          <t>Esaret Yolu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259942162</t>
+          <t>9786259942186</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Bir Çağrı</t>
+          <t>Yirmi Birinci Yüzyıl’da Kapitalizm Küresel Kapitalizm Neden Tekliyor? Nasıl Tamir Edilebilir?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>156</v>
+        <v>315</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259942179</t>
+          <t>9786056936067</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Üzerine Birinci İnceleme</t>
+          <t>Öğrenilmiş İyimserlik Zihninizi ve Yaşamınızı Nasıl Değiştirirsiniz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259942155</t>
+          <t>9786057494580</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Paranın Satın Alamayacağı Şeyler</t>
+          <t>Gerçek Mutluluk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>283</v>
+        <v>390</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056936074</t>
+          <t>9786259942162</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Akılcı Yaşam Kılavuzu</t>
+          <t>İnsan Hakları Bir Çağrı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>360</v>
+        <v>156</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259942131</t>
+          <t>9786259942179</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kamu Tercihi</t>
+          <t>Yönetim Üzerine Birinci İnceleme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259942117</t>
+          <t>9786259942155</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Benlik Yoksa Sorun Yok</t>
+          <t>Paranın Satın Alamayacağı Şeyler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>283</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057389787</t>
+          <t>9786056936074</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Vicdansızlar</t>
+          <t>Akılcı Yaşam Kılavuzu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057389770</t>
+          <t>9786259942131</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Son Konuşma</t>
+          <t>Kamu Tercihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>205</v>
+        <v>135</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057389763</t>
+          <t>9786259942117</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Cumhuriyeti</t>
+          <t>Benlik Yoksa Sorun Yok</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057406217</t>
+          <t>9786057389787</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yumuşak Güç</t>
+          <t>Vicdansızlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057389749</t>
+          <t>9786057389770</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Eşitsizlik</t>
+          <t>Son Konuşma</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>135</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057389756</t>
+          <t>9786057389763</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anti-Kapitalist Safsatalar</t>
+          <t>Yeni Türkiye Cumhuriyeti</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>269</v>
+        <v>355</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057389732</t>
+          <t>9786057406217</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm, Sosyalizm ve Demokrasi</t>
+          <t>Yumuşak Güç</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>410</v>
+        <v>245</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056955280</t>
+          <t>9786057389749</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler</t>
+          <t>Ekonomik Eşitsizlik</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>620</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057494528</t>
+          <t>9786057389756</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İslam, Demokrasi ve Türkiye</t>
+          <t>Anti-Kapitalist Safsatalar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>398</v>
+        <v>269</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056955259</t>
+          <t>9786057389732</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Kapitalizm, Sosyalizm ve Demokrasi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056955273</t>
+          <t>9786056955280</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Kalp</t>
+          <t>Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>289</v>
+        <v>620</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056955297</t>
+          <t>9786057494528</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>1774’ten Günümüze Türk Dış Politikası</t>
+          <t>İslam, Demokrasi ve Türkiye</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>440</v>
+        <v>425</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057406200</t>
+          <t>9786056955259</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Tercih: Siyaset Bilimine Giriş</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>485</v>
+        <v>360</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057494559</t>
+          <t>9786056955273</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Temel Hakları Korumak</t>
+          <t>Görünmez Kalp</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>289</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057494535</t>
+          <t>9786056955297</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tercih Özgürlüğü</t>
+          <t>1774’ten Günümüze Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>398</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057494542</t>
+          <t>9786057406200</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Özgürlük</t>
+          <t>Güç ve Tercih: Siyaset Bilimine Giriş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>297</v>
+        <v>485</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056936081</t>
+          <t>9786057494559</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anlığı Üzerine Bir Deneme</t>
+          <t>Temel Hakları Korumak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056955211</t>
+          <t>9786057494535</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Tercih Özgürlüğü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>420</v>
+        <v>398</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056955228</t>
+          <t>9786057494542</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşünce Tarihi</t>
+          <t>Kapitalizm ve Özgürlük</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>398</v>
+        <v>297</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056955204</t>
+          <t>9786056936081</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Politika Bilimine Giriş</t>
+          <t>İnsan Anlığı Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>249</v>
+        <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056936043</t>
+          <t>9786056955211</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde TA</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>498</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056936029</t>
+          <t>9786056955228</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bu Yüzyılın Dersi</t>
+          <t>Siyasi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>169</v>
+        <v>398</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056936036</t>
+          <t>9786056955204</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Arayış</t>
+          <t>Politika Bilimine Giriş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>249</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056936005</t>
+          <t>9786056936043</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Üzerine İkinci İnceleme</t>
+          <t>Günümüzde TA</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>498</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056936012</t>
+          <t>9786056936029</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Arap Baharı</t>
+          <t>Bu Yüzyılın Dersi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>475</v>
+        <v>169</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057494573</t>
+          <t>9786056936036</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tarihselciliğin Sefaleti</t>
+          <t>Bitmeyen Arayış</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>199</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056955266</t>
+          <t>9786056936005</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Psikolojisine Giriş</t>
+          <t>Yönetim Üzerine İkinci İnceleme</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056936098</t>
+          <t>9786056936012</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Düşünmek</t>
+          <t>Türkiye ve Arap Baharı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>480</v>
+        <v>475</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056955235</t>
+          <t>9786057494573</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütler</t>
+          <t>Tarihselciliğin Sefaleti</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>570</v>
+        <v>199</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
+          <t>9786056955266</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Psikolojisine Giriş</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786056936098</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ömür Düşünmek</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786056955235</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Örgütler</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786057494504</t>
         </is>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Çocuklar Gençler ve Yetişkinler İçin Transaksiyonel Analiz</t>
         </is>
       </c>
-      <c r="C58" s="1">
+      <c r="C61" s="1">
         <v>215</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>