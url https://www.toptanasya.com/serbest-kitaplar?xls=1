--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -94,141 +94,141 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259675237</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Yönetsel Davranış</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>550</v>
+        <v>565</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259675251</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Vergi Nedir?</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259675244</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Eşitlik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>159</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786259675220</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Düzenbazlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>448</v>
+        <v>480</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786259807003</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Liberalizm ve Hoşnutsuzları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>235</v>
+        <v>262</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057494511</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Tanrı’yı Kıyamete Zorlamak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259675206</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Yangın Havası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>456</v>
+        <v>465</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259942148</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Konuşmamız Gereken Şeyler: Aşk Nerede Yaşanıyor Güzelim? (Kutulu Konuşma Kartları)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057389725</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
@@ -289,736 +289,736 @@
         <is>
           <t>9786259807041</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Episto-Kleros</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786259807096</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Sanat Hırsızı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>276</v>
+        <v>286</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786259807089</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de Anayasalar ve Siyaset</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>374</v>
+        <v>398</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786259807058</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Totalitarizmin Psikolojisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>294</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786259807065</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Ticaret ve Küreselleşme</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786259807034</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Tiranlık Üzerine</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786259807027</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Seni Önce Sıcak Öldürecek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>354</v>
+        <v>405</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786259942193</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Gebelikte Mutlu Beslenme</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786259942100</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Esaret Yolu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786259942186</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Yirmi Birinci Yüzyıl’da Kapitalizm Küresel Kapitalizm Neden Tekliyor? Nasıl Tamir Edilebilir?</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786056936067</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Öğrenilmiş İyimserlik Zihninizi ve Yaşamınızı Nasıl Değiştirirsiniz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>430</v>
+        <v>520</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057494580</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Gerçek Mutluluk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>390</v>
+        <v>456</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786259942162</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>İnsan Hakları Bir Çağrı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786259942179</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Yönetim Üzerine Birinci İnceleme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786259942155</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Paranın Satın Alamayacağı Şeyler</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>283</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786056936074</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Akılcı Yaşam Kılavuzu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>398</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786259942131</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kamu Tercihi</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786259942117</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Benlik Yoksa Sorun Yok</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057389787</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Vicdansızlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786057389770</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Son Konuşma</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>205</v>
+        <v>278</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786057389763</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Yeni Türkiye Cumhuriyeti</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>355</v>
+        <v>398</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786057406217</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Yumuşak Güç</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786057389749</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Ekonomik Eşitsizlik</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786057389756</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Anti-Kapitalist Safsatalar</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786057389732</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Kapitalizm, Sosyalizm ve Demokrasi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>410</v>
+        <v>485</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786056955280</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>620</v>
+        <v>690</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786057494528</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>İslam, Demokrasi ve Türkiye</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786056955259</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>396</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786056955273</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Görünmez Kalp</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>289</v>
+        <v>310</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786056955297</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>1774’ten Günümüze Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>499</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786057406200</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Güç ve Tercih: Siyaset Bilimine Giriş</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786057494559</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Temel Hakları Korumak</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786057494535</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Tercih Özgürlüğü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>398</v>
+        <v>430</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786057494542</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Kapitalizm ve Özgürlük</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>297</v>
+        <v>355</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786056936081</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>İnsan Anlığı Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>390</v>
+        <v>399</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786056955211</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>420</v>
+        <v>498</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786056955228</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Siyasi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>398</v>
+        <v>465</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786056955204</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Politika Bilimine Giriş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>249</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786056936043</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Günümüzde TA</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>498</v>
+        <v>598</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786056936029</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Bu Yüzyılın Dersi</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786056936036</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Bitmeyen Arayış</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786056936005</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Yönetim Üzerine İkinci İnceleme</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786056936012</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Türkiye ve Arap Baharı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>475</v>
+        <v>498</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786057494573</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Tarihselciliğin Sefaleti</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786056955266</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Siyaset Psikolojisine Giriş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>590</v>
+        <v>680</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786056936098</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Bir Ömür Düşünmek</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786056955235</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Uluslararası Örgütler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>570</v>
+        <v>580</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786057494504</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Çocuklar Gençler ve Yetişkinler İçin Transaksiyonel Analiz</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>