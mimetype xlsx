--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,3355 +85,3385 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256970809</t>
+          <t>9786257626002</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüme Görmediğime (UY13 Lise Düzeyi)</t>
+          <t>Hastasızhane</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256970793</t>
+          <t>9789752420908</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Muhafızları (UY13 Ortaokul Düzeyi)</t>
+          <t>Ufyo, Kacu ve Luk Bir Acayip Yolculuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256970816</t>
+          <t>9786256970809</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Nasıl İnanmalı?</t>
+          <t>Gördüğüme Görmediğime (UY13 Lise Düzeyi)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256970786</t>
+          <t>9786256970793</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Çağrısı (UY13 İlkokul Düzeyi)</t>
+          <t>Tevhid Muhafızları (UY13 Ortaokul Düzeyi)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057307507</t>
+          <t>9786256970816</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Tasavvufi Şahsiyetler</t>
+          <t>Yeni Yüzyılda Nasıl İnanmalı?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057307545</t>
+          <t>9786256970786</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Ramazan</t>
+          <t>Kuşların Çağrısı (UY13 İlkokul Düzeyi)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057307538</t>
+          <t>9786057307507</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ramazan Kayıp</t>
+          <t>Tarihi ve Tasavvufi Şahsiyetler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>105</v>
+        <v>295</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057307590</t>
+          <t>9786057307545</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Bordo</t>
+          <t>Bir Başka Ramazan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1450</v>
+        <v>105</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256970397</t>
+          <t>9786057307538</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) - Bordo</t>
+          <t>Eyvah Ramazan Kayıp</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>430</v>
+        <v>105</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256970106</t>
+          <t>9786057307590</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) LACİVERT</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Bordo</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1800</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256970007</t>
+          <t>9786256970397</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) TABA</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) - Bordo</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>930</v>
+        <v>430</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256970144</t>
+          <t>9786256970106</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - LİLA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) LACİVERT</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>750</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256970182</t>
+          <t>9786256970007</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İNCE CİLT) LİLA</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) TABA</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>620</v>
+        <v>930</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752420397</t>
+          <t>9786256970144</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali Hediyelik (Cep Boy - Meal - Ciltli - Turkuaz)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - LİLA</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>660</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758757619</t>
+          <t>9786256970182</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Cep Boy, Farklı Renklerde) (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İNCE CİLT) LİLA</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>560</v>
+        <v>620</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758757756</t>
+          <t>9789752420397</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Lila (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali Hediyelik (Cep Boy - Meal - Ciltli - Turkuaz)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>395</v>
+        <v>660</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256970489</t>
+          <t>9789758757619</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 1</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>590</v>
+        <v>560</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256970410</t>
+          <t>9789758757756</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) Lila</t>
+          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>430</v>
+        <v>395</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752420090</t>
+          <t>9786256970489</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Terbiyesi</t>
+          <t>Yolun En Doğrusu - 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>185</v>
+        <v>590</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752420076</t>
+          <t>9786256970410</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslamda Dostluk ve Kardeşlik Adabı</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) Lila</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752420229</t>
+          <t>9789752420090</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Büyük Boy - Mıklepli Ciltli- Turkuaz)</t>
+          <t>Nefsin Terbiyesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>760</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752420724</t>
+          <t>9789752420076</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Cep Boy - Ciltli)</t>
+          <t>İslamda Dostluk ve Kardeşlik Adabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>980</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758757138</t>
+          <t>9789752420229</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Kartelası (Kutusuz)</t>
+          <t>Kur'an-ı Kerim (Büyük Boy - Mıklepli Ciltli- Turkuaz)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>760</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752420342</t>
+          <t>9789752420724</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Cep Boy</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Cep Boy - Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1475</v>
+        <v>980</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752420533</t>
+          <t>9789758757138</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkân Kur'ân-ı Kerîm ve Tefsirli Meali - Cep Boy - Fermuarlı - Deri Cilt (Ciltli)</t>
+          <t>40 Hadis Kartelası (Kutusuz)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>3950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257626354</t>
+          <t>9789752420342</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Rahle Boy - Arapça+Türkçe - Turkuaz</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Cep Boy</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>835</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758757886</t>
+          <t>9789752420533</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Başbaşa - (Başmakaleler -5) - Cep Boy</t>
+          <t>Feyzü'l Furkân Kur'ân-ı Kerîm ve Tefsirli Meali - Cep Boy - Fermuarlı - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>105</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752420939</t>
+          <t>9786257626354</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>40 Başlıkta İslâm Nasıl Yaşanmalı? - Karton Kapak</t>
+          <t>Dua (Evrad-ı Şerife) - Rahle Boy - Arapça+Türkçe - Turkuaz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>365</v>
+        <v>835</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257626286</t>
+          <t>9789758757886</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi İçin Bir Aylık Kurs Ramazan - Cep Boy</t>
+          <t>Çocuklarla Başbaşa - (Başmakaleler -5) - Cep Boy</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>145</v>
+        <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752420427</t>
+          <t>9789752420939</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli ve Bektaşilik Dizisi (6 Cilt Takım) (Ciltli)</t>
+          <t>40 Başlıkta İslâm Nasıl Yaşanmalı? - Karton Kapak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>2540</v>
+        <v>365</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752420441</t>
+          <t>9786257626286</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Hacı Bektaş-ı Veli Tam Metin (Ciltli)</t>
+          <t>İrade Terbiyesi İçin Bir Aylık Kurs Ramazan - Cep Boy</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758757336</t>
+          <t>9789752420427</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Yediklerimiz</t>
+          <t>Hacı Bektaş-ı Veli ve Bektaşilik Dizisi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>345</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758757152</t>
+          <t>9789752420441</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Akademik Makaleler</t>
+          <t>Makalat-ı Hacı Bektaş-ı Veli Tam Metin (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>395</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758757596</t>
+          <t>9789758757336</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Turkuaz (Ciltli)</t>
+          <t>Fark Etmeden Yediklerimiz</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758757176</t>
+          <t>9789758757152</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hz. Havva'dan Hz. Zeyneb'e Kadınların İzinde</t>
+          <t>Akademik Makaleler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752420199</t>
+          <t>9789758757596</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Nasihatler 1-2 Cilt</t>
+          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256970281</t>
+          <t>9789758757176</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlar Mektebi Hak Muhafızları</t>
+          <t>Hz. Havva'dan Hz. Zeyneb'e Kadınların İzinde</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256970748</t>
+          <t>9789752420199</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Maske Düştü</t>
+          <t>Hadislerle Nasihatler 1-2 Cilt</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>115</v>
+        <v>290</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256970250</t>
+          <t>9786256970281</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yolların Kanunu</t>
+          <t>Zamansızlar Mektebi Hak Muhafızları</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256970731</t>
+          <t>9786256970748</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İncinsen De İncitme</t>
+          <t>Maske Düştü</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256970045</t>
+          <t>9786256970250</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Riyazü's Salihin</t>
+          <t>Yolların Kanunu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>210</v>
+        <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256970052</t>
+          <t>9786256970731</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu</t>
+          <t>İncinsen De İncitme</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752420083</t>
+          <t>9786256970045</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku</t>
+          <t>Gençler İçin Riyazü's Salihin</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758757992</t>
+          <t>9786256970052</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler - 3 (İlim Sanat ve Panzehir Dergileri Başmakaleleri)</t>
+          <t>Kur'an Yolu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9876543210005</t>
+          <t>9789752420083</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>M. Es'ad Coşan Sorular - Cevaplar Seti (3 Kitap)</t>
+          <t>Mehmed Zahid Kotku</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>830</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256970595</t>
+          <t>9789758757992</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu (Kutulu - 10 Kitap) (Ciltli)</t>
+          <t>Başmakaleler - 3 (İlim Sanat ve Panzehir Dergileri Başmakaleleri)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>7280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256970694</t>
+          <t>9876543210005</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 10 (Ciltli)</t>
+          <t>M. Es'ad Coşan Sorular - Cevaplar Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>630</v>
+        <v>830</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256970687</t>
+          <t>9786256970595</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 9 (Ciltli)</t>
+          <t>Yolun En Doğrusu (Kutulu - 10 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>7280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256970670</t>
+          <t>9786256970694</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 8 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>750</v>
+        <v>630</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256970663</t>
+          <t>9786256970687</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 7 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256970472</t>
+          <t>9786256970670</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu (Kutulu - 10 Kitap)</t>
+          <t>Yolun En Doğrusu - 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>5780</v>
+        <v>750</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256970571</t>
+          <t>9786256970663</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 10</t>
+          <t>Yolun En Doğrusu - 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>480</v>
+        <v>750</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256970564</t>
+          <t>9786256970472</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 9</t>
+          <t>Yolun En Doğrusu (Kutulu - 10 Kitap)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>5780</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256970557</t>
+          <t>9786256970571</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 8</t>
+          <t>Yolun En Doğrusu - 10</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256970540</t>
+          <t>9786256970564</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 7</t>
+          <t>Yolun En Doğrusu - 9</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256970229</t>
+          <t>9786256970557</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) LİLA</t>
+          <t>Yolun En Doğrusu - 8</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>720</v>
+        <v>600</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256970151</t>
+          <t>9786256970540</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - TABA</t>
+          <t>Yolun En Doğrusu - 7</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057333452</t>
+          <t>9786256970229</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Manevi Bahar Mevsimi Ramazan</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) LİLA</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>315</v>
+        <v>720</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257626125</t>
+          <t>9786256970151</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Lila</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - TABA</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257626118</t>
+          <t>9786057333452</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Lacivert</t>
+          <t>Manevi Bahar Mevsimi Ramazan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>560</v>
+        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752420861</t>
+          <t>9786257626125</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İletişim, Nezaket ve Adab</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Lila</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>265</v>
+        <v>560</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752420540</t>
+          <t>9786257626118</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretü'l Evliya</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Lacivert</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>235</v>
+        <v>560</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758757329</t>
+          <t>9789752420861</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali ( Karton Kapak, 4 Farklı Renkte)</t>
+          <t>İletişim, Nezaket ve Adab</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>430</v>
+        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256970618</t>
+          <t>9789752420540</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 2 (Ciltli)</t>
+          <t>Tezkiretü'l Evliya</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>750</v>
+        <v>235</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256970625</t>
+          <t>9789758757329</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 3 (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali ( Karton Kapak, 4 Farklı Renkte)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>750</v>
+        <v>430</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256970632</t>
+          <t>9786256970618</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 4 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256970649</t>
+          <t>9786256970625</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 5 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256970656</t>
+          <t>9786256970632</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 6 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>4440000004056</t>
+          <t>9786256970649</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>1'e 1000 Yok mu İsteyen?</t>
+          <t>Yolun En Doğrusu - 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>66</v>
+        <v>750</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256970359</t>
+          <t>9786256970656</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Bordo</t>
+          <t>Yolun En Doğrusu - 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057307583</t>
+          <t>4440000004056</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Lacivert</t>
+          <t>1'e 1000 Yok mu İsteyen?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1450</v>
+        <v>66</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057307576</t>
+          <t>9786256970359</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Taba</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Bordo</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057307569</t>
+          <t>9786057307583</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Lila</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Lacivert</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>1450</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256970533</t>
+          <t>9786057307576</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 6</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Taba</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>600</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256970526</t>
+          <t>9786057307569</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 5</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Lila</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>600</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256970519</t>
+          <t>9786256970533</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 4</t>
+          <t>Yolun En Doğrusu - 6</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256970502</t>
+          <t>9786256970526</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 3</t>
+          <t>Yolun En Doğrusu - 5</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256970496</t>
+          <t>9786256970519</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 2</t>
+          <t>Yolun En Doğrusu - 4</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057307514</t>
+          <t>9786256970502</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Olmadan Ümmet Olmaz</t>
+          <t>Yolun En Doğrusu - 3</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057333490</t>
+          <t>9786256970496</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Yolun En Doğrusu - 2</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>265</v>
+        <v>600</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256970236</t>
+          <t>9786057307514</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku Kitabı (Ciltli)</t>
+          <t>Sünnet Olmadan Ümmet Olmaz</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>445</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256970342</t>
+          <t>9786057333490</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Sempatik Cep Boy - Ciltli) Lila</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>980</v>
+        <v>265</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256970199</t>
+          <t>9786256970236</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) Taba</t>
+          <t>Mehmed Zahid Kotku Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>620</v>
+        <v>445</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256970175</t>
+          <t>9786256970342</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) - Lacivert</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Sempatik Cep Boy - Ciltli) Lila</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>620</v>
+        <v>980</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256970168</t>
+          <t>9786256970199</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) Fuşya</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) Taba</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256970380</t>
+          <t>9786256970175</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Taba</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) - Lacivert</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>560</v>
+        <v>620</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256970373</t>
+          <t>9786256970168</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Lila</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) Fuşya</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>560</v>
+        <v>620</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256970366</t>
+          <t>9786256970380</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Lacivert</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Taba</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>560</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256970427</t>
+          <t>9786256970373</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) Taba</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Lila</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>430</v>
+        <v>560</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256970403</t>
+          <t>9786256970366</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) - Lacivert</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Lacivert</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>430</v>
+        <v>560</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256970328</t>
+          <t>9786256970427</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Sempatik Cep Boy - Ciltli) Taba</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) Taba</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>980</v>
+        <v>430</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257626989</t>
+          <t>9786256970403</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Arapça - İngilizce Orta Boy</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) - Lacivert</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057333483</t>
+          <t>9786256970328</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Nasihatler (1-2 Cilt Takım)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Sempatik Cep Boy - Ciltli) Taba</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>535</v>
+        <v>980</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257626958</t>
+          <t>9786257626989</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>The Glorious Qur'an (İngilizce Meal + Mushaf) Orta Boy Yumuşak Kapak - Lacivert</t>
+          <t>Dua (Evrad-ı Şerife) Arapça - İngilizce Orta Boy</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1770</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057160416</t>
+          <t>9786057333483</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>The Glorious Qur'an (İngilizce Meal + Mushaf) Orta Boy Ciltli - Taba</t>
+          <t>Hadislerle Nasihatler (1-2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>2080</v>
+        <v>535</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057307521</t>
+          <t>9786257626958</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dilimiz ve Kültürümüz</t>
+          <t>The Glorious Qur'an (İngilizce Meal + Mushaf) Orta Boy Yumuşak Kapak - Lacivert</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>185</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256970069</t>
+          <t>9786057160416</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) TABA</t>
+          <t>The Glorious Qur'an (İngilizce Meal + Mushaf) Orta Boy Ciltli - Taba</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1500</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256970113</t>
+          <t>9786057307521</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) BORDO</t>
+          <t>Dilimiz ve Kültürümüz</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1800</v>
+        <v>185</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256970090</t>
+          <t>9786256970069</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) LİLA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) TABA</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1800</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256970083</t>
+          <t>9786256970113</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) TABA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) BORDO</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>1800</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256970274</t>
+          <t>9786256970090</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) BORDO</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) LİLA</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256970267</t>
+          <t>9786256970083</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) LİLA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) TABA</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256970021</t>
+          <t>9786256970274</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) LACİVERT</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) BORDO</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>930</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758757039</t>
+          <t>9786256970267</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Cep Boy - Mushaf ve Meal - Deri Ciltli )</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) LİLA</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>2975</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256970038</t>
+          <t>9786256970021</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) BORDO</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) LACİVERT</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>930</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256970014</t>
+          <t>9789758757039</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) LİLA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Cep Boy - Mushaf ve Meal - Deri Ciltli )</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>930</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256970212</t>
+          <t>9786256970038</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) BORDO</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) BORDO</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>720</v>
+        <v>930</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256970205</t>
+          <t>9786256970014</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) LACİVERT</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) LİLA</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>720</v>
+        <v>930</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752420823</t>
+          <t>9786256970212</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) TURKUAZ</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) BORDO</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>720</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256970137</t>
+          <t>9786256970205</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - LACİVERT</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) LACİVERT</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>750</v>
+        <v>720</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256970120</t>
+          <t>9789752420823</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - BORDO</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) TURKUAZ</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>750</v>
+        <v>720</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9876543698742</t>
+          <t>9786256970137</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>M. Es'ad Coşan Kandil Seti (6 Kitap)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - LACİVERT</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257626439</t>
+          <t>9786256970120</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Muhtelif Konularla İlgili Sorular - Cevaplar 3</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - BORDO</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>295</v>
+        <v>750</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257626422</t>
+          <t>9876543698742</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İle İlgili Sorular - Cevaplar 2</t>
+          <t>M. Es'ad Coşan Kandil Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257626446</t>
+          <t>9786257626439</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnanç, İbadet Ve Muamelat İle İlgili Sorular Cevaplar</t>
+          <t>Muhtelif Konularla İlgili Sorular - Cevaplar 3</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752420410</t>
+          <t>9786257626422</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Olmadan Ümmet Olmaz</t>
+          <t>Tasavvuf İle İlgili Sorular - Cevaplar 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257626972</t>
+          <t>9786257626446</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte (Büyük Boy) (Ciltli)</t>
+          <t>İnanç, İbadet Ve Muamelat İle İlgili Sorular Cevaplar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>720</v>
+        <v>305</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257626934</t>
+          <t>9789752420410</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Nasıl İnanmalı? (Ciltli)</t>
+          <t>Sünnet Olmadan Ümmet Olmaz</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257626941</t>
+          <t>9786257626972</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Nasıl İnanmalı? (Büyük Boy) (Ciltli)</t>
+          <t>Kütüb-i Sitte (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>655</v>
+        <v>720</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057160447</t>
+          <t>9786257626934</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den (ra) Devlet Adamlarına Öğütler</t>
+          <t>Yeni Yüzyılda Nasıl İnanmalı? (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>140</v>
+        <v>520</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257626477</t>
+          <t>9786257626941</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Düşün! Bir de Sağlıklı Düşün!</t>
+          <t>Yeni Yüzyılda Nasıl İnanmalı? (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>315</v>
+        <v>655</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9876543698735</t>
+          <t>9786057160447</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kritik ve Analitik Düşünme Seti (2 Kitap)</t>
+          <t>Hz. Ali'den (ra) Devlet Adamlarına Öğütler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257626385</t>
+          <t>9786257626477</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça+Türkçe - Yeşil</t>
+          <t>Düşün! Bir de Sağlıklı Düşün!</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>720</v>
+        <v>315</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758757763</t>
+          <t>9876543698735</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça + Türkçe - Taba (Ciltli)</t>
+          <t>Kritik ve Analitik Düşünme Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>395</v>
+        <v>580</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752420991</t>
+          <t>9786257626385</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Dostlar</t>
+          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça+Türkçe - Yeşil</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>70</v>
+        <v>720</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752420984</t>
+          <t>9789758757763</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslen Sağlıklı Yaşa</t>
+          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça + Türkçe - Taba (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>70</v>
+        <v>395</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257626453</t>
+          <t>9789752420991</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ceviz Çatırdıyo</t>
+          <t>İçimdeki Dostlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>165</v>
+        <v>70</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257626460</t>
+          <t>9789752420984</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Elma Dersem Düşün</t>
+          <t>Sağlıklı Beslen Sağlıklı Yaşa</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>165</v>
+        <v>70</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257626651</t>
+          <t>9786257626453</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Nasıl İnanmalı</t>
+          <t>Eyvah Ceviz Çatırdıyo</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>345</v>
+        <v>165</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257626255</t>
+          <t>9786257626460</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün, İyi Yaşa 30 Günde Kritik Düşünme</t>
+          <t>Elma Dersem Düşün</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>4440000001772</t>
+          <t>9786257626651</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku Kitapları Seti (15 Kitap)</t>
+          <t>Yeni Yüzyılda Nasıl İnanmalı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>3510</v>
+        <v>345</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257626415</t>
+          <t>9786257626255</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Lacivert</t>
+          <t>İyi Düşün, İyi Yaşa 30 Günde Kritik Düşünme</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>720</v>
+        <v>265</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257626408</t>
+          <t>4440000001772</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Lila</t>
+          <t>Mehmed Zahid Kotku Kitapları Seti (15 Kitap)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>720</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257626392</t>
+          <t>9786257626415</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Turkuaz</t>
+          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Lacivert</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>720</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752420113</t>
+          <t>9786257626408</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Büyük Boy - Mıklepli Ciltli- Kırmızı)</t>
+          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Lila</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>875</v>
+        <v>720</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789758757701</t>
+          <t>9786257626392</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerîm ve Tefsirli Meali - Orta Boy - Mıklepli Ciltli</t>
+          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Turkuaz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1850</v>
+        <v>720</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752420830</t>
+          <t>9789752420113</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) Turkuaz</t>
+          <t>Kur'an-ı Kerim (Büyük Boy - Mıklepli Ciltli- Kırmızı)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>930</v>
+        <v>875</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752420731</t>
+          <t>9789758757701</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerîm ve Tefsirli Meali - Cep Boy - İnce Cilt - (Ciltli)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerîm ve Tefsirli Meali - Orta Boy - Mıklepli Ciltli</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>835</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752420755</t>
+          <t>9789752420830</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - Mıklepli Ciltli (Lacivert)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) Turkuaz</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>2125</v>
+        <v>930</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752420717</t>
+          <t>9789752420731</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - İnce Cilt (Lacivert) (Ciltli)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerîm ve Tefsirli Meali - Cep Boy - İnce Cilt - (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1500</v>
+        <v>835</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758757633</t>
+          <t>9789752420755</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerîm Meali - Cep Boy - Deri Cilt (Ciltli)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - Mıklepli Ciltli (Lacivert)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>1990</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9784567891004</t>
+          <t>9789752420717</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerîm Meali - Cep Boy - Deri Cilt - Kutulu (Ciltli)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - İnce Cilt (Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>2150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257626019</t>
+          <t>9789758757633</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - Ciltli (LACİVERT)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerîm Meali - Cep Boy - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1800</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752420588</t>
+          <t>9784567891004</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akaidi - Cep Boy</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerîm Meali - Cep Boy - Deri Cilt - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>140</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752420854</t>
+          <t>9786257626019</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Edep Mektebi</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - Ciltli (LACİVERT)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>265</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257626163</t>
+          <t>9789752420588</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Yeşil</t>
+          <t>Ehl-i Sünnet Akaidi - Cep Boy</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>560</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257626101</t>
+          <t>9789752420854</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Turkuaz</t>
+          <t>Edep Mektebi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>560</v>
+        <v>265</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257626132</t>
+          <t>9786257626163</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Bordo</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Yeşil</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>560</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752420304</t>
+          <t>9786257626101</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dilimiz ve Kültürümüz - Cep Boy</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Turkuaz</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>105</v>
+        <v>560</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789758757862</t>
+          <t>9786257626132</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolları - Cep Boy</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Bordo</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>185</v>
+        <v>560</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789758757404</t>
+          <t>9789752420304</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Güzel İnsan</t>
+          <t>Dilimiz ve Kültürümüz - Cep Boy</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257626323</t>
+          <t>9789758757862</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Berat Kandili - Cep Boy</t>
+          <t>Cennet Yolları - Cep Boy</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257626187</t>
+          <t>9789758757404</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Berat Kandili</t>
+          <t>Bir Güzel İnsan</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758757879</t>
+          <t>9786257626323</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler-2 (Kadın ve Aile Dergisi Başmakaleleri) - Cep Boy</t>
+          <t>Berat Kandili - Cep Boy</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758757565</t>
+          <t>9786257626187</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler-1 (İslam Dergisi Başmakaleleri) - Cep Boy</t>
+          <t>Berat Kandili</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752420946</t>
+          <t>9789758757879</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>40 Başlıkta İslâm Nasıl Yaşanmalı? - Sert Kapak</t>
+          <t>Başmakaleler-2 (Kadın ve Aile Dergisi Başmakaleleri) - Cep Boy</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>560</v>
+        <v>185</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752420519</t>
+          <t>9789758757565</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Asıl Mesele - Cep Boy</t>
+          <t>Başmakaleler-1 (İslam Dergisi Başmakaleleri) - Cep Boy</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>155</v>
+        <v>185</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789758757657</t>
+          <t>9789752420946</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali - Orta Boy - Deri Cilt (Ciltli)</t>
+          <t>40 Başlıkta İslâm Nasıl Yaşanmalı? - Sert Kapak</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>2750</v>
+        <v>560</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758757671</t>
+          <t>9789752420519</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Haklar ve Vazifeler - Cep Boy</t>
+          <t>21. Yüzyılda Asıl Mesele - Cep Boy</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752420328</t>
+          <t>9789758757657</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hz. Havvadan Hz. Zeynebe Kadınların İzinde - Cep Boy</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali - Orta Boy - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758757718</t>
+          <t>9789758757671</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İdeal Yol (Başmakaleler 4) - Cep Boy</t>
+          <t>Haklar ve Vazifeler - Cep Boy</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752420311</t>
+          <t>9789752420328</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İslam - Cep Boy</t>
+          <t>Hz. Havvadan Hz. Zeynebe Kadınların İzinde - Cep Boy</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752420663</t>
+          <t>9789758757718</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali - Cep Boy - İnce Kapak - Fuşya (Pembe)</t>
+          <t>İdeal Yol (Başmakaleler 4) - Cep Boy</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789758757602</t>
+          <t>9789752420311</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Fethi ve Fatih - Cep Boy</t>
+          <t>İslam - Cep Boy</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257626200</t>
+          <t>9789752420663</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kadir Gecesi Bin Aydan Hayırlı Gece</t>
+          <t>İslam İlmihali - Cep Boy - İnce Kapak - Fuşya (Pembe)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257626316</t>
+          <t>9789758757602</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kadir Gecesi Bin Aydan Hayırlı Gece - Cep Boy</t>
+          <t>İstanbul'un Fethi ve Fatih - Cep Boy</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752420885</t>
+          <t>9786257626200</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Takva ve Muttaki</t>
+          <t>Kadir Gecesi Bin Aydan Hayırlı Gece</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>255</v>
+        <v>155</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752420892</t>
+          <t>9786257626316</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Görgü Kuralları</t>
+          <t>Kadir Gecesi Bin Aydan Hayırlı Gece - Cep Boy</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>315</v>
+        <v>105</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257626088</t>
+          <t>9789752420885</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte - Karton Kapak</t>
+          <t>Kur'an'a Göre Takva ve Muttaki</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>455</v>
+        <v>255</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257626095</t>
+          <t>9789752420892</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte - Sert Kapak (Ciltli)</t>
+          <t>Kur'an-ı Kerim'de Görgü Kuralları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>575</v>
+        <v>315</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257626156</t>
+          <t>9786257626088</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Kandili ve Peygamber Sevgisi</t>
+          <t>Kütüb-i Sitte - Karton Kapak</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>225</v>
+        <v>455</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257626309</t>
+          <t>9786257626095</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Kandili ve Peygamber Sevgisi - Cep Boy</t>
+          <t>Kütüb-i Sitte - Sert Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>575</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257626170</t>
+          <t>9786257626156</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Miraç Yol Yolculuk Yolcu</t>
+          <t>Mevlid Kandili ve Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257626293</t>
+          <t>9786257626309</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Miraç Yol Yolculuk Yolcu - Cep Boy</t>
+          <t>Mevlid Kandili ve Peygamber Sevgisi - Cep Boy</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789758757817</t>
+          <t>9786257626170</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Müminlere Vaazlar (2 Kitap) - Cep Boy</t>
+          <t>Miraç Yol Yolculuk Yolcu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257626217</t>
+          <t>9786257626293</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Öncü Sufîler - Tabakatü's-Sufiyye (3 Kitap) (Ciltli)</t>
+          <t>Miraç Yol Yolculuk Yolcu - Cep Boy</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>990</v>
+        <v>125</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257626149</t>
+          <t>9789758757817</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Regaib Kandili</t>
+          <t>Müminlere Vaazlar (2 Kitap) - Cep Boy</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257626279</t>
+          <t>9786257626217</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Regaib Kandili - Cep Boy</t>
+          <t>Öncü Sufîler - Tabakatü's-Sufiyye (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>105</v>
+        <v>990</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789758757749</t>
+          <t>9786257626149</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sadık Bir Refik: Prof. Dr. Ali Yücel Uyarel</t>
+          <t>Regaib Kandili</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>305</v>
+        <v>145</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752420878</t>
+          <t>9786257626279</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sohbetlerle Hac ve Umre</t>
+          <t>Regaib Kandili - Cep Boy</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>375</v>
+        <v>105</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752420335</t>
+          <t>9789758757749</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Tasavvufi Şahsiyetler - Cep Boy</t>
+          <t>Sadık Bir Refik: Prof. Dr. Ali Yücel Uyarel</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752420564</t>
+          <t>9789752420878</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretül Evliya - Cep Boy</t>
+          <t>Sohbetlerle Hac ve Umre</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789758757183</t>
+          <t>9789752420335</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Terbiyesi</t>
+          <t>Tarihi ve Tasavvufi Şahsiyetler - Cep Boy</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257626361</t>
+          <t>9789752420564</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Rahle Boy - Arapça+Türkçe - Lila</t>
+          <t>Tezkiretül Evliya - Cep Boy</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>835</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752420960</t>
+          <t>9789758757183</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Karşılığında Ne Var?</t>
+          <t>Nefsin Terbiyesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789758757787</t>
+          <t>9786257626361</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Mavi (Ciltli)</t>
+          <t>Dua (Evrad-ı Şerife) - Rahle Boy - Arapça+Türkçe - Lila</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>395</v>
+        <v>835</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752420656</t>
+          <t>9789752420960</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Karton Kapak)</t>
+          <t>Karşılığında Ne Var?</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752420502</t>
+          <t>9789758757787</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Kulluk Sanatı</t>
+          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>265</v>
+        <v>395</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752420779</t>
+          <t>9789752420656</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>The Glorious Qur'an (English Translation And Commentary) - Yumuşak Kapak</t>
+          <t>İslam İlmihali (Karton Kapak)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>1060</v>
+        <v>305</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752420496</t>
+          <t>9789752420502</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Asıl Mesele</t>
+          <t>21. Yüzyılda Kulluk Sanatı</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789758757442</t>
+          <t>9789752420779</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler 3 - İlim ve Sanat ve Panzehir Dergileri Başmakaleleri</t>
+          <t>The Glorious Qur'an (English Translation And Commentary) - Yumuşak Kapak</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>210</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752420489</t>
+          <t>9789752420496</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Hakâ'ik (Ciltli)</t>
+          <t>21. Yüzyılda Asıl Mesele</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>490</v>
+        <v>265</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752420472</t>
+          <t>9789758757442</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Hacı Bektaş-ı Veli (Ciltli)</t>
+          <t>Başmakaleler 3 - İlim ve Sanat ve Panzehir Dergileri Başmakaleleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752420465</t>
+          <t>9789752420489</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-haka'ik (Ciltli)</t>
+          <t>Bahrü'l-Hakâ'ik (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752420595</t>
+          <t>9789752420472</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Tefsiri Seti (5 Kitap)</t>
+          <t>Makalat-ı Hacı Bektaş-ı Veli (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>1200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789758757770</t>
+          <t>9789752420465</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dua (Arapça-Türkçe)</t>
+          <t>Bahrü'l-haka'ik (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>395</v>
+        <v>490</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752420571</t>
+          <t>9789752420595</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Bakara Suresi Tefsiri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>225</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758757664</t>
+          <t>9789758757770</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy-Sadece Meal) (Farklı Renk Seçenekleri)</t>
+          <t>Dua (Arapça-Türkçe)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>620</v>
+        <v>395</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257626071</t>
+          <t>9789752420571</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumi'd-Dinden Kesitlerle Kalbin Ahlakı</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>305</v>
+        <v>225</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752420557</t>
+          <t>9789758757664</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akaidi</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy-Sadece Meal) (Farklı Renk Seçenekleri)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>235</v>
+        <v>620</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789758757312</t>
+          <t>9786257626071</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Matla'ul-İtikad Fi Na'rifeti'l-Mebdei ve'l-Mead (Ciltli)</t>
+          <t>İhya-u Ulumi'd-Dinden Kesitlerle Kalbin Ahlakı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>140</v>
+        <v>305</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789758757985</t>
+          <t>9789752420557</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Halidiyye ve Adab-ı Zikir Risalesi</t>
+          <t>Ehl-i Sünnet Akaidi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789758757558</t>
+          <t>9789758757312</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sohbetlerle Hac ve Umre</t>
+          <t>Matla'ul-İtikad Fi Na'rifeti'l-Mebdei ve'l-Mead (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758757800</t>
+          <t>9789758757985</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Dostluk ve Kardeşlik Adabı</t>
+          <t>Risale-i Halidiyye ve Adab-ı Zikir Risalesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752420007</t>
+          <t>9789758757558</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Ahlak Seti Cep Boy (5 Kitap Takım)</t>
+          <t>Sohbetlerle Hac ve Umre</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>735</v>
+        <v>185</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758757893</t>
+          <t>9789758757800</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlere Vaazlar (2 Kitap Takım)</t>
+          <t>İslam'da Dostluk ve Kardeşlik Adabı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789758757794</t>
+          <t>9789752420007</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Haklar ve Vazifeler</t>
+          <t>Tasavvufi Ahlak Seti Cep Boy (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>195</v>
+        <v>735</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758757732</t>
+          <t>9789758757893</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Rabıta</t>
+          <t>Mü'minlere Vaazlar (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789758757206</t>
+          <t>9789758757794</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy ) (Ciltli)</t>
+          <t>Haklar ve Vazifeler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758757367</t>
+          <t>9789758757732</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gıda Katkı Maddelerine Yönelik Tüketici Rehberi</t>
+          <t>Rabıta</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>230</v>
+        <v>305</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789758757305</t>
+          <t>9789758757206</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolları (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy ) (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>295</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752420458</t>
+          <t>9789758757367</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Hacı Bektaş-ı Veli (Sadeleştirilmiş Tam Metin) (Ciltli)</t>
+          <t>Gıda Katkı Maddelerine Yönelik Tüketici Rehberi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789758757091</t>
+          <t>9789758757305</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku (Ciltli)</t>
+          <t>Cennet Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758757046</t>
+          <t>9789752420458</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Aile Dergisi Başmakaleleri - 2</t>
+          <t>Makalat-ı Hacı Bektaş-ı Veli (Sadeleştirilmiş Tam Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758757084</t>
+          <t>9789758757091</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi ve Fatih (Ciltli)</t>
+          <t>Mehmed Zahid Kotku (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758757428</t>
+          <t>9789758757046</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Karma Renk, Ciltli, Orta Boy)</t>
+          <t>Kadın ve Aile Dergisi Başmakaleleri - 2</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758757107</t>
+          <t>9789758757084</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hatiboğlu Muhammed ve Eserleri</t>
+          <t>İstanbul’un Fethi ve Fatih (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752420434</t>
+          <t>9789758757428</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli ve Bektaşilik (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Karma Renk, Ciltli, Orta Boy)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>545</v>
+        <v>750</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758757169</t>
+          <t>9789758757107</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Başbaşa</t>
+          <t>Hatiboğlu Muhammed ve Eserleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789758757145</t>
+          <t>9789752420434</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler 4 - İdeal Yol</t>
+          <t>Hacı Bektaş-ı Veli ve Bektaşilik (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>225</v>
+        <v>545</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
+          <t>9789758757169</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarla Başbaşa</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789758757145</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Başmakaleler 4 - İdeal Yol</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
           <t>9789758757015</t>
         </is>
       </c>
-      <c r="B222" s="1" t="inlineStr">
+      <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Başmakaleler 1 - İslam Dergisi Başmakaleleri</t>
         </is>
       </c>
-      <c r="C222" s="1">
+      <c r="C224" s="1">
         <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>