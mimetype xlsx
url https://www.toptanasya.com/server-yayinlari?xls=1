--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3385 +85,3415 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257626002</t>
+          <t>9786256970779</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hastasızhane</t>
+          <t>Rota Oluşturuluyor</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752420908</t>
+          <t>9789758757923</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ufyo, Kacu ve Luk Bir Acayip Yolculuk</t>
+          <t>Tasavvufi Ahlak Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>55</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256970809</t>
+          <t>9786257626002</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüme Görmediğime (UY13 Lise Düzeyi)</t>
+          <t>Hastasızhane</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256970793</t>
+          <t>9789752420908</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Muhafızları (UY13 Ortaokul Düzeyi)</t>
+          <t>Ufyo, Kacu ve Luk Bir Acayip Yolculuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256970816</t>
+          <t>9786256970809</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Nasıl İnanmalı?</t>
+          <t>Gördüğüme Görmediğime (UY13 Lise Düzeyi)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256970786</t>
+          <t>9786256970793</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Çağrısı (UY13 İlkokul Düzeyi)</t>
+          <t>Tevhid Muhafızları (UY13 Ortaokul Düzeyi)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057307507</t>
+          <t>9786256970816</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Tasavvufi Şahsiyetler</t>
+          <t>Yeni Yüzyılda Nasıl İnanmalı?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057307545</t>
+          <t>9786256970786</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Ramazan</t>
+          <t>Kuşların Çağrısı (UY13 İlkokul Düzeyi)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057307538</t>
+          <t>9786057307507</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ramazan Kayıp</t>
+          <t>Tarihi ve Tasavvufi Şahsiyetler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>105</v>
+        <v>340</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057307590</t>
+          <t>9786057307545</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Bordo</t>
+          <t>Bir Başka Ramazan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256970397</t>
+          <t>9786057307538</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) - Bordo</t>
+          <t>Eyvah Ramazan Kayıp</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256970106</t>
+          <t>9786057307590</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) LACİVERT</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Bordo</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1800</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256970007</t>
+          <t>9786256970397</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) TABA</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) - Bordo</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>930</v>
+        <v>600</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256970144</t>
+          <t>9786256970106</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - LİLA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) LACİVERT</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>750</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256970182</t>
+          <t>9786256970007</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İNCE CİLT) LİLA</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) TABA</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>620</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752420397</t>
+          <t>9786256970144</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali Hediyelik (Cep Boy - Meal - Ciltli - Turkuaz)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - LİLA</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>660</v>
+        <v>900</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758757619</t>
+          <t>9786256970182</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İNCE CİLT) LİLA</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>560</v>
+        <v>760</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758757756</t>
+          <t>9789752420397</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Lila (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali Hediyelik (Cep Boy - Meal - Ciltli - Turkuaz)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>395</v>
+        <v>980</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256970489</t>
+          <t>9789758757619</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 1</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>590</v>
+        <v>780</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256970410</t>
+          <t>9789758757756</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) Lila</t>
+          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752420090</t>
+          <t>9786256970489</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Terbiyesi</t>
+          <t>Yolun En Doğrusu - 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>185</v>
+        <v>590</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752420076</t>
+          <t>9786256970410</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslamda Dostluk ve Kardeşlik Adabı</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) Lila</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752420229</t>
+          <t>9789752420090</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Büyük Boy - Mıklepli Ciltli- Turkuaz)</t>
+          <t>Nefsin Terbiyesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>760</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752420724</t>
+          <t>9789752420076</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Cep Boy - Ciltli)</t>
+          <t>İslamda Dostluk ve Kardeşlik Adabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>980</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758757138</t>
+          <t>9789752420229</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Kartelası (Kutusuz)</t>
+          <t>Kur'an-ı Kerim (Büyük Boy - Mıklepli Ciltli- Turkuaz)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>760</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752420342</t>
+          <t>9789752420724</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Cep Boy</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Cep Boy - Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1475</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752420533</t>
+          <t>9789758757138</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkân Kur'ân-ı Kerîm ve Tefsirli Meali - Cep Boy - Fermuarlı - Deri Cilt (Ciltli)</t>
+          <t>40 Hadis Kartelası (Kutusuz)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>3950</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257626354</t>
+          <t>9789752420342</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Rahle Boy - Arapça+Türkçe - Turkuaz</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Cep Boy</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>835</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758757886</t>
+          <t>9789752420533</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Başbaşa - (Başmakaleler -5) - Cep Boy</t>
+          <t>Feyzü'l Furkân Kur'ân-ı Kerîm ve Tefsirli Meali - Cep Boy - Fermuarlı - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>105</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752420939</t>
+          <t>9786257626354</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>40 Başlıkta İslâm Nasıl Yaşanmalı? - Karton Kapak</t>
+          <t>Dua (Evrad-ı Şerife) - Rahle Boy - Arapça+Türkçe - Turkuaz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>365</v>
+        <v>835</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257626286</t>
+          <t>9789758757886</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi İçin Bir Aylık Kurs Ramazan - Cep Boy</t>
+          <t>Çocuklarla Başbaşa - (Başmakaleler -5) - Cep Boy</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752420427</t>
+          <t>9789752420939</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli ve Bektaşilik Dizisi (6 Cilt Takım) (Ciltli)</t>
+          <t>40 Başlıkta İslâm Nasıl Yaşanmalı? - Karton Kapak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>2540</v>
+        <v>365</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752420441</t>
+          <t>9786257626286</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Hacı Bektaş-ı Veli Tam Metin (Ciltli)</t>
+          <t>İrade Terbiyesi İçin Bir Aylık Kurs Ramazan - Cep Boy</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758757336</t>
+          <t>9789752420427</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Yediklerimiz</t>
+          <t>Hacı Bektaş-ı Veli ve Bektaşilik Dizisi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>345</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758757152</t>
+          <t>9789752420441</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Akademik Makaleler</t>
+          <t>Makalat-ı Hacı Bektaş-ı Veli Tam Metin (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>395</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758757596</t>
+          <t>9789758757336</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Turkuaz (Ciltli)</t>
+          <t>Fark Etmeden Yediklerimiz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>395</v>
+        <v>370</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758757176</t>
+          <t>9789758757152</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hz. Havva'dan Hz. Zeyneb'e Kadınların İzinde</t>
+          <t>Akademik Makaleler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752420199</t>
+          <t>9789758757596</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Nasihatler 1-2 Cilt</t>
+          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256970281</t>
+          <t>9789758757176</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlar Mektebi Hak Muhafızları</t>
+          <t>Hz. Havva'dan Hz. Zeyneb'e Kadınların İzinde</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>115</v>
+        <v>375</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256970748</t>
+          <t>9789752420199</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Maske Düştü</t>
+          <t>Hadislerle Nasihatler 1-2 Cilt</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256970250</t>
+          <t>9786256970281</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yolların Kanunu</t>
+          <t>Zamansızlar Mektebi Hak Muhafızları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256970731</t>
+          <t>9786256970748</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İncinsen De İncitme</t>
+          <t>Maske Düştü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256970045</t>
+          <t>9786256970250</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Riyazü's Salihin</t>
+          <t>Yolların Kanunu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256970052</t>
+          <t>9786256970731</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu</t>
+          <t>İncinsen De İncitme</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752420083</t>
+          <t>9786256970045</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku</t>
+          <t>Gençler İçin Riyazü's Salihin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758757992</t>
+          <t>9786256970052</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler - 3 (İlim Sanat ve Panzehir Dergileri Başmakaleleri)</t>
+          <t>Kur'an Yolu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9876543210005</t>
+          <t>9789752420083</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>M. Es'ad Coşan Sorular - Cevaplar Seti (3 Kitap)</t>
+          <t>Mehmed Zahid Kotku</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>830</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256970595</t>
+          <t>9789758757992</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu (Kutulu - 10 Kitap) (Ciltli)</t>
+          <t>Başmakaleler - 3 (İlim Sanat ve Panzehir Dergileri Başmakaleleri)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>7280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256970694</t>
+          <t>9876543210005</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 10 (Ciltli)</t>
+          <t>M. Es'ad Coşan Sorular - Cevaplar Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>630</v>
+        <v>900</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256970687</t>
+          <t>9786256970595</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 9 (Ciltli)</t>
+          <t>Yolun En Doğrusu (Kutulu - 10 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>750</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256970670</t>
+          <t>9786256970694</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 8 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256970663</t>
+          <t>9786256970687</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 7 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256970472</t>
+          <t>9786256970670</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu (Kutulu - 10 Kitap)</t>
+          <t>Yolun En Doğrusu - 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>5780</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256970571</t>
+          <t>9786256970663</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 10</t>
+          <t>Yolun En Doğrusu - 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>480</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256970564</t>
+          <t>9786256970472</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 9</t>
+          <t>Yolun En Doğrusu (Kutulu - 10 Kitap)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>600</v>
+        <v>7900</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256970557</t>
+          <t>9786256970571</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 8</t>
+          <t>Yolun En Doğrusu - 10</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256970540</t>
+          <t>9786256970564</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 7</t>
+          <t>Yolun En Doğrusu - 9</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256970229</t>
+          <t>9786256970557</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) LİLA</t>
+          <t>Yolun En Doğrusu - 8</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>720</v>
+        <v>800</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256970151</t>
+          <t>9786256970540</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - TABA</t>
+          <t>Yolun En Doğrusu - 7</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057333452</t>
+          <t>9786256970229</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Manevi Bahar Mevsimi Ramazan</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) LİLA</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>315</v>
+        <v>900</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257626125</t>
+          <t>9786256970151</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Lila</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - TABA</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>560</v>
+        <v>900</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257626118</t>
+          <t>9786057333452</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Lacivert</t>
+          <t>Manevi Bahar Mevsimi Ramazan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>560</v>
+        <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752420861</t>
+          <t>9786257626125</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İletişim, Nezaket ve Adab</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Lila</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>265</v>
+        <v>650</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752420540</t>
+          <t>9786257626118</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretü'l Evliya</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Lacivert</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>235</v>
+        <v>650</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758757329</t>
+          <t>9789752420861</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali ( Karton Kapak, 4 Farklı Renkte)</t>
+          <t>İletişim, Nezaket ve Adab</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>430</v>
+        <v>265</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256970618</t>
+          <t>9789752420540</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 2 (Ciltli)</t>
+          <t>Tezkiretü'l Evliya</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256970625</t>
+          <t>9789758757329</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 3 (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali ( Karton Kapak, 4 Farklı Renkte)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256970632</t>
+          <t>9786256970618</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 4 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256970649</t>
+          <t>9786256970625</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 5 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256970656</t>
+          <t>9786256970632</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 6 (Ciltli)</t>
+          <t>Yolun En Doğrusu - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>4440000004056</t>
+          <t>9786256970649</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>1'e 1000 Yok mu İsteyen?</t>
+          <t>Yolun En Doğrusu - 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>66</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256970359</t>
+          <t>9786256970656</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Bordo</t>
+          <t>Yolun En Doğrusu - 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>560</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057307583</t>
+          <t>4440000004056</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Lacivert</t>
+          <t>1'e 1000 Yok mu İsteyen?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1450</v>
+        <v>66</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057307576</t>
+          <t>9786256970359</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Taba</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Bordo</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1450</v>
+        <v>780</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057307569</t>
+          <t>9786057307583</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Lila</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Lacivert</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1450</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256970533</t>
+          <t>9786057307576</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 6</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Taba</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>600</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256970526</t>
+          <t>9786057307569</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 5</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Orta Boy - Mushaf ve Meal - Ciltli) Lila</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>600</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256970519</t>
+          <t>9786256970533</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 4</t>
+          <t>Yolun En Doğrusu - 6</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256970502</t>
+          <t>9786256970526</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 3</t>
+          <t>Yolun En Doğrusu - 5</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256970496</t>
+          <t>9786256970519</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yolun En Doğrusu - 2</t>
+          <t>Yolun En Doğrusu - 4</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057307514</t>
+          <t>9786256970502</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Olmadan Ümmet Olmaz</t>
+          <t>Yolun En Doğrusu - 3</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057333490</t>
+          <t>9786256970496</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Yolun En Doğrusu - 2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>265</v>
+        <v>800</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256970236</t>
+          <t>9786057307514</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku Kitabı (Ciltli)</t>
+          <t>Sünnet Olmadan Ümmet Olmaz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>445</v>
+        <v>360</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256970342</t>
+          <t>9786057333490</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Sempatik Cep Boy - Ciltli) Lila</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>980</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256970199</t>
+          <t>9786256970236</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) Taba</t>
+          <t>Mehmed Zahid Kotku Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>620</v>
+        <v>490</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256970175</t>
+          <t>9786256970342</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) - Lacivert</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Sempatik Cep Boy - Ciltli) Lila</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>620</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256970168</t>
+          <t>9786256970199</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) Fuşya</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) Taba</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>620</v>
+        <v>760</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256970380</t>
+          <t>9786256970175</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Taba</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) - Lacivert</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>560</v>
+        <v>760</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256970373</t>
+          <t>9786256970168</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Lila</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - İnce Cilt) Fuşya</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>560</v>
+        <v>760</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256970366</t>
+          <t>9786256970380</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Lacivert</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Taba</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>560</v>
+        <v>780</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256970427</t>
+          <t>9786256970373</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) Taba</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Lila</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>430</v>
+        <v>780</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256970403</t>
+          <t>9786256970366</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) - Lacivert</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - Tefsirli Meal - Ciltli) - Lacivert</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>430</v>
+        <v>780</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256970328</t>
+          <t>9786256970427</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Sempatik Cep Boy - Ciltli) Taba</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) Taba</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>980</v>
+        <v>600</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257626989</t>
+          <t>9786256970403</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Arapça - İngilizce Orta Boy</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Sempatik Cep Boy - İnce Cilt) - Lacivert</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057333483</t>
+          <t>9786256970328</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Nasihatler (1-2 Cilt Takım)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali (Sempatik Cep Boy - Ciltli) Taba</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>535</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257626958</t>
+          <t>9786257626989</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>The Glorious Qur'an (İngilizce Meal + Mushaf) Orta Boy Yumuşak Kapak - Lacivert</t>
+          <t>Dua (Evrad-ı Şerife) Arapça - İngilizce Orta Boy</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1770</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057160416</t>
+          <t>9786057333483</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>The Glorious Qur'an (İngilizce Meal + Mushaf) Orta Boy Ciltli - Taba</t>
+          <t>Hadislerle Nasihatler (1-2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>2080</v>
+        <v>610</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057307521</t>
+          <t>9786257626958</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dilimiz ve Kültürümüz</t>
+          <t>The Glorious Qur'an (İngilizce Meal + Mushaf) Orta Boy Yumuşak Kapak - Lacivert</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>185</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256970069</t>
+          <t>9786057160416</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) TABA</t>
+          <t>The Glorious Qur'an (İngilizce Meal + Mushaf) Orta Boy Ciltli - Taba</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1500</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256970113</t>
+          <t>9786057307521</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) BORDO</t>
+          <t>Dilimiz ve Kültürümüz</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1800</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256970090</t>
+          <t>9786256970069</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) LİLA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) TABA</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1800</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256970083</t>
+          <t>9786256970113</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) TABA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) BORDO</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1800</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256970274</t>
+          <t>9786256970090</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) BORDO</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) LİLA</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1500</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256970267</t>
+          <t>9786256970083</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) LİLA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - Ciltli) TABA</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1500</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256970021</t>
+          <t>9786256970274</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) LACİVERT</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) BORDO</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>930</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758757039</t>
+          <t>9786256970267</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Cep Boy - Mushaf ve Meal - Deri Ciltli )</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Büyük Boy - Mushaf ve Meal - İNCE CİLT) LİLA</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>2975</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256970038</t>
+          <t>9786256970021</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) BORDO</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) LACİVERT</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>930</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256970014</t>
+          <t>9789758757039</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) LİLA</t>
+          <t>Feyzü'l Furkan Kur'ân-ı Kerîm ve Tefsirli Meali (Cep Boy - Mushaf ve Meal - Deri Ciltli )</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>930</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256970212</t>
+          <t>9786256970038</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) BORDO</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) BORDO</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>720</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256970205</t>
+          <t>9786256970014</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) LACİVERT</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) LİLA</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>720</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752420823</t>
+          <t>9786256970212</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) TURKUAZ</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) BORDO</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>720</v>
+        <v>900</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256970137</t>
+          <t>9786256970205</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - LACİVERT</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) LACİVERT</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256970120</t>
+          <t>9789752420823</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - BORDO</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - İNCE CİLT) TURKUAZ</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9876543698742</t>
+          <t>9786256970137</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>M. Es'ad Coşan Kandil Seti (6 Kitap)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - LACİVERT</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1170</v>
+        <v>900</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257626439</t>
+          <t>9786256970120</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Muhtelif Konularla İlgili Sorular - Cevaplar 3</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy - Tefsirli Meal - Ciltli) - BORDO</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>295</v>
+        <v>900</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257626422</t>
+          <t>9876543698742</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İle İlgili Sorular - Cevaplar 2</t>
+          <t>M. Es'ad Coşan Kandil Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>230</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257626446</t>
+          <t>9786257626439</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnanç, İbadet Ve Muamelat İle İlgili Sorular Cevaplar</t>
+          <t>Muhtelif Konularla İlgili Sorular - Cevaplar 3</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752420410</t>
+          <t>9786257626422</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Olmadan Ümmet Olmaz</t>
+          <t>Tasavvuf İle İlgili Sorular - Cevaplar 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257626972</t>
+          <t>9786257626446</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte (Büyük Boy) (Ciltli)</t>
+          <t>İnanç, İbadet Ve Muamelat İle İlgili Sorular Cevaplar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>720</v>
+        <v>335</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257626934</t>
+          <t>9789752420410</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Nasıl İnanmalı? (Ciltli)</t>
+          <t>Sünnet Olmadan Ümmet Olmaz</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257626941</t>
+          <t>9786257626972</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Nasıl İnanmalı? (Büyük Boy) (Ciltli)</t>
+          <t>Kütüb-i Sitte (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>655</v>
+        <v>850</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057160447</t>
+          <t>9786257626934</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'den (ra) Devlet Adamlarına Öğütler</t>
+          <t>Yeni Yüzyılda Nasıl İnanmalı? (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>140</v>
+        <v>625</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257626477</t>
+          <t>9786257626941</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Düşün! Bir de Sağlıklı Düşün!</t>
+          <t>Yeni Yüzyılda Nasıl İnanmalı? (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>315</v>
+        <v>760</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9876543698735</t>
+          <t>9786057160447</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kritik ve Analitik Düşünme Seti (2 Kitap)</t>
+          <t>Hz. Ali'den (ra) Devlet Adamlarına Öğütler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>580</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257626385</t>
+          <t>9786257626477</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça+Türkçe - Yeşil</t>
+          <t>Düşün! Bir de Sağlıklı Düşün!</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>720</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789758757763</t>
+          <t>9876543698735</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça + Türkçe - Taba (Ciltli)</t>
+          <t>Kritik ve Analitik Düşünme Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>395</v>
+        <v>640</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752420991</t>
+          <t>9786257626385</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Dostlar</t>
+          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça+Türkçe - Yeşil</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>70</v>
+        <v>850</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752420984</t>
+          <t>9789758757763</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslen Sağlıklı Yaşa</t>
+          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça + Türkçe - Taba (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257626453</t>
+          <t>9789752420991</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ceviz Çatırdıyo</t>
+          <t>İçimdeki Dostlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257626460</t>
+          <t>9789752420984</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Elma Dersem Düşün</t>
+          <t>Sağlıklı Beslen Sağlıklı Yaşa</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257626651</t>
+          <t>9786257626453</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Nasıl İnanmalı</t>
+          <t>Eyvah Ceviz Çatırdıyo</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257626255</t>
+          <t>9786257626460</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün, İyi Yaşa 30 Günde Kritik Düşünme</t>
+          <t>Elma Dersem Düşün</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>4440000001772</t>
+          <t>9786257626651</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku Kitapları Seti (15 Kitap)</t>
+          <t>Yeni Yüzyılda Nasıl İnanmalı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>3510</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257626415</t>
+          <t>9786257626255</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Lacivert</t>
+          <t>İyi Düşün, İyi Yaşa 30 Günde Kritik Düşünme</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>720</v>
+        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257626408</t>
+          <t>4440000001772</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Lila</t>
+          <t>Mehmed Zahid Kotku Kitapları Seti (15 Kitap)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>720</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257626392</t>
+          <t>9786257626415</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Turkuaz</t>
+          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Lacivert</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>720</v>
+        <v>850</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752420113</t>
+          <t>9786257626408</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Büyük Boy - Mıklepli Ciltli- Kırmızı)</t>
+          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Lila</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>875</v>
+        <v>850</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789758757701</t>
+          <t>9786257626392</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerîm ve Tefsirli Meali - Orta Boy - Mıklepli Ciltli</t>
+          <t>Dua Evrad-ı Şerife) Büyük Boy - Arapça + Türkçe - Turkuaz</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1850</v>
+        <v>850</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752420830</t>
+          <t>9789752420113</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) Turkuaz</t>
+          <t>Kur'an-ı Kerim (Büyük Boy - Mıklepli Ciltli- Kırmızı)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>930</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752420731</t>
+          <t>9789758757701</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerîm ve Tefsirli Meali - Cep Boy - İnce Cilt - (Ciltli)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerîm ve Tefsirli Meali - Orta Boy - Mıklepli Ciltli</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>835</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752420755</t>
+          <t>9789752420830</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - Mıklepli Ciltli (Lacivert)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Büyük Boy - Tefsirli Meal - Ciltli) Turkuaz</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>2125</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752420717</t>
+          <t>9789752420731</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - İnce Cilt (Lacivert) (Ciltli)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerîm ve Tefsirli Meali - Cep Boy - İnce Cilt - (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1500</v>
+        <v>960</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758757633</t>
+          <t>9789752420755</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerîm Meali - Cep Boy - Deri Cilt (Ciltli)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - Mıklepli Ciltli (Lacivert)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1990</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9784567891004</t>
+          <t>9789752420717</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerîm Meali - Cep Boy - Deri Cilt - Kutulu (Ciltli)</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - İnce Cilt (Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>2150</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257626019</t>
+          <t>9789758757633</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - Ciltli (LACİVERT)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerîm Meali - Cep Boy - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>1800</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752420588</t>
+          <t>9784567891004</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akaidi - Cep Boy</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerîm Meali - Cep Boy - Deri Cilt - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752420854</t>
+          <t>9786257626019</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Edep Mektebi</t>
+          <t>Feyzü'l Furkan Kur'an-ı Kerim ve Tefsirli Meali - Büyük Boy - Ciltli (LACİVERT)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>265</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257626163</t>
+          <t>9789752420588</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Yeşil</t>
+          <t>Ehl-i Sünnet Akaidi - Cep Boy</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>560</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257626101</t>
+          <t>9789752420854</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Turkuaz</t>
+          <t>Edep Mektebi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257626132</t>
+          <t>9786257626163</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Bordo</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Yeşil</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752420304</t>
+          <t>9786257626101</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dilimiz ve Kültürümüz - Cep Boy</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Turkuaz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>105</v>
+        <v>650</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789758757862</t>
+          <t>9786257626132</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolları - Cep Boy</t>
+          <t>Dua (Evrad-ı Şerife) - Orta Boy - Arapça+Türkçe - Bordo</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>185</v>
+        <v>650</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758757404</t>
+          <t>9789752420304</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Güzel İnsan</t>
+          <t>Dilimiz ve Kültürümüz - Cep Boy</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257626323</t>
+          <t>9789758757862</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Berat Kandili - Cep Boy</t>
+          <t>Cennet Yolları - Cep Boy</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257626187</t>
+          <t>9789758757404</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Berat Kandili</t>
+          <t>Bir Güzel İnsan</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789758757879</t>
+          <t>9786257626323</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler-2 (Kadın ve Aile Dergisi Başmakaleleri) - Cep Boy</t>
+          <t>Berat Kandili - Cep Boy</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789758757565</t>
+          <t>9786257626187</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler-1 (İslam Dergisi Başmakaleleri) - Cep Boy</t>
+          <t>Berat Kandili</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752420946</t>
+          <t>9789758757879</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>40 Başlıkta İslâm Nasıl Yaşanmalı? - Sert Kapak</t>
+          <t>Başmakaleler-2 (Kadın ve Aile Dergisi Başmakaleleri) - Cep Boy</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752420519</t>
+          <t>9789758757565</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Asıl Mesele - Cep Boy</t>
+          <t>Başmakaleler-1 (İslam Dergisi Başmakaleleri) - Cep Boy</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758757657</t>
+          <t>9789752420946</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali - Orta Boy - Deri Cilt (Ciltli)</t>
+          <t>40 Başlıkta İslâm Nasıl Yaşanmalı? - Sert Kapak</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>2750</v>
+        <v>645</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758757671</t>
+          <t>9789752420519</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Haklar ve Vazifeler - Cep Boy</t>
+          <t>21. Yüzyılda Asıl Mesele - Cep Boy</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752420328</t>
+          <t>9789758757657</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hz. Havvadan Hz. Zeynebe Kadınların İzinde - Cep Boy</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali - Orta Boy - Deri Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789758757718</t>
+          <t>9789758757671</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İdeal Yol (Başmakaleler 4) - Cep Boy</t>
+          <t>Haklar ve Vazifeler - Cep Boy</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752420311</t>
+          <t>9789752420328</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İslam - Cep Boy</t>
+          <t>Hz. Havvadan Hz. Zeynebe Kadınların İzinde - Cep Boy</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752420663</t>
+          <t>9789758757718</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali - Cep Boy - İnce Kapak - Fuşya (Pembe)</t>
+          <t>İdeal Yol (Başmakaleler 4) - Cep Boy</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789758757602</t>
+          <t>9789752420311</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Fethi ve Fatih - Cep Boy</t>
+          <t>İslam - Cep Boy</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257626200</t>
+          <t>9789752420663</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kadir Gecesi Bin Aydan Hayırlı Gece</t>
+          <t>İslam İlmihali - Cep Boy - İnce Kapak - Fuşya (Pembe)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>155</v>
+        <v>325</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257626316</t>
+          <t>9789758757602</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kadir Gecesi Bin Aydan Hayırlı Gece - Cep Boy</t>
+          <t>İstanbul'un Fethi ve Fatih - Cep Boy</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752420885</t>
+          <t>9786257626200</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Takva ve Muttaki</t>
+          <t>Kadir Gecesi Bin Aydan Hayırlı Gece</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752420892</t>
+          <t>9786257626316</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Görgü Kuralları</t>
+          <t>Kadir Gecesi Bin Aydan Hayırlı Gece - Cep Boy</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>315</v>
+        <v>130</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257626088</t>
+          <t>9789752420885</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte - Karton Kapak</t>
+          <t>Kur'an'a Göre Takva ve Muttaki</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>455</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257626095</t>
+          <t>9789752420892</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte - Sert Kapak (Ciltli)</t>
+          <t>Kur'an-ı Kerim'de Görgü Kuralları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>575</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257626156</t>
+          <t>9786257626088</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Kandili ve Peygamber Sevgisi</t>
+          <t>Kütüb-i Sitte - Karton Kapak</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257626309</t>
+          <t>9786257626095</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Kandili ve Peygamber Sevgisi - Cep Boy</t>
+          <t>Kütüb-i Sitte - Sert Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>725</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257626170</t>
+          <t>9786257626156</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Miraç Yol Yolculuk Yolcu</t>
+          <t>Mevlid Kandili ve Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257626293</t>
+          <t>9786257626309</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Miraç Yol Yolculuk Yolcu - Cep Boy</t>
+          <t>Mevlid Kandili ve Peygamber Sevgisi - Cep Boy</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789758757817</t>
+          <t>9786257626170</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Müminlere Vaazlar (2 Kitap) - Cep Boy</t>
+          <t>Miraç Yol Yolculuk Yolcu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257626217</t>
+          <t>9786257626293</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Öncü Sufîler - Tabakatü's-Sufiyye (3 Kitap) (Ciltli)</t>
+          <t>Miraç Yol Yolculuk Yolcu - Cep Boy</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>990</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257626149</t>
+          <t>9789758757817</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Regaib Kandili</t>
+          <t>Müminlere Vaazlar (2 Kitap) - Cep Boy</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>145</v>
+        <v>310</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257626279</t>
+          <t>9786257626217</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Regaib Kandili - Cep Boy</t>
+          <t>Öncü Sufîler - Tabakatü's-Sufiyye (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>105</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789758757749</t>
+          <t>9786257626149</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sadık Bir Refik: Prof. Dr. Ali Yücel Uyarel</t>
+          <t>Regaib Kandili</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>305</v>
+        <v>175</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752420878</t>
+          <t>9786257626279</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sohbetlerle Hac ve Umre</t>
+          <t>Regaib Kandili - Cep Boy</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>375</v>
+        <v>130</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752420335</t>
+          <t>9789758757749</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Tasavvufi Şahsiyetler - Cep Boy</t>
+          <t>Sadık Bir Refik: Prof. Dr. Ali Yücel Uyarel</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752420564</t>
+          <t>9789752420878</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tezkiretül Evliya - Cep Boy</t>
+          <t>Sohbetlerle Hac ve Umre</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>460</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789758757183</t>
+          <t>9789752420335</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Terbiyesi</t>
+          <t>Tarihi ve Tasavvufi Şahsiyetler - Cep Boy</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257626361</t>
+          <t>9789752420564</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) - Rahle Boy - Arapça+Türkçe - Lila</t>
+          <t>Tezkiretül Evliya - Cep Boy</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>835</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752420960</t>
+          <t>9789758757183</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Karşılığında Ne Var?</t>
+          <t>Nefsin Terbiyesi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>305</v>
+        <v>340</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789758757787</t>
+          <t>9786257626361</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Mavi (Ciltli)</t>
+          <t>Dua (Evrad-ı Şerife) - Rahle Boy - Arapça+Türkçe - Lila</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>395</v>
+        <v>835</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752420656</t>
+          <t>9789752420960</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Karton Kapak)</t>
+          <t>Karşılığında Ne Var?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>305</v>
+        <v>325</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752420502</t>
+          <t>9789758757787</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Kulluk Sanatı</t>
+          <t>Dua (Evrad-ı Şerife) Cep Boy Arapça+Türkçe - Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752420779</t>
+          <t>9789752420656</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>The Glorious Qur'an (English Translation And Commentary) - Yumuşak Kapak</t>
+          <t>İslam İlmihali (Karton Kapak)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>1060</v>
+        <v>350</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752420496</t>
+          <t>9789752420502</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Asıl Mesele</t>
+          <t>21. Yüzyılda Kulluk Sanatı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789758757442</t>
+          <t>9789752420779</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler 3 - İlim ve Sanat ve Panzehir Dergileri Başmakaleleri</t>
+          <t>The Glorious Qur'an (English Translation And Commentary) - Yumuşak Kapak</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>210</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752420489</t>
+          <t>9789752420496</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-Hakâ'ik (Ciltli)</t>
+          <t>21. Yüzyılda Asıl Mesele</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>490</v>
+        <v>310</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752420472</t>
+          <t>9789758757442</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Hacı Bektaş-ı Veli (Ciltli)</t>
+          <t>Başmakaleler 3 - İlim ve Sanat ve Panzehir Dergileri Başmakaleleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752420465</t>
+          <t>9789752420489</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bahrü'l-haka'ik (Ciltli)</t>
+          <t>Bahrü'l-Hakâ'ik (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>490</v>
+        <v>565</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752420595</t>
+          <t>9789752420472</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Tefsiri Seti (5 Kitap)</t>
+          <t>Makalat-ı Hacı Bektaş-ı Veli (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>1200</v>
+        <v>565</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758757770</t>
+          <t>9789752420465</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dua (Arapça-Türkçe)</t>
+          <t>Bahrü'l-haka'ik (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>395</v>
+        <v>565</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752420571</t>
+          <t>9789752420595</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Bakara Suresi Tefsiri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>225</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758757664</t>
+          <t>9789758757770</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy-Sadece Meal) (Farklı Renk Seçenekleri)</t>
+          <t>Dua (Arapça-Türkçe)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257626071</t>
+          <t>9789752420571</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumi'd-Dinden Kesitlerle Kalbin Ahlakı</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>305</v>
+        <v>260</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752420557</t>
+          <t>9789758757664</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akaidi</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy-Sadece Meal) (Farklı Renk Seçenekleri)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>235</v>
+        <v>760</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789758757312</t>
+          <t>9786257626071</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Matla'ul-İtikad Fi Na'rifeti'l-Mebdei ve'l-Mead (Ciltli)</t>
+          <t>İhya-u Ulumi'd-Dinden Kesitlerle Kalbin Ahlakı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758757985</t>
+          <t>9789752420557</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Halidiyye ve Adab-ı Zikir Risalesi</t>
+          <t>Ehl-i Sünnet Akaidi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758757558</t>
+          <t>9789758757312</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sohbetlerle Hac ve Umre</t>
+          <t>Matla'ul-İtikad Fi Na'rifeti'l-Mebdei ve'l-Mead (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758757800</t>
+          <t>9789758757985</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Dostluk ve Kardeşlik Adabı</t>
+          <t>Risale-i Halidiyye ve Adab-ı Zikir Risalesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752420007</t>
+          <t>9789758757558</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Ahlak Seti Cep Boy (5 Kitap Takım)</t>
+          <t>Sohbetlerle Hac ve Umre</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>735</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758757893</t>
+          <t>9789758757800</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Mü'minlere Vaazlar (2 Kitap Takım)</t>
+          <t>İslam'da Dostluk ve Kardeşlik Adabı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789758757794</t>
+          <t>9789752420007</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Haklar ve Vazifeler</t>
+          <t>Tasavvufi Ahlak Seti Cep Boy (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>195</v>
+        <v>830</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758757732</t>
+          <t>9789758757893</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Rabıta</t>
+          <t>Mü'minlere Vaazlar (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>305</v>
+        <v>510</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789758757206</t>
+          <t>9789758757794</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy ) (Ciltli)</t>
+          <t>Haklar ve Vazifeler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>1450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789758757367</t>
+          <t>9789758757732</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gıda Katkı Maddelerine Yönelik Tüketici Rehberi</t>
+          <t>Rabıta</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789758757305</t>
+          <t>9789758757206</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yolları (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Orta Boy ) (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>295</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752420458</t>
+          <t>9789758757367</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Makalat-ı Hacı Bektaş-ı Veli (Sadeleştirilmiş Tam Metin) (Ciltli)</t>
+          <t>Gıda Katkı Maddelerine Yönelik Tüketici Rehberi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758757091</t>
+          <t>9789758757305</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku (Ciltli)</t>
+          <t>Cennet Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758757046</t>
+          <t>9789752420458</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Aile Dergisi Başmakaleleri - 2</t>
+          <t>Makalat-ı Hacı Bektaş-ı Veli (Sadeleştirilmiş Tam Metin) (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>290</v>
+        <v>515</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758757084</t>
+          <t>9789758757091</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi ve Fatih (Ciltli)</t>
+          <t>Mehmed Zahid Kotku (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789758757428</t>
+          <t>9789758757046</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Karma Renk, Ciltli, Orta Boy)</t>
+          <t>Kadın ve Aile Dergisi Başmakaleleri - 2</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>750</v>
+        <v>310</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758757107</t>
+          <t>9789758757084</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hatiboğlu Muhammed ve Eserleri</t>
+          <t>İstanbul’un Fethi ve Fatih (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752420434</t>
+          <t>9789758757428</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli ve Bektaşilik (Ciltli)</t>
+          <t>Feyzü'l Furkan Tefsirli Kur'an-ı Kerim Meali (Karma Renk, Ciltli, Orta Boy)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>545</v>
+        <v>900</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758757169</t>
+          <t>9789758757107</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Başbaşa</t>
+          <t>Hatiboğlu Muhammed ve Eserleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789758757145</t>
+          <t>9789752420434</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Başmakaleler 4 - İdeal Yol</t>
+          <t>Hacı Bektaş-ı Veli ve Bektaşilik (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>225</v>
+        <v>625</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
+          <t>9789758757169</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarla Başbaşa</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789758757145</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Başmakaleler 4 - İdeal Yol</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
           <t>9789758757015</t>
         </is>
       </c>
-      <c r="B224" s="1" t="inlineStr">
+      <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Başmakaleler 1 - İslam Dergisi Başmakaleleri</t>
         </is>
       </c>
-      <c r="C224" s="1">
-        <v>290</v>
+      <c r="C226" s="1">
+        <v>310</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>