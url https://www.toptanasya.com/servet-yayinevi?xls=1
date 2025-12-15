--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,1285 +85,1345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259580272</t>
+          <t>9786259580289</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bilgeleri</t>
+          <t>Sessizliğin Şifresi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259626239</t>
+          <t>9786259266015</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sevil İle Yürekten Akanlar</t>
+          <t>Aşkızar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259580265</t>
+          <t>9786259626291</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Çocukları</t>
+          <t>Ruhumun Duvarları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259626260</t>
+          <t>9786259266008</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Muhacirler - Abdi Ağa</t>
+          <t>Güneşin Çocukları Lazlar 4</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259626215</t>
+          <t>9786259580272</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları Lazlar</t>
+          <t>Zamanın Bilgeleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259626208</t>
+          <t>9786259626239</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yürek Kaç Bedende Yaşar</t>
+          <t>Sevil İle Yürekten Akanlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259626222</t>
+          <t>9786259580265</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>H.Ö.T - Hayat Öfke Tuzak</t>
+          <t>Özgürlüğün Çocukları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259730998</t>
+          <t>9786259626260</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Sesi</t>
+          <t>Muhacirler - Abdi Ağa</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259730981</t>
+          <t>9786259626215</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Güneşin Çocukları Lazlar</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259580241</t>
+          <t>9786259626208</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Cesaret</t>
+          <t>Yürek Kaç Bedende Yaşar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259730950</t>
+          <t>9786259626222</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>H.Ö.T - Hayat Öfke Tuzak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259580227</t>
+          <t>9786259730998</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Horus’un Gözü</t>
+          <t>Sessizliğin Sesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259455792</t>
+          <t>9786259730981</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İçime Şiir Kaçtı</t>
+          <t>Güneşin Çocukları Lazlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259730943</t>
+          <t>9786259580241</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öyküler</t>
+          <t>Cesaret</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259730929</t>
+          <t>9786259730950</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Üçgenin Gizli Sırrı</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259730912</t>
+          <t>9786259580227</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Melekler Bizimle</t>
+          <t>Horus’un Gözü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259767482</t>
+          <t>9786259455792</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İtiraf Mevsimi</t>
+          <t>İçime Şiir Kaçtı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259730905</t>
+          <t>9786259730943</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Oyunla Başladı</t>
+          <t>Yaşanmış Öyküler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259767499</t>
+          <t>9786259730929</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ruhçuluk; Nedir, Ne Değildir?</t>
+          <t>Kutsal Üçgenin Gizli Sırrı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259767468</t>
+          <t>9786259730912</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Gibi</t>
+          <t>Melekler Bizimle</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259455778</t>
+          <t>9786259767482</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Zeytinler Ülkesi</t>
+          <t>İtiraf Mevsimi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259767451</t>
+          <t>9786259730905</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Çağrısı</t>
+          <t>Her Şey Bir Oyunla Başladı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259767475</t>
+          <t>9786259767499</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Urbe</t>
+          <t>Ruhçuluk; Nedir, Ne Değildir?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259767444</t>
+          <t>9786259767468</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Azade</t>
+          <t>Gökyüzü Gibi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259767413</t>
+          <t>9786259455778</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kulken Günlükleri</t>
+          <t>Mutlu Zeytinler Ülkesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259767420</t>
+          <t>9786259767451</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eva'nın Yükselişi</t>
+          <t>Aşkın Çağrısı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259428994</t>
+          <t>9786259767475</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hüküm Alan Çocuk</t>
+          <t>Urbe</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057229069</t>
+          <t>9786259767444</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kul Terazisi</t>
+          <t>Azade</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259767406</t>
+          <t>9786259767413</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eylül Boşluğu</t>
+          <t>Kulken Günlükleri</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259767437</t>
+          <t>9786259767420</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Diyarı</t>
+          <t>Eva'nın Yükselişi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259455754</t>
+          <t>9786259428994</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Buzul Çağına Dönüş</t>
+          <t>Hüküm Alan Çocuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259428987</t>
+          <t>9786057229069</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Günah</t>
+          <t>Kul Terazisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259428970</t>
+          <t>9786259767406</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Eylül Boşluğu</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259455723</t>
+          <t>9786259767437</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sare’nin Neşeli Günlüğü</t>
+          <t>Karanlıklar Diyarı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259428963</t>
+          <t>9786259455754</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Karşılıksız Aşkın Eseri</t>
+          <t>Buzul Çağına Dönüş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259428956</t>
+          <t>9786259428987</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Epistemolojik Cinayetler</t>
+          <t>Günah</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259428949</t>
+          <t>9786259428970</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tagarama’dan Sihirli Kalem 2</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259428932</t>
+          <t>9786259455723</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Didaktik Şiirler</t>
+          <t>Sare’nin Neşeli Günlüğü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>2991372961371</t>
+          <t>9786259428963</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Murat Yarım Kitapları Seti</t>
+          <t>Karşılıksız Aşkın Eseri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2991372961372</t>
+          <t>9786259428956</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Selim Hacısalihzade Kitap Seti</t>
+          <t>Epistemolojik Cinayetler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259455716</t>
+          <t>9786259428949</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bordeks Adası Macerası</t>
+          <t>Tagarama’dan Sihirli Kalem 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259455709</t>
+          <t>9786259428932</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zehra İle Zuzu</t>
+          <t>Geçmişten Günümüze Didaktik Şiirler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259428925</t>
+          <t>2991372961371</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sadakatsizler</t>
+          <t>Murat Yarım Kitapları Seti</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259428918</t>
+          <t>2991372961372</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Talat</t>
+          <t>Selim Hacısalihzade Kitap Seti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259428901</t>
+          <t>9786259455716</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gizem’in Tatili</t>
+          <t>Bordeks Adası Macerası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057229090</t>
+          <t>9786259455709</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Genesis - Başlangıç</t>
+          <t>Zehra İle Zuzu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057229083</t>
+          <t>9786259428925</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ece'nin Uzay Macerası</t>
+          <t>Sadakatsizler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057229076</t>
+          <t>9786259428918</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uyku Tozu</t>
+          <t>Talat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057229045</t>
+          <t>9786259428901</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gizler Sokağı</t>
+          <t>Gizem’in Tatili</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057229038</t>
+          <t>9786057229090</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Oketa</t>
+          <t>Genesis - Başlangıç</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057229021</t>
+          <t>9786057229083</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Benim En Küçük Parçam</t>
+          <t>Ece'nin Uzay Macerası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057229007</t>
+          <t>9786057229076</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Pusula Şaşarsa</t>
+          <t>Uyku Tozu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057150189</t>
+          <t>9786057229045</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çetrefil Mektuplar</t>
+          <t>Gizler Sokağı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057150196</t>
+          <t>9786057229038</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çıkış</t>
+          <t>Oketa</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057150172</t>
+          <t>9786057229021</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Artı Bir</t>
+          <t>Benim En Küçük Parçam</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057150165</t>
+          <t>9786057229007</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Peşinden Koşma Üzerine Çek</t>
+          <t>Pusula Şaşarsa</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057150158</t>
+          <t>9786057150189</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İç Sesler Korosu</t>
+          <t>Çetrefil Mektuplar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057150103</t>
+          <t>9786057150196</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Fikri</t>
+          <t>Çıkış</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057150134</t>
+          <t>9786057150172</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Dokuz Artı Bir</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057150141</t>
+          <t>9786057150165</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Ardı</t>
+          <t>Peşinden Koşma Üzerine Çek</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057150127</t>
+          <t>9786057150158</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Arzu</t>
+          <t>İç Sesler Korosu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057150110</t>
+          <t>9786057150103</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Fil ve Deyimler</t>
+          <t>Dervişin Fikri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057027184</t>
+          <t>9786057150134</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Anlam</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057027191</t>
+          <t>9786057150141</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bambam'ın Sarı Bisikleti</t>
+          <t>Gökkuşağının Ardı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057027177</t>
+          <t>9786057150127</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şiire Dokunmak</t>
+          <t>Arzu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057027122</t>
+          <t>9786057150110</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Veda</t>
+          <t>Yargıç Fil ve Deyimler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057027146</t>
+          <t>9786057027184</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dehliz</t>
+          <t>Anlam</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057027139</t>
+          <t>9786057027191</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Bambam'ın Sarı Bisikleti</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057027160</t>
+          <t>9786057027177</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bu Şiir Sana</t>
+          <t>Şiire Dokunmak</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057027153</t>
+          <t>9786057027122</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dört Kanatlı Melek İş Başında</t>
+          <t>Veda</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058130708</t>
+          <t>9786057027146</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Muşkara'nın Sessiz Çığlığı</t>
+          <t>Dehliz</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058130715</t>
+          <t>9786057027139</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İnci Hiç Pas Tutmaz Ki...</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>9.26</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057027115</t>
+          <t>9786057027160</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tagarama'dan Sihirli Kalem</t>
+          <t>Bu Şiir Sana</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058130784</t>
+          <t>9786057027153</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Noktası Gelidonya</t>
+          <t>Dört Kanatlı Melek İş Başında</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058130760</t>
+          <t>9786058130708</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Soğanın Acısı Ayvanın Tadı</t>
+          <t>Muşkara'nın Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057027108</t>
+          <t>9786058130715</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Burcu Öğretmen Atatürk'ü Anlatıyor</t>
+          <t>İnci Hiç Pas Tutmaz Ki...</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058130791</t>
+          <t>9786057027115</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melekler</t>
+          <t>Tagarama'dan Sihirli Kalem</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058130777</t>
+          <t>9786058130784</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kusmuk</t>
+          <t>Kaçış Noktası Gelidonya</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058130746</t>
+          <t>9786058130760</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hayalsiz İnsan</t>
+          <t>Soğanın Acısı Ayvanın Tadı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058130722</t>
+          <t>9786057027108</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ben Plüton</t>
+          <t>Burcu Öğretmen Atatürk'ü Anlatıyor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058130753</t>
+          <t>9786058130791</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bulaşıcı Bir Çizgi Film</t>
+          <t>Kanatsız Melekler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259626277</t>
+          <t>9786058130777</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları Lazlar-3</t>
+          <t>Kusmuk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
+          <t>9786058130746</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Hayalsiz İnsan</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786058130722</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Ben Plüton</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786058130753</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bulaşıcı Bir Çizgi Film</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786259626277</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Çocukları Lazlar-3</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
           <t>9786259626246</t>
         </is>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Tartalım Ablalar Abiler</t>
         </is>
       </c>
-      <c r="C84" s="1">
+      <c r="C88" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>