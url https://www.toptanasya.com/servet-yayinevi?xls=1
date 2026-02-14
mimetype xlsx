--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1345 +85,1435 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259580289</t>
+          <t>9786259266053</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Şifresi</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259266015</t>
+          <t>9786289266077</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Aşkızar</t>
+          <t>Siyah Künye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259626291</t>
+          <t>9786259266046</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Duvarları</t>
+          <t>Üç Nesil Aşk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259266008</t>
+          <t>9786259266039</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları Lazlar 4</t>
+          <t>Geçmişten Günümüze Didaktik Şiirler 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259580272</t>
+          <t>9786259266022</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bilgeleri</t>
+          <t>Tanzimat Dönemi İle Başlayan Yeni Yönetim Anlayışı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259626239</t>
+          <t>9786259580296</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sevil İle Yürekten Akanlar</t>
+          <t>Kuyruklu Yıldız ve Peri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259580265</t>
+          <t>9786259580289</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Çocukları</t>
+          <t>Sessizliğin Şifresi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259626260</t>
+          <t>9786259266015</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Muhacirler - Abdi Ağa</t>
+          <t>Aşkızar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259626215</t>
+          <t>9786259626291</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları Lazlar</t>
+          <t>Ruhumun Duvarları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259626208</t>
+          <t>9786259266008</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yürek Kaç Bedende Yaşar</t>
+          <t>Güneşin Çocukları Lazlar 4</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259626222</t>
+          <t>9786259580272</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>H.Ö.T - Hayat Öfke Tuzak</t>
+          <t>Zamanın Bilgeleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259730998</t>
+          <t>9786259626239</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Sesi</t>
+          <t>Sevil İle Yürekten Akanlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259730981</t>
+          <t>9786259580265</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları Lazlar</t>
+          <t>Özgürlüğün Çocukları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259580241</t>
+          <t>9786259626260</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cesaret</t>
+          <t>Muhacirler - Abdi Ağa</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259730950</t>
+          <t>9786259626215</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Güneşin Çocukları Lazlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259580227</t>
+          <t>9786259626208</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Horus’un Gözü</t>
+          <t>Yürek Kaç Bedende Yaşar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259455792</t>
+          <t>9786259626222</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İçime Şiir Kaçtı</t>
+          <t>H.Ö.T - Hayat Öfke Tuzak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259730943</t>
+          <t>9786259730998</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öyküler</t>
+          <t>Sessizliğin Sesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259730929</t>
+          <t>9786259730981</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Üçgenin Gizli Sırrı</t>
+          <t>Güneşin Çocukları Lazlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259730912</t>
+          <t>9786259580241</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Melekler Bizimle</t>
+          <t>Cesaret</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259767482</t>
+          <t>9786259730950</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İtiraf Mevsimi</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259730905</t>
+          <t>9786259580227</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Oyunla Başladı</t>
+          <t>Horus’un Gözü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259767499</t>
+          <t>9786259455792</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ruhçuluk; Nedir, Ne Değildir?</t>
+          <t>İçime Şiir Kaçtı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259767468</t>
+          <t>9786259730943</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Gibi</t>
+          <t>Yaşanmış Öyküler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259455778</t>
+          <t>9786259730929</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Zeytinler Ülkesi</t>
+          <t>Kutsal Üçgenin Gizli Sırrı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259767451</t>
+          <t>9786259730912</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Çağrısı</t>
+          <t>Melekler Bizimle</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259767475</t>
+          <t>9786259767482</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Urbe</t>
+          <t>İtiraf Mevsimi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259767444</t>
+          <t>9786259730905</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Azade</t>
+          <t>Her Şey Bir Oyunla Başladı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259767413</t>
+          <t>9786259767499</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kulken Günlükleri</t>
+          <t>Ruhçuluk; Nedir, Ne Değildir?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259767420</t>
+          <t>9786259767468</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Eva'nın Yükselişi</t>
+          <t>Gökyüzü Gibi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259428994</t>
+          <t>9786259455778</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hüküm Alan Çocuk</t>
+          <t>Mutlu Zeytinler Ülkesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057229069</t>
+          <t>9786259767451</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kul Terazisi</t>
+          <t>Aşkın Çağrısı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259767406</t>
+          <t>9786259767475</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eylül Boşluğu</t>
+          <t>Urbe</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259767437</t>
+          <t>9786259767444</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Diyarı</t>
+          <t>Azade</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259455754</t>
+          <t>9786259767413</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Buzul Çağına Dönüş</t>
+          <t>Kulken Günlükleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259428987</t>
+          <t>9786259767420</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Günah</t>
+          <t>Eva'nın Yükselişi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259428970</t>
+          <t>9786259428994</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eva</t>
+          <t>Hüküm Alan Çocuk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259455723</t>
+          <t>9786057229069</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sare’nin Neşeli Günlüğü</t>
+          <t>Kul Terazisi</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259428963</t>
+          <t>9786259767406</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Karşılıksız Aşkın Eseri</t>
+          <t>Eylül Boşluğu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259428956</t>
+          <t>9786259767437</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Epistemolojik Cinayetler</t>
+          <t>Karanlıklar Diyarı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259428949</t>
+          <t>9786259455754</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tagarama’dan Sihirli Kalem 2</t>
+          <t>Buzul Çağına Dönüş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259428932</t>
+          <t>9786259428987</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Didaktik Şiirler</t>
+          <t>Günah</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>2991372961371</t>
+          <t>9786259428970</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Murat Yarım Kitapları Seti</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>2991372961372</t>
+          <t>9786259455723</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Selim Hacısalihzade Kitap Seti</t>
+          <t>Sare’nin Neşeli Günlüğü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259455716</t>
+          <t>9786259428963</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bordeks Adası Macerası</t>
+          <t>Karşılıksız Aşkın Eseri</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259455709</t>
+          <t>9786259428956</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Zehra İle Zuzu</t>
+          <t>Epistemolojik Cinayetler</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259428925</t>
+          <t>9786259428949</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sadakatsizler</t>
+          <t>Tagarama’dan Sihirli Kalem 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259428918</t>
+          <t>9786259428932</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Talat</t>
+          <t>Geçmişten Günümüze Didaktik Şiirler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259428901</t>
+          <t>2991372961371</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gizem’in Tatili</t>
+          <t>Murat Yarım Kitapları Seti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057229090</t>
+          <t>2991372961372</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Genesis - Başlangıç</t>
+          <t>Selim Hacısalihzade Kitap Seti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057229083</t>
+          <t>9786259455716</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ece'nin Uzay Macerası</t>
+          <t>Bordeks Adası Macerası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057229076</t>
+          <t>9786259455709</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uyku Tozu</t>
+          <t>Zehra İle Zuzu</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057229045</t>
+          <t>9786259428925</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gizler Sokağı</t>
+          <t>Sadakatsizler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057229038</t>
+          <t>9786259428918</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Oketa</t>
+          <t>Talat</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057229021</t>
+          <t>9786259428901</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Benim En Küçük Parçam</t>
+          <t>Gizem’in Tatili</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057229007</t>
+          <t>9786057229090</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pusula Şaşarsa</t>
+          <t>Genesis - Başlangıç</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057150189</t>
+          <t>9786057229083</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çetrefil Mektuplar</t>
+          <t>Ece'nin Uzay Macerası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057150196</t>
+          <t>9786057229076</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çıkış</t>
+          <t>Uyku Tozu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057150172</t>
+          <t>9786057229045</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Artı Bir</t>
+          <t>Gizler Sokağı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057150165</t>
+          <t>9786057229038</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Peşinden Koşma Üzerine Çek</t>
+          <t>Oketa</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057150158</t>
+          <t>9786057229021</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İç Sesler Korosu</t>
+          <t>Benim En Küçük Parçam</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057150103</t>
+          <t>9786057229007</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Fikri</t>
+          <t>Pusula Şaşarsa</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057150134</t>
+          <t>9786057150189</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Çetrefil Mektuplar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057150141</t>
+          <t>9786057150196</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Ardı</t>
+          <t>Çıkış</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057150127</t>
+          <t>9786057150172</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Arzu</t>
+          <t>Dokuz Artı Bir</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057150110</t>
+          <t>9786057150165</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Fil ve Deyimler</t>
+          <t>Peşinden Koşma Üzerine Çek</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057027184</t>
+          <t>9786057150158</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Anlam</t>
+          <t>İç Sesler Korosu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057027191</t>
+          <t>9786057150103</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bambam'ın Sarı Bisikleti</t>
+          <t>Dervişin Fikri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057027177</t>
+          <t>9786057150134</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şiire Dokunmak</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057027122</t>
+          <t>9786057150141</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Veda</t>
+          <t>Gökkuşağının Ardı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057027146</t>
+          <t>9786057150127</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dehliz</t>
+          <t>Arzu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057027139</t>
+          <t>9786057150110</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Yargıç Fil ve Deyimler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057027160</t>
+          <t>9786057027184</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bu Şiir Sana</t>
+          <t>Anlam</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057027153</t>
+          <t>9786057027191</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dört Kanatlı Melek İş Başında</t>
+          <t>Bambam'ın Sarı Bisikleti</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058130708</t>
+          <t>9786057027177</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Muşkara'nın Sessiz Çığlığı</t>
+          <t>Şiire Dokunmak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058130715</t>
+          <t>9786057027122</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İnci Hiç Pas Tutmaz Ki...</t>
+          <t>Veda</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057027115</t>
+          <t>9786057027146</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tagarama'dan Sihirli Kalem</t>
+          <t>Dehliz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058130784</t>
+          <t>9786057027139</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Noktası Gelidonya</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058130760</t>
+          <t>9786057027160</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Soğanın Acısı Ayvanın Tadı</t>
+          <t>Bu Şiir Sana</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057027108</t>
+          <t>9786057027153</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Burcu Öğretmen Atatürk'ü Anlatıyor</t>
+          <t>Dört Kanatlı Melek İş Başında</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058130791</t>
+          <t>9786058130708</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melekler</t>
+          <t>Muşkara'nın Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058130777</t>
+          <t>9786058130715</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kusmuk</t>
+          <t>İnci Hiç Pas Tutmaz Ki...</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058130746</t>
+          <t>9786057027115</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayalsiz İnsan</t>
+          <t>Tagarama'dan Sihirli Kalem</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058130722</t>
+          <t>9786058130784</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ben Plüton</t>
+          <t>Kaçış Noktası Gelidonya</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058130753</t>
+          <t>9786058130760</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bulaşıcı Bir Çizgi Film</t>
+          <t>Soğanın Acısı Ayvanın Tadı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259626277</t>
+          <t>9786057027108</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları Lazlar-3</t>
+          <t>Burcu Öğretmen Atatürk'ü Anlatıyor</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
+          <t>9786058130791</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Kanatsız Melekler</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786058130777</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Kusmuk</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786058130746</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Hayalsiz İnsan</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786058130722</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Ben Plüton</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786058130753</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Bulaşıcı Bir Çizgi Film</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786259626277</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Çocukları Lazlar-3</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
           <t>9786259626246</t>
         </is>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Tartalım Ablalar Abiler</t>
         </is>
       </c>
-      <c r="C88" s="1">
+      <c r="C94" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>