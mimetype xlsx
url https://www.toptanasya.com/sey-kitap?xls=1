--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,2035 +85,2095 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255969477</t>
+          <t>9786255969545</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Deniz Sancısı</t>
+          <t>Güvercin Mezarlığı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255969187</t>
+          <t>9786255969552</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yine Buradayım</t>
+          <t>Kendine Uzak Yolları Herkesin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255969484</t>
+          <t>9786255969439</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Vitraylar</t>
+          <t>Şiire Dön Dil Sevgilim</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255969446</t>
+          <t>9786255969538</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Salkımı</t>
+          <t>Yalnızlık Buradan Başlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255969460</t>
+          <t>9786255969477</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şair Şiire Karşı</t>
+          <t>Deniz Sancısı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255969422</t>
+          <t>9786255969187</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kanatlanan Sevi</t>
+          <t>Yarın Yine Buradayım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255969521</t>
+          <t>9786255969484</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Psikedelia</t>
+          <t>Vitraylar</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255969514</t>
+          <t>9786255969446</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sevda Islağı Saçlarım</t>
+          <t>Şiirler Salkımı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255969453</t>
+          <t>9786255969460</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kıvrık Hayatlar</t>
+          <t>Şair Şiire Karşı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259658704</t>
+          <t>9786255969422</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Ektiğim Umutlarım</t>
+          <t>Kanatlanan Sevi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255969392</t>
+          <t>9786255969521</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Olyanka</t>
+          <t>Psikedelia</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255969408</t>
+          <t>9786255969514</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Papağandan Al Haberi</t>
+          <t>Sevda Islağı Saçlarım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255969415</t>
+          <t>9786255969453</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Sanatta Kavram ve Olgular</t>
+          <t>Sarı Kıvrık Hayatlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255969293</t>
+          <t>9786259658704</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Bir Devinimi</t>
+          <t>Yüreğime Ektiğim Umutlarım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255969354</t>
+          <t>9786255969392</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Meşru Müdafaa Hakkına Bir Zeyl</t>
+          <t>Olyanka</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255969316</t>
+          <t>9786255969408</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Düşen Öyküler</t>
+          <t>Papağandan Al Haberi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255969347</t>
+          <t>9786255969415</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yağmurları Çağırma</t>
+          <t>Edebiyat ve Sanatta Kavram ve Olgular</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255969385</t>
+          <t>9786255969293</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Nehrin Bir Devinimi</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255969330</t>
+          <t>9786255969354</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Safi Ruh</t>
+          <t>Meşru Müdafaa Hakkına Bir Zeyl</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255969361</t>
+          <t>9786255969316</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ozan Meftuni</t>
+          <t>Yaşama Düşen Öyküler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255969323</t>
+          <t>9786255969347</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Biçti Geçti</t>
+          <t>Yağmurları Çağırma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255969378</t>
+          <t>9786255969385</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Acının Zamanı</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255969286</t>
+          <t>9786255969330</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Son İsyancılar</t>
+          <t>Safi Ruh</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255969309</t>
+          <t>9786255969361</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sütle Yazılmış Keder</t>
+          <t>Ozan Meftuni</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255969279</t>
+          <t>9786255969323</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Dokunmalar</t>
+          <t>Biçti Geçti</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255969262</t>
+          <t>9786255969378</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Berlin Oteli</t>
+          <t>Acının Zamanı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255969224</t>
+          <t>9786255969286</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sarı Yağmurlar</t>
+          <t>Son İsyancılar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255969231</t>
+          <t>9786255969309</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde İnka Çığlığı - Özgül Kahraman Kitabı</t>
+          <t>Sütle Yazılmış Keder</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255969248</t>
+          <t>9786255969279</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İçimden Sen Geldin</t>
+          <t>Yanlış Dokunmalar</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255969170</t>
+          <t>9786255969262</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Antik Zamanlardan Geleceğe Kişisel Gelişim</t>
+          <t>Berlin Oteli</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255969255</t>
+          <t>9786255969224</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin İzinde</t>
+          <t>Sarı Yağmurlar</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057147400</t>
+          <t>9786255969231</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kör Bir Geceydi Deprem Öyküleri</t>
+          <t>Gözlerinde İnka Çığlığı - Özgül Kahraman Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255969217</t>
+          <t>9786255969248</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kayboluyor Gürültüde Ömrüm</t>
+          <t>İçimden Sen Geldin</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255969125</t>
+          <t>9786255969170</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ben Tanığım</t>
+          <t>Antik Zamanlardan Geleceğe Kişisel Gelişim</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255969194</t>
+          <t>9786255969255</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı'ya...</t>
+          <t>Sözcüklerin İzinde</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255969200</t>
+          <t>9786057147400</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar</t>
+          <t>Kör Bir Geceydi Deprem Öyküleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255969163</t>
+          <t>9786255969217</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Buluştuk Boşluğun Bahçesinde</t>
+          <t>Kayboluyor Gürültüde Ömrüm</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255969132</t>
+          <t>9786255969125</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Rengi Siyah</t>
+          <t>Ben Tanığım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255969002</t>
+          <t>9786255969194</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Üç Rengi</t>
+          <t>Kırmızı'ya...</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255969149</t>
+          <t>9786255969200</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şarkısı Lirik</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255969156</t>
+          <t>9786255969163</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sen Olur</t>
+          <t>Buluştuk Boşluğun Bahçesinde</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255969095</t>
+          <t>9786255969132</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Okyanus</t>
+          <t>Aşkın Rengi Siyah</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255969101</t>
+          <t>9786255969002</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gözlerime Kuş Kaçtı “'7'den 77'ye Şiirler”</t>
+          <t>Aşkın Üç Rengi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255969088</t>
+          <t>9786255969149</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>2025 Şiir Yıllığı - 2024'ten Kalanlar</t>
+          <t>Şarkısı Lirik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255969118</t>
+          <t>9786255969156</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Kalır Zamanki</t>
+          <t>Sen Olur</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255969071</t>
+          <t>9786255969095</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beş Mevsim “Haiku- Tanka”</t>
+          <t>Kuyudaki Okyanus</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255969040</t>
+          <t>9786255969101</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Boşluktaki Cevher</t>
+          <t>Gözlerime Kuş Kaçtı “'7'den 77'ye Şiirler”</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259528892</t>
+          <t>9786255969088</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Arka Sokakları “Hayaller ve Gerçekler"</t>
+          <t>2025 Şiir Yıllığı - 2024'ten Kalanlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255969057</t>
+          <t>9786255969118</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Themis’in Oğulları “Doğruluk”</t>
+          <t>Öyle Bir Kalır Zamanki</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255969064</t>
+          <t>9786255969071</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Vasati 40 Şiir</t>
+          <t>Beş Mevsim “Haiku- Tanka”</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259528823</t>
+          <t>9786255969040</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Boşluktaki Cevher</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259528878</t>
+          <t>9786259528892</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Balkıyan Bir Gecenin Sabahında</t>
+          <t>Üniversitelerin Arka Sokakları “Hayaller ve Gerçekler"</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255969033</t>
+          <t>9786255969057</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çan Eğrisi</t>
+          <t>Themis’in Oğulları “Doğruluk”</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259528861</t>
+          <t>9786255969064</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hep Kuzeye Gideceksin</t>
+          <t>Vasati 40 Şiir</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259503219</t>
+          <t>9786259528823</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kardelen 2</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259528885</t>
+          <t>9786259528878</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Maside</t>
+          <t>Balkıyan Bir Gecenin Sabahında</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255969026</t>
+          <t>9786255969033</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ter Boncukları</t>
+          <t>Çan Eğrisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259528847</t>
+          <t>9786259528861</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sivası Kanayan Ev</t>
+          <t>Hep Kuzeye Gideceksin</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259503257</t>
+          <t>9786259503219</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayal’in Banyosu</t>
+          <t>Kardelen 2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259528854</t>
+          <t>9786259528885</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mavisi Dağınık</t>
+          <t>Maside</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259528816</t>
+          <t>9786255969026</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çiğdemlenmiş Eğitim</t>
+          <t>Ter Boncukları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259528830</t>
+          <t>9786259528847</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Uzun Cüce'si</t>
+          <t>Sivası Kanayan Ev</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259503295</t>
+          <t>9786259503257</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Moloz Bebekler Taş Cesetler</t>
+          <t>Hayal’in Banyosu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259503288</t>
+          <t>9786259528854</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Bir Şaman Duasıydı</t>
+          <t>Mavisi Dağınık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259528809</t>
+          <t>9786259528816</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Maraş'taki Çocuk</t>
+          <t>Çiğdemlenmiş Eğitim</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259503264</t>
+          <t>9786259528830</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Maymunun Kitabı</t>
+          <t>Dünyanın En Uzun Cüce'si</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259503271</t>
+          <t>9786259503295</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kitabı</t>
+          <t>Moloz Bebekler Taş Cesetler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259503226</t>
+          <t>9786259503288</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Vicdani Ret ve Sosyo Politik Yaşama Etkileri</t>
+          <t>Anneannem Bir Şaman Duasıydı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259868660</t>
+          <t>9786259528809</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Üç Hayat Üç Hikaye</t>
+          <t>Maraş'taki Çocuk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259868677</t>
+          <t>9786259503264</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sen Gelmeyince</t>
+          <t>Maymunun Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259492490</t>
+          <t>9786259503271</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Elçi - Günah Kenti</t>
+          <t>Zaman Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259492483</t>
+          <t>9786259503226</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Nurudidem Ağıtı</t>
+          <t>Vicdani Ret ve Sosyo Politik Yaşama Etkileri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259492452</t>
+          <t>9786259868660</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin İçinden</t>
+          <t>Üç Hayat Üç Hikaye</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259492476</t>
+          <t>9786259868677</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Harami Algılar Pazarı</t>
+          <t>Sen Gelmeyince</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259503233</t>
+          <t>9786259492490</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Deliriumundan Çıkış</t>
+          <t>Elçi - Günah Kenti</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259492469</t>
+          <t>9786259492483</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Derin Su Kazıları</t>
+          <t>Nurudidem Ağıtı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259503202</t>
+          <t>9786259492452</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sınırlarda Dolaşmak</t>
+          <t>Hiçliğin İçinden</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259492414</t>
+          <t>9786259492476</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Göreve Başlamanız Mercudur</t>
+          <t>Harami Algılar Pazarı</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259492445</t>
+          <t>9786259503233</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Efsus’a Dönüş</t>
+          <t>Sanatın Deliriumundan Çıkış</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259492438</t>
+          <t>9786259492469</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Göçe Durdu Gözlerim</t>
+          <t>Derin Su Kazıları</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259492421</t>
+          <t>9786259503202</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Artık Sizinle Konuşabilirim</t>
+          <t>Sınırlarda Dolaşmak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259492407</t>
+          <t>9786259492414</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>39 Kış</t>
+          <t>Göreve Başlamanız Mercudur</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259835877</t>
+          <t>9786259492445</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gül Ağrısı</t>
+          <t>Efsus’a Dönüş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259835891</t>
+          <t>9786259492438</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Asude Telkari</t>
+          <t>Göçe Durdu Gözlerim</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259868646</t>
+          <t>9786259492421</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerim</t>
+          <t>Artık Sizinle Konuşabilirim</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259835884</t>
+          <t>9786259492407</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Maraş'taki Çocuk</t>
+          <t>39 Kış</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259835846</t>
+          <t>9786259835877</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sevda Kadınlar</t>
+          <t>Gül Ağrısı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259835853</t>
+          <t>9786259835891</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kastlar ve Diğer Sesler</t>
+          <t>Asude Telkari</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259835822</t>
+          <t>9786259868646</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Düşüş</t>
+          <t>Söyleyemediklerim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259835815</t>
+          <t>9786259835884</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Doğuda Bir Yerde Bir Zamanlar</t>
+          <t>Maraş'taki Çocuk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259437774</t>
+          <t>9786259835846</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şiirimize Derkenar</t>
+          <t>Sevda Kadınlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057147455</t>
+          <t>9786259835853</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sen Bildiğini Söyleme</t>
+          <t>Kastlar ve Diğer Sesler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259437767</t>
+          <t>9786259835822</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Karaca</t>
+          <t>Düşüş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259437781</t>
+          <t>9786259835815</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Demirin Hikayesi</t>
+          <t>Doğuda Bir Yerde Bir Zamanlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259437750</t>
+          <t>9786259437774</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ağır Salkım</t>
+          <t>Şiirimize Derkenar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259437798</t>
+          <t>9786057147455</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Eleğinden</t>
+          <t>Sen Bildiğini Söyleme</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259437705</t>
+          <t>9786259437767</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Funda</t>
+          <t>Karaca</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259437736</t>
+          <t>9786259437781</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Park Kafe'de Bir Adam</t>
+          <t>Demirin Hikayesi</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259872094</t>
+          <t>9786259437750</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Çocuklukta</t>
+          <t>Ağır Salkım</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259437743</t>
+          <t>9786259437798</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kayıttır</t>
+          <t>Zamanın Eleğinden</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259872032</t>
+          <t>9786259437705</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kekeleme</t>
+          <t>Funda</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259872049</t>
+          <t>9786259437736</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İlkel Komünal Toplumdan Köleci Topluma Eğitim Süreçleri</t>
+          <t>Park Kafe'de Bir Adam</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259437712</t>
+          <t>9786259872094</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tuna</t>
+          <t>Mutluluk Çocuklukta</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259872087</t>
+          <t>9786259437743</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Payı</t>
+          <t>Zaman Kayıttır</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259872070</t>
+          <t>9786259872032</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Katırcı Çırağı</t>
+          <t>Kekeleme</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259872056</t>
+          <t>9786259872049</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yarınsız Uyku</t>
+          <t>İlkel Komünal Toplumdan Köleci Topluma Eğitim Süreçleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259872001</t>
+          <t>9786259437712</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İsli Taşın Güvercini</t>
+          <t>Tuna</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259868608</t>
+          <t>9786259872087</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>MS ile Savaşımı Nasıl Kazandım - Bir MS Hastasının Anıları</t>
+          <t>Kuzgun Payı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259872018</t>
+          <t>9786259872070</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Umut, Barış ve Özgürlük Masalları</t>
+          <t>Katırcı Çırağı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259885346</t>
+          <t>9786259872056</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çölden Giden Kum</t>
+          <t>Yarınsız Uyku</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259885360</t>
+          <t>9786259872001</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Söz Kalsın Geriye</t>
+          <t>İsli Taşın Güvercini</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259885353</t>
+          <t>9786259868608</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mecruhun Dünlüğü</t>
+          <t>MS ile Savaşımı Nasıl Kazandım - Bir MS Hastasının Anıları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259885384</t>
+          <t>9786259872018</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tımarhanede 22 Gün</t>
+          <t>Umut, Barış ve Özgürlük Masalları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259885391</t>
+          <t>9786259885346</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Alfadanz</t>
+          <t>Çölden Giden Kum</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259885339</t>
+          <t>9786259885360</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Söz Kalsın Geriye</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259885377</t>
+          <t>9786259885353</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Eşiği</t>
+          <t>Mecruhun Dünlüğü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259885315</t>
+          <t>9786259885384</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Elçi - Bozkırdan Geçen Yol</t>
+          <t>Tımarhanede 22 Gün</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259885308</t>
+          <t>9786259885391</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sürçmeler</t>
+          <t>Alfadanz</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057357984</t>
+          <t>9786259885339</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehrin Üzerine Dökülen Şiir</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057357991</t>
+          <t>9786259885377</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kapılar Üşürken</t>
+          <t>Yaşam Eşiği</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057147486</t>
+          <t>9786259885315</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sineması</t>
+          <t>Elçi - Bozkırdan Geçen Yol</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057147462</t>
+          <t>9786259885308</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İçine Yolculuk</t>
+          <t>Sürçmeler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057147448</t>
+          <t>9786057357984</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ay Günlükleri</t>
+          <t>Bu Şehrin Üzerine Dökülen Şiir</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057147479</t>
+          <t>9786057357991</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kıyısı İnsan</t>
+          <t>Kapılar Üşürken</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057147431</t>
+          <t>9786057147486</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Şarampol</t>
+          <t>Yalnızlık Sineması</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057357908</t>
+          <t>9786057147462</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Zal'ın Öyküsü - Dersim'e Dönüş</t>
+          <t>Tarihin İçine Yolculuk</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057357915</t>
+          <t>9786057147448</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ulak</t>
+          <t>Ay Günlükleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057357922</t>
+          <t>9786057147479</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Şairler ve Komünist</t>
+          <t>Kıyısı İnsan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057357946</t>
+          <t>9786057147431</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Pansumansız Yara</t>
+          <t>Buzdan Şarampol</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057357953</t>
+          <t>9786057357908</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İkindi Sunağı</t>
+          <t>Zal'ın Öyküsü - Dersim'e Dönüş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057147417</t>
+          <t>9786057357915</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Geçti Gecemizden Yılkı Atları</t>
+          <t>Ulak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057357939</t>
+          <t>9786057357922</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gece Gezmeleri - Toplu Şiirler (1999-2009)</t>
+          <t>Şairler ve Komünist</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
+          <t>9786057357946</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Pansumansız Yara</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786057357953</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>İkindi Sunağı</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786057147417</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Geçti Gecemizden Yılkı Atları</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786057357939</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Gece Gezmeleri - Toplu Şiirler (1999-2009)</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
           <t>9786057357960</t>
         </is>
       </c>
-      <c r="B134" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Biz Küçüktük Her Şey Büyüktü</t>
         </is>
       </c>
-      <c r="C134" s="1">
+      <c r="C138" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>