--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,2095 +85,2335 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255969545</t>
+          <t>9786255969699</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Mezarlığı</t>
+          <t>Birlikte Olamayanlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255969552</t>
+          <t>9786255969705</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kendine Uzak Yolları Herkesin</t>
+          <t>Giderken</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255969439</t>
+          <t>9786255969613</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şiire Dön Dil Sevgilim</t>
+          <t>Babasız Kızlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255969538</t>
+          <t>9786255969675</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Buradan Başlar</t>
+          <t>Ateşin İçindeki Soğuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255969477</t>
+          <t>9786255969019</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Deniz Sancısı</t>
+          <t>Sevdalar ve Vedalar "Nehir Öyküler”</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255969187</t>
+          <t>9786259835860</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yine Buradayım</t>
+          <t>Gökkuşağı Renginde Bir Hayat</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255969484</t>
+          <t>9786259835839</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Vitraylar</t>
+          <t>Söz Yazıya Dokunursa “Oğuz Tümbaş’ın Söyleştikleri”</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255969446</t>
+          <t>9786259437729</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Salkımı</t>
+          <t>Ekşi Erikler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255969460</t>
+          <t>9786259885322</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şair Şiire Karşı</t>
+          <t>Bu Böyle</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255969422</t>
+          <t>9786259872063</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kanatlanan Sevi</t>
+          <t>Kumru Çıkmazı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255969521</t>
+          <t>9786259872025</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Psikedelia</t>
+          <t>2024 Şiir Yıllığı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255969514</t>
+          <t>9786255969576</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sevda Islağı Saçlarım</t>
+          <t>Süheyla</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255969453</t>
+          <t>9786255969606</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kıvrık Hayatlar</t>
+          <t>Ayrılık Biriktirme Rehberi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259658704</t>
+          <t>9786255969590</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Ektiğim Umutlarım</t>
+          <t>Süheyla</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255969392</t>
+          <t>9786255969583</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Olyanka</t>
+          <t>Dün Çiçeği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255969408</t>
+          <t>9786255969569</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Papağandan Al Haberi</t>
+          <t>İnci'nin Günlüğü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255969415</t>
+          <t>9786255969545</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Sanatta Kavram ve Olgular</t>
+          <t>Güvercin Mezarlığı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255969293</t>
+          <t>9786255969552</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Bir Devinimi</t>
+          <t>Kendine Uzak Yolları Herkesin</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255969354</t>
+          <t>9786255969439</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Meşru Müdafaa Hakkına Bir Zeyl</t>
+          <t>Şiire Dön Dil Sevgilim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255969316</t>
+          <t>9786255969538</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Düşen Öyküler</t>
+          <t>Yalnızlık Buradan Başlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255969347</t>
+          <t>9786255969477</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yağmurları Çağırma</t>
+          <t>Deniz Sancısı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255969385</t>
+          <t>9786255969187</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Yarın Yine Buradayım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255969330</t>
+          <t>9786255969484</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Safi Ruh</t>
+          <t>Vitraylar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255969361</t>
+          <t>9786255969446</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ozan Meftuni</t>
+          <t>Şiirler Salkımı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255969323</t>
+          <t>9786255969460</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Biçti Geçti</t>
+          <t>Şair Şiire Karşı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255969378</t>
+          <t>9786255969422</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Acının Zamanı</t>
+          <t>Kanatlanan Sevi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255969286</t>
+          <t>9786255969521</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Son İsyancılar</t>
+          <t>Psikedelia</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255969309</t>
+          <t>9786255969514</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sütle Yazılmış Keder</t>
+          <t>Sevda Islağı Saçlarım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255969279</t>
+          <t>9786255969453</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Dokunmalar</t>
+          <t>Sarı Kıvrık Hayatlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255969262</t>
+          <t>9786259658704</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Berlin Oteli</t>
+          <t>Yüreğime Ektiğim Umutlarım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255969224</t>
+          <t>9786255969392</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sarı Yağmurlar</t>
+          <t>Olyanka</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255969231</t>
+          <t>9786255969408</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde İnka Çığlığı - Özgül Kahraman Kitabı</t>
+          <t>Papağandan Al Haberi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255969248</t>
+          <t>9786255969415</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İçimden Sen Geldin</t>
+          <t>Edebiyat ve Sanatta Kavram ve Olgular</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255969170</t>
+          <t>9786255969293</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Antik Zamanlardan Geleceğe Kişisel Gelişim</t>
+          <t>Nehrin Bir Devinimi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255969255</t>
+          <t>9786255969354</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin İzinde</t>
+          <t>Meşru Müdafaa Hakkına Bir Zeyl</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057147400</t>
+          <t>9786255969316</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kör Bir Geceydi Deprem Öyküleri</t>
+          <t>Yaşama Düşen Öyküler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255969217</t>
+          <t>9786255969347</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kayboluyor Gürültüde Ömrüm</t>
+          <t>Yağmurları Çağırma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255969125</t>
+          <t>9786255969385</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ben Tanığım</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255969194</t>
+          <t>9786255969330</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı'ya...</t>
+          <t>Safi Ruh</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255969200</t>
+          <t>9786255969361</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar</t>
+          <t>Ozan Meftuni</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255969163</t>
+          <t>9786255969323</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Buluştuk Boşluğun Bahçesinde</t>
+          <t>Biçti Geçti</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255969132</t>
+          <t>9786255969378</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Rengi Siyah</t>
+          <t>Acının Zamanı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255969002</t>
+          <t>9786255969286</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Üç Rengi</t>
+          <t>Son İsyancılar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255969149</t>
+          <t>9786255969309</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şarkısı Lirik</t>
+          <t>Sütle Yazılmış Keder</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255969156</t>
+          <t>9786255969279</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sen Olur</t>
+          <t>Yanlış Dokunmalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255969095</t>
+          <t>9786255969262</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Okyanus</t>
+          <t>Berlin Oteli</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255969101</t>
+          <t>9786255969224</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gözlerime Kuş Kaçtı “'7'den 77'ye Şiirler”</t>
+          <t>Sarı Yağmurlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255969088</t>
+          <t>9786255969231</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>2025 Şiir Yıllığı - 2024'ten Kalanlar</t>
+          <t>Gözlerinde İnka Çığlığı - Özgül Kahraman Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255969118</t>
+          <t>9786255969248</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Kalır Zamanki</t>
+          <t>İçimden Sen Geldin</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255969071</t>
+          <t>9786255969170</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Beş Mevsim “Haiku- Tanka”</t>
+          <t>Antik Zamanlardan Geleceğe Kişisel Gelişim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255969040</t>
+          <t>9786255969255</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Boşluktaki Cevher</t>
+          <t>Sözcüklerin İzinde</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259528892</t>
+          <t>9786057147400</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Arka Sokakları “Hayaller ve Gerçekler"</t>
+          <t>Kör Bir Geceydi Deprem Öyküleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255969057</t>
+          <t>9786255969217</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Themis’in Oğulları “Doğruluk”</t>
+          <t>Kayboluyor Gürültüde Ömrüm</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255969064</t>
+          <t>9786255969125</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Vasati 40 Şiir</t>
+          <t>Ben Tanığım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259528823</t>
+          <t>9786255969194</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Kırmızı'ya...</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259528878</t>
+          <t>9786255969200</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Balkıyan Bir Gecenin Sabahında</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255969033</t>
+          <t>9786255969163</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çan Eğrisi</t>
+          <t>Buluştuk Boşluğun Bahçesinde</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259528861</t>
+          <t>9786255969132</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hep Kuzeye Gideceksin</t>
+          <t>Aşkın Rengi Siyah</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259503219</t>
+          <t>9786255969002</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kardelen 2</t>
+          <t>Aşkın Üç Rengi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259528885</t>
+          <t>9786255969149</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Maside</t>
+          <t>Şarkısı Lirik</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255969026</t>
+          <t>9786255969156</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ter Boncukları</t>
+          <t>Sen Olur</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259528847</t>
+          <t>9786255969095</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sivası Kanayan Ev</t>
+          <t>Kuyudaki Okyanus</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259503257</t>
+          <t>9786255969101</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hayal’in Banyosu</t>
+          <t>Gözlerime Kuş Kaçtı “'7'den 77'ye Şiirler”</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259528854</t>
+          <t>9786255969088</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mavisi Dağınık</t>
+          <t>2025 Şiir Yıllığı - 2024'ten Kalanlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259528816</t>
+          <t>9786255969118</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çiğdemlenmiş Eğitim</t>
+          <t>Öyle Bir Kalır Zamanki</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259528830</t>
+          <t>9786255969071</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Uzun Cüce'si</t>
+          <t>Beş Mevsim “Haiku- Tanka”</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259503295</t>
+          <t>9786255969040</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Moloz Bebekler Taş Cesetler</t>
+          <t>Boşluktaki Cevher</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259503288</t>
+          <t>9786259528892</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Bir Şaman Duasıydı</t>
+          <t>Üniversitelerin Arka Sokakları “Hayaller ve Gerçekler"</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259528809</t>
+          <t>9786255969057</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Maraş'taki Çocuk</t>
+          <t>Themis’in Oğulları “Doğruluk”</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259503264</t>
+          <t>9786255969064</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Maymunun Kitabı</t>
+          <t>Vasati 40 Şiir</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259503271</t>
+          <t>9786259528823</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kitabı</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259503226</t>
+          <t>9786259528878</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Vicdani Ret ve Sosyo Politik Yaşama Etkileri</t>
+          <t>Balkıyan Bir Gecenin Sabahında</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259868660</t>
+          <t>9786255969033</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Üç Hayat Üç Hikaye</t>
+          <t>Çan Eğrisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259868677</t>
+          <t>9786259528861</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sen Gelmeyince</t>
+          <t>Hep Kuzeye Gideceksin</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259492490</t>
+          <t>9786259503219</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Elçi - Günah Kenti</t>
+          <t>Kardelen 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259492483</t>
+          <t>9786259528885</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nurudidem Ağıtı</t>
+          <t>Maside</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259492452</t>
+          <t>9786255969026</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin İçinden</t>
+          <t>Ter Boncukları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259492476</t>
+          <t>9786259528847</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Harami Algılar Pazarı</t>
+          <t>Sivası Kanayan Ev</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259503233</t>
+          <t>9786259503257</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Deliriumundan Çıkış</t>
+          <t>Hayal’in Banyosu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259492469</t>
+          <t>9786259528854</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Derin Su Kazıları</t>
+          <t>Mavisi Dağınık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259503202</t>
+          <t>9786259528816</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sınırlarda Dolaşmak</t>
+          <t>Çiğdemlenmiş Eğitim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259492414</t>
+          <t>9786259528830</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Göreve Başlamanız Mercudur</t>
+          <t>Dünyanın En Uzun Cüce'si</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259492445</t>
+          <t>9786259503295</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Efsus’a Dönüş</t>
+          <t>Moloz Bebekler Taş Cesetler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259492438</t>
+          <t>9786259503288</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Göçe Durdu Gözlerim</t>
+          <t>Anneannem Bir Şaman Duasıydı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259492421</t>
+          <t>9786259528809</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Artık Sizinle Konuşabilirim</t>
+          <t>Maraş'taki Çocuk</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259492407</t>
+          <t>9786259503264</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>39 Kış</t>
+          <t>Maymunun Kitabı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259835877</t>
+          <t>9786259503271</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gül Ağrısı</t>
+          <t>Zaman Kitabı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259835891</t>
+          <t>9786259503226</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Asude Telkari</t>
+          <t>Vicdani Ret ve Sosyo Politik Yaşama Etkileri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259868646</t>
+          <t>9786259868660</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerim</t>
+          <t>Üç Hayat Üç Hikaye</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259835884</t>
+          <t>9786259868677</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Maraş'taki Çocuk</t>
+          <t>Sen Gelmeyince</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259835846</t>
+          <t>9786259492490</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sevda Kadınlar</t>
+          <t>Elçi - Günah Kenti</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259835853</t>
+          <t>9786259492483</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kastlar ve Diğer Sesler</t>
+          <t>Nurudidem Ağıtı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259835822</t>
+          <t>9786259492452</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Düşüş</t>
+          <t>Hiçliğin İçinden</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259835815</t>
+          <t>9786259492476</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Doğuda Bir Yerde Bir Zamanlar</t>
+          <t>Harami Algılar Pazarı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259437774</t>
+          <t>9786259503233</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şiirimize Derkenar</t>
+          <t>Sanatın Deliriumundan Çıkış</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057147455</t>
+          <t>9786259492469</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sen Bildiğini Söyleme</t>
+          <t>Derin Su Kazıları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259437767</t>
+          <t>9786259503202</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karaca</t>
+          <t>Sınırlarda Dolaşmak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259437781</t>
+          <t>9786259492414</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Demirin Hikayesi</t>
+          <t>Göreve Başlamanız Mercudur</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259437750</t>
+          <t>9786259492445</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ağır Salkım</t>
+          <t>Efsus’a Dönüş</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259437798</t>
+          <t>9786259492438</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Eleğinden</t>
+          <t>Göçe Durdu Gözlerim</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259437705</t>
+          <t>9786259492421</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Funda</t>
+          <t>Artık Sizinle Konuşabilirim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259437736</t>
+          <t>9786259492407</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Park Kafe'de Bir Adam</t>
+          <t>39 Kış</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259872094</t>
+          <t>9786259835877</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Çocuklukta</t>
+          <t>Gül Ağrısı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259437743</t>
+          <t>9786259835891</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kayıttır</t>
+          <t>Asude Telkari</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259872032</t>
+          <t>9786259868646</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kekeleme</t>
+          <t>Söyleyemediklerim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259872049</t>
+          <t>9786259835884</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İlkel Komünal Toplumdan Köleci Topluma Eğitim Süreçleri</t>
+          <t>Maraş'taki Çocuk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259437712</t>
+          <t>9786259835846</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tuna</t>
+          <t>Sevda Kadınlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259872087</t>
+          <t>9786259835853</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Payı</t>
+          <t>Kastlar ve Diğer Sesler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259872070</t>
+          <t>9786259835822</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Katırcı Çırağı</t>
+          <t>Düşüş</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259872056</t>
+          <t>9786259835815</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yarınsız Uyku</t>
+          <t>Doğuda Bir Yerde Bir Zamanlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259872001</t>
+          <t>9786259437774</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İsli Taşın Güvercini</t>
+          <t>Şiirimize Derkenar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259868608</t>
+          <t>9786057147455</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>MS ile Savaşımı Nasıl Kazandım - Bir MS Hastasının Anıları</t>
+          <t>Sen Bildiğini Söyleme</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259872018</t>
+          <t>9786259437767</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Umut, Barış ve Özgürlük Masalları</t>
+          <t>Karaca</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259885346</t>
+          <t>9786259437781</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çölden Giden Kum</t>
+          <t>Demirin Hikayesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259885360</t>
+          <t>9786259437750</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Söz Kalsın Geriye</t>
+          <t>Ağır Salkım</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259885353</t>
+          <t>9786259437798</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mecruhun Dünlüğü</t>
+          <t>Zamanın Eleğinden</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259885384</t>
+          <t>9786259437705</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tımarhanede 22 Gün</t>
+          <t>Funda</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259885391</t>
+          <t>9786259437736</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alfadanz</t>
+          <t>Park Kafe'de Bir Adam</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259885339</t>
+          <t>9786259872094</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Mutluluk Çocuklukta</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259885377</t>
+          <t>9786259437743</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Eşiği</t>
+          <t>Zaman Kayıttır</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259885315</t>
+          <t>9786259872032</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Elçi - Bozkırdan Geçen Yol</t>
+          <t>Kekeleme</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259885308</t>
+          <t>9786259872049</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sürçmeler</t>
+          <t>İlkel Komünal Toplumdan Köleci Topluma Eğitim Süreçleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057357984</t>
+          <t>9786259437712</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehrin Üzerine Dökülen Şiir</t>
+          <t>Tuna</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057357991</t>
+          <t>9786259872087</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kapılar Üşürken</t>
+          <t>Kuzgun Payı</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057147486</t>
+          <t>9786259872070</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sineması</t>
+          <t>Katırcı Çırağı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057147462</t>
+          <t>9786259872056</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İçine Yolculuk</t>
+          <t>Yarınsız Uyku</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057147448</t>
+          <t>9786259872001</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ay Günlükleri</t>
+          <t>İsli Taşın Güvercini</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057147479</t>
+          <t>9786259868608</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kıyısı İnsan</t>
+          <t>MS ile Savaşımı Nasıl Kazandım - Bir MS Hastasının Anıları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057147431</t>
+          <t>9786259872018</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Şarampol</t>
+          <t>Umut, Barış ve Özgürlük Masalları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057357908</t>
+          <t>9786259885346</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Zal'ın Öyküsü - Dersim'e Dönüş</t>
+          <t>Çölden Giden Kum</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057357915</t>
+          <t>9786259885360</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ulak</t>
+          <t>Söz Kalsın Geriye</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057357922</t>
+          <t>9786259885353</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Şairler ve Komünist</t>
+          <t>Mecruhun Dünlüğü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057357946</t>
+          <t>9786259885384</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Pansumansız Yara</t>
+          <t>Tımarhanede 22 Gün</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057357953</t>
+          <t>9786259885391</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İkindi Sunağı</t>
+          <t>Alfadanz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057147417</t>
+          <t>9786259885339</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Geçti Gecemizden Yılkı Atları</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057357939</t>
+          <t>9786259885377</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gece Gezmeleri - Toplu Şiirler (1999-2009)</t>
+          <t>Yaşam Eşiği</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
+          <t>9786259885315</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Elçi - Bozkırdan Geçen Yol</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786259885308</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Sürçmeler</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786057357984</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Bu Şehrin Üzerine Dökülen Şiir</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786057357991</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Kapılar Üşürken</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786057147486</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Sineması</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786057147462</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin İçine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786057147448</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Ay Günlükleri</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786057147479</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Kıyısı İnsan</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786057147431</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Buzdan Şarampol</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786057357908</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Zal'ın Öyküsü - Dersim'e Dönüş</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786057357915</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Ulak</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786057357922</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Şairler ve Komünist</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786057357946</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Pansumansız Yara</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786057357953</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>İkindi Sunağı</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786057147417</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Geçti Gecemizden Yılkı Atları</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786057357939</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Gece Gezmeleri - Toplu Şiirler (1999-2009)</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
           <t>9786057357960</t>
         </is>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Biz Küçüktük Her Şey Büyüktü</t>
         </is>
       </c>
-      <c r="C138" s="1">
-        <v>180</v>
+      <c r="C154" s="1">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>