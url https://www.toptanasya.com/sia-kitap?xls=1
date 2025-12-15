--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,4690 +85,4750 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256685512</t>
+          <t>9786256685536</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tempo</t>
+          <t>Şehir</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256685505</t>
+          <t>9786256685550</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İnsan İşi Bir Yalnızlık</t>
+          <t>Söyle Bana Sen Kimsin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256685499</t>
+          <t>9786256685543</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sakkara’nın Kumları</t>
+          <t>Romanov Komplosu</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256685482</t>
+          <t>9786256685529</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bütün Aşkların Başlangıcı</t>
+          <t>Balkız’dan Hikayeler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256685468</t>
+          <t>9786256685512</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela - Kek Savaşları</t>
+          <t>Tempo</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256685475</t>
+          <t>9786256685505</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela - Ünlülerin Peşinde</t>
+          <t>İnsan İşi Bir Yalnızlık</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256685444</t>
+          <t>9786256685499</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Çağı</t>
+          <t>Sakkara’nın Kumları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>349</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256685161</t>
+          <t>9786256685482</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bursa’dan Dersim’e Bir Hekimin Anıları</t>
+          <t>Bütün Aşkların Başlangıcı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258129793</t>
+          <t>9786256685468</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gizli Konuklar</t>
+          <t>Tatlı Bela Angela - Kek Savaşları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258129854</t>
+          <t>9786256685475</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sadece Hayaletler, Ötesi Yok</t>
+          <t>Tatlı Bela Angela - Ünlülerin Peşinde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258129649</t>
+          <t>9786256685444</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm</t>
+          <t>Aydınlanma Çağı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>349</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258129434</t>
+          <t>9786256685161</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Efsane Messi</t>
+          <t>Bursa’dan Dersim’e Bir Hekimin Anıları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056991486</t>
+          <t>9786258129793</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Sevmeyen Sincap</t>
+          <t>Gizli Konuklar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056968020</t>
+          <t>9786258129854</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Merkür: Plüton Gezegenler Arasında</t>
+          <t>Sadece Hayaletler, Ötesi Yok</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050635287</t>
+          <t>9786258129649</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İşaretlerin Peşinde</t>
+          <t>Ömrüm</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256685451</t>
+          <t>9786258129434</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Masalı</t>
+          <t>Efsane Messi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256685437</t>
+          <t>9786056991486</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Ben De</t>
+          <t>Paylaşmayı Sevmeyen Sincap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256685345</t>
+          <t>9786056968020</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Günlerin Şarabı</t>
+          <t>Merkür: Plüton Gezegenler Arasında</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256685420</t>
+          <t>9786050635287</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Son İstasyon</t>
+          <t>İşaretlerin Peşinde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>1291019232023</t>
+          <t>9786256685451</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Son Cüret ve Anka Kuşu Seti</t>
+          <t>Renklerin Masalı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256685383</t>
+          <t>9786256685437</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Uyku</t>
+          <t>Belki Bir Gün Ben De</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256685376</t>
+          <t>9786256685345</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tekillikler</t>
+          <t>Gelecek Günlerin Şarabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256685390</t>
+          <t>9786256685420</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Yürüyüşü</t>
+          <t>Son İstasyon</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256685369</t>
+          <t>1291019232023</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tabula Rasa</t>
+          <t>Son Cüret ve Anka Kuşu Seti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256685314</t>
+          <t>9786256685383</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kediler Konuşmaz Ki</t>
+          <t>Uyku</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256685352</t>
+          <t>9786256685376</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Canlı Heykel</t>
+          <t>Tekillikler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258129595</t>
+          <t>9786256685390</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Raviyan-ı Ahbar'dan Hikayeler</t>
+          <t>Yengeç Yürüyüşü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258129397</t>
+          <t>9786256685369</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tahıl Okyanusları</t>
+          <t>Tabula Rasa</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786251829304</t>
+          <t>9786256685314</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gökten Ne Düştü?</t>
+          <t>Kediler Konuşmaz Ki</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>28</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258129151</t>
+          <t>9786256685352</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Özdemir İnce - Bütün Şiirleri 1. Cilt</t>
+          <t>Canlı Heykel</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257266451</t>
+          <t>9786258129595</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Paylaşımlı Okuma Serisi Seti - 6 Kitap Takım</t>
+          <t>Raviyan-ı Ahbar'dan Hikayeler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2789788621376</t>
+          <t>9786258129397</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Çocuk Kitapları Seti</t>
+          <t>Tahıl Okyanusları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>48</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>2789788621383</t>
+          <t>9786251829304</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti - 6 Kitap Takım</t>
+          <t>Gökten Ne Düştü?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>153</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257266963</t>
+          <t>9786258129151</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kum Çocuk</t>
+          <t>Özdemir İnce - Bütün Şiirleri 1. Cilt</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3692581473692</t>
+          <t>9786257266451</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf 4 Kitap Set Yeşil Defter Hediyeli</t>
+          <t>Paylaşımlı Okuma Serisi Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>81</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2789788617780</t>
+          <t>2789788621376</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Özdil İsim Şehir Üçlemesi Seti - 3 Kitap Takım</t>
+          <t>Samed Behrengi Çocuk Kitapları Seti</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3692581473691</t>
+          <t>2789788621383</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf 4 Kitap Set Sarı Defter Hediyeli</t>
+          <t>Stefan Zweig Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>85</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257266895</t>
+          <t>9786257266963</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Geleceği Türkiye 2050</t>
+          <t>Kum Çocuk</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257266871</t>
+          <t>3692581473692</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hitler</t>
+          <t>Virginia Woolf 4 Kitap Set Yeşil Defter Hediyeli</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>275</v>
+        <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056991417</t>
+          <t>2789788617780</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zozo Şarkı Söylüyor</t>
+          <t>Yılmaz Özdil İsim Şehir Üçlemesi Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257266536</t>
+          <t>3692581473691</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zulmün Tarihi</t>
+          <t>Virginia Woolf 4 Kitap Set Sarı Defter Hediyeli</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257266475</t>
+          <t>9786257266895</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Doğusu</t>
+          <t>Dünyanın Geleceği Türkiye 2050</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056968013</t>
+          <t>9786257266871</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bulut Sirus</t>
+          <t>Hitler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058017832</t>
+          <t>9786056991417</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Uğur Dündar - Olağanüstü Bir Hayat</t>
+          <t>Zozo Şarkı Söylüyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257266260</t>
+          <t>9786257266536</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ela Yaşamını Düzenliyor</t>
+          <t>Zulmün Tarihi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257266246</t>
+          <t>9786257266475</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Güneyi - Kunduzlar Çok Çalışıyor</t>
+          <t>Şehrin Doğusu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257266253</t>
+          <t>9786056968013</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ela Kır Yaşamıyla Tanışıyor</t>
+          <t>Küçük Bulut Sirus</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257266598</t>
+          <t>9786058017832</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Türk Dış Politikası</t>
+          <t>Uğur Dündar - Olağanüstü Bir Hayat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257266703</t>
+          <t>9786257266260</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kar</t>
+          <t>Ela Yaşamını Düzenliyor</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254440472</t>
+          <t>9786257266246</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Karar Gecesi</t>
+          <t>Şehrin Güneyi - Kunduzlar Çok Çalışıyor</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257266369</t>
+          <t>9786257266253</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Ankara Hikayesi</t>
+          <t>Ela Kır Yaşamıyla Tanışıyor</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257266154</t>
+          <t>9786257266598</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk Aydınlanması ve Laiklik</t>
+          <t>Atatürk Döneminde Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257266277</t>
+          <t>9786257266703</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya</t>
+          <t>Kar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257266529</t>
+          <t>9786254440472</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Pelin ve Küçük Dostu Karamel</t>
+          <t>Karar Gecesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056991493</t>
+          <t>9786257266369</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>Bir Ankara Hikayesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>130</v>
+        <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050635270</t>
+          <t>9786257266154</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sadio Mane - Afrika’nın İncisi</t>
+          <t>Türk Aydınlanması ve Laiklik</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050602241</t>
+          <t>9786257266277</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarih Yalanları</t>
+          <t>Mavi Dünya</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056991400</t>
+          <t>9786257266529</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Bitki</t>
+          <t>Pelin ve Küçük Dostu Karamel</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058017801</t>
+          <t>9786056991493</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Hayvan</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257266796</t>
+          <t>9786050635270</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Clive’ın Koğuşu</t>
+          <t>Sadio Mane - Afrika’nın İncisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256685321</t>
+          <t>9786050602241</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Birbirimize Her Şeyi Söyleyebilirdik</t>
+          <t>Yakın Tarih Yalanları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256685246</t>
+          <t>9786056991400</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyanın Krallığı</t>
+          <t>İsim Şehir Bitki</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256685307</t>
+          <t>9786058017801</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Yakalarken</t>
+          <t>İsim Şehir Hayvan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256685291</t>
+          <t>9786257266796</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kırkikindi</t>
+          <t>Clive’ın Koğuşu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256685253</t>
+          <t>9786256685321</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Gece</t>
+          <t>Birbirimize Her Şeyi Söyleyebilirdik</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256685260</t>
+          <t>9786256685246</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kısa Mektup Uzun Veda</t>
+          <t>Bu Dünyanın Krallığı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256685277</t>
+          <t>9786256685307</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Uzak Bir Ülke</t>
+          <t>Bulutları Yakalarken</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256685208</t>
+          <t>9786256685291</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Atıf Bey ve Diğer Muhteremler</t>
+          <t>Kırkikindi</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256685222</t>
+          <t>9786256685253</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dağlarca İçin 94 Cümle</t>
+          <t>Kutsal Gece</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256685109</t>
+          <t>9786256685260</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyin Derinliklerine Giden Dar Yol</t>
+          <t>Kısa Mektup Uzun Veda</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257266970</t>
+          <t>9786256685277</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Matematik</t>
+          <t>Geçmiş Uzak Bir Ülke</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256685031</t>
+          <t>9786256685208</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler 2</t>
+          <t>Atıf Bey ve Diğer Muhteremler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258129533</t>
+          <t>9786256685222</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Dağlarca İçin 94 Cümle</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258129113</t>
+          <t>9786256685109</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Liberal Paydaşlar</t>
+          <t>Kuzeyin Derinliklerine Giden Dar Yol</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257266925</t>
+          <t>9786257266970</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni Müzesi</t>
+          <t>Arkadaşım Matematik</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058017870</t>
+          <t>9786256685031</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yolcuları</t>
+          <t>Paranormal Hikayeler 2</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254440410</t>
+          <t>9786258129533</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257266628</t>
+          <t>9786258129113</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hiçe Doğru</t>
+          <t>Liberal Paydaşlar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257266352</t>
+          <t>9786257266925</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Lokum ile Pasaklı Kedi</t>
+          <t>Şizofreni Müzesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254440434</t>
+          <t>9786058017870</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Salyangoz</t>
+          <t>Sabah Yolcuları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056968051</t>
+          <t>9786254440410</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Nasreddin</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056968006</t>
+          <t>9786257266628</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - Mucize Çocuk</t>
+          <t>Hiçe Doğru</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257266185</t>
+          <t>9786257266352</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Vur Emri</t>
+          <t>Lokum ile Pasaklı Kedi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058017894</t>
+          <t>9786254440434</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi ya da Salı</t>
+          <t>Evini Arayan Salyangoz</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056968075</t>
+          <t>9786056968051</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Perde Arası</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256685284</t>
+          <t>9786056968006</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Cesaret İster</t>
+          <t>Mbappe - Mucize Çocuk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256685178</t>
+          <t>9786257266185</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Su Kahramanları</t>
+          <t>Vur Emri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256685239</t>
+          <t>9786058017894</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Vergi Sistemini Anlama Kılavuzu</t>
+          <t>Pazartesi ya da Salı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256685215</t>
+          <t>9786056968075</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Tılsımları Evliya Çelebi’nin Düşünme Biçimleri</t>
+          <t>Perde Arası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256685192</t>
+          <t>9786256685284</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gina ve Kızları</t>
+          <t>Yaşamak Cesaret İster</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256685154</t>
+          <t>9786256685178</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluğa Doyum</t>
+          <t>Geleceğin Su Kahramanları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256685147</t>
+          <t>9786256685239</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Demir Çağı</t>
+          <t>Vergi Sistemini Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256685185</t>
+          <t>9786256685215</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ona Kadar Say 2 - Körebe</t>
+          <t>İstanbul’un Tılsımları Evliya Çelebi’nin Düşünme Biçimleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258129175</t>
+          <t>9786256685192</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Son Yıllarım</t>
+          <t>Gina ve Kızları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>260</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257266680</t>
+          <t>9786256685154</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gülhisarlı Terziler</t>
+          <t>Mutsuzluğa Doyum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256685130</t>
+          <t>9786256685147</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kara Para ve Aklama Bir Türkiye Projesi</t>
+          <t>Demir Çağı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258129540</t>
+          <t>9786256685185</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hırsız var</t>
+          <t>Ona Kadar Say 2 - Körebe</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258129366</t>
+          <t>9786258129175</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dilim Dilim Anadilim</t>
+          <t>Son Yıllarım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258129182</t>
+          <t>9786257266680</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - Özdemir İnce (2. Cilt)</t>
+          <t>Gülhisarlı Terziler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258129106</t>
+          <t>9786256685130</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Kara Para ve Aklama Bir Türkiye Projesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258129090</t>
+          <t>9786258129540</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kuvayi Milliye</t>
+          <t>Hırsız var</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257266932</t>
+          <t>9786258129366</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarım Düzeni</t>
+          <t>Dilim Dilim Anadilim</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257266901</t>
+          <t>9786258129182</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Bütün Şiirleri - Özdemir İnce (2. Cilt)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257266383</t>
+          <t>9786258129106</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aspern’in Mektupları</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257266567</t>
+          <t>9786258129090</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bir Ön Yargı Meselesi</t>
+          <t>Kuvayi Milliye</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257266338</t>
+          <t>9786257266932</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Finans Piyasalarında (Saklı) Düzen</t>
+          <t>Yeni Tarım Düzeni</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257266659</t>
+          <t>9786257266901</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin Uzun İnce Bir Yol</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257266697</t>
+          <t>9786257266383</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöl Rüzgarı Ömrümüz</t>
+          <t>Aspern’in Mektupları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257266413</t>
+          <t>9786257266567</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>The Game</t>
+          <t>Bir Ön Yargı Meselesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257266635</t>
+          <t>9786257266338</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İlk Üç Dakika</t>
+          <t>Finans Piyasalarında (Saklı) Düzen</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254440427</t>
+          <t>9786257266659</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Şeyh Bedreddin Uzun İnce Bir Yol</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257266468</t>
+          <t>9786257266697</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dışa Yolculuk</t>
+          <t>Bir Çöl Rüzgarı Ömrümüz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056991448</t>
+          <t>9786257266413</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>The Game</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256685062</t>
+          <t>9786257266635</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Nasıl?</t>
+          <t>İlk Üç Dakika</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256685079</t>
+          <t>9786254440427</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Neden?</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256685116</t>
+          <t>9786257266468</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayat</t>
+          <t>Dışa Yolculuk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256685123</t>
+          <t>9786056991448</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Son Kez</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256685086</t>
+          <t>9786256685062</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ortağın Çocukları</t>
+          <t>Nasıl?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256685093</t>
+          <t>9786256685079</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dağın Öteki Yüzü</t>
+          <t>Neden?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256685024</t>
+          <t>9786256685116</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler 2 (Ciltli)</t>
+          <t>Gerçek Hayat</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256685048</t>
+          <t>9786256685123</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yardımcı Ders Kitabı 101</t>
+          <t>Son Kez</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258129861</t>
+          <t>9786256685086</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu</t>
+          <t>Ortağın Çocukları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256685000</t>
+          <t>9786256685093</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Irene Melıkoff Sırrı Aşikar Eyledi</t>
+          <t>Dağın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256685017</t>
+          <t>9786256685024</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Hatice Teyze</t>
+          <t>Paranormal Hikayeler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258129977</t>
+          <t>9786256685048</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklık Diyeti</t>
+          <t>Yardımcı Ders Kitabı 101</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258129991</t>
+          <t>9786258129861</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Şiirdir</t>
+          <t>Ne Mutlu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258129984</t>
+          <t>9786256685000</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sarah ve Şemsi</t>
+          <t>Irene Melıkoff Sırrı Aşikar Eyledi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258129946</t>
+          <t>9786256685017</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem De Kuşları Sever</t>
+          <t>Ezber Bozan Hatice Teyze</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258129953</t>
+          <t>9786258129977</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şebnem ve Bay Benjamin’in Uçurtması</t>
+          <t>Bağışıklık Diyeti</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258129816</t>
+          <t>9786258129991</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gölgesi Kalemimin Ucunda: Montaigne</t>
+          <t>Arkadaşlık Şiirdir</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258129878</t>
+          <t>9786258129984</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bergama Vapuru</t>
+          <t>Sarah ve Şemsi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258129885</t>
+          <t>9786258129946</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık ve Toplumsal Çalkantı</t>
+          <t>Büyükannem De Kuşları Sever</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258129847</t>
+          <t>9786258129953</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Güz Kokulu Günahlar</t>
+          <t>Şebnem ve Bay Benjamin’in Uçurtması</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258129830</t>
+          <t>9786258129816</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gaslight (Ciltli)</t>
+          <t>Gölgesi Kalemimin Ucunda: Montaigne</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258129809</t>
+          <t>9786258129878</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum</t>
+          <t>Bergama Vapuru</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258129786</t>
+          <t>9786258129885</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Herkes Sevdiğini Öldürür</t>
+          <t>Kadınlık ve Toplumsal Çalkantı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258129823</t>
+          <t>9786258129847</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>gaslight</t>
+          <t>Güz Kokulu Günahlar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258129762</t>
+          <t>9786258129830</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ona Kadar Say Saklambaç (Ciltli)</t>
+          <t>Gaslight (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258129755</t>
+          <t>9786258129809</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Duyguların Saati</t>
+          <t>Karikatür Çizmeyi Öğreniyorum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258129779</t>
+          <t>9786258129786</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ona Kadar Say Saklambaç</t>
+          <t>Herkes Sevdiğini Öldürür</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258129694</t>
+          <t>9786258129823</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Çocuk</t>
+          <t>gaslight</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258129700</t>
+          <t>9786258129762</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Doğum Günü Partisi</t>
+          <t>Ona Kadar Say Saklambaç (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258129717</t>
+          <t>9786258129755</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Üstad</t>
+          <t>Gerçek Duyguların Saati</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258129724</t>
+          <t>9786258129779</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ama Önce Türkçe!</t>
+          <t>Ona Kadar Say Saklambaç</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258129748</t>
+          <t>9786258129694</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Köstebek</t>
+          <t>Flamingo Çocuk</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258129670</t>
+          <t>9786258129700</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar</t>
+          <t>Bir Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258129663</t>
+          <t>9786258129717</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kral Salah</t>
+          <t>Üstad</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258129687</t>
+          <t>9786258129724</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çekirgeler Zamanı</t>
+          <t>Ama Önce Türkçe!</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258129656</t>
+          <t>9786258129748</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Altın Çocuk Haaland</t>
+          <t>Köstebek</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258129618</t>
+          <t>9786258129670</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Güçler</t>
+          <t>Ağaçlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258129632</t>
+          <t>9786258129663</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Dönüm Noktası Lozan</t>
+          <t>Kral Salah</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258129625</t>
+          <t>9786258129687</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Küçük Trampetçi Kız</t>
+          <t>Yeşil Çekirgeler Zamanı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258129601</t>
+          <t>9786258129656</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - 5. Cilt</t>
+          <t>Altın Çocuk Haaland</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258129588</t>
+          <t>9786258129618</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Luciana B.'nin Yavaş Ölümü</t>
+          <t>Görünmez Güçler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258129380</t>
+          <t>9786258129632</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hakaret</t>
+          <t>Türk Tarihinin Dönüm Noktası Lozan</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258129564</t>
+          <t>9786258129625</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Güzellik</t>
+          <t>Küçük Trampetçi Kız</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258129489</t>
+          <t>9786258129601</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Corker’ın Özgürlüğü</t>
+          <t>Bütün Şiirleri - 5. Cilt</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258129571</t>
+          <t>9786258129588</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Yolculuğun Bittiği Yer</t>
+          <t>Luciana B.'nin Yavaş Ölümü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258129472</t>
+          <t>9786258129380</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Uzayıp Giden Bir Gölge Gibi</t>
+          <t>Hakaret</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258129557</t>
+          <t>9786258129564</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Siyaseti Besleyenler Siyasetten Beslenenler</t>
+          <t>Aşk ve Güzellik</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258129496</t>
+          <t>9786258129489</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Aklınızı Başınıza Alın</t>
+          <t>Corker’ın Özgürlüğü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258129526</t>
+          <t>9786258129571</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Güneş Tutulması</t>
+          <t>Uzun Bir Yolculuğun Bittiği Yer</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258129519</t>
+          <t>9786258129472</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Meczup Yaratmak</t>
+          <t>Uzayıp Giden Bir Gölge Gibi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258129502</t>
+          <t>9786258129557</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gündüşlerinin Yaşayan Denizi</t>
+          <t>Siyaseti Besleyenler Siyasetten Beslenenler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258129465</t>
+          <t>9786258129496</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İnanç, Umut Ve Kıyım</t>
+          <t>Aklınızı Başınıza Alın</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258129427</t>
+          <t>9786258129526</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Fırat’ın Matematik Korkusu</t>
+          <t>Güneş Tutulması</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258129441</t>
+          <t>9786258129519</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Meczup Yaratmak</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258129458</t>
+          <t>9786258129502</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mucize Ronaldo</t>
+          <t>Gündüşlerinin Yaşayan Denizi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258129410</t>
+          <t>9786258129465</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 3. Cilt</t>
+          <t>İnanç, Umut Ve Kıyım</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258129359</t>
+          <t>9786258129427</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>“İyi” Olan Kazansın!</t>
+          <t>Fırat’ın Matematik Korkusu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258129403</t>
+          <t>9786258129441</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Parlak Buluşu</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258129373</t>
+          <t>9786258129458</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Memleketimde Seyahatler</t>
+          <t>Mucize Ronaldo</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258129342</t>
+          <t>9786258129410</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kadın</t>
+          <t>Bütün Şiirleri 3. Cilt</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258129304</t>
+          <t>9786258129359</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gökten Ne Düştü?</t>
+          <t>“İyi” Olan Kazansın!</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258129335</t>
+          <t>9786258129403</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Foe</t>
+          <t>Einstein’ın Parlak Buluşu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258129311</t>
+          <t>9786258129373</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ahmaklık Üzerine</t>
+          <t>Memleketimde Seyahatler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258129328</t>
+          <t>9786258129342</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgisizlik Öyküsü</t>
+          <t>Geçmişten Günümüze Kadın</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258129298</t>
+          <t>9786258129304</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yavru Fok Nesu</t>
+          <t>Gökten Ne Düştü?</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258129274</t>
+          <t>9786258129335</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Menekşeler, Atlar, Oburlar</t>
+          <t>Foe</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258129281</t>
+          <t>9786258129311</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Ahmaklık Üzerine</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258129250</t>
+          <t>9786258129328</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Hoş Geldiniz</t>
+          <t>Bir Sevgisizlik Öyküsü</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258129267</t>
+          <t>9786258129298</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kampı / Karamelli Çikolata Dörtlüsü -2</t>
+          <t>Yavru Fok Nesu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258129243</t>
+          <t>9786258129274</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bir Gecede Sessiz Evimden Çıktım</t>
+          <t>Menekşeler, Atlar, Oburlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258129236</t>
+          <t>9786258129281</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Anarşist Banker ve Şeytanın Saati</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258129229</t>
+          <t>9786258129250</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki İste</t>
+          <t>Geleceğe Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258129212</t>
+          <t>9786258129267</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ateizmin Tarihi</t>
+          <t>Yaz Kampı / Karamelli Çikolata Dörtlüsü -2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258129205</t>
+          <t>9786258129243</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Yıldızların Işığıda</t>
+          <t>Karanlık Bir Gecede Sessiz Evimden Çıktım</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258129199</t>
+          <t>9786258129236</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yaz Evi, Daha Sonra</t>
+          <t>Anarşist Banker ve Şeytanın Saati</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258129168</t>
+          <t>9786258129229</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hırsız ve Burjuva</t>
+          <t>Yeter ki İste</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258129021</t>
+          <t>9786258129212</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Gençliğimde</t>
+          <t>Ateizmin Tarihi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258129069</t>
+          <t>9786258129205</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Biz "Karabıyıklı" Türkler</t>
+          <t>Ölmüş Yıldızların Işığıda</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258129038</t>
+          <t>9786258129199</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yolu Yalnızlığıma Düşmedi</t>
+          <t>Yaz Evi, Daha Sonra</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258129014</t>
+          <t>9786258129168</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dünya</t>
+          <t>Hırsız ve Burjuva</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258129007</t>
+          <t>9786258129021</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şebnem ve Schrödinger'in Kedisi</t>
+          <t>Gençliğimde</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257266956</t>
+          <t>9786258129069</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz</t>
+          <t>Ah Şu Biz "Karabıyıklı" Türkler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257266949</t>
+          <t>9786258129038</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dev Dostum</t>
+          <t>Yolu Yalnızlığıma Düşmedi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257266789</t>
+          <t>9786258129014</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Çocuklar Kurtaracak</t>
+          <t>Dünya</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257266918</t>
+          <t>9786258129007</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sivil Örümceğin Ağında</t>
+          <t>Şebnem ve Schrödinger'in Kedisi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257266888</t>
+          <t>9786257266956</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Obez Devlet</t>
+          <t>Sihirbaz</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257266857</t>
+          <t>9786257266949</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hüzzam’ın Uçma İhtimali</t>
+          <t>Dev Dostum</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257266864</t>
+          <t>9786257266789</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Korona Günleri</t>
+          <t>Dünyayı Çocuklar Kurtaracak</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257266604</t>
+          <t>9786257266918</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kadınlar Arasında</t>
+          <t>Sivil Örümceğin Ağında</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257266611</t>
+          <t>9786257266888</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ay ve Şenlik Ateşleri</t>
+          <t>Obez Devlet</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257266765</t>
+          <t>9786257266857</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Çocuklar</t>
+          <t>Hüzzam’ın Uçma İhtimali</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056968099</t>
+          <t>9786257266864</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Zozo - Bulut Yiyen Zürafa</t>
+          <t>Korona Günleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257266239</t>
+          <t>9786257266604</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Kuzeyi: Sincap Fındık Geri dönüşümü Öğretiyor</t>
+          <t>Yalnız Kadınlar Arasında</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050602258</t>
+          <t>9786257266611</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Zıplamak İsteyen Zozo</t>
+          <t>Ay ve Şenlik Ateşleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050616392</t>
+          <t>9786257266765</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sadece İnan</t>
+          <t>Babalar ve Çocuklar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050635218</t>
+          <t>9786056968099</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi - Üç Tekinsiz Öykü</t>
+          <t>Zozo - Bulut Yiyen Zürafa</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050635256</t>
+          <t>9786257266239</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yaprağın Renkleri</t>
+          <t>Şehrin Kuzeyi: Sincap Fındık Geri dönüşümü Öğretiyor</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257266017</t>
+          <t>9786050602258</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Keyif Evi</t>
+          <t>Zıplamak İsteyen Zozo</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257266406</t>
+          <t>9786050616392</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Fırat’ın Uzay Problemi</t>
+          <t>Sadece İnan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254440441</t>
+          <t>9786050635218</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Olmak</t>
+          <t>Kara Kedi - Üç Tekinsiz Öykü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257266758</t>
+          <t>9786050635256</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Yol Ormanı'ndaki Gizem</t>
+          <t>Yaprağın Renkleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257266499</t>
+          <t>9786257266017</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mucize</t>
+          <t>Keyif Evi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786058017856</t>
+          <t>9786257266406</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kardeş İstemeyen Kirpi</t>
+          <t>Fırat’ın Uzay Problemi</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786058017825</t>
+          <t>9786254440441</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dedim "Ah!" - Türkçe Off 2</t>
+          <t>Süper Kahraman Olmak</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257266130</t>
+          <t>9786257266758</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Karanlıktan?</t>
+          <t>Dikenli Yol Ormanı'ndaki Gizem</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050602265</t>
+          <t>9786257266499</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tek Kitapla Şöhret Olma Yolları</t>
+          <t>Mavi Mucize</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050616330</t>
+          <t>9786058017856</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Kardeş İstemeyen Kirpi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050635225</t>
+          <t>9786058017825</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ottla'ya ve Aileye Mektuplar</t>
+          <t>Dedim "Ah!" - Türkçe Off 2</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058017849</t>
+          <t>9786257266130</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Uğur Dündar - Olağanüstü Bir Hayat (Ciltli)</t>
+          <t>Kim Korkar Karanlıktan?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257266543</t>
+          <t>9786050602265</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Tohum</t>
+          <t>Tek Kitapla Şöhret Olma Yolları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257266192</t>
+          <t>9786050616330</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bana Kışı Anlat</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786056991431</t>
+          <t>9786050635225</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Huş Ağaçlarının Sessizliği</t>
+          <t>Ottla'ya ve Aileye Mektuplar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050635201</t>
+          <t>9786058017849</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İsrafil’in Kanatları</t>
+          <t>Uğur Dündar - Olağanüstü Bir Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257266420</t>
+          <t>9786257266543</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraftaki Kadın</t>
+          <t>İnatçı Tohum</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786056991455</t>
+          <t>9786257266192</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Venüs-Plüton Gezegenler Arasında 2</t>
+          <t>Bana Kışı Anlat</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050616347</t>
+          <t>9786056991431</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Huş Ağaçlarının Sessizliği</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257266307</t>
+          <t>9786050635201</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mino’nun Siyah Gülü</t>
+          <t>İsrafil’in Kanatları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257266048</t>
+          <t>9786257266420</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ela Okulu Keşfediyor</t>
+          <t>Fotoğraftaki Kadın</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257266031</t>
+          <t>9786056991455</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ela Okulla Buluşuyor</t>
+          <t>Venüs-Plüton Gezegenler Arasında 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257266024</t>
+          <t>9786050616347</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kelebeklerin Dansı</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257266673</t>
+          <t>9786257266307</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yani Uzak</t>
+          <t>Mino’nun Siyah Gülü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050602210</t>
+          <t>9786257266048</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Çocuk?</t>
+          <t>Ela Okulu Keşfediyor</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257266437</t>
+          <t>9786257266031</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ela Kendini Korumayı Öğreniyor</t>
+          <t>Ela Okulla Buluşuyor</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050602296</t>
+          <t>9786257266024</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Senin Öykün Hangisi</t>
+          <t>Ölü Kelebeklerin Dansı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257266727</t>
+          <t>9786257266673</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Borges ve Ben - Bir Karşılaşma</t>
+          <t>Yani Uzak</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257266444</t>
+          <t>9786050602210</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ela Günlük Yazıyor</t>
+          <t>Nereden Çıktı Bu Çocuk?</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257266376</t>
+          <t>9786257266437</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Zamanımızın Bir Ressamı</t>
+          <t>Ela Kendini Korumayı Öğreniyor</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257266215</t>
+          <t>9786050602296</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunu</t>
+          <t>Senin Öykün Hangisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257266505</t>
+          <t>9786257266727</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Aile Fotoğrafı</t>
+          <t>Borges ve Ben - Bir Karşılaşma</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254440458</t>
+          <t>9786257266444</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Papatya ve Kutudaki Sürpriz</t>
+          <t>Ela Günlük Yazıyor</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257266147</t>
+          <t>9786257266376</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Gidemeyenler</t>
+          <t>Zamanımızın Bir Ressamı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257266642</t>
+          <t>9786257266215</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Gölge Oyunu</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257266109</t>
+          <t>9786257266505</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Çağı</t>
+          <t>Aile Fotoğrafı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786058017863</t>
+          <t>9786254440458</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Papatya Karlı Bir Gün</t>
+          <t>Papatya ve Kutudaki Sürpriz</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257266208</t>
+          <t>9786257266147</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sarsılınca</t>
+          <t>Gidemeyenler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257266062</t>
+          <t>9786257266642</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bir Roman Yazılıyor</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257266055</t>
+          <t>9786257266109</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ecelin Tahtı</t>
+          <t>Kadınlar Çağı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257266345</t>
+          <t>9786058017863</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası Dünya’yı Keşfediyor</t>
+          <t>Papatya Karlı Bir Gün</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>155</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786058017887</t>
+          <t>9786257266208</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bildiğiniz Havaların Sonu - Küresel İklim Değişimi ve Türkiye</t>
+          <t>Dünya Sarsılınca</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050602272</t>
+          <t>9786257266062</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Eski Değirmendeki Sır</t>
+          <t>Bir Roman Yazılıyor</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786056991462</t>
+          <t>9786257266055</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yolculuk</t>
+          <t>Ecelin Tahtı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786058017818</t>
+          <t>9786257266345</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dumlupınar Nutku ve 30 Ağustos Zaferi</t>
+          <t>Su Damlası Dünya’yı Keşfediyor</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257266390</t>
+          <t>9786058017887</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Evde Kalmış Şiirler</t>
+          <t>Bildiğiniz Havaların Sonu - Küresel İklim Değişimi ve Türkiye</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257266512</t>
+          <t>9786050602272</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Eski Değirmendeki Sır</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050616378</t>
+          <t>9786056991462</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Muazzez İlmiye Çığ - Cumhuriyet Mucizesi</t>
+          <t>Gizli Yolculuk</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257266291</t>
+          <t>9786058017818</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kontrolsüz Güç - Vergilerimiz Nerede?</t>
+          <t>Dumlupınar Nutku ve 30 Ağustos Zaferi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257266581</t>
+          <t>9786257266390</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>AKP'den Masallar</t>
+          <t>Evde Kalmış Şiirler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050616316</t>
+          <t>9786257266512</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>AKP'nin Kısa Tarihi</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257266734</t>
+          <t>9786050616378</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Merdivendeki Ayak Seslerin</t>
+          <t>Muazzez İlmiye Çığ - Cumhuriyet Mucizesi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257266321</t>
+          <t>9786257266291</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Gerçeklik</t>
+          <t>Kontrolsüz Güç - Vergilerimiz Nerede?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257266666</t>
+          <t>9786257266581</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Lizbon'a Gece Treni</t>
+          <t>AKP'den Masallar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257266123</t>
+          <t>9786050616316</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin Ağırlığı</t>
+          <t>AKP'nin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050616385</t>
+          <t>9786257266734</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Merdivendeki Ayak Seslerin</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786056991479</t>
+          <t>9786257266321</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Üretme Tüket</t>
+          <t>Şiir ve Gerçeklik</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257266574</t>
+          <t>9786257266666</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll İle Bay Hyde’ın Tuhaf Vakası</t>
+          <t>Lizbon'a Gece Treni</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050616309</t>
+          <t>9786257266123</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Güvercinci Çocuk</t>
+          <t>Sözlerin Ağırlığı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>75</v>
+        <v>330</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786056968068</t>
+          <t>9786050616385</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786056991424</t>
+          <t>9786056991479</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Üretme Tüket</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>75</v>
+        <v>330</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257266772</t>
+          <t>9786257266574</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İki Kez Yaşamanın Güzelliği</t>
+          <t>Dr. Jekyll İle Bay Hyde’ın Tuhaf Vakası</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257266178</t>
+          <t>9786050616309</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Güvercinci Çocuk</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050616354</t>
+          <t>9786056968068</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786056968082</t>
+          <t>9786056991424</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050602227</t>
+          <t>9786257266772</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>İki Kez Yaşamanın Güzelliği</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050616323</t>
+          <t>9786257266178</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Kadının Mektubu</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786056968037</t>
+          <t>9786050616354</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257266222</t>
+          <t>9786056968082</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yakan Sır</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254440403</t>
+          <t>9786050602227</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Olmaz Olmaz Demeyin Olmaz Olmaz!</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254440465</t>
+          <t>9786050616323</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Işığın O Kör Edici Yokluğu</t>
+          <t>Meçhul Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257266314</t>
+          <t>9786056968037</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yoksullar Hanı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257266741</t>
+          <t>9786257266222</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Korkusu</t>
+          <t>Yakan Sır</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257266284</t>
+          <t>9786254440403</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Gidilmemiş Bir Yol</t>
+          <t>Olmaz Olmaz Demeyin Olmaz Olmaz!</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050616361</t>
+          <t>9786254440465</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Karşıdevrimin Kısa Tarihi</t>
+          <t>Işığın O Kör Edici Yokluğu</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050602289</t>
+          <t>9786257266314</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Yoksullar Hanı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050602203</t>
+          <t>9786257266741</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Hakikat Korkusu</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257266116</t>
+          <t>9786257266284</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Varolma Anları</t>
+          <t>Gidilmemiş Bir Yol</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257266093</t>
+          <t>9786050616361</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela</t>
+          <t>Karşıdevrimin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786056968044</t>
+          <t>9786050602289</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kadın ve Papağan</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050635249</t>
+          <t>9786050602203</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257266000</t>
+          <t>9786257266116</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sussam Susulmaz Yazmasam Olmaz</t>
+          <t>Varolma Anları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257266086</t>
+          <t>9786257266093</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
           <t>Tatlı Bela Angela</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050602234</t>
+          <t>9786056968044</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Artist</t>
+          <t>Yaşlı Kadın ve Papağan</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>240</v>
+        <v>75</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257266710</t>
+          <t>9786050635249</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254440496</t>
+          <t>9786257266000</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Son Cüret (Ciltli)</t>
+          <t>Sussam Susulmaz Yazmasam Olmaz</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257266161</t>
+          <t>9786257266086</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yurdum Benim - Tibetten Kübaya</t>
+          <t>Tatlı Bela Angela</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257266833</t>
+          <t>9786050602234</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gayriresmi Kent Rehberi</t>
+          <t>İsim Şehir Artist</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257266840</t>
+          <t>9786257266710</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Amacı Anlam Değildir</t>
+          <t>Tatlı Bela Angela</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257266826</t>
+          <t>9786254440496</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Şamanların Sonuncusu</t>
+          <t>Son Cüret (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257266802</t>
+          <t>9786257266161</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşu Ötünce</t>
+          <t>Yeryüzü Yurdum Benim - Tibetten Kübaya</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257266819</t>
+          <t>9786257266833</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ağzında Karanfil Taşıyan Genç Adam</t>
+          <t>Gayriresmi Kent Rehberi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258129120</t>
+          <t>9786257266840</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela - Yavru Köpek Aşkına</t>
+          <t>Şiirin Amacı Anlam Değildir</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257266550</t>
+          <t>9786257266826</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Okyunus'a Özgürlük</t>
+          <t>Şamanların Sonuncusu</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258129083</t>
+          <t>9786257266802</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Zozo İşbaşında</t>
+          <t>Guguk Kuşu Ötünce</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258129052</t>
+          <t>9786257266819</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Okul Gezisi</t>
+          <t>Ağzında Karanfil Taşıyan Genç Adam</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258129076</t>
+          <t>9786258129120</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Gavur Çeteliler</t>
+          <t>Tatlı Bela Angela - Yavru Köpek Aşkına</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257266987</t>
+          <t>9786257266550</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Einstein Bir Biliminsanının Tutkuları</t>
+          <t>Okyunus'a Özgürlük</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257266994</t>
+          <t>9786258129083</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu</t>
+          <t>Zozo İşbaşında</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
+          <t>9786258129052</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Okul Gezisi</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786258129076</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Gavur Çeteliler</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786257266987</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Bir Biliminsanının Tutkuları</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786257266994</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Anka Kuşu</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
           <t>9786254440489</t>
         </is>
       </c>
-      <c r="B311" s="1" t="inlineStr">
+      <c r="B315" s="1" t="inlineStr">
         <is>
           <t>Son Cüret</t>
         </is>
       </c>
-      <c r="C311" s="1">
+      <c r="C315" s="1">
         <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>