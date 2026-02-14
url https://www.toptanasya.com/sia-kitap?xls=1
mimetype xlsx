--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,4750 +85,4855 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256685536</t>
+          <t>9786256685567</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şehir</t>
+          <t>Mahsus Selam</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256685550</t>
+          <t>9786256685574</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Söyle Bana Sen Kimsin</t>
+          <t>Benim Yüzyılım</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256685543</t>
+          <t>9786258129731</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Romanov Komplosu</t>
+          <t>Gemilerle Seyahat Eden Sözcükler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256685529</t>
+          <t>9786258129045</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Balkız’dan Hikayeler</t>
+          <t>Anka Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256685512</t>
+          <t>9786257266482</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tempo</t>
+          <t>Şehrin Batısı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256685505</t>
+          <t>9786050635232</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İnsan İşi Bir Yalnızlık</t>
+          <t>Bil Bakalım Nereye Gidiyoruz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>225</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256685499</t>
+          <t>9786050635263</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sakkara’nın Kumları</t>
+          <t>Atatürk ve Can Yoldaşı Nuri Conker</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256685482</t>
+          <t>9786256685536</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bütün Aşkların Başlangıcı</t>
+          <t>Şehir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256685468</t>
+          <t>9786256685550</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela - Kek Savaşları</t>
+          <t>Söyle Bana Sen Kimsin</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256685475</t>
+          <t>9786256685543</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela - Ünlülerin Peşinde</t>
+          <t>Romanov Komplosu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256685444</t>
+          <t>9786256685529</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Çağı</t>
+          <t>Balkız’dan Hikayeler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>349</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256685161</t>
+          <t>9786256685512</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bursa’dan Dersim’e Bir Hekimin Anıları</t>
+          <t>Tempo</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258129793</t>
+          <t>9786256685505</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gizli Konuklar</t>
+          <t>İnsan İşi Bir Yalnızlık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258129854</t>
+          <t>9786256685499</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sadece Hayaletler, Ötesi Yok</t>
+          <t>Sakkara’nın Kumları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258129649</t>
+          <t>9786256685482</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm</t>
+          <t>Bütün Aşkların Başlangıcı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258129434</t>
+          <t>9786256685468</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Efsane Messi</t>
+          <t>Tatlı Bela Angela - Kek Savaşları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056991486</t>
+          <t>9786256685475</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Sevmeyen Sincap</t>
+          <t>Tatlı Bela Angela - Ünlülerin Peşinde</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056968020</t>
+          <t>9786256685444</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Merkür: Plüton Gezegenler Arasında</t>
+          <t>Aydınlanma Çağı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>349</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050635287</t>
+          <t>9786256685161</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İşaretlerin Peşinde</t>
+          <t>Bursa’dan Dersim’e Bir Hekimin Anıları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256685451</t>
+          <t>9786258129793</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Masalı</t>
+          <t>Gizli Konuklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256685437</t>
+          <t>9786258129854</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Ben De</t>
+          <t>Sadece Hayaletler, Ötesi Yok</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256685345</t>
+          <t>9786258129649</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Günlerin Şarabı</t>
+          <t>Ömrüm</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256685420</t>
+          <t>9786258129434</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Son İstasyon</t>
+          <t>Efsane Messi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>295</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>1291019232023</t>
+          <t>9786056991486</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Son Cüret ve Anka Kuşu Seti</t>
+          <t>Paylaşmayı Sevmeyen Sincap</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256685383</t>
+          <t>9786056968020</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Uyku</t>
+          <t>Merkür: Plüton Gezegenler Arasında</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256685376</t>
+          <t>9786050635287</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tekillikler</t>
+          <t>İşaretlerin Peşinde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256685390</t>
+          <t>9786256685451</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Yürüyüşü</t>
+          <t>Renklerin Masalı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256685369</t>
+          <t>9786256685437</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tabula Rasa</t>
+          <t>Belki Bir Gün Ben De</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256685314</t>
+          <t>9786256685345</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kediler Konuşmaz Ki</t>
+          <t>Gelecek Günlerin Şarabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256685352</t>
+          <t>9786256685420</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Canlı Heykel</t>
+          <t>Son İstasyon</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258129595</t>
+          <t>1291019232023</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Raviyan-ı Ahbar'dan Hikayeler</t>
+          <t>Son Cüret ve Anka Kuşu Seti</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258129397</t>
+          <t>9786256685383</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tahıl Okyanusları</t>
+          <t>Uyku</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786251829304</t>
+          <t>9786256685376</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gökten Ne Düştü?</t>
+          <t>Tekillikler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>28</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258129151</t>
+          <t>9786256685390</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Özdemir İnce - Bütün Şiirleri 1. Cilt</t>
+          <t>Yengeç Yürüyüşü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257266451</t>
+          <t>9786256685369</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Paylaşımlı Okuma Serisi Seti - 6 Kitap Takım</t>
+          <t>Tabula Rasa</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2789788621376</t>
+          <t>9786256685314</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Çocuk Kitapları Seti</t>
+          <t>Kediler Konuşmaz Ki</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>48</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2789788621383</t>
+          <t>9786256685352</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti - 6 Kitap Takım</t>
+          <t>Canlı Heykel</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>153</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257266963</t>
+          <t>9786258129595</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kum Çocuk</t>
+          <t>Raviyan-ı Ahbar'dan Hikayeler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3692581473692</t>
+          <t>9786258129397</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf 4 Kitap Set Yeşil Defter Hediyeli</t>
+          <t>Tahıl Okyanusları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>81</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2789788617780</t>
+          <t>9786251829304</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Özdil İsim Şehir Üçlemesi Seti - 3 Kitap Takım</t>
+          <t>Gökten Ne Düştü?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3692581473691</t>
+          <t>9786258129151</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf 4 Kitap Set Sarı Defter Hediyeli</t>
+          <t>Özdemir İnce - Bütün Şiirleri 1. Cilt</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>85</v>
+        <v>360</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257266895</t>
+          <t>9786257266451</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Geleceği Türkiye 2050</t>
+          <t>Paylaşımlı Okuma Serisi Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257266871</t>
+          <t>2789788621376</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hitler</t>
+          <t>Samed Behrengi Çocuk Kitapları Seti</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>275</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056991417</t>
+          <t>2789788621383</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zozo Şarkı Söylüyor</t>
+          <t>Stefan Zweig Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>153</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257266536</t>
+          <t>9786257266963</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zulmün Tarihi</t>
+          <t>Kum Çocuk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257266475</t>
+          <t>3692581473692</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Doğusu</t>
+          <t>Virginia Woolf 4 Kitap Set Yeşil Defter Hediyeli</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056968013</t>
+          <t>2789788617780</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bulut Sirus</t>
+          <t>Yılmaz Özdil İsim Şehir Üçlemesi Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058017832</t>
+          <t>3692581473691</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uğur Dündar - Olağanüstü Bir Hayat</t>
+          <t>Virginia Woolf 4 Kitap Set Sarı Defter Hediyeli</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257266260</t>
+          <t>9786257266895</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ela Yaşamını Düzenliyor</t>
+          <t>Dünyanın Geleceği Türkiye 2050</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257266246</t>
+          <t>9786257266871</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Güneyi - Kunduzlar Çok Çalışıyor</t>
+          <t>Hitler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257266253</t>
+          <t>9786056991417</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ela Kır Yaşamıyla Tanışıyor</t>
+          <t>Zozo Şarkı Söylüyor</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257266598</t>
+          <t>9786257266536</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Türk Dış Politikası</t>
+          <t>Zulmün Tarihi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>45</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257266703</t>
+          <t>9786257266475</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kar</t>
+          <t>Şehrin Doğusu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254440472</t>
+          <t>9786056968013</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Karar Gecesi</t>
+          <t>Küçük Bulut Sirus</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257266369</t>
+          <t>9786058017832</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bir Ankara Hikayesi</t>
+          <t>Uğur Dündar - Olağanüstü Bir Hayat</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257266154</t>
+          <t>9786257266260</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türk Aydınlanması ve Laiklik</t>
+          <t>Ela Yaşamını Düzenliyor</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257266277</t>
+          <t>9786257266246</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dünya</t>
+          <t>Şehrin Güneyi - Kunduzlar Çok Çalışıyor</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257266529</t>
+          <t>9786257266253</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Pelin ve Küçük Dostu Karamel</t>
+          <t>Ela Kır Yaşamıyla Tanışıyor</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056991493</t>
+          <t>9786257266598</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>Atatürk Döneminde Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050635270</t>
+          <t>9786257266703</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sadio Mane - Afrika’nın İncisi</t>
+          <t>Kar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>55</v>
+        <v>290</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050602241</t>
+          <t>9786254440472</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarih Yalanları</t>
+          <t>Karar Gecesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056991400</t>
+          <t>9786257266369</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Bitki</t>
+          <t>Bir Ankara Hikayesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058017801</t>
+          <t>9786257266154</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Hayvan</t>
+          <t>Türk Aydınlanması ve Laiklik</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257266796</t>
+          <t>9786257266277</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Clive’ın Koğuşu</t>
+          <t>Mavi Dünya</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256685321</t>
+          <t>9786257266529</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Birbirimize Her Şeyi Söyleyebilirdik</t>
+          <t>Pelin ve Küçük Dostu Karamel</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256685246</t>
+          <t>9786056991493</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyanın Krallığı</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256685307</t>
+          <t>9786050635270</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Yakalarken</t>
+          <t>Sadio Mane - Afrika’nın İncisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256685291</t>
+          <t>9786050602241</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kırkikindi</t>
+          <t>Yakın Tarih Yalanları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256685253</t>
+          <t>9786056991400</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Gece</t>
+          <t>İsim Şehir Bitki</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256685260</t>
+          <t>9786058017801</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kısa Mektup Uzun Veda</t>
+          <t>İsim Şehir Hayvan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256685277</t>
+          <t>9786257266796</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Uzak Bir Ülke</t>
+          <t>Clive’ın Koğuşu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256685208</t>
+          <t>9786256685321</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Atıf Bey ve Diğer Muhteremler</t>
+          <t>Birbirimize Her Şeyi Söyleyebilirdik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256685222</t>
+          <t>9786256685246</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dağlarca İçin 94 Cümle</t>
+          <t>Bu Dünyanın Krallığı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256685109</t>
+          <t>9786256685307</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyin Derinliklerine Giden Dar Yol</t>
+          <t>Bulutları Yakalarken</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257266970</t>
+          <t>9786256685291</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Matematik</t>
+          <t>Kırkikindi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256685031</t>
+          <t>9786256685253</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler 2</t>
+          <t>Kutsal Gece</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258129533</t>
+          <t>9786256685260</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Kısa Mektup Uzun Veda</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258129113</t>
+          <t>9786256685277</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Liberal Paydaşlar</t>
+          <t>Geçmiş Uzak Bir Ülke</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257266925</t>
+          <t>9786256685208</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni Müzesi</t>
+          <t>Atıf Bey ve Diğer Muhteremler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058017870</t>
+          <t>9786256685222</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yolcuları</t>
+          <t>Dağlarca İçin 94 Cümle</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254440410</t>
+          <t>9786256685109</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin</t>
+          <t>Kuzeyin Derinliklerine Giden Dar Yol</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257266628</t>
+          <t>9786257266970</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hiçe Doğru</t>
+          <t>Arkadaşım Matematik</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257266352</t>
+          <t>9786256685031</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Lokum ile Pasaklı Kedi</t>
+          <t>Paranormal Hikayeler 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254440434</t>
+          <t>9786258129533</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Salyangoz</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056968051</t>
+          <t>9786258129113</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Liberal Paydaşlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056968006</t>
+          <t>9786257266925</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - Mucize Çocuk</t>
+          <t>Şizofreni Müzesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257266185</t>
+          <t>9786058017870</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Vur Emri</t>
+          <t>Sabah Yolcuları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058017894</t>
+          <t>9786254440410</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi ya da Salı</t>
+          <t>Nasreddin</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056968075</t>
+          <t>9786257266628</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Perde Arası</t>
+          <t>Hiçe Doğru</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256685284</t>
+          <t>9786257266352</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Cesaret İster</t>
+          <t>Lokum ile Pasaklı Kedi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256685178</t>
+          <t>9786254440434</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Su Kahramanları</t>
+          <t>Evini Arayan Salyangoz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256685239</t>
+          <t>9786056968051</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Vergi Sistemini Anlama Kılavuzu</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256685215</t>
+          <t>9786056968006</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Tılsımları Evliya Çelebi’nin Düşünme Biçimleri</t>
+          <t>Mbappe - Mucize Çocuk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256685192</t>
+          <t>9786257266185</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gina ve Kızları</t>
+          <t>Vur Emri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256685154</t>
+          <t>9786058017894</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluğa Doyum</t>
+          <t>Pazartesi ya da Salı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256685147</t>
+          <t>9786056968075</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Demir Çağı</t>
+          <t>Perde Arası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256685185</t>
+          <t>9786256685284</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ona Kadar Say 2 - Körebe</t>
+          <t>Yaşamak Cesaret İster</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258129175</t>
+          <t>9786256685178</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Son Yıllarım</t>
+          <t>Geleceğin Su Kahramanları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257266680</t>
+          <t>9786256685239</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gülhisarlı Terziler</t>
+          <t>Vergi Sistemini Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256685130</t>
+          <t>9786256685215</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kara Para ve Aklama Bir Türkiye Projesi</t>
+          <t>İstanbul’un Tılsımları Evliya Çelebi’nin Düşünme Biçimleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258129540</t>
+          <t>9786256685192</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hırsız var</t>
+          <t>Gina ve Kızları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258129366</t>
+          <t>9786256685154</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dilim Dilim Anadilim</t>
+          <t>Mutsuzluğa Doyum</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258129182</t>
+          <t>9786256685147</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - Özdemir İnce (2. Cilt)</t>
+          <t>Demir Çağı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258129106</t>
+          <t>9786256685185</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Ona Kadar Say 2 - Körebe</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258129090</t>
+          <t>9786258129175</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kuvayi Milliye</t>
+          <t>Son Yıllarım</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257266932</t>
+          <t>9786257266680</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarım Düzeni</t>
+          <t>Gülhisarlı Terziler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257266901</t>
+          <t>9786256685130</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Kara Para ve Aklama Bir Türkiye Projesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257266383</t>
+          <t>9786258129540</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aspern’in Mektupları</t>
+          <t>Hırsız var</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257266567</t>
+          <t>9786258129366</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bir Ön Yargı Meselesi</t>
+          <t>Dilim Dilim Anadilim</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257266338</t>
+          <t>9786258129182</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Finans Piyasalarında (Saklı) Düzen</t>
+          <t>Bütün Şiirleri - Özdemir İnce (2. Cilt)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257266659</t>
+          <t>9786258129106</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin Uzun İnce Bir Yol</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257266697</t>
+          <t>9786258129090</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöl Rüzgarı Ömrümüz</t>
+          <t>Kuvayi Milliye</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257266413</t>
+          <t>9786257266932</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>The Game</t>
+          <t>Yeni Tarım Düzeni</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257266635</t>
+          <t>9786257266901</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İlk Üç Dakika</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254440427</t>
+          <t>9786257266383</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Aspern’in Mektupları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257266468</t>
+          <t>9786257266567</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dışa Yolculuk</t>
+          <t>Bir Ön Yargı Meselesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056991448</t>
+          <t>9786257266338</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Finans Piyasalarında (Saklı) Düzen</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256685062</t>
+          <t>9786257266659</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nasıl?</t>
+          <t>Şeyh Bedreddin Uzun İnce Bir Yol</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256685079</t>
+          <t>9786257266697</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Neden?</t>
+          <t>Bir Çöl Rüzgarı Ömrümüz</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256685116</t>
+          <t>9786257266413</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayat</t>
+          <t>The Game</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256685123</t>
+          <t>9786257266635</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Son Kez</t>
+          <t>İlk Üç Dakika</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256685086</t>
+          <t>9786254440427</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ortağın Çocukları</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256685093</t>
+          <t>9786257266468</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dağın Öteki Yüzü</t>
+          <t>Dışa Yolculuk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256685024</t>
+          <t>9786056991448</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Hikayeler 2 (Ciltli)</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256685048</t>
+          <t>9786256685062</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yardımcı Ders Kitabı 101</t>
+          <t>Nasıl?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258129861</t>
+          <t>9786256685079</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu</t>
+          <t>Neden?</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256685000</t>
+          <t>9786256685116</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Irene Melıkoff Sırrı Aşikar Eyledi</t>
+          <t>Gerçek Hayat</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256685017</t>
+          <t>9786256685123</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Hatice Teyze</t>
+          <t>Son Kez</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258129977</t>
+          <t>9786256685086</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklık Diyeti</t>
+          <t>Ortağın Çocukları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258129991</t>
+          <t>9786256685093</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Şiirdir</t>
+          <t>Dağın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258129984</t>
+          <t>9786256685024</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sarah ve Şemsi</t>
+          <t>Paranormal Hikayeler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258129946</t>
+          <t>9786256685048</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem De Kuşları Sever</t>
+          <t>Yardımcı Ders Kitabı 101</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258129953</t>
+          <t>9786258129861</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Şebnem ve Bay Benjamin’in Uçurtması</t>
+          <t>Ne Mutlu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258129816</t>
+          <t>9786256685000</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gölgesi Kalemimin Ucunda: Montaigne</t>
+          <t>Irene Melıkoff Sırrı Aşikar Eyledi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258129878</t>
+          <t>9786256685017</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bergama Vapuru</t>
+          <t>Ezber Bozan Hatice Teyze</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258129885</t>
+          <t>9786258129977</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık ve Toplumsal Çalkantı</t>
+          <t>Bağışıklık Diyeti</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258129847</t>
+          <t>9786258129991</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Güz Kokulu Günahlar</t>
+          <t>Arkadaşlık Şiirdir</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258129830</t>
+          <t>9786258129984</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gaslight (Ciltli)</t>
+          <t>Sarah ve Şemsi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258129809</t>
+          <t>9786258129946</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Çizmeyi Öğreniyorum</t>
+          <t>Büyükannem De Kuşları Sever</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258129786</t>
+          <t>9786258129953</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Herkes Sevdiğini Öldürür</t>
+          <t>Şebnem ve Bay Benjamin’in Uçurtması</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258129823</t>
+          <t>9786258129816</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>gaslight</t>
+          <t>Gölgesi Kalemimin Ucunda: Montaigne</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258129762</t>
+          <t>9786258129878</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ona Kadar Say Saklambaç (Ciltli)</t>
+          <t>Bergama Vapuru</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258129755</t>
+          <t>9786258129885</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Duyguların Saati</t>
+          <t>Kadınlık ve Toplumsal Çalkantı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258129779</t>
+          <t>9786258129847</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ona Kadar Say Saklambaç</t>
+          <t>Güz Kokulu Günahlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258129694</t>
+          <t>9786258129830</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Çocuk</t>
+          <t>Gaslight (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258129700</t>
+          <t>9786258129809</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Doğum Günü Partisi</t>
+          <t>Karikatür Çizmeyi Öğreniyorum</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258129717</t>
+          <t>9786258129786</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Üstad</t>
+          <t>Herkes Sevdiğini Öldürür</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258129724</t>
+          <t>9786258129823</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ama Önce Türkçe!</t>
+          <t>gaslight</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258129748</t>
+          <t>9786258129762</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Köstebek</t>
+          <t>Ona Kadar Say Saklambaç (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258129670</t>
+          <t>9786258129755</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar</t>
+          <t>Gerçek Duyguların Saati</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258129663</t>
+          <t>9786258129779</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kral Salah</t>
+          <t>Ona Kadar Say Saklambaç</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258129687</t>
+          <t>9786258129694</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çekirgeler Zamanı</t>
+          <t>Flamingo Çocuk</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258129656</t>
+          <t>9786258129700</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Altın Çocuk Haaland</t>
+          <t>Bir Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258129618</t>
+          <t>9786258129717</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Güçler</t>
+          <t>Üstad</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258129632</t>
+          <t>9786258129724</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Dönüm Noktası Lozan</t>
+          <t>Ama Önce Türkçe!</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258129625</t>
+          <t>9786258129748</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Küçük Trampetçi Kız</t>
+          <t>Köstebek</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258129601</t>
+          <t>9786258129670</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri - 5. Cilt</t>
+          <t>Ağaçlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258129588</t>
+          <t>9786258129663</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Luciana B.'nin Yavaş Ölümü</t>
+          <t>Kral Salah</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258129380</t>
+          <t>9786258129687</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hakaret</t>
+          <t>Yeşil Çekirgeler Zamanı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258129564</t>
+          <t>9786258129656</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Güzellik</t>
+          <t>Altın Çocuk Haaland</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258129489</t>
+          <t>9786258129618</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Corker’ın Özgürlüğü</t>
+          <t>Görünmez Güçler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258129571</t>
+          <t>9786258129632</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Yolculuğun Bittiği Yer</t>
+          <t>Türk Tarihinin Dönüm Noktası Lozan</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258129472</t>
+          <t>9786258129625</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Uzayıp Giden Bir Gölge Gibi</t>
+          <t>Küçük Trampetçi Kız</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258129557</t>
+          <t>9786258129601</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Siyaseti Besleyenler Siyasetten Beslenenler</t>
+          <t>Bütün Şiirleri - 5. Cilt</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258129496</t>
+          <t>9786258129588</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Aklınızı Başınıza Alın</t>
+          <t>Luciana B.'nin Yavaş Ölümü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258129526</t>
+          <t>9786258129380</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Güneş Tutulması</t>
+          <t>Hakaret</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258129519</t>
+          <t>9786258129564</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Meczup Yaratmak</t>
+          <t>Aşk ve Güzellik</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258129502</t>
+          <t>9786258129489</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gündüşlerinin Yaşayan Denizi</t>
+          <t>Corker’ın Özgürlüğü</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258129465</t>
+          <t>9786258129571</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İnanç, Umut Ve Kıyım</t>
+          <t>Uzun Bir Yolculuğun Bittiği Yer</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258129427</t>
+          <t>9786258129472</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Fırat’ın Matematik Korkusu</t>
+          <t>Uzayıp Giden Bir Gölge Gibi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258129441</t>
+          <t>9786258129557</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Siyaseti Besleyenler Siyasetten Beslenenler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258129458</t>
+          <t>9786258129496</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mucize Ronaldo</t>
+          <t>Aklınızı Başınıza Alın</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258129410</t>
+          <t>9786258129526</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 3. Cilt</t>
+          <t>Güneş Tutulması</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258129359</t>
+          <t>9786258129519</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>“İyi” Olan Kazansın!</t>
+          <t>Meczup Yaratmak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258129403</t>
+          <t>9786258129502</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Parlak Buluşu</t>
+          <t>Gündüşlerinin Yaşayan Denizi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258129373</t>
+          <t>9786258129465</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Memleketimde Seyahatler</t>
+          <t>İnanç, Umut Ve Kıyım</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258129342</t>
+          <t>9786258129427</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kadın</t>
+          <t>Fırat’ın Matematik Korkusu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258129304</t>
+          <t>9786258129441</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gökten Ne Düştü?</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258129335</t>
+          <t>9786258129458</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Foe</t>
+          <t>Mucize Ronaldo</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258129311</t>
+          <t>9786258129410</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ahmaklık Üzerine</t>
+          <t>Bütün Şiirleri 3. Cilt</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>360</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258129328</t>
+          <t>9786258129359</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgisizlik Öyküsü</t>
+          <t>“İyi” Olan Kazansın!</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258129298</t>
+          <t>9786258129403</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yavru Fok Nesu</t>
+          <t>Einstein’ın Parlak Buluşu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258129274</t>
+          <t>9786258129373</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Menekşeler, Atlar, Oburlar</t>
+          <t>Memleketimde Seyahatler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258129281</t>
+          <t>9786258129342</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Lea</t>
+          <t>Geçmişten Günümüze Kadın</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258129250</t>
+          <t>9786258129304</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Hoş Geldiniz</t>
+          <t>Gökten Ne Düştü?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258129267</t>
+          <t>9786258129335</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kampı / Karamelli Çikolata Dörtlüsü -2</t>
+          <t>Foe</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258129243</t>
+          <t>9786258129311</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bir Gecede Sessiz Evimden Çıktım</t>
+          <t>Ahmaklık Üzerine</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258129236</t>
+          <t>9786258129328</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Anarşist Banker ve Şeytanın Saati</t>
+          <t>Bir Sevgisizlik Öyküsü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258129229</t>
+          <t>9786258129298</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki İste</t>
+          <t>Yavru Fok Nesu</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258129212</t>
+          <t>9786258129274</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ateizmin Tarihi</t>
+          <t>Menekşeler, Atlar, Oburlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258129205</t>
+          <t>9786258129281</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Yıldızların Işığıda</t>
+          <t>Lea</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258129199</t>
+          <t>9786258129250</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yaz Evi, Daha Sonra</t>
+          <t>Geleceğe Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258129168</t>
+          <t>9786258129267</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hırsız ve Burjuva</t>
+          <t>Yaz Kampı / Karamelli Çikolata Dörtlüsü -2</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258129021</t>
+          <t>9786258129243</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Gençliğimde</t>
+          <t>Karanlık Bir Gecede Sessiz Evimden Çıktım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258129069</t>
+          <t>9786258129236</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Biz "Karabıyıklı" Türkler</t>
+          <t>Anarşist Banker ve Şeytanın Saati</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258129038</t>
+          <t>9786258129229</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yolu Yalnızlığıma Düşmedi</t>
+          <t>Yeter ki İste</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258129014</t>
+          <t>9786258129212</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dünya</t>
+          <t>Ateizmin Tarihi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258129007</t>
+          <t>9786258129205</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Şebnem ve Schrödinger'in Kedisi</t>
+          <t>Ölmüş Yıldızların Işığıda</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257266956</t>
+          <t>9786258129199</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz</t>
+          <t>Yaz Evi, Daha Sonra</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257266949</t>
+          <t>9786258129168</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dev Dostum</t>
+          <t>Hırsız ve Burjuva</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257266789</t>
+          <t>9786258129021</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Çocuklar Kurtaracak</t>
+          <t>Gençliğimde</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257266918</t>
+          <t>9786258129069</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sivil Örümceğin Ağında</t>
+          <t>Ah Şu Biz "Karabıyıklı" Türkler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257266888</t>
+          <t>9786258129038</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Obez Devlet</t>
+          <t>Yolu Yalnızlığıma Düşmedi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>285</v>
+        <v>110</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257266857</t>
+          <t>9786258129014</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hüzzam’ın Uçma İhtimali</t>
+          <t>Dünya</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257266864</t>
+          <t>9786258129007</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Korona Günleri</t>
+          <t>Şebnem ve Schrödinger'in Kedisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257266604</t>
+          <t>9786257266956</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kadınlar Arasında</t>
+          <t>Sihirbaz</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257266611</t>
+          <t>9786257266949</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ay ve Şenlik Ateşleri</t>
+          <t>Dev Dostum</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257266765</t>
+          <t>9786257266789</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Çocuklar</t>
+          <t>Dünyayı Çocuklar Kurtaracak</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786056968099</t>
+          <t>9786257266918</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Zozo - Bulut Yiyen Zürafa</t>
+          <t>Sivil Örümceğin Ağında</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257266239</t>
+          <t>9786257266888</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Kuzeyi: Sincap Fındık Geri dönüşümü Öğretiyor</t>
+          <t>Obez Devlet</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050602258</t>
+          <t>9786257266857</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Zıplamak İsteyen Zozo</t>
+          <t>Hüzzam’ın Uçma İhtimali</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050616392</t>
+          <t>9786257266864</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sadece İnan</t>
+          <t>Korona Günleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050635218</t>
+          <t>9786257266604</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi - Üç Tekinsiz Öykü</t>
+          <t>Yalnız Kadınlar Arasında</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050635256</t>
+          <t>9786257266611</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yaprağın Renkleri</t>
+          <t>Ay ve Şenlik Ateşleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257266017</t>
+          <t>9786257266765</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Keyif Evi</t>
+          <t>Babalar ve Çocuklar</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257266406</t>
+          <t>9786056968099</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Fırat’ın Uzay Problemi</t>
+          <t>Zozo - Bulut Yiyen Zürafa</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254440441</t>
+          <t>9786257266239</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Olmak</t>
+          <t>Şehrin Kuzeyi: Sincap Fındık Geri dönüşümü Öğretiyor</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257266758</t>
+          <t>9786050602258</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Yol Ormanı'ndaki Gizem</t>
+          <t>Zıplamak İsteyen Zozo</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257266499</t>
+          <t>9786050616392</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mucize</t>
+          <t>Sadece İnan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786058017856</t>
+          <t>9786050635218</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kardeş İstemeyen Kirpi</t>
+          <t>Kara Kedi - Üç Tekinsiz Öykü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786058017825</t>
+          <t>9786050635256</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dedim "Ah!" - Türkçe Off 2</t>
+          <t>Yaprağın Renkleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257266130</t>
+          <t>9786257266017</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Karanlıktan?</t>
+          <t>Keyif Evi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050602265</t>
+          <t>9786257266406</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tek Kitapla Şöhret Olma Yolları</t>
+          <t>Fırat’ın Uzay Problemi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050616330</t>
+          <t>9786254440441</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Süper Kahraman Olmak</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050635225</t>
+          <t>9786257266758</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ottla'ya ve Aileye Mektuplar</t>
+          <t>Dikenli Yol Ormanı'ndaki Gizem</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786058017849</t>
+          <t>9786257266499</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Uğur Dündar - Olağanüstü Bir Hayat (Ciltli)</t>
+          <t>Mavi Mucize</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257266543</t>
+          <t>9786058017856</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Tohum</t>
+          <t>Kardeş İstemeyen Kirpi</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257266192</t>
+          <t>9786058017825</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bana Kışı Anlat</t>
+          <t>Dedim "Ah!" - Türkçe Off 2</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786056991431</t>
+          <t>9786257266130</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Huş Ağaçlarının Sessizliği</t>
+          <t>Kim Korkar Karanlıktan?</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050635201</t>
+          <t>9786050602265</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İsrafil’in Kanatları</t>
+          <t>Tek Kitapla Şöhret Olma Yolları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257266420</t>
+          <t>9786050616330</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraftaki Kadın</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786056991455</t>
+          <t>9786050635225</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Venüs-Plüton Gezegenler Arasında 2</t>
+          <t>Ottla'ya ve Aileye Mektuplar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050616347</t>
+          <t>9786058017849</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Uğur Dündar - Olağanüstü Bir Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257266307</t>
+          <t>9786257266543</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Mino’nun Siyah Gülü</t>
+          <t>İnatçı Tohum</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257266048</t>
+          <t>9786257266192</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ela Okulu Keşfediyor</t>
+          <t>Bana Kışı Anlat</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257266031</t>
+          <t>9786056991431</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ela Okulla Buluşuyor</t>
+          <t>Huş Ağaçlarının Sessizliği</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257266024</t>
+          <t>9786050635201</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kelebeklerin Dansı</t>
+          <t>İsrafil’in Kanatları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257266673</t>
+          <t>9786257266420</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yani Uzak</t>
+          <t>Fotoğraftaki Kadın</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050602210</t>
+          <t>9786056991455</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Çocuk?</t>
+          <t>Venüs-Plüton Gezegenler Arasında 2</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257266437</t>
+          <t>9786050616347</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ela Kendini Korumayı Öğreniyor</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050602296</t>
+          <t>9786257266307</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Senin Öykün Hangisi</t>
+          <t>Mino’nun Siyah Gülü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257266727</t>
+          <t>9786257266048</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Borges ve Ben - Bir Karşılaşma</t>
+          <t>Ela Okulu Keşfediyor</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257266444</t>
+          <t>9786257266031</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ela Günlük Yazıyor</t>
+          <t>Ela Okulla Buluşuyor</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257266376</t>
+          <t>9786257266024</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Zamanımızın Bir Ressamı</t>
+          <t>Ölü Kelebeklerin Dansı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257266215</t>
+          <t>9786257266673</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunu</t>
+          <t>Yani Uzak</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257266505</t>
+          <t>9786050602210</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Aile Fotoğrafı</t>
+          <t>Nereden Çıktı Bu Çocuk?</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254440458</t>
+          <t>9786257266437</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Papatya ve Kutudaki Sürpriz</t>
+          <t>Ela Kendini Korumayı Öğreniyor</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257266147</t>
+          <t>9786050602296</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Gidemeyenler</t>
+          <t>Senin Öykün Hangisi</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257266642</t>
+          <t>9786257266727</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Borges ve Ben - Bir Karşılaşma</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257266109</t>
+          <t>9786257266444</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Çağı</t>
+          <t>Ela Günlük Yazıyor</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786058017863</t>
+          <t>9786257266376</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Papatya Karlı Bir Gün</t>
+          <t>Zamanımızın Bir Ressamı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257266208</t>
+          <t>9786257266215</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sarsılınca</t>
+          <t>Gölge Oyunu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257266062</t>
+          <t>9786257266505</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bir Roman Yazılıyor</t>
+          <t>Aile Fotoğrafı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257266055</t>
+          <t>9786254440458</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ecelin Tahtı</t>
+          <t>Papatya ve Kutudaki Sürpriz</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257266345</t>
+          <t>9786257266147</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası Dünya’yı Keşfediyor</t>
+          <t>Gidemeyenler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058017887</t>
+          <t>9786257266642</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bildiğiniz Havaların Sonu - Küresel İklim Değişimi ve Türkiye</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050602272</t>
+          <t>9786257266109</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Eski Değirmendeki Sır</t>
+          <t>Kadınlar Çağı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786056991462</t>
+          <t>9786058017863</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yolculuk</t>
+          <t>Papatya Karlı Bir Gün</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786058017818</t>
+          <t>9786257266208</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dumlupınar Nutku ve 30 Ağustos Zaferi</t>
+          <t>Dünya Sarsılınca</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257266390</t>
+          <t>9786257266062</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Evde Kalmış Şiirler</t>
+          <t>Bir Roman Yazılıyor</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257266512</t>
+          <t>9786257266055</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Ecelin Tahtı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050616378</t>
+          <t>9786257266345</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Muazzez İlmiye Çığ - Cumhuriyet Mucizesi</t>
+          <t>Su Damlası Dünya’yı Keşfediyor</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257266291</t>
+          <t>9786058017887</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kontrolsüz Güç - Vergilerimiz Nerede?</t>
+          <t>Bildiğiniz Havaların Sonu - Küresel İklim Değişimi ve Türkiye</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257266581</t>
+          <t>9786050602272</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>AKP'den Masallar</t>
+          <t>Eski Değirmendeki Sır</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050616316</t>
+          <t>9786056991462</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>AKP'nin Kısa Tarihi</t>
+          <t>Gizli Yolculuk</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257266734</t>
+          <t>9786058017818</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Merdivendeki Ayak Seslerin</t>
+          <t>Dumlupınar Nutku ve 30 Ağustos Zaferi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257266321</t>
+          <t>9786257266390</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Gerçeklik</t>
+          <t>Evde Kalmış Şiirler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257266666</t>
+          <t>9786257266512</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Lizbon'a Gece Treni</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257266123</t>
+          <t>9786050616378</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin Ağırlığı</t>
+          <t>Muazzez İlmiye Çığ - Cumhuriyet Mucizesi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786050616385</t>
+          <t>9786257266291</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Kontrolsüz Güç - Vergilerimiz Nerede?</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786056991479</t>
+          <t>9786257266581</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Üretme Tüket</t>
+          <t>AKP'den Masallar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257266574</t>
+          <t>9786050616316</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll İle Bay Hyde’ın Tuhaf Vakası</t>
+          <t>AKP'nin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050616309</t>
+          <t>9786257266734</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Güvercinci Çocuk</t>
+          <t>Merdivendeki Ayak Seslerin</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786056968068</t>
+          <t>9786257266321</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Şiir ve Gerçeklik</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786056991424</t>
+          <t>9786257266666</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Lizbon'a Gece Treni</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257266772</t>
+          <t>9786257266123</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İki Kez Yaşamanın Güzelliği</t>
+          <t>Sözlerin Ağırlığı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257266178</t>
+          <t>9786050616385</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050616354</t>
+          <t>9786056991479</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Üretme Tüket</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786056968082</t>
+          <t>9786257266574</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Dr. Jekyll İle Bay Hyde’ın Tuhaf Vakası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786050602227</t>
+          <t>9786050616309</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Güvercinci Çocuk</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050616323</t>
+          <t>9786056968068</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Kadının Mektubu</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786056968037</t>
+          <t>9786056991424</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257266222</t>
+          <t>9786257266772</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yakan Sır</t>
+          <t>İki Kez Yaşamanın Güzelliği</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254440403</t>
+          <t>9786257266178</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Olmaz Olmaz Demeyin Olmaz Olmaz!</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254440465</t>
+          <t>9786050616354</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Işığın O Kör Edici Yokluğu</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257266314</t>
+          <t>9786056968082</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yoksullar Hanı</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257266741</t>
+          <t>9786050602227</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Korkusu</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257266284</t>
+          <t>9786050616323</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Gidilmemiş Bir Yol</t>
+          <t>Meçhul Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050616361</t>
+          <t>9786056968037</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Karşıdevrimin Kısa Tarihi</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786050602289</t>
+          <t>9786257266222</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Yakan Sır</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050602203</t>
+          <t>9786254440403</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Olmaz Olmaz Demeyin Olmaz Olmaz!</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257266116</t>
+          <t>9786254440465</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Varolma Anları</t>
+          <t>Işığın O Kör Edici Yokluğu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257266093</t>
+          <t>9786257266314</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela</t>
+          <t>Yoksullar Hanı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786056968044</t>
+          <t>9786257266741</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kadın ve Papağan</t>
+          <t>Hakikat Korkusu</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786050635249</t>
+          <t>9786257266284</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Orlando</t>
+          <t>Gidilmemiş Bir Yol</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257266000</t>
+          <t>9786050616361</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sussam Susulmaz Yazmasam Olmaz</t>
+          <t>Karşıdevrimin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257266086</t>
+          <t>9786050602289</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786050602234</t>
+          <t>9786050602203</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Artist</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257266710</t>
+          <t>9786257266116</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela</t>
+          <t>Varolma Anları</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254440496</t>
+          <t>9786257266093</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Son Cüret (Ciltli)</t>
+          <t>Tatlı Bela Angela</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257266161</t>
+          <t>9786056968044</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yurdum Benim - Tibetten Kübaya</t>
+          <t>Yaşlı Kadın ve Papağan</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257266833</t>
+          <t>9786050635249</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Gayriresmi Kent Rehberi</t>
+          <t>Orlando</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257266840</t>
+          <t>9786257266000</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Amacı Anlam Değildir</t>
+          <t>Sussam Susulmaz Yazmasam Olmaz</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257266826</t>
+          <t>9786257266086</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Şamanların Sonuncusu</t>
+          <t>Tatlı Bela Angela</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257266802</t>
+          <t>9786050602234</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşu Ötünce</t>
+          <t>İsim Şehir Artist</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257266819</t>
+          <t>9786257266710</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ağzında Karanfil Taşıyan Genç Adam</t>
+          <t>Tatlı Bela Angela</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258129120</t>
+          <t>9786254440496</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bela Angela - Yavru Köpek Aşkına</t>
+          <t>Son Cüret (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257266550</t>
+          <t>9786257266161</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Okyunus'a Özgürlük</t>
+          <t>Yeryüzü Yurdum Benim - Tibetten Kübaya</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258129083</t>
+          <t>9786257266833</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Zozo İşbaşında</t>
+          <t>Gayriresmi Kent Rehberi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258129052</t>
+          <t>9786257266840</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Okul Gezisi</t>
+          <t>Şiirin Amacı Anlam Değildir</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258129076</t>
+          <t>9786257266826</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Gavur Çeteliler</t>
+          <t>Şamanların Sonuncusu</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257266987</t>
+          <t>9786257266802</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Einstein Bir Biliminsanının Tutkuları</t>
+          <t>Guguk Kuşu Ötünce</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257266994</t>
+          <t>9786257266819</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu</t>
+          <t>Ağzında Karanfil Taşıyan Genç Adam</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
+          <t>9786258129120</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı Bela Angela - Yavru Köpek Aşkına</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786257266550</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Okyunus'a Özgürlük</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786258129083</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Zozo İşbaşında</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786258129052</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Okul Gezisi</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786258129076</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Gavur Çeteliler</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786257266987</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Bir Biliminsanının Tutkuları</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786257266994</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Anka Kuşu</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
           <t>9786254440489</t>
         </is>
       </c>
-      <c r="B315" s="1" t="inlineStr">
+      <c r="B322" s="1" t="inlineStr">
         <is>
           <t>Son Cüret</t>
         </is>
       </c>
-      <c r="C315" s="1">
+      <c r="C322" s="1">
         <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>