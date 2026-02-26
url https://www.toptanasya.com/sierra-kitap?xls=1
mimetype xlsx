--- v0 (2025-10-23)
+++ v1 (2026-02-26)
@@ -160,100 +160,685 @@
           <t>The Scarlet Letter</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>368</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786256259195</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>The Tragedy Of Macbeth</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256259065</t>
+          <t>9786256259140</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>DR. Jekyll And MR. Hyde</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>195</v>
+        <v>490</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256259140</t>
+          <t>9786256259218</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>The Castle Of Otranto</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256259218</t>
+          <t>9786256259157</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>The Castle Of Otranto</t>
+          <t>Treasure Island</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256259157</t>
+          <t>9786256259225</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island</t>
+          <t>Turkish For Real Life: Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>650</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786259815732</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786259815756</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Hakka Sığındık</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786259815770</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Peşinde</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786259815725</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Şık</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259815763</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Ticareti</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786259815718</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Mürebbiye</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786259815749</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Gulyabani</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786256259096</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>The Picture Of Dorian Gray</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786256259102</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Wuthering Heights</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786256259065</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>DR. Jekyll And MR. Hyde</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786256259126</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Dracula</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786256259072</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Romeo And Juliet</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786256259119</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Pride And Prejudice</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786256259133</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>The Importance Of Being Earnest</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786256259089</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Frankenstein</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786259481371</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>The Casebook Of Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259481388</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>His Last Bow</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786259481364</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>The Return of Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786259481357</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>The Memoirs Of Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786259481340</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>The Adventures of Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786259481326</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>The Hound Of the Baskervilles</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786259481319</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>The Sign Of Four</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786259481333</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>The Valley Of Fear</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786259481302</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>A Study in Scarlet</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786259815855</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786259815862</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786259815831</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Kağnı</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786259815848</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Ses</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786259815879</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Esirler</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786259815800</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786259481395</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786259815893</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Veli Kanık - Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259815824</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259815886</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali - Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259815701</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yazıları</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786259815817</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786256259041</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Ellisinde Başlar</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786256259034</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Kıskançlık</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786256259027</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Olun</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>185</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>