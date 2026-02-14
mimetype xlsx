--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -85,1030 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056196379</t>
+          <t>9786259952154</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>Mü’min Gencin Hadis Kültürü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056196355</t>
+          <t>9786056196379</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Karabaş Tecvidi (Kartela)</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259952123</t>
+          <t>9786056196355</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ed-Durûsu’n-Nahviyye (Ciltli)</t>
+          <t>Karabaş Tecvidi (Kartela)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056162374</t>
+          <t>9786259952123</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar (Kartela)</t>
+          <t>Ed-Durûsu’n-Nahviyye (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056162381</t>
+          <t>9786056162374</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis (Kartela)</t>
+          <t>Günlük Dualar (Kartela)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056162336</t>
+          <t>9786056162381</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Esma-ü’l Hüsna (Kartela)</t>
+          <t>Kırk Hadis (Kartela)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056162350</t>
+          <t>9786056162336</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>32-54 Farz ve Esma-ü’l Hüsna (Kartela)</t>
+          <t>Esma-ü’l Hüsna (Kartela)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056196331</t>
+          <t>9786056162350</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Anadolu Evliyaları (Ciltli)</t>
+          <t>32-54 Farz ve Esma-ü’l Hüsna (Kartela)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056162343</t>
+          <t>9786056196331</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Namaz Sure ve Duaları (Kartela)</t>
+          <t>İstanbul ve Anadolu Evliyaları (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259952116</t>
+          <t>9786056162343</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tefsirü’l Celaleyn (Ciltli)</t>
+          <t>Namaz Sure ve Duaları (Kartela)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058406308</t>
+          <t>9786259952116</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tefsirül Celaleyn (Ciltli)</t>
+          <t>Tefsirü’l Celaleyn (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058406353</t>
+          <t>9786058406308</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>El Lubab fi Şerh’il Kitap (Ciltli)</t>
+          <t>Tefsirül Celaleyn (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058406346</t>
+          <t>9786058406353</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>El Lubab fi Şerh’il Kitap</t>
+          <t>El Lubab fi Şerh’il Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259920849</t>
+          <t>9786058406346</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şuruhu'l-Kavaidü'l-İ'rab (Ciltli)</t>
+          <t>El Lubab fi Şerh’il Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259920832</t>
+          <t>9786259920849</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şuruhu’l-alaka fi ulumi’l-belağa (Ciltli)</t>
+          <t>Şuruhu'l-Kavaidü'l-İ'rab (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058197961</t>
+          <t>9786259920832</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Arapça Uygulamalı Kısasu'n Nebiyyin (Ciltli)</t>
+          <t>Şuruhu’l-alaka fi ulumi’l-belağa (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259920863</t>
+          <t>9786058197961</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mecmau’l-Enhur (Ciltli)</t>
+          <t>Arapça Uygulamalı Kısasu'n Nebiyyin (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>4000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259920825</t>
+          <t>9786259920863</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Usulu’l - Hadis</t>
+          <t>Mecmau’l-Enhur (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259920801</t>
+          <t>9786259920825</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Kâideleri; Kudsi Nurlar</t>
+          <t>Usulu’l - Hadis</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057017970</t>
+          <t>9786259920801</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şuruhu’l-İzhar (Ciltli)</t>
+          <t>Tasavvuf Kâideleri; Kudsi Nurlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057017925</t>
+          <t>9786057017970</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şuruhul İzzi</t>
+          <t>Şuruhu’l-İzhar (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259920818</t>
+          <t>9786057017925</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Her Anneye Lazım Dua ve Bilgi Hazinesi</t>
+          <t>Şuruhul İzzi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057017963</t>
+          <t>9786259920818</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü's-Sarf</t>
+          <t>Her Anneye Lazım Dua ve Bilgi Hazinesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057017987</t>
+          <t>9786057017963</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetü's Seniyye Tercümesi - Temel Konularıyla Nahiv İlmine Giriş (Ciltli)</t>
+          <t>Mecmuatü's-Sarf</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057017956</t>
+          <t>9786057017987</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Es-sami Şerhu Ebyati'l-cami (Ciltli)</t>
+          <t>Tuhfetü's Seniyye Tercümesi - Temel Konularıyla Nahiv İlmine Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057017994</t>
+          <t>9786057017956</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İsim ve Fiil Çekimleri (Ciltli)</t>
+          <t>Es-sami Şerhu Ebyati'l-cami (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057017949</t>
+          <t>9786057017994</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tefsirü Celaleyn (Arapça) (Ciltli)</t>
+          <t>Açıklamalı İsim ve Fiil Çekimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057017932</t>
+          <t>9786057017949</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şuruhul Maksud</t>
+          <t>Tefsirü Celaleyn (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050656893</t>
+          <t>9786057017932</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Katri'n-Nedave Belli's-Sada (Ciltli)</t>
+          <t>Şuruhul Maksud</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058197954</t>
+          <t>9786050656893</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mecmuat’ün Nahiv</t>
+          <t>Şerhu Katri'n-Nedave Belli's-Sada (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058582057</t>
+          <t>9786058197954</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şuruh’ül Metnü’l Bina (Ciltli)</t>
+          <t>Mecmuat’ün Nahiv</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058582095</t>
+          <t>9786058582057</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ez Zuruf ve Terkip</t>
+          <t>Şuruh’ül Metnü’l Bina (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050656886</t>
+          <t>9786058582095</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>El Belağatü'l Vadıha (Ciltli)</t>
+          <t>Ez Zuruf ve Terkip</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058582071</t>
+          <t>9786050656886</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Safahat Bil Belağat (Arapça)</t>
+          <t>El Belağatü'l Vadıha (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057017901</t>
+          <t>9786058582071</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Rabtü'ş-Şevarid fi Hali'ş-Şevahid (Arapça) (Ciltli)</t>
+          <t>Safahat Bil Belağat (Arapça)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058406360</t>
+          <t>9786057017901</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şerhu'l-Erba'in (40 Hadis) (Ciltli)</t>
+          <t>Rabtü'ş-Şevarid fi Hali'ş-Şevahid (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057017918</t>
+          <t>9786058406360</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kıraat-i Aşere Kaideleri</t>
+          <t>Şerhu'l-Erba'in (40 Hadis) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058582088</t>
+          <t>9786057017918</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kısasü’n Nebiyyin Lil Etfal (Ciltli)</t>
+          <t>Kıraat-i Aşere Kaideleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058197947</t>
+          <t>9786058582088</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Meraku’l Felah Şerhu Nuru'l İzah (Ciltli)</t>
+          <t>Kısasü’n Nebiyyin Lil Etfal (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058406384</t>
+          <t>9786058197947</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mütünü’l Akaid (Ciltli)</t>
+          <t>Meraku’l Felah Şerhu Nuru'l İzah (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058197930</t>
+          <t>9786058406384</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şerhü'l-Akidetü't Tahavi (Baberti)</t>
+          <t>Mütünü’l Akaid (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>235</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058197923</t>
+          <t>9786058197930</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şerhü'l-Akidetü't-Tahavi (Meydani)</t>
+          <t>Şerhü'l-Akidetü't Tahavi (Baberti)</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058197978</t>
+          <t>9786058197923</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Müslim Tercüme ve Şerhi (10 Cilt Takım) (Ciltli)</t>
+          <t>Şerhü'l-Akidetü't-Tahavi (Meydani)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>7000</v>
+        <v>235</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058406391</t>
+          <t>9786058197978</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Muhtasarü’l-Me’ani (Arapça) (Ciltli)</t>
+          <t>Sahih-i Müslim Tercüme ve Şerhi (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058406377</t>
+          <t>9786058406391</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Telhisü’l-Miftah (Arapça) (Ciltli)</t>
+          <t>Muhtasarü’l-Me’ani (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058406339</t>
+          <t>9786058406377</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>el-Lubabp fi Şerh'il-Kitab 2 Cilt Takım (Osmanlıca) (Ciltli)</t>
+          <t>Telhisü’l-Miftah (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058406322</t>
+          <t>9786058406339</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>El Miftah Şerhi Nuru'l-İzah (Ciltli)</t>
+          <t>el-Lubabp fi Şerh'il-Kitab 2 Cilt Takım (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058582064</t>
+          <t>9786058406322</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Türki (Ciltli)</t>
+          <t>El Miftah Şerhi Nuru'l-İzah (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058406315</t>
+          <t>9786058582064</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami (Ciltli)</t>
+          <t>Kamus-ı Türki (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058582002</t>
+          <t>9786058406315</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mülteka (Arapça) (Ciltli)</t>
+          <t>Molla Cami (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056196393</t>
+          <t>9786058582002</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Usul-ü Hadis Şerhi</t>
+          <t>Mülteka (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>235</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056162312</t>
+          <t>9786056196393</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Avamilan (Arapça)</t>
+          <t>Usul-ü Hadis Şerhi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058582033</t>
+          <t>9786056162312</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's- Salihin (Arapça) (Ciltli)</t>
+          <t>Avamilan (Arapça)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056196386</t>
+          <t>9786058582033</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şerh'ül-Muğni (Arapça) (Ciltli)</t>
+          <t>Riyazü's- Salihin (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058582019</t>
+          <t>9786056196386</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kavaidül İrab (Arapça)</t>
+          <t>Şerh'ül-Muğni (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058582040</t>
+          <t>9786058582019</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Et Tuhfetüs Seniyye (Arapça) (Ciltli)</t>
+          <t>Kavaidül İrab (Arapça)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058582026</t>
+          <t>9786058582040</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Halebi Sağir (Arapça) (Ciltli)</t>
+          <t>Et Tuhfetüs Seniyye (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056196348</t>
+          <t>9786058582026</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Talim’ül Müteallim (Ciltli)</t>
+          <t>Halebi Sağir (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056196324</t>
+          <t>9786056196348</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler (Ciltli)</t>
+          <t>Talim’ül Müteallim (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056162329</t>
+          <t>9786056196324</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mecmuat’ün Nahiv (Ciltli)</t>
+          <t>Sohbetler (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056162305</t>
+          <t>9786056162329</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mecmuat’üs-Sarf (Arapça) (Ciltli)</t>
+          <t>Mecmuat’ün Nahiv (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056196300</t>
+          <t>9786056162305</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’den Dua Ayetleri (Kartela)</t>
+          <t>Mecmuat’üs-Sarf (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056162398</t>
+          <t>9786056196300</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Günlük Zikirler (Kartela)</t>
+          <t>Kur’an-ı Kerim’den Dua Ayetleri (Kartela)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056196362</t>
+          <t>9786056162398</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Esmaül Hüsna ile Şifa</t>
+          <t>Günlük Zikirler (Kartela)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056196317</t>
+          <t>9786056196362</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>El-Ezkar: Peygamberimizden Dualar ve Zikirler (Ciltli)</t>
+          <t>Esmaül Hüsna ile Şifa</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9786056196317</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>El-Ezkar: Peygamberimizden Dualar ve Zikirler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9786056162367</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Dini Bilgiler (Kartela)</t>
         </is>
       </c>
-      <c r="C67" s="1">
+      <c r="C68" s="1">
         <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>