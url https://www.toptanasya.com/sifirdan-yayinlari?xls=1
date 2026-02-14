--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,760 +85,775 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058288034</t>
+          <t>9786259526249</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnci Tanesi</t>
+          <t>Cam Balık'ın Yolculuğu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259526232</t>
+          <t>9786058288034</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cam Balık’ın Yolculuğu</t>
+          <t>İnci Tanesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259526225</t>
+          <t>9786259526232</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Umut Pina ve Pembe Karides</t>
+          <t>Cam Balık’ın Yolculuğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056882968</t>
+          <t>9786259526225</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusu Kreta (Videolu Kitap)</t>
+          <t>Umut Pina ve Pembe Karides</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259526218</t>
+          <t>9786056882968</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mimo</t>
+          <t>Zaman Yolcusu Kreta (Videolu Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058425682</t>
+          <t>9786259526218</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 3 / Mızıkçı - Evde Var Bir</t>
+          <t>Mimo</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056604959</t>
+          <t>9786058425682</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Drama / Okul Öncesi ve 1. Sınıflar</t>
+          <t>Toplu Oyunlar 3 / Mızıkçı - Evde Var Bir</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056604928</t>
+          <t>9786056604959</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Teoride Drama ve Kazanımları</t>
+          <t>İlköğretimde Drama / Okul Öncesi ve 1. Sınıflar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056604904</t>
+          <t>9786056604928</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Bilmece</t>
+          <t>Teoride Drama ve Kazanımları</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058425644</t>
+          <t>9786056604904</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kızın mi Var Yandun</t>
+          <t>Ölümcül Bilmece</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058425613</t>
+          <t>9786058425644</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kral Oidipus, Hamlet ve Satıcının Ölümü  Oyunlarında Trajik Olan</t>
+          <t>Kızın mi Var Yandun</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058466241</t>
+          <t>9786058425613</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 : Ben ki Abdülcanbaz Efruz Bey</t>
+          <t>Kral Oidipus, Hamlet ve Satıcının Ölümü  Oyunlarında Trajik Olan</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056604973</t>
+          <t>9786058466241</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2 - Anla Beni / Ya Tutarsa</t>
+          <t>Toplu Oyunlar 1 : Ben ki Abdülcanbaz Efruz Bey</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058425651</t>
+          <t>9786056604973</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2 - Bir Yılbaşı / Eğlence Dünyası</t>
+          <t>Toplu Oyunlar 2 - Anla Beni / Ya Tutarsa</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056604966</t>
+          <t>9786058425651</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kubrick'in Şifreleri</t>
+          <t>Toplu Oyunlar 2 - Bir Yılbaşı / Eğlence Dünyası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058425699</t>
+          <t>9786056604966</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'in Kerimeleri</t>
+          <t>Kubrick'in Şifreleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058425620</t>
+          <t>9786058425699</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 - Et - Panda Seddi</t>
+          <t>Shakespeare'in Kerimeleri</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259526201</t>
+          <t>9786058425620</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cam Balık’ın Yolculuğu</t>
+          <t>Toplu Oyunlar 1 - Et - Panda Seddi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057364197</t>
+          <t>9786259526201</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2</t>
+          <t>Cam Balık’ın Yolculuğu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057364180</t>
+          <t>9786057364197</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Tastamam</t>
+          <t>Toplu Oyunlar 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057364104</t>
+          <t>9786057364180</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusu Kreta ''Tüketme, Tükenme''</t>
+          <t>Güvercin Tastamam</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057364173</t>
+          <t>9786057364104</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cam Balık’ın Yolculuğu “Umut Pina”</t>
+          <t>Zaman Yolcusu Kreta ''Tüketme, Tükenme''</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057364166</t>
+          <t>9786057364173</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusu Kreta “Gezegeni mi Yiyoruz Yoksa?”</t>
+          <t>Cam Balık’ın Yolculuğu “Umut Pina”</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056882937</t>
+          <t>9786057364166</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1</t>
+          <t>Zaman Yolcusu Kreta “Gezegeni mi Yiyoruz Yoksa?”</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057364159</t>
+          <t>9786056882937</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Fe’nin Sessiz Hikayesi</t>
+          <t>Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057364135</t>
+          <t>9786057364159</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sabit’in Okulu</t>
+          <t>Tırtıl Fe’nin Sessiz Hikayesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057364128</t>
+          <t>9786057364135</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zarif ve İnce Şeyler Toplayıcısı</t>
+          <t>Sabit’in Okulu</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056882982</t>
+          <t>9786057364128</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Lili May - Karakatman 3. Cilt</t>
+          <t>Zarif ve İnce Şeyler Toplayıcısı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056882913</t>
+          <t>9786056882982</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mavi Minik Kampçı</t>
+          <t>Lili May - Karakatman 3. Cilt</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056882944</t>
+          <t>9786056882913</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Lili May - Saf Topraklar</t>
+          <t>Mavi Minik Kampçı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056882920</t>
+          <t>9786056882944</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Masallar</t>
+          <t>Lili May - Saf Topraklar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058487109</t>
+          <t>9786056882920</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Astro ve Babi Ay'a Tırmanıyor</t>
+          <t>Fısıldayan Masallar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058288096</t>
+          <t>9786058487109</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Denis Çetrefilli</t>
+          <t>Astro ve Babi Ay'a Tırmanıyor</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056882906</t>
+          <t>9786058288096</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İnce Bir Sızıyla</t>
+          <t>Denis Çetrefilli</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058288089</t>
+          <t>9786056882906</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Renkli Balık</t>
+          <t>İnce Bir Sızıyla</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058288058</t>
+          <t>9786058288089</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Lili May - Ada Krallığı</t>
+          <t>Renkli Balık</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058288041</t>
+          <t>9786058288058</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Çamur</t>
+          <t>Lili May - Ada Krallığı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058288027</t>
+          <t>9786058288041</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ebemevi</t>
+          <t>Mavi ve Çamur</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056882999</t>
+          <t>9786058288027</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İstiridye Masal Anlatıyor</t>
+          <t>Ebemevi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056604980</t>
+          <t>9786056882999</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Yap</t>
+          <t>İstiridye Masal Anlatıyor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058425668</t>
+          <t>9786056604980</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kar Adam - Bitmeyen Tatil - Toplu Oyunlar 4</t>
+          <t>Sevgiyle Yap</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000035801</t>
+          <t>9786058425668</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 3 - Mızıkçı / Evde Biri Var</t>
+          <t>Kar Adam - Bitmeyen Tatil - Toplu Oyunlar 4</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058425675</t>
+          <t>3990000035801</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çelişki</t>
+          <t>Toplu Oyunlar 3 - Mızıkçı / Evde Biri Var</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058425637</t>
+          <t>9786058425675</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımız Kime Ait?</t>
+          <t>Mavi Çelişki</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058466203</t>
+          <t>9786058425637</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çakıl Taşının Denize Yolculuğu</t>
+          <t>Çocuklarımız Kime Ait?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058466258</t>
+          <t>9786058466203</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 : Akıllı Çocuk ve Korsan Adası / Pıtırcıklar Diyarı / Ay Yolculuğu</t>
+          <t>Küçük Çakıl Taşının Denize Yolculuğu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058466296</t>
+          <t>9786058466258</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çırçır Sefası</t>
+          <t>Toplu Oyunlar 1 : Akıllı Çocuk ve Korsan Adası / Pıtırcıklar Diyarı / Ay Yolculuğu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
+          <t>9786058466296</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Çırçır Sefası</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
           <t>9786058466289</t>
         </is>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Bizim Orman</t>
         </is>
       </c>
-      <c r="C49" s="1">
+      <c r="C50" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>