--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,955 +85,1120 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057663580</t>
+          <t>9786057663610</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cumhur Dede’nin Antika Dükkanı</t>
+          <t>Kuyruklu Piyanolar Derneği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057663030</t>
+          <t>9786057663627</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Görgülü Şirin</t>
+          <t>Türkçenin Koruyucuları - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057663573</t>
+          <t>9786057663689</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Miyav</t>
+          <t>Süper Kahramanlar Sendikası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057663566</t>
+          <t>9786056925221</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalpler Ormanı</t>
+          <t>Mutlu Kaçık 1 - Bu Maceranın Ayarı Kaçık</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057663542</t>
+          <t>9786057663672</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Leo ve Harmoni’nin Maceraları – Kaçak Akım Komedyası</t>
+          <t>Evcil Hayaletler Pazar Günü Tatil Yapar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>197</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057663559</t>
+          <t>9786057663641</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler – Oyun Sayışmacaları ve Söylemesi Zor Tekerlemeler</t>
+          <t>Tersinopolis</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057663535</t>
+          <t>9786057663634</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdayan Meslekler 5 – İlginç Meslekler Cambazı</t>
+          <t>Anneannemin Uzay Gemisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>197</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057663511</t>
+          <t>9786057663603</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdayan Meslekler 3 – Yapay Zeka Dedektifleri</t>
+          <t>Dinozorlar Kapıyı İki Kere Çalar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>197</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057663498</t>
+          <t>9786057663597</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdayan Meslekler 1 – Mıknatıs Gibi Çeken Meslekler</t>
+          <t>Düş Tozu Fabrikası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>197</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057663528</t>
+          <t>9786057663658</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdayan Meslekler 4 – Komik Meslekler Dünyası</t>
+          <t>Eğlenceli Spor Atletizm Monoton Hayatıma Maraton Koşusu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>197</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057663504</t>
+          <t>9786057663665</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdayan Meslekler 2 – Kayıp Meslek Korsanları</t>
+          <t>Eğlenceli Spor Savunma Sporları Hiiaayt ! Kara Kuşak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>197</v>
+        <v>275</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057663443</t>
+          <t>9786057663580</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Spor Futbol</t>
+          <t>Cumhur Dede’nin Antika Dükkanı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>197</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057663474</t>
+          <t>9786057663030</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Spor Basketbol</t>
+          <t>Görgülü Şirin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>197</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057663467</t>
+          <t>9786057663573</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Spor Voleybol</t>
+          <t>Dedektif Miyav</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>197</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057663481</t>
+          <t>9786057663566</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Renkli Kalpler Ormanı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057663368</t>
+          <t>9786057663542</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Odaklı Etkinlik Kitabı Şekiller ve Kavramlar 5-6 Yaş</t>
+          <t>Leo ve Harmoni’nin Maceraları – Kaçak Akım Komedyası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>470</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057663344</t>
+          <t>9786057663559</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Odaklı Etkinlik Kitabı Ses ve Çizgi Çalışması 5-6 Yaş</t>
+          <t>Tekerlemeler – Oyun Sayışmacaları ve Söylemesi Zor Tekerlemeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>470</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057663450</t>
+          <t>9786057663535</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Odaklı Etkinlik Kitabı Dikkat ve Görsel Algı Çalışması 5-6 Yaş</t>
+          <t>Kıkırdayan Meslekler 5 – İlginç Meslekler Cambazı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>470</v>
+        <v>275</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057663351</t>
+          <t>9786057663511</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Odaklı Etkinlik Kitabı Matematik 5-6 Yaş</t>
+          <t>Kıkırdayan Meslekler 3 – Yapay Zeka Dedektifleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>470</v>
+        <v>275</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057663405</t>
+          <t>9786057663498</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ela’nın Büyülü Dünyası 3 - Gizemli Tarih</t>
+          <t>Kıkırdayan Meslekler 1 – Mıknatıs Gibi Çeken Meslekler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057663436</t>
+          <t>9786057663528</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ela’nın Büyülü Dünyası 5 - Tembelliğin Sonu</t>
+          <t>Kıkırdayan Meslekler 4 – Komik Meslekler Dünyası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057663429</t>
+          <t>9786057663504</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ela’nın Büyülü Dünyası 4 - Oyuncakların Dünyasına Yolculuk</t>
+          <t>Kıkırdayan Meslekler 2 – Kayıp Meslek Korsanları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057663399</t>
+          <t>9786057663443</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ela’nın Büyülü Dünyası 2 - İhtiyar Çınar ile Dostluk</t>
+          <t>Eğlenceli Spor Futbol</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057663382</t>
+          <t>9786057663474</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ela’nın Büyülü Dünyası 1 - Kutuplara Seyahat</t>
+          <t>Eğlenceli Spor Basketbol</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057663375</t>
+          <t>9786057663467</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yumurta Artu’yla Kahvaltı Yapmayı Seviyorum</t>
+          <t>Eğlenceli Spor Voleybol</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057663337</t>
+          <t>9786057663481</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Duygular Ormanı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>249</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058072282</t>
+          <t>9786057663368</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tini ile Mini'nin Kardeşliği Seti - 7 Kitap Takım</t>
+          <t>Dikkat Odaklı Etkinlik Kitabı Şekiller ve Kavramlar 5-6 Yaş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057663153</t>
+          <t>9786057663344</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Öz Bakım Becerilerim ve Fen Doğa Günlüğüm</t>
+          <t>Dikkat Odaklı Etkinlik Kitabı Ses ve Çizgi Çalışması 5-6 Yaş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057663252</t>
+          <t>9786057663450</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Roket Mustafa’nın Serüvenleri Seti (5 Kitap Takım)</t>
+          <t>Dikkat Odaklı Etkinlik Kitabı Dikkat ve Görsel Algı Çalışması 5-6 Yaş</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>949</v>
+        <v>520</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057663214</t>
+          <t>9786057663351</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bay Kuşun Maceraları - Dinozorların Dönüşü (Ciltli)</t>
+          <t>Dikkat Odaklı Etkinlik Kitabı Matematik 5-6 Yaş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>295</v>
+        <v>520</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057663245</t>
+          <t>9786057663405</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Aklım Bir Karış Havada - Roket Mustafa 3</t>
+          <t>Ela’nın Büyülü Dünyası 3 - Gizemli Tarih</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>197</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057663238</t>
+          <t>9786057663436</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Maskeli - Roket Mustafa 4</t>
+          <t>Ela’nın Büyülü Dünyası 5 - Tembelliğin Sonu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>197</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058074248</t>
+          <t>9786057663429</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sanırım Başıma Çorap Ördüm - Roket Mustafa 5</t>
+          <t>Ela’nın Büyülü Dünyası 4 - Oyuncakların Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>197</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058072268</t>
+          <t>9786057663399</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Odaklı Eğitim Seti 3-4 Yaş</t>
+          <t>Ela’nın Büyülü Dünyası 2 - İhtiyar Çınar ile Dostluk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057663221</t>
+          <t>9786057663382</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Odaklı Bilmece Boyama</t>
+          <t>Ela’nın Büyülü Dünyası 1 - Kutuplara Seyahat</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057663146</t>
+          <t>9786057663375</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Kavramlar - Dikkat Odaklı Etkinlik Kitabı</t>
+          <t>Yumurta Artu’yla Kahvaltı Yapmayı Seviyorum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057663160</t>
+          <t>9786057663337</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Matematik - Dikkat Odaklı Etkinlik Kitabı</t>
+          <t>Duygular Ormanı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057663177</t>
+          <t>9786058072282</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı</t>
+          <t>Tini ile Mini'nin Kardeşliği Seti - 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057663184</t>
+          <t>9786057663153</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmaları</t>
+          <t>Öz Bakım Becerilerim ve Fen Doğa Günlüğüm</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057663207</t>
+          <t>9786057663252</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Roket Mustafa 2 - Bana Matematik Çarptı</t>
+          <t>Roket Mustafa’nın Serüvenleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>197</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057663191</t>
+          <t>9786057663214</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Roket Mustafa 1 - İlginç İşler Profesörü</t>
+          <t>Bay Kuşun Maceraları - Dinozorların Dönüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>197</v>
+        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057663122</t>
+          <t>9786057663245</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Siber Şifreler</t>
+          <t>Aklım Bir Karış Havada - Roket Mustafa 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057663139</t>
+          <t>9786057663238</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştirici Bilmeceler</t>
+          <t>Hızlı ve Maskeli - Roket Mustafa 4</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057663108</t>
+          <t>9786058074248</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Baykuş'un Maceraları - Ejderha Kral (Ciltli)</t>
+          <t>Sanırım Başıma Çorap Ördüm - Roket Mustafa 5</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056925283</t>
+          <t>9786058072268</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İcat Bizim İşimiz - Mucitler Okulu (Ciltli)</t>
+          <t>Dikkat Odaklı Eğitim Seti 3-4 Yaş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>295</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058072237</t>
+          <t>9786057663221</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Sınıf - Mucitler Okulu (Ciltli)</t>
+          <t>Dikkat Odaklı Bilmece Boyama</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056925290</t>
+          <t>9786057663146</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Mucitler Okulu (Ciltli)</t>
+          <t>Şekiller ve Kavramlar - Dikkat Odaklı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>295</v>
+        <v>430</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058072206</t>
+          <t>9786057663160</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Komik Bir Facia - Mucitler Okulu (Ciltli)</t>
+          <t>Matematik - Dikkat Odaklı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>295</v>
+        <v>430</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056925207</t>
+          <t>9786057663177</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Siber Kabus - Mucitler Okulu (Ciltli)</t>
+          <t>Dikkat ve Görsel Algı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>295</v>
+        <v>430</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058072213</t>
+          <t>9786057663184</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Teorisi - Mucitler Okulu (Ciltli)</t>
+          <t>Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>430</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058074293</t>
+          <t>9786057663207</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Minik Profesörler - Mucitler Okulu (Ciltli)</t>
+          <t>Roket Mustafa 2 - Bana Matematik Çarptı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058072220</t>
+          <t>9786057663191</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler - Mucitler Okulu (Ciltli)</t>
+          <t>Roket Mustafa 1 - İlginç İşler Profesörü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058072244</t>
+          <t>9786057663122</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Okul Bitiyor! - Mucitler Okulu (Ciltli)</t>
+          <t>Başarıda Siber Şifreler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058074217</t>
+          <t>9786057663139</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yolculuk - Macera Peşinde (Ciltli)</t>
+          <t>Zeka Geliştirici Bilmeceler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056925238</t>
+          <t>9786057663108</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Saklı Plan - Macera Peşinde (Ciltli)</t>
+          <t>Baykuş'un Maceraları - Ejderha Kral (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056925252</t>
+          <t>9786056925283</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>New York'taki Saklı Sır - Macera Peşinde (Ciltli)</t>
+          <t>İcat Bizim İşimiz - Mucitler Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056925276</t>
+          <t>9786058072237</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Komik Ülke - Macera Peşinde (Ciltli)</t>
+          <t>Tuhaf Sınıf - Mucitler Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058074224</t>
+          <t>9786056925290</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çin Seddi Macerası - Macera Peşinde (Ciltli)</t>
+          <t>Sıkı Dostlar - Mucitler Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058074279</t>
+          <t>9786058072206</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Karayiplerde Bir Avuç Korsan - Macera Peşinde (Ciltli)</t>
+          <t>Komik Bir Facia - Mucitler Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056925269</t>
+          <t>9786056925207</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Maymun Kral - Macera Peşinde (Ciltli)</t>
+          <t>Siber Kabus - Mucitler Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
+          <t>9786058072213</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyin Teorisi - Mucitler Okulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786058074293</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Minik Profesörler - Mucitler Okulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786058072220</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Yok Daha Neler - Mucitler Okulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786058072244</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Okul Bitiyor! - Mucitler Okulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786058074217</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Yolculuk - Macera Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786056925238</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Plan - Macera Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786056925252</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>New York'taki Saklı Sır - Macera Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786056925276</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Komik Ülke - Macera Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786058074224</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Çin Seddi Macerası - Macera Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786058074279</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Karayiplerde Bir Avuç Korsan - Macera Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786056925269</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Maymun Kral - Macera Peşinde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
           <t>9786056925245</t>
         </is>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Venedik Yıkılıyor - Macera Peşinde (Ciltli)</t>
         </is>
       </c>
-      <c r="C62" s="1">
-        <v>295</v>
+      <c r="C73" s="1">
+        <v>325</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>