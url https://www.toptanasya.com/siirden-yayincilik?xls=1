--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,4315 +85,4330 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056288140</t>
+          <t>9786256288157</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Şiir</t>
+          <t>Hayat ve Rastlantılar</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056288126</t>
+          <t>9786056288140</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Bir Düş</t>
+          <t>Hayat ve Şiir</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256288164</t>
+          <t>9786056288126</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sınırda Yaşamak</t>
+          <t>Güneşli Bir Düş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256288133</t>
+          <t>9786256288164</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ön Saflar</t>
+          <t>Sınırda Yaşamak</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057513991</t>
+          <t>9786256288133</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya</t>
+          <t>Ön Saflar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056288102</t>
+          <t>9786057513991</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmıyor, Eşikteki Çul Gibi Eskiyor İnsan</t>
+          <t>Başka Bir Dünya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056288096</t>
+          <t>9786056288102</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık, Demokrasi, Kimlik ve Öznellik</t>
+          <t>Yaşlanmıyor, Eşikteki Çul Gibi Eskiyor İnsan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056288119</t>
+          <t>9786056288096</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şehir Zaman Kadın</t>
+          <t>Uygarlık, Demokrasi, Kimlik ve Öznellik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056288089</t>
+          <t>9786056288119</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiirinden Seçmeler</t>
+          <t>Şehir Zaman Kadın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057513458</t>
+          <t>9786056288089</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aşk Denize Atılan Ağ</t>
+          <t>Dünya Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056288041</t>
+          <t>9786057513458</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hangi Kalbe Sığınsam Sürgün Yeri</t>
+          <t>Aşk Denize Atılan Ağ</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256288058</t>
+          <t>9786056288041</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sırât-ı Müstakim</t>
+          <t>Hangi Kalbe Sığınsam Sürgün Yeri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256288034</t>
+          <t>9786256288058</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Mutsuzluk</t>
+          <t>Sırât-ı Müstakim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4440000001640</t>
+          <t>9786256288034</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 68 Kasım - Aralık 2021</t>
+          <t>En Güzel Mutsuzluk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000029421</t>
+          <t>4440000001640</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 34 Mart-Nisan 2016</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 68 Kasım - Aralık 2021</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057513915</t>
+          <t>3990000029421</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Dil, Şiir Dili</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 34 Mart-Nisan 2016</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057513847</t>
+          <t>9786057513915</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gelinciğin Sızısı</t>
+          <t>Şiir, Dil, Şiir Dili</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057513625</t>
+          <t>9786057513847</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yokluğunun Sesi</t>
+          <t>Gelinciğin Sızısı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256288010</t>
+          <t>9786057513625</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Voltalılar</t>
+          <t>Yokluğunun Sesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057513003</t>
+          <t>9786256288010</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zahur</t>
+          <t>Voltalılar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057513649</t>
+          <t>9786057513003</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hadde</t>
+          <t>Zahur</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057513854</t>
+          <t>9786057513649</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Şiir</t>
+          <t>Hadde</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000004615</t>
+          <t>9786057513854</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 82 Mart - Nisan 2024</t>
+          <t>Felsefe ve Şiir</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057513496</t>
+          <t>4440000004615</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ah!</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 82 Mart - Nisan 2024</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057513519</t>
+          <t>9786057513496</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Yüzüm</t>
+          <t>Ah!</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057513526</t>
+          <t>9786057513519</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Oluşturan Parçalar</t>
+          <t>Görünmeyen Yüzüm</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057513502</t>
+          <t>9786057513526</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Güneş Bakmadı Şehirlere</t>
+          <t>Kalbimi Oluşturan Parçalar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000016798</t>
+          <t>9786057513502</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şiirden iki Aylık Şiir Dergisi Sayı: 19</t>
+          <t>Güneş Bakmadı Şehirlere</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057513816</t>
+          <t>3990000016798</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bir Şenliktir, Bir Dönemin Panoraması ve Kadıköy</t>
+          <t>Şiirden iki Aylık Şiir Dergisi Sayı: 19</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057513953</t>
+          <t>9786057513816</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bu Yalnızlık Sizin</t>
+          <t>Şiir Bir Şenliktir, Bir Dönemin Panoraması ve Kadıköy</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057513939</t>
+          <t>9786057513953</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nikomedya Klarnet</t>
+          <t>Bu Yalnızlık Sizin</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057513908</t>
+          <t>9786057513939</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Benim Gizli Aşığım, Sen</t>
+          <t>Nikomedya Klarnet</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057513946</t>
+          <t>9786057513908</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İlenç Köprüsü</t>
+          <t>Benim Gizli Aşığım, Sen</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057513984</t>
+          <t>9786057513946</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>İlenç Köprüsü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057513960</t>
+          <t>9786057513984</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ay Saati</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057513977</t>
+          <t>9786057513960</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Yılanın Dili</t>
+          <t>Ay Saati</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057513892</t>
+          <t>9786057513977</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Şairlerini Dinle</t>
+          <t>Gezgin Yılanın Dili</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057513922</t>
+          <t>9786057513892</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Şiir</t>
+          <t>Türkiye Şairlerini Dinle</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057513861</t>
+          <t>9786057513922</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Satır Aralarını Okudukça</t>
+          <t>Marksizm ve Şiir</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057513878</t>
+          <t>9786057513861</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şiire ve Şaire Saklı Notlar</t>
+          <t>Satır Aralarını Okudukça</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057513830</t>
+          <t>9786057513878</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Çattığım Dünyadır</t>
+          <t>Şiire ve Şaire Saklı Notlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057513823</t>
+          <t>9786057513830</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Defteri</t>
+          <t>Aşkla Çattığım Dünyadır</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057513885</t>
+          <t>9786057513823</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yok’a Yol</t>
+          <t>İstanbul Defteri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4440000003406</t>
+          <t>9786057513885</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 77</t>
+          <t>Yok’a Yol</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>4440000003405</t>
+          <t>4440000003406</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 75</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 77</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000003404</t>
+          <t>4440000003405</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 76</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 75</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>4440000003403</t>
+          <t>4440000003404</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 74</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 76</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057513793</t>
+          <t>4440000003403</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dünya Yapan Gölgeler</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 74</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057513755</t>
+          <t>9786057513793</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Moniale Sokağı</t>
+          <t>Dünyayı Dünya Yapan Gölgeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057513731</t>
+          <t>9786057513755</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Basit Hayat</t>
+          <t>Moniale Sokağı</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057513786</t>
+          <t>9786057513731</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gök Kuşağı ve Hafif Poyraz</t>
+          <t>İki Kişilik Basit Hayat</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057513656</t>
+          <t>9786057513786</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Cihangirli Sofist Kedi</t>
+          <t>Gök Kuşağı ve Hafif Poyraz</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057513724</t>
+          <t>9786057513656</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Kadıköy</t>
+          <t>Cihangirli Sofist Kedi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057513700</t>
+          <t>9786057513724</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Gazelleri</t>
+          <t>Bir Zamanlar Kadıköy</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057513748</t>
+          <t>9786057513700</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Metin Cengiz Şiiri</t>
+          <t>Gökyüzü Gazelleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057513762</t>
+          <t>9786057513748</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarının Hediyesi</t>
+          <t>Metin Cengiz Şiiri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057513779</t>
+          <t>9786057513762</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güller Yükseliyor Dumanlar Gibi</t>
+          <t>Gözyaşlarının Hediyesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>4440000002416</t>
+          <t>9786057513779</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 73 Eylül - Ekim 2022</t>
+          <t>Güller Yükseliyor Dumanlar Gibi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057513717</t>
+          <t>4440000002416</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Metin Cengiz - Tanıklığın Odağında Bir Şair</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 73 Eylül - Ekim 2022</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057513670</t>
+          <t>9786057513717</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Düğüm</t>
+          <t>Metin Cengiz - Tanıklığın Odağında Bir Şair</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>4440000001291</t>
+          <t>9786057513670</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 71</t>
+          <t>Düğüm</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057513663</t>
+          <t>4440000001291</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Şiiri</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 71</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057513632</t>
+          <t>9786057513663</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Celal Soycan Şiirinin Ontolojik Çözümlenmesi</t>
+          <t>Yakın Dönem Türk Şiiri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>4440000001035</t>
+          <t>9786057513632</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 66 / Temmuz - Ağustos 2021</t>
+          <t>Celal Soycan Şiirinin Ontolojik Çözümlenmesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>4440000001034</t>
+          <t>4440000001035</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 69</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 66 / Temmuz - Ağustos 2021</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>4440000000906</t>
+          <t>4440000001034</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 6</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 69</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057513687</t>
+          <t>4440000000906</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İp Üstünde Son Tango</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 6</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057513595</t>
+          <t>9786057513687</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İlya'ya Ağıtlar</t>
+          <t>İp Üstünde Son Tango</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057513618</t>
+          <t>9786057513595</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yurdum Yüzünle Başlar</t>
+          <t>İlya'ya Ağıtlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057513588</t>
+          <t>9786057513618</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlk Kez Dokunuyorum Bir Yıldıza</t>
+          <t>Yurdum Yüzünle Başlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057513564</t>
+          <t>9786057513588</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İncir Sütü</t>
+          <t>İlk Kez Dokunuyorum Bir Yıldıza</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057513557</t>
+          <t>9786057513564</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Otopsi Raporu</t>
+          <t>İncir Sütü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057513571</t>
+          <t>9786057513557</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Danimarka Edebiyatı</t>
+          <t>Otopsi Raporu</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000083595</t>
+          <t>9786057513571</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 67 Eylül - Ekim 2021</t>
+          <t>Danimarka Edebiyatı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057513533</t>
+          <t>3990000083595</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Taştaki Deniz</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 67 Eylül - Ekim 2021</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057513540</t>
+          <t>9786057513533</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hayat İçimde Yaşıyor</t>
+          <t>Taştaki Deniz</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057513441</t>
+          <t>9786057513540</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ötesi - 6 Mayıs 1972</t>
+          <t>Hayat İçimde Yaşıyor</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057513434</t>
+          <t>9786057513441</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Müesser Yeniay Şiirini Kuramsal Okumak</t>
+          <t>Aşkın Ötesi - 6 Mayıs 1972</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057513427</t>
+          <t>9786057513434</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Eleştiriyle Karşılamak</t>
+          <t>Müesser Yeniay Şiirini Kuramsal Okumak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000031873</t>
+          <t>9786057513427</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 65 Mayıs - Haziran 2021</t>
+          <t>Şiiri Eleştiriyle Karşılamak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057513359</t>
+          <t>3990000031873</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yeni Babil</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 65 Mayıs - Haziran 2021</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057513410</t>
+          <t>9786057513359</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Celladın Baladı</t>
+          <t>Yeni Babil</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000012270</t>
+          <t>9786057513410</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 64 Mart-Nisan 2021</t>
+          <t>Arkadaşım Celladın Baladı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057513397</t>
+          <t>3990000012270</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Metin Cengiz Şiirini Derin Okumak</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 64 Mart-Nisan 2021</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057513250</t>
+          <t>9786057513397</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Deli Ev</t>
+          <t>Metin Cengiz Şiirini Derin Okumak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057513366</t>
+          <t>9786057513250</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hayat Belirtisi</t>
+          <t>Deli Ev</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057513311</t>
+          <t>9786057513366</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Lethe</t>
+          <t>Hayat Belirtisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000132415</t>
+          <t>9786057513311</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 62 Kasım - Aralık 2020</t>
+          <t>Lethe</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000132416</t>
+          <t>3990000132415</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 63 Ocak - Şubat 2021</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 62 Kasım - Aralık 2020</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000132419</t>
+          <t>3990000132416</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 61 Eylül - Ekim 2020</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 63 Ocak - Şubat 2021</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057513373</t>
+          <t>3990000132419</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gövde, Sürgün Yeri</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 61 Eylül - Ekim 2020</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057513380</t>
+          <t>9786057513373</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Seyirlik Kadınlar ve Şehirleri</t>
+          <t>Gövde, Sürgün Yeri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057513328</t>
+          <t>9786057513380</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi Titrer Ömür</t>
+          <t>Seyirlik Kadınlar ve Şehirleri</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000032419</t>
+          <t>9786057513328</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 60 Temmuz-Ağustos 2020</t>
+          <t>Su Gibi Titrer Ömür</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000032493</t>
+          <t>3990000032419</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 59 Mayıs-Haziran 2020</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 60 Temmuz-Ağustos 2020</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057513342</t>
+          <t>3990000032493</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Unutuluş</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 59 Mayıs-Haziran 2020</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000091377</t>
+          <t>9786057513342</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 58 Mart-Nisan 2020</t>
+          <t>Mutlak Unutuluş</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057513274</t>
+          <t>3990000091377</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Zerre ile Kürre</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 58 Mart-Nisan 2020</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057513281</t>
+          <t>9786057513274</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hayali Damlacık</t>
+          <t>Zerre ile Kürre</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054825304</t>
+          <t>9786057513281</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Belki Son</t>
+          <t>Hayali Damlacık</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000099379</t>
+          <t>9786054825304</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 57 Ocak - Şubat 2020</t>
+          <t>Belki Son</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>3990000099378</t>
+          <t>3990000099379</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 56 Kasım - Aralık 2019</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 57 Ocak - Şubat 2020</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057513267</t>
+          <t>3990000099378</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ecmain</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 56 Kasım - Aralık 2019</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000031131</t>
+          <t>9786057513267</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 55 Eylül - Ekim 2019</t>
+          <t>Ecmain</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057513974</t>
+          <t>3990000031131</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte'de Bir Yer</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 55 Eylül - Ekim 2019</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057513212</t>
+          <t>9786057513974</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Komün</t>
+          <t>Budapeşte'de Bir Yer</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057513205</t>
+          <t>9786057513212</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Unutmama İmgesi</t>
+          <t>Komün</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057513137</t>
+          <t>9786057513205</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Modern Fransız Şiiri Antolojisi - Baudelaire'den Günümüze</t>
+          <t>Unutmama İmgesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>3990000089275</t>
+          <t>9786057513137</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 54 Haziran - Temmuz 2019</t>
+          <t>Modern Fransız Şiiri Antolojisi - Baudelaire'den Günümüze</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054825229</t>
+          <t>3990000089275</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İflah Olmaz Bir Hayalperest</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 54 Haziran - Temmuz 2019</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054825090</t>
+          <t>9786054825229</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Taş ve Zambak</t>
+          <t>İflah Olmaz Bir Hayalperest</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054825106</t>
+          <t>9786054825090</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Söz ile Ateş Arasında</t>
+          <t>Taş ve Zambak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054825113</t>
+          <t>9786054825106</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sokak Yazıları</t>
+          <t>Söz ile Ateş Arasında</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054825144</t>
+          <t>9786054825113</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kuyudan Ağıtlar</t>
+          <t>Sokak Yazıları</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000020274</t>
+          <t>9786054825144</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 53 Mayıs - Haziran 2019</t>
+          <t>Kuyudan Ağıtlar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054825076</t>
+          <t>3990000020274</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kıyılarında</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 53 Mayıs - Haziran 2019</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054825182</t>
+          <t>9786054825076</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bielefeld Şiirleri</t>
+          <t>Şiirin Kıyılarında</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000030922</t>
+          <t>9786054825182</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 52 Mart - Nisan 2019</t>
+          <t>Bielefeld Şiirleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054825168</t>
+          <t>3990000030922</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yürüyoruz</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 52 Mart - Nisan 2019</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054825038</t>
+          <t>9786054825168</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kabuk Bağladı</t>
+          <t>Karanlıkta Yürüyoruz</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3990000030961</t>
+          <t>9786054825038</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 51 Ocak - Şubat 2019</t>
+          <t>Aşk Kabuk Bağladı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057513076</t>
+          <t>3990000030961</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şiir Belleği</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 51 Ocak - Şubat 2019</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057513083</t>
+          <t>9786057513076</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Etkisi Üzerinden Şiir Okumak</t>
+          <t>Şiir Belleği</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054825745</t>
+          <t>9786057513083</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mezar Taşına İsim Yazılır</t>
+          <t>Etkisi Üzerinden Şiir Okumak</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054825738</t>
+          <t>9786054825745</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Entropim! O Pimi Tanrı mı Çekti?</t>
+          <t>Mezar Taşına İsim Yazılır</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990000030960</t>
+          <t>9786054825738</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 50 Kasım - Aralık 2018</t>
+          <t>Entropim! O Pimi Tanrı mı Çekti?</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057513021</t>
+          <t>3990000030960</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Göç Divanı</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 50 Kasım - Aralık 2018</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786092855981</t>
+          <t>9786057513021</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Göç Yolları</t>
+          <t>Göç Divanı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000030559</t>
+          <t>9786092855981</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 49 Eylül - Ekim 2018</t>
+          <t>Göç Yolları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054825950</t>
+          <t>3990000030559</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Büyük Geceler Geri Geliyor</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 49 Eylül - Ekim 2018</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>3990000047798</t>
+          <t>9786054825950</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 46 Mart - Nisan 2018</t>
+          <t>Büyük Geceler Geri Geliyor</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054825943</t>
+          <t>3990000047798</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Beyhude</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 46 Mart - Nisan 2018</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054825912</t>
+          <t>9786054825943</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Düş</t>
+          <t>Beyhude</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054825981</t>
+          <t>9786054825912</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İşte Doğru Yazdım Adını</t>
+          <t>Hayat Bir Düş</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054825875</t>
+          <t>9786054825981</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Zaman</t>
+          <t>İşte Doğru Yazdım Adını</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3990000047796</t>
+          <t>9786054825875</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 48 Temmuz - Ağustos 2018</t>
+          <t>Şimdiki Zaman</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054825936</t>
+          <t>3990000047796</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sayı ve Yıldız</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 48 Temmuz - Ağustos 2018</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054825837</t>
+          <t>9786054825936</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Avı</t>
+          <t>Sayı ve Yıldız</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3990000047748</t>
+          <t>9786054825837</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 47 Mayıs - Haziran 2018</t>
+          <t>Yengeç Avı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054825905</t>
+          <t>3990000047748</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kafiye</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 47 Mayıs - Haziran 2018</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054825868</t>
+          <t>9786054825905</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Özdemir İnce: Türk Şiirinde Bir Mihenk Taşı</t>
+          <t>Kafiye</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054825844</t>
+          <t>9786054825868</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mercan'a Şiirler</t>
+          <t>Özdemir İnce: Türk Şiirinde Bir Mihenk Taşı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054825820</t>
+          <t>9786054825844</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Alıştırmaları</t>
+          <t>Mercan'a Şiirler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054825882</t>
+          <t>9786054825820</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Beni Ağırla</t>
+          <t>Yalnızlık Alıştırmaları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054825806</t>
+          <t>9786054825882</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kuşlarla Uzak</t>
+          <t>Beni Ağırla</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054825790</t>
+          <t>9786054825806</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eksik Canlar Sokağı</t>
+          <t>Kuşlarla Uzak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054825783</t>
+          <t>9786054825790</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Derindim İnandırıldım Aksine</t>
+          <t>Eksik Canlar Sokağı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054825776</t>
+          <t>9786054825783</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Bize de Konar Yeryüzü</t>
+          <t>Derindim İnandırıldım Aksine</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054825813</t>
+          <t>9786054825776</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Eleştiri</t>
+          <t>Belki Bir Gün Bize de Konar Yeryüzü</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000079489</t>
+          <t>9786054825813</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 45 Ocak - Şubat 2018</t>
+          <t>Şiir ve Eleştiri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000079488</t>
+          <t>3990000079489</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 44 Kasım - Aralık 2017</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 45 Ocak - Şubat 2018</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054825752</t>
+          <t>3990000079488</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Uykuya Çekilecek</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 44 Kasım - Aralık 2017</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054825707</t>
+          <t>9786054825752</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yangın</t>
+          <t>Yıldızlar Uykuya Çekilecek</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>3990000071849</t>
+          <t>9786054825707</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 42 Temmuz-Ağustos 2017</t>
+          <t>Yeşil Yangın</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>3990000079486</t>
+          <t>3990000071849</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 43 Eylül-Ekim 2017</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 42 Temmuz-Ağustos 2017</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054825721</t>
+          <t>3990000079486</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliyle Daimi Konuşma</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 43 Eylül-Ekim 2017</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054825714</t>
+          <t>9786054825721</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Mevsiminden Günlükler</t>
+          <t>Sevgiliyle Daimi Konuşma</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>3990000041187</t>
+          <t>9786054825714</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 41 Mayıs-Haziran 2017</t>
+          <t>Yağmur Mevsiminden Günlükler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054825578</t>
+          <t>3990000041187</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Boynu Vurulmuş Güneş</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 41 Mayıs-Haziran 2017</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054825677</t>
+          <t>9786054825578</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Nur Çeşmesi</t>
+          <t>Boynu Vurulmuş Güneş</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3990000071249</t>
+          <t>9786054825677</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 40 Mart-Nisan 2017</t>
+          <t>Nur Çeşmesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055482657</t>
+          <t>3990000071249</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hangi Düşün Tekrarıyım</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 40 Mart-Nisan 2017</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000046092</t>
+          <t>9786055482657</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Büyülü Çığlık</t>
+          <t>Hangi Düşün Tekrarıyım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000046091</t>
+          <t>3990000046092</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dingin Sözler Avlusu</t>
+          <t>Şiir, Büyülü Çığlık</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054825660</t>
+          <t>3990000046091</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Üçgen ve Derkenar</t>
+          <t>Dingin Sözler Avlusu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000029669</t>
+          <t>9786054825660</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 39 Ocak - Şubat 2017</t>
+          <t>Üçgen ve Derkenar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3999000003899</t>
+          <t>3990000029669</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 38 Kasım-Aralık 2016</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 39 Ocak - Şubat 2017</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3999000003697</t>
+          <t>3999000003899</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 37 Eylül-Ekim 2016</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 38 Kasım-Aralık 2016</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054825608</t>
+          <t>3999000003697</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İlk Ayrılık</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 37 Eylül-Ekim 2016</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054825615</t>
+          <t>9786054825608</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle</t>
+          <t>İlk Ayrılık</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054825493</t>
+          <t>9786054825615</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Özgür Aşk</t>
+          <t>Aşk İle</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054825592</t>
+          <t>9786054825493</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şehirden Bir Nisan</t>
+          <t>Özgür Aşk</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054825561</t>
+          <t>9786054825592</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Suya Yazılan</t>
+          <t>Şehirden Bir Nisan</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054825554</t>
+          <t>9786054825561</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sevdalılar</t>
+          <t>Suya Yazılan</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000045204</t>
+          <t>9786054825554</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 36 Temmuz-Ağustos 2016</t>
+          <t>Sevdalılar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054825547</t>
+          <t>3990000045204</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Amerikan Şiirinden Seçmeler</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 36 Temmuz-Ağustos 2016</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054825523</t>
+          <t>9786054825547</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hünsa</t>
+          <t>Çağdaş Amerikan Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054825530</t>
+          <t>9786054825523</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bronz Yara</t>
+          <t>Hünsa</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000032418</t>
+          <t>9786054825530</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 35 Mayıs-Haziran 2016</t>
+          <t>Bronz Yara</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>3990000032061</t>
+          <t>3990000032418</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 33 Ocak-Şubat 2016</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 35 Mayıs-Haziran 2016</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>3990000079869</t>
+          <t>3990000032061</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İspanyol Şiiri Antolojisi</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 33 Ocak-Şubat 2016</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054825462</t>
+          <t>3990000079869</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Altını Çiz Üstünü Ört</t>
+          <t>Çağdaş İspanyol Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054825479</t>
+          <t>9786054825462</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hatıranın Issız Toprakları</t>
+          <t>Altını Çiz Üstünü Ört</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786056258381</t>
+          <t>9786054825479</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Aristoteles’te Şiir Düşüncesi</t>
+          <t>Hatıranın Issız Toprakları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759056360</t>
+          <t>9786056258381</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ölüler İçin Oda Müziği</t>
+          <t>Platon ve Aristoteles’te Şiir Düşüncesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>3990000044448</t>
+          <t>9789759056360</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 32 Kasım - Aralık 2015</t>
+          <t>Ölüler İçin Oda Müziği</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3990000032167</t>
+          <t>3990000044448</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Antoloji (Seçme Şiirler)</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 32 Kasım - Aralık 2015</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054825448</t>
+          <t>3990000032167</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yen Tu Dağının Çiçeği</t>
+          <t>Kişisel Antoloji (Seçme Şiirler)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054825417</t>
+          <t>9786054825448</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Denize Yolculuk</t>
+          <t>Yen Tu Dağının Çiçeği</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>3990000028382</t>
+          <t>9786054825417</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 30</t>
+          <t>Denize Yolculuk</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000028004</t>
+          <t>3990000028382</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 29</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 30</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054825394</t>
+          <t>3990000028004</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mırıldanmalar Hiçliği</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 29</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054825409</t>
+          <t>9786054825394</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tevazu</t>
+          <t>Mırıldanmalar Hiçliği</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>3990000056799</t>
+          <t>9786054825409</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bas ve Ben</t>
+          <t>Tevazu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054825363</t>
+          <t>3990000056799</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Elemli Şiirler</t>
+          <t>Bas ve Ben</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000032168</t>
+          <t>9786054825363</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bu Dansı Bana Lütfeder misiniz Tanrım?</t>
+          <t>Elemli Şiirler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054825431</t>
+          <t>3990000032168</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>King</t>
+          <t>Bu Dansı Bana Lütfeder misiniz Tanrım?</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054825387</t>
+          <t>9786054825431</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İsteğin Hususiyeti</t>
+          <t>King</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054825370</t>
+          <t>9786054825387</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sırı Olmayan Aynalar</t>
+          <t>İsteğin Hususiyeti</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>3990000001407</t>
+          <t>9786054825370</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 8</t>
+          <t>Sırı Olmayan Aynalar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>3990000009611</t>
+          <t>3990000001407</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 7</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 8</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>3990000009610</t>
+          <t>3990000009611</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 5</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 7</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>3990000009608</t>
+          <t>3990000009610</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 3</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 5</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>3990000009613</t>
+          <t>3990000009608</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 2</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 3</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3990000009609</t>
+          <t>3990000009613</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 1</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 2</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057513335</t>
+          <t>3990000009609</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gücü</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000018261</t>
+          <t>9786057513335</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 27</t>
+          <t>Şiirin Gücü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054825332</t>
+          <t>3990000018261</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Toplumcu Gerçekçi Şiir 1923-1953</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 27</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054825349</t>
+          <t>9786054825332</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Okunaklı Harfler</t>
+          <t>Toplumcu Gerçekçi Şiir 1923-1953</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>3990000027349</t>
+          <t>9786054825349</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 28</t>
+          <t>Okunaklı Harfler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054825639</t>
+          <t>3990000027349</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Saklambaç</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 28</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054825271</t>
+          <t>9786054825639</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kelimeler</t>
+          <t>Kayıp Saklambaç</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054825325</t>
+          <t>9786054825271</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Vatanı Yok</t>
+          <t>Aykırı Kelimeler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054825264</t>
+          <t>9786054825325</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiirinden Portreler</t>
+          <t>Ölülerin Vatanı Yok</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054825233</t>
+          <t>9786054825264</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Alkol Vadisi Baladı - Seçme Şiirler</t>
+          <t>Dünya Şiirinden Portreler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054825257</t>
+          <t>9786054825233</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şehirde Kirlenir</t>
+          <t>Alkol Vadisi Baladı - Seçme Şiirler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>3990000018385</t>
+          <t>9786054825257</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 25</t>
+          <t>Aşk Şehirde Kirlenir</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>3990000016792</t>
+          <t>3990000018385</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 17</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 25</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000016791</t>
+          <t>3990000016792</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 14</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 17</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000016790</t>
+          <t>3990000016791</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 18</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 14</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>3990000016789</t>
+          <t>3990000016790</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 20</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 18</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9799759056024</t>
+          <t>3990000016789</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Şiir İçin Notlar</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 20</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054825219</t>
+          <t>9799759056024</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kitap</t>
+          <t>Şiir İçin Notlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054825202</t>
+          <t>9786054825219</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Safranbolu'da Tek Deniz Feneri</t>
+          <t>Yaşlı Kitap</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054825226</t>
+          <t>9786054825202</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kırım Mevsiminde Aşk</t>
+          <t>Safranbolu'da Tek Deniz Feneri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000025476</t>
+          <t>9786054825226</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 26</t>
+          <t>Kırım Mevsiminde Aşk</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054825165</t>
+          <t>3990000025476</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Am'a'erkil</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 26</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054825052</t>
+          <t>9786054825165</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ben Olmadan Çöller Vardı</t>
+          <t>Am'a'erkil</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054825158</t>
+          <t>9786054825052</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Günah Çıkarma Ayini</t>
+          <t>Ben Olmadan Çöller Vardı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057513069</t>
+          <t>9786054825158</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İmge Nedir</t>
+          <t>Günah Çıkarma Ayini</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>3990000031056</t>
+          <t>9786057513069</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mucize ve Yağma</t>
+          <t>İmge Nedir</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054825301</t>
+          <t>3990000031056</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Çiseler Büyük Sularda / Dünyaya Katkımız Ebru Vurgusu</t>
+          <t>Mucize ve Yağma</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>3990000026687</t>
+          <t>9786054825301</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 22</t>
+          <t>Sonsuzluk Çiseler Büyük Sularda / Dünyaya Katkımız Ebru Vurgusu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054825097</t>
+          <t>3990000026687</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ülke</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 22</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054825080</t>
+          <t>9786054825097</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hal- i Pür Melal</t>
+          <t>Kırık Ülke</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058642157</t>
+          <t>9786054825080</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Silinmiş Haberler</t>
+          <t>Hal- i Pür Melal</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9799759056093</t>
+          <t>9786058642157</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Cemresiz Günlerde</t>
+          <t>Silinmiş Haberler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054825585</t>
+          <t>9799759056093</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya</t>
+          <t>Cemresiz Günlerde</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789759056131</t>
+          <t>9786054825585</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bizim Romanımız Şarkılarımız</t>
+          <t>Cemal Süreya</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789759056681</t>
+          <t>9789759056131</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Birebir Şiir</t>
+          <t>Bizim Romanımız Şarkılarımız</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054509065</t>
+          <t>9789759056681</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Birebir Şiir</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054825103</t>
+          <t>9786054509065</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ölüler İçin Kılavuz</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>94</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054825110</t>
+          <t>9786054825103</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Deniz Şiirleri</t>
+          <t>Ölüler İçin Kılavuz</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>170</v>
+        <v>94</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789759056377</t>
+          <t>9786054825110</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kantolar</t>
+          <t>Deniz Şiirleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9799759056048</t>
+          <t>9789759056377</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yanlış At</t>
+          <t>Yeni Kantolar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789759056452</t>
+          <t>9799759056048</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayacak Şiirler Antolojisi Ya da Özgürlük Şiirleri</t>
+          <t>Yanlış At</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9799759056031</t>
+          <t>9789759056452</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Batmış Güneşler Üstünde</t>
+          <t>Unutulmayacak Şiirler Antolojisi Ya da Özgürlük Şiirleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789759056513</t>
+          <t>9799759056031</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Giderim Giderim Dünya Yuvarlak</t>
+          <t>Batmış Güneşler Üstünde</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054825042</t>
+          <t>9789759056513</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dün Oldu</t>
+          <t>Giderim Giderim Dünya Yuvarlak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>3990000003227</t>
+          <t>9786054825042</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 21</t>
+          <t>Her Şey Dün Oldu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786056258398</t>
+          <t>3990000003227</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Düşler</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 21</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>3990000026501</t>
+          <t>9786056258398</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 23</t>
+          <t>Sabırsız Düşler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000025644</t>
+          <t>3990000026501</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 24</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 23</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054825059</t>
+          <t>3990000025644</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Eski Biri</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 24</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054825035</t>
+          <t>9786054825059</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Gölge Göçü</t>
+          <t>Eski Biri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000031502</t>
+          <t>9786054825035</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 31 Eylül - Ekim 2015</t>
+          <t>Gölge Göçü</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054825509</t>
+          <t>3990000031502</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şiir Pençe</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 31 Eylül - Ekim 2015</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054825318</t>
+          <t>9786054825509</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Modern Okumalar</t>
+          <t>Şiir Pençe</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>3990054825240</t>
+          <t>9786054825318</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Şiirler</t>
+          <t>Türk Edebiyatında Modern Okumalar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054825028</t>
+          <t>3990054825240</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Öteki Bilinç : Gerçeküstücülük ve İkinci Yeni</t>
+          <t>Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>3990000078968</t>
+          <t>9786054825028</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Halleri</t>
+          <t>Öteki Bilinç : Gerçeküstücülük ve İkinci Yeni</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789759056230</t>
+          <t>3990000078968</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Şiiri Şiirin Zamanı</t>
+          <t>Yeryüzü Halleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9799759056086</t>
+          <t>9789759056230</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yer Gece Dinlenir</t>
+          <t>Zamanın Şiiri Şiirin Zamanı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054509089</t>
+          <t>9799759056086</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şiire ve Hayata Dair Denemeler La PaiX</t>
+          <t>Yer Gece Dinlenir</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>3990000001406</t>
+          <t>9786054509089</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 9</t>
+          <t>Şiire ve Hayata Dair Denemeler La PaiX</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000008286</t>
+          <t>3990000001406</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 16</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 9</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>3990000001405</t>
+          <t>3990000008286</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 15</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 16</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>3990000008287</t>
+          <t>3990000001405</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 13</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 15</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000009616</t>
+          <t>3990000008287</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 12</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 13</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>3990000010963</t>
+          <t>3990000009616</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 11</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 12</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>3990000009612</t>
+          <t>3990000010963</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 10</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 11</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9799759056079</t>
+          <t>3990000009612</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ekin</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 10</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054825120</t>
+          <t>9799759056079</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme ve Modern Türk Şiiri</t>
+          <t>Sarı Ekin</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789759056841</t>
+          <t>9786054825120</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Meydanda Kalalım</t>
+          <t>Modernleşme ve Modern Türk Şiiri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789759056391</t>
+          <t>9789759056841</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Postmodernizm ve Edebiyat</t>
+          <t>Meydanda Kalalım</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057513298</t>
+          <t>9789759056391</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Şiir</t>
+          <t>Küreselleşme, Postmodernizm ve Edebiyat</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054509072</t>
+          <t>9786057513298</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Antoloji</t>
+          <t>Kültür ve Şiir</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>3990000010450</t>
+          <t>9786054509072</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yolcusu Kalmasın</t>
+          <t>Kişisel Antoloji</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054825622</t>
+          <t>3990000010450</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Benim Yurdum</t>
+          <t>İstanbul Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057513151</t>
+          <t>9786054825622</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Evimi Dağlara Kurdum</t>
+          <t>İmgeler Benim Yurdum</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786058642195</t>
+          <t>9786057513151</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kokan Ağzı</t>
+          <t>Evimi Dağlara Kurdum</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789759056605</t>
+          <t>9786058642195</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Benim Yapamadığımı Yap</t>
+          <t>Çiçek Kokan Ağzı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789759056643</t>
+          <t>9789759056605</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Azade</t>
+          <t>Benim Yapamadığımı Yap</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786058642188</t>
+          <t>9789759056643</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Aysama</t>
+          <t>Azade</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
+          <t>9786058642188</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Aysama</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
           <t>9789759056810</t>
         </is>
       </c>
-      <c r="B286" s="1" t="inlineStr">
+      <c r="B287" s="1" t="inlineStr">
         <is>
           <t>Acıklı Şeyler İçin Bayram</t>
         </is>
       </c>
-      <c r="C286" s="1">
+      <c r="C287" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>