--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,4330 +85,4375 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256288157</t>
+          <t>9786256288171</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Rastlantılar</t>
+          <t>Züppe Mikrofon Züppe Çiçek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056288140</t>
+          <t>9786256288195</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Şiir</t>
+          <t>Tüfek ve Zemberek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056288126</t>
+          <t>9786256288188</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Bir Düş</t>
+          <t>Varlığı İçin Özür Dileyen Adam</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256288164</t>
+          <t>9786256288157</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sınırda Yaşamak</t>
+          <t>Hayat ve Rastlantılar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256288133</t>
+          <t>9786056288140</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ön Saflar</t>
+          <t>Hayat ve Şiir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057513991</t>
+          <t>9786056288126</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya</t>
+          <t>Güneşli Bir Düş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056288102</t>
+          <t>9786256288164</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmıyor, Eşikteki Çul Gibi Eskiyor İnsan</t>
+          <t>Sınırda Yaşamak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056288096</t>
+          <t>9786256288133</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık, Demokrasi, Kimlik ve Öznellik</t>
+          <t>Ön Saflar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056288119</t>
+          <t>9786057513991</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şehir Zaman Kadın</t>
+          <t>Başka Bir Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056288089</t>
+          <t>9786056288102</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiirinden Seçmeler</t>
+          <t>Yaşlanmıyor, Eşikteki Çul Gibi Eskiyor İnsan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057513458</t>
+          <t>9786056288096</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aşk Denize Atılan Ağ</t>
+          <t>Uygarlık, Demokrasi, Kimlik ve Öznellik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056288041</t>
+          <t>9786056288119</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hangi Kalbe Sığınsam Sürgün Yeri</t>
+          <t>Şehir Zaman Kadın</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256288058</t>
+          <t>9786056288089</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sırât-ı Müstakim</t>
+          <t>Dünya Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256288034</t>
+          <t>9786057513458</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Mutsuzluk</t>
+          <t>Aşk Denize Atılan Ağ</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4440000001640</t>
+          <t>9786056288041</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 68 Kasım - Aralık 2021</t>
+          <t>Hangi Kalbe Sığınsam Sürgün Yeri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3990000029421</t>
+          <t>9786256288058</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 34 Mart-Nisan 2016</t>
+          <t>Sırât-ı Müstakim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057513915</t>
+          <t>9786256288034</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Dil, Şiir Dili</t>
+          <t>En Güzel Mutsuzluk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057513847</t>
+          <t>4440000001640</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gelinciğin Sızısı</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 68 Kasım - Aralık 2021</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057513625</t>
+          <t>3990000029421</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yokluğunun Sesi</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 34 Mart-Nisan 2016</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256288010</t>
+          <t>9786057513915</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Voltalılar</t>
+          <t>Şiir, Dil, Şiir Dili</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057513003</t>
+          <t>9786057513847</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zahur</t>
+          <t>Gelinciğin Sızısı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057513649</t>
+          <t>9786057513625</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hadde</t>
+          <t>Yokluğunun Sesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057513854</t>
+          <t>9786256288010</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Şiir</t>
+          <t>Voltalılar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000004615</t>
+          <t>9786057513003</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 82 Mart - Nisan 2024</t>
+          <t>Zahur</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057513496</t>
+          <t>9786057513649</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ah!</t>
+          <t>Hadde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057513519</t>
+          <t>9786057513854</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Yüzüm</t>
+          <t>Felsefe ve Şiir</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057513526</t>
+          <t>4440000004615</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Oluşturan Parçalar</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 82 Mart - Nisan 2024</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057513502</t>
+          <t>9786057513496</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Güneş Bakmadı Şehirlere</t>
+          <t>Ah!</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000016798</t>
+          <t>9786057513519</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şiirden iki Aylık Şiir Dergisi Sayı: 19</t>
+          <t>Görünmeyen Yüzüm</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057513816</t>
+          <t>9786057513526</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bir Şenliktir, Bir Dönemin Panoraması ve Kadıköy</t>
+          <t>Kalbimi Oluşturan Parçalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057513953</t>
+          <t>9786057513502</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bu Yalnızlık Sizin</t>
+          <t>Güneş Bakmadı Şehirlere</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057513939</t>
+          <t>3990000016798</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nikomedya Klarnet</t>
+          <t>Şiirden iki Aylık Şiir Dergisi Sayı: 19</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057513908</t>
+          <t>9786057513816</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Benim Gizli Aşığım, Sen</t>
+          <t>Şiir Bir Şenliktir, Bir Dönemin Panoraması ve Kadıköy</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057513946</t>
+          <t>9786057513953</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İlenç Köprüsü</t>
+          <t>Bu Yalnızlık Sizin</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057513984</t>
+          <t>9786057513939</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Nikomedya Klarnet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057513960</t>
+          <t>9786057513908</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ay Saati</t>
+          <t>Benim Gizli Aşığım, Sen</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057513977</t>
+          <t>9786057513946</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Yılanın Dili</t>
+          <t>İlenç Köprüsü</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057513892</t>
+          <t>9786057513984</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Şairlerini Dinle</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057513922</t>
+          <t>9786057513960</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Şiir</t>
+          <t>Ay Saati</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057513861</t>
+          <t>9786057513977</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Satır Aralarını Okudukça</t>
+          <t>Gezgin Yılanın Dili</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057513878</t>
+          <t>9786057513892</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şiire ve Şaire Saklı Notlar</t>
+          <t>Türkiye Şairlerini Dinle</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057513830</t>
+          <t>9786057513922</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Çattığım Dünyadır</t>
+          <t>Marksizm ve Şiir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057513823</t>
+          <t>9786057513861</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Defteri</t>
+          <t>Satır Aralarını Okudukça</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057513885</t>
+          <t>9786057513878</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yok’a Yol</t>
+          <t>Şiire ve Şaire Saklı Notlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>4440000003406</t>
+          <t>9786057513830</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 77</t>
+          <t>Aşkla Çattığım Dünyadır</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000003405</t>
+          <t>9786057513823</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 75</t>
+          <t>İstanbul Defteri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>4440000003404</t>
+          <t>9786057513885</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 76</t>
+          <t>Yok’a Yol</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>4440000003403</t>
+          <t>4440000003406</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 74</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 77</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057513793</t>
+          <t>4440000003405</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dünya Yapan Gölgeler</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 75</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057513755</t>
+          <t>4440000003404</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Moniale Sokağı</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 76</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057513731</t>
+          <t>4440000003403</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Basit Hayat</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 74</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057513786</t>
+          <t>9786057513793</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gök Kuşağı ve Hafif Poyraz</t>
+          <t>Dünyayı Dünya Yapan Gölgeler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057513656</t>
+          <t>9786057513755</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cihangirli Sofist Kedi</t>
+          <t>Moniale Sokağı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057513724</t>
+          <t>9786057513731</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Kadıköy</t>
+          <t>İki Kişilik Basit Hayat</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057513700</t>
+          <t>9786057513786</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Gazelleri</t>
+          <t>Gök Kuşağı ve Hafif Poyraz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057513748</t>
+          <t>9786057513656</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Metin Cengiz Şiiri</t>
+          <t>Cihangirli Sofist Kedi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057513762</t>
+          <t>9786057513724</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarının Hediyesi</t>
+          <t>Bir Zamanlar Kadıköy</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057513779</t>
+          <t>9786057513700</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Güller Yükseliyor Dumanlar Gibi</t>
+          <t>Gökyüzü Gazelleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>4440000002416</t>
+          <t>9786057513748</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 73 Eylül - Ekim 2022</t>
+          <t>Metin Cengiz Şiiri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057513717</t>
+          <t>9786057513762</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Metin Cengiz - Tanıklığın Odağında Bir Şair</t>
+          <t>Gözyaşlarının Hediyesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057513670</t>
+          <t>9786057513779</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Düğüm</t>
+          <t>Güller Yükseliyor Dumanlar Gibi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>4440000001291</t>
+          <t>4440000002416</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 71</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 73 Eylül - Ekim 2022</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057513663</t>
+          <t>9786057513717</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Türk Şiiri</t>
+          <t>Metin Cengiz - Tanıklığın Odağında Bir Şair</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057513632</t>
+          <t>9786057513670</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Celal Soycan Şiirinin Ontolojik Çözümlenmesi</t>
+          <t>Düğüm</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>4440000001035</t>
+          <t>4440000001291</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 66 / Temmuz - Ağustos 2021</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 71</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>4440000001034</t>
+          <t>9786057513663</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 69</t>
+          <t>Yakın Dönem Türk Şiiri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>4440000000906</t>
+          <t>9786057513632</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 6</t>
+          <t>Celal Soycan Şiirinin Ontolojik Çözümlenmesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057513687</t>
+          <t>4440000001035</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İp Üstünde Son Tango</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 66 / Temmuz - Ağustos 2021</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057513595</t>
+          <t>4440000001034</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İlya'ya Ağıtlar</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 69</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057513618</t>
+          <t>4440000000906</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yurdum Yüzünle Başlar</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 6</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057513588</t>
+          <t>9786057513687</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İlk Kez Dokunuyorum Bir Yıldıza</t>
+          <t>İp Üstünde Son Tango</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057513564</t>
+          <t>9786057513595</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İncir Sütü</t>
+          <t>İlya'ya Ağıtlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057513557</t>
+          <t>9786057513618</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Otopsi Raporu</t>
+          <t>Yurdum Yüzünle Başlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057513571</t>
+          <t>9786057513588</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Danimarka Edebiyatı</t>
+          <t>İlk Kez Dokunuyorum Bir Yıldıza</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000083595</t>
+          <t>9786057513564</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 67 Eylül - Ekim 2021</t>
+          <t>İncir Sütü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057513533</t>
+          <t>9786057513557</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Taştaki Deniz</t>
+          <t>Otopsi Raporu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057513540</t>
+          <t>9786057513571</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hayat İçimde Yaşıyor</t>
+          <t>Danimarka Edebiyatı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057513441</t>
+          <t>3990000083595</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ötesi - 6 Mayıs 1972</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 67 Eylül - Ekim 2021</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057513434</t>
+          <t>9786057513533</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Müesser Yeniay Şiirini Kuramsal Okumak</t>
+          <t>Taştaki Deniz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057513427</t>
+          <t>9786057513540</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Eleştiriyle Karşılamak</t>
+          <t>Hayat İçimde Yaşıyor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000031873</t>
+          <t>9786057513441</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 65 Mayıs - Haziran 2021</t>
+          <t>Aşkın Ötesi - 6 Mayıs 1972</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057513359</t>
+          <t>9786057513434</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yeni Babil</t>
+          <t>Müesser Yeniay Şiirini Kuramsal Okumak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057513410</t>
+          <t>9786057513427</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Celladın Baladı</t>
+          <t>Şiiri Eleştiriyle Karşılamak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000012270</t>
+          <t>3990000031873</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 64 Mart-Nisan 2021</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 65 Mayıs - Haziran 2021</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057513397</t>
+          <t>9786057513359</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Metin Cengiz Şiirini Derin Okumak</t>
+          <t>Yeni Babil</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057513250</t>
+          <t>9786057513410</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Deli Ev</t>
+          <t>Arkadaşım Celladın Baladı</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057513366</t>
+          <t>3990000012270</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hayat Belirtisi</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 64 Mart-Nisan 2021</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057513311</t>
+          <t>9786057513397</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Lethe</t>
+          <t>Metin Cengiz Şiirini Derin Okumak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000132415</t>
+          <t>9786057513250</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 62 Kasım - Aralık 2020</t>
+          <t>Deli Ev</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000132416</t>
+          <t>9786057513366</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 63 Ocak - Şubat 2021</t>
+          <t>Hayat Belirtisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000132419</t>
+          <t>9786057513311</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 61 Eylül - Ekim 2020</t>
+          <t>Lethe</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057513373</t>
+          <t>3990000132415</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gövde, Sürgün Yeri</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 62 Kasım - Aralık 2020</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057513380</t>
+          <t>3990000132416</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Seyirlik Kadınlar ve Şehirleri</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 63 Ocak - Şubat 2021</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057513328</t>
+          <t>3990000132419</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi Titrer Ömür</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 61 Eylül - Ekim 2020</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000032419</t>
+          <t>9786057513373</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 60 Temmuz-Ağustos 2020</t>
+          <t>Gövde, Sürgün Yeri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000032493</t>
+          <t>9786057513380</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 59 Mayıs-Haziran 2020</t>
+          <t>Seyirlik Kadınlar ve Şehirleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057513342</t>
+          <t>9786057513328</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Unutuluş</t>
+          <t>Su Gibi Titrer Ömür</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000091377</t>
+          <t>3990000032419</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 58 Mart-Nisan 2020</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 60 Temmuz-Ağustos 2020</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057513274</t>
+          <t>3990000032493</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zerre ile Kürre</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 59 Mayıs-Haziran 2020</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057513281</t>
+          <t>9786057513342</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hayali Damlacık</t>
+          <t>Mutlak Unutuluş</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054825304</t>
+          <t>3990000091377</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Belki Son</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 58 Mart-Nisan 2020</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>3990000099379</t>
+          <t>9786057513274</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 57 Ocak - Şubat 2020</t>
+          <t>Zerre ile Kürre</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>3990000099378</t>
+          <t>9786057513281</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 56 Kasım - Aralık 2019</t>
+          <t>Hayali Damlacık</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057513267</t>
+          <t>9786054825304</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ecmain</t>
+          <t>Belki Son</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000031131</t>
+          <t>3990000099379</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 55 Eylül - Ekim 2019</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 57 Ocak - Şubat 2020</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057513974</t>
+          <t>3990000099378</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte'de Bir Yer</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 56 Kasım - Aralık 2019</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057513212</t>
+          <t>9786057513267</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Komün</t>
+          <t>Ecmain</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057513205</t>
+          <t>3990000031131</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Unutmama İmgesi</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 55 Eylül - Ekim 2019</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057513137</t>
+          <t>9786057513974</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Modern Fransız Şiiri Antolojisi - Baudelaire'den Günümüze</t>
+          <t>Budapeşte'de Bir Yer</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>3990000089275</t>
+          <t>9786057513212</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 54 Haziran - Temmuz 2019</t>
+          <t>Komün</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054825229</t>
+          <t>9786057513205</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İflah Olmaz Bir Hayalperest</t>
+          <t>Unutmama İmgesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054825090</t>
+          <t>9786057513137</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Taş ve Zambak</t>
+          <t>Modern Fransız Şiiri Antolojisi - Baudelaire'den Günümüze</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054825106</t>
+          <t>3990000089275</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Söz ile Ateş Arasında</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 54 Haziran - Temmuz 2019</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054825113</t>
+          <t>9786054825229</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sokak Yazıları</t>
+          <t>İflah Olmaz Bir Hayalperest</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054825144</t>
+          <t>9786054825090</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kuyudan Ağıtlar</t>
+          <t>Taş ve Zambak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000020274</t>
+          <t>9786054825106</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 53 Mayıs - Haziran 2019</t>
+          <t>Söz ile Ateş Arasında</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054825076</t>
+          <t>9786054825113</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kıyılarında</t>
+          <t>Sokak Yazıları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054825182</t>
+          <t>9786054825144</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bielefeld Şiirleri</t>
+          <t>Kuyudan Ağıtlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000030922</t>
+          <t>3990000020274</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 52 Mart - Nisan 2019</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 53 Mayıs - Haziran 2019</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054825168</t>
+          <t>9786054825076</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yürüyoruz</t>
+          <t>Şiirin Kıyılarında</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054825038</t>
+          <t>9786054825182</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kabuk Bağladı</t>
+          <t>Bielefeld Şiirleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000030961</t>
+          <t>3990000030922</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 51 Ocak - Şubat 2019</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 52 Mart - Nisan 2019</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057513076</t>
+          <t>9786054825168</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Şiir Belleği</t>
+          <t>Karanlıkta Yürüyoruz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057513083</t>
+          <t>9786054825038</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Etkisi Üzerinden Şiir Okumak</t>
+          <t>Aşk Kabuk Bağladı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054825745</t>
+          <t>3990000030961</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mezar Taşına İsim Yazılır</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 51 Ocak - Şubat 2019</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054825738</t>
+          <t>9786057513076</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Entropim! O Pimi Tanrı mı Çekti?</t>
+          <t>Şiir Belleği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000030960</t>
+          <t>9786057513083</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 50 Kasım - Aralık 2018</t>
+          <t>Etkisi Üzerinden Şiir Okumak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057513021</t>
+          <t>9786054825745</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Göç Divanı</t>
+          <t>Mezar Taşına İsim Yazılır</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786092855981</t>
+          <t>9786054825738</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Göç Yolları</t>
+          <t>Entropim! O Pimi Tanrı mı Çekti?</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000030559</t>
+          <t>3990000030960</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 49 Eylül - Ekim 2018</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 50 Kasım - Aralık 2018</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054825950</t>
+          <t>9786057513021</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Büyük Geceler Geri Geliyor</t>
+          <t>Göç Divanı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000047798</t>
+          <t>9786092855981</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 46 Mart - Nisan 2018</t>
+          <t>Göç Yolları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054825943</t>
+          <t>3990000030559</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Beyhude</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 49 Eylül - Ekim 2018</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054825912</t>
+          <t>9786054825950</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Düş</t>
+          <t>Büyük Geceler Geri Geliyor</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054825981</t>
+          <t>3990000047798</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İşte Doğru Yazdım Adını</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 46 Mart - Nisan 2018</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054825875</t>
+          <t>9786054825943</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Zaman</t>
+          <t>Beyhude</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3990000047796</t>
+          <t>9786054825912</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 48 Temmuz - Ağustos 2018</t>
+          <t>Hayat Bir Düş</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054825936</t>
+          <t>9786054825981</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sayı ve Yıldız</t>
+          <t>İşte Doğru Yazdım Adını</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054825837</t>
+          <t>9786054825875</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Avı</t>
+          <t>Şimdiki Zaman</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000047748</t>
+          <t>3990000047796</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 47 Mayıs - Haziran 2018</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 48 Temmuz - Ağustos 2018</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054825905</t>
+          <t>9786054825936</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kafiye</t>
+          <t>Sayı ve Yıldız</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054825868</t>
+          <t>9786054825837</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Özdemir İnce: Türk Şiirinde Bir Mihenk Taşı</t>
+          <t>Yengeç Avı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054825844</t>
+          <t>3990000047748</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mercan'a Şiirler</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 47 Mayıs - Haziran 2018</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054825820</t>
+          <t>9786054825905</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Alıştırmaları</t>
+          <t>Kafiye</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054825882</t>
+          <t>9786054825868</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Beni Ağırla</t>
+          <t>Özdemir İnce: Türk Şiirinde Bir Mihenk Taşı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054825806</t>
+          <t>9786054825844</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kuşlarla Uzak</t>
+          <t>Mercan'a Şiirler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054825790</t>
+          <t>9786054825820</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eksik Canlar Sokağı</t>
+          <t>Yalnızlık Alıştırmaları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054825783</t>
+          <t>9786054825882</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Derindim İnandırıldım Aksine</t>
+          <t>Beni Ağırla</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054825776</t>
+          <t>9786054825806</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Bize de Konar Yeryüzü</t>
+          <t>Kuşlarla Uzak</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054825813</t>
+          <t>9786054825790</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Eleştiri</t>
+          <t>Eksik Canlar Sokağı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000079489</t>
+          <t>9786054825783</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 45 Ocak - Şubat 2018</t>
+          <t>Derindim İnandırıldım Aksine</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000079488</t>
+          <t>9786054825776</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 44 Kasım - Aralık 2017</t>
+          <t>Belki Bir Gün Bize de Konar Yeryüzü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054825752</t>
+          <t>9786054825813</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Uykuya Çekilecek</t>
+          <t>Şiir ve Eleştiri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054825707</t>
+          <t>3990000079489</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yangın</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 45 Ocak - Şubat 2018</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>3990000071849</t>
+          <t>3990000079488</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 42 Temmuz-Ağustos 2017</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 44 Kasım - Aralık 2017</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>3990000079486</t>
+          <t>9786054825752</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 43 Eylül-Ekim 2017</t>
+          <t>Yıldızlar Uykuya Çekilecek</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054825721</t>
+          <t>9786054825707</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliyle Daimi Konuşma</t>
+          <t>Yeşil Yangın</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054825714</t>
+          <t>3990000071849</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Mevsiminden Günlükler</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 42 Temmuz-Ağustos 2017</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000041187</t>
+          <t>3990000079486</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 41 Mayıs-Haziran 2017</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 43 Eylül-Ekim 2017</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054825578</t>
+          <t>9786054825721</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Boynu Vurulmuş Güneş</t>
+          <t>Sevgiliyle Daimi Konuşma</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054825677</t>
+          <t>9786054825714</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Nur Çeşmesi</t>
+          <t>Yağmur Mevsiminden Günlükler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000071249</t>
+          <t>3990000041187</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 40 Mart-Nisan 2017</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 41 Mayıs-Haziran 2017</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055482657</t>
+          <t>9786054825578</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hangi Düşün Tekrarıyım</t>
+          <t>Boynu Vurulmuş Güneş</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000046092</t>
+          <t>9786054825677</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Büyülü Çığlık</t>
+          <t>Nur Çeşmesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000046091</t>
+          <t>3990000071249</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dingin Sözler Avlusu</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 40 Mart-Nisan 2017</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054825660</t>
+          <t>9786055482657</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Üçgen ve Derkenar</t>
+          <t>Hangi Düşün Tekrarıyım</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000029669</t>
+          <t>3990000046092</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 39 Ocak - Şubat 2017</t>
+          <t>Şiir, Büyülü Çığlık</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3999000003899</t>
+          <t>3990000046091</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 38 Kasım-Aralık 2016</t>
+          <t>Dingin Sözler Avlusu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>3999000003697</t>
+          <t>9786054825660</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 37 Eylül-Ekim 2016</t>
+          <t>Üçgen ve Derkenar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054825608</t>
+          <t>3990000029669</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İlk Ayrılık</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 39 Ocak - Şubat 2017</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054825615</t>
+          <t>3999000003899</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 38 Kasım-Aralık 2016</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054825493</t>
+          <t>3999000003697</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Özgür Aşk</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 37 Eylül-Ekim 2016</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054825592</t>
+          <t>9786054825608</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Şehirden Bir Nisan</t>
+          <t>İlk Ayrılık</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054825561</t>
+          <t>9786054825615</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Suya Yazılan</t>
+          <t>Aşk İle</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054825554</t>
+          <t>9786054825493</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sevdalılar</t>
+          <t>Özgür Aşk</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>3990000045204</t>
+          <t>9786054825592</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 36 Temmuz-Ağustos 2016</t>
+          <t>Şehirden Bir Nisan</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054825547</t>
+          <t>9786054825561</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Amerikan Şiirinden Seçmeler</t>
+          <t>Suya Yazılan</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054825523</t>
+          <t>9786054825554</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hünsa</t>
+          <t>Sevdalılar</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054825530</t>
+          <t>3990000045204</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bronz Yara</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 36 Temmuz-Ağustos 2016</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>3990000032418</t>
+          <t>9786054825547</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 35 Mayıs-Haziran 2016</t>
+          <t>Çağdaş Amerikan Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>3990000032061</t>
+          <t>9786054825523</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 33 Ocak-Şubat 2016</t>
+          <t>Hünsa</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>3990000079869</t>
+          <t>9786054825530</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İspanyol Şiiri Antolojisi</t>
+          <t>Bronz Yara</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054825462</t>
+          <t>3990000032418</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Altını Çiz Üstünü Ört</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 35 Mayıs-Haziran 2016</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054825479</t>
+          <t>3990000032061</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hatıranın Issız Toprakları</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 33 Ocak-Şubat 2016</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786056258381</t>
+          <t>3990000079869</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Aristoteles’te Şiir Düşüncesi</t>
+          <t>Çağdaş İspanyol Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789759056360</t>
+          <t>9786054825462</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ölüler İçin Oda Müziği</t>
+          <t>Altını Çiz Üstünü Ört</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3990000044448</t>
+          <t>9786054825479</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 32 Kasım - Aralık 2015</t>
+          <t>Hatıranın Issız Toprakları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>3990000032167</t>
+          <t>9786056258381</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Antoloji (Seçme Şiirler)</t>
+          <t>Platon ve Aristoteles’te Şiir Düşüncesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054825448</t>
+          <t>9789759056360</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yen Tu Dağının Çiçeği</t>
+          <t>Ölüler İçin Oda Müziği</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054825417</t>
+          <t>3990000044448</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Denize Yolculuk</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 32 Kasım - Aralık 2015</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000028382</t>
+          <t>3990000032167</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 30</t>
+          <t>Kişisel Antoloji (Seçme Şiirler)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990000028004</t>
+          <t>9786054825448</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 29</t>
+          <t>Yen Tu Dağının Çiçeği</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054825394</t>
+          <t>9786054825417</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Mırıldanmalar Hiçliği</t>
+          <t>Denize Yolculuk</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054825409</t>
+          <t>3990000028382</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tevazu</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 30</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>3990000056799</t>
+          <t>3990000028004</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bas ve Ben</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 29</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054825363</t>
+          <t>9786054825394</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Elemli Şiirler</t>
+          <t>Mırıldanmalar Hiçliği</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3990000032168</t>
+          <t>9786054825409</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bu Dansı Bana Lütfeder misiniz Tanrım?</t>
+          <t>Tevazu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054825431</t>
+          <t>3990000056799</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>King</t>
+          <t>Bas ve Ben</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054825387</t>
+          <t>9786054825363</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İsteğin Hususiyeti</t>
+          <t>Elemli Şiirler</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054825370</t>
+          <t>3990000032168</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sırı Olmayan Aynalar</t>
+          <t>Bu Dansı Bana Lütfeder misiniz Tanrım?</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>3990000001407</t>
+          <t>9786054825431</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 8</t>
+          <t>King</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>3990000009611</t>
+          <t>9786054825387</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 7</t>
+          <t>İsteğin Hususiyeti</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>3990000009610</t>
+          <t>9786054825370</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 5</t>
+          <t>Sırı Olmayan Aynalar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>3990000009608</t>
+          <t>3990000001407</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 3</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 8</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3990000009613</t>
+          <t>3990000009611</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 2</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 7</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>3990000009609</t>
+          <t>3990000009610</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 1</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 5</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057513335</t>
+          <t>3990000009608</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gücü</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 3</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000018261</t>
+          <t>3990000009613</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 27</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 2</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054825332</t>
+          <t>3990000009609</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Toplumcu Gerçekçi Şiir 1923-1953</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054825349</t>
+          <t>9786057513335</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Okunaklı Harfler</t>
+          <t>Şiirin Gücü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>3990000027349</t>
+          <t>3990000018261</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 28</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 27</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054825639</t>
+          <t>9786054825332</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Saklambaç</t>
+          <t>Toplumcu Gerçekçi Şiir 1923-1953</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054825271</t>
+          <t>9786054825349</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kelimeler</t>
+          <t>Okunaklı Harfler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054825325</t>
+          <t>3990000027349</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Vatanı Yok</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 28</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054825264</t>
+          <t>9786054825639</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şiirinden Portreler</t>
+          <t>Kayıp Saklambaç</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054825233</t>
+          <t>9786054825271</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Alkol Vadisi Baladı - Seçme Şiirler</t>
+          <t>Aykırı Kelimeler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054825257</t>
+          <t>9786054825325</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şehirde Kirlenir</t>
+          <t>Ölülerin Vatanı Yok</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>3990000018385</t>
+          <t>9786054825264</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 25</t>
+          <t>Dünya Şiirinden Portreler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000016792</t>
+          <t>9786054825233</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 17</t>
+          <t>Alkol Vadisi Baladı - Seçme Şiirler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000016791</t>
+          <t>9786054825257</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 14</t>
+          <t>Aşk Şehirde Kirlenir</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>3990000016790</t>
+          <t>3990000018385</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 18</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 25</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000016789</t>
+          <t>3990000016792</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 20</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 17</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9799759056024</t>
+          <t>3990000016791</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Şiir İçin Notlar</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 14</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054825219</t>
+          <t>3990000016790</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kitap</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 18</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054825202</t>
+          <t>3990000016789</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Safranbolu'da Tek Deniz Feneri</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 20</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054825226</t>
+          <t>9799759056024</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kırım Mevsiminde Aşk</t>
+          <t>Şiir İçin Notlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000025476</t>
+          <t>9786054825219</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 26</t>
+          <t>Yaşlı Kitap</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054825165</t>
+          <t>9786054825202</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Am'a'erkil</t>
+          <t>Safranbolu'da Tek Deniz Feneri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054825052</t>
+          <t>9786054825226</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ben Olmadan Çöller Vardı</t>
+          <t>Kırım Mevsiminde Aşk</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054825158</t>
+          <t>3990000025476</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Günah Çıkarma Ayini</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 26</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057513069</t>
+          <t>9786054825165</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İmge Nedir</t>
+          <t>Am'a'erkil</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>3990000031056</t>
+          <t>9786054825052</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mucize ve Yağma</t>
+          <t>Ben Olmadan Çöller Vardı</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054825301</t>
+          <t>9786054825158</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Çiseler Büyük Sularda / Dünyaya Katkımız Ebru Vurgusu</t>
+          <t>Günah Çıkarma Ayini</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000026687</t>
+          <t>9786057513069</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 22</t>
+          <t>İmge Nedir</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054825097</t>
+          <t>3990000031056</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ülke</t>
+          <t>Mucize ve Yağma</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054825080</t>
+          <t>9786054825301</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hal- i Pür Melal</t>
+          <t>Sonsuzluk Çiseler Büyük Sularda / Dünyaya Katkımız Ebru Vurgusu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786058642157</t>
+          <t>3990000026687</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Silinmiş Haberler</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 22</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9799759056093</t>
+          <t>9786054825097</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Cemresiz Günlerde</t>
+          <t>Kırık Ülke</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054825585</t>
+          <t>9786054825080</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya</t>
+          <t>Hal- i Pür Melal</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789759056131</t>
+          <t>9786058642157</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bizim Romanımız Şarkılarımız</t>
+          <t>Silinmiş Haberler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789759056681</t>
+          <t>9799759056093</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Birebir Şiir</t>
+          <t>Cemresiz Günlerde</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054509065</t>
+          <t>9786054825585</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Cemal Süreya</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054825103</t>
+          <t>9789759056131</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ölüler İçin Kılavuz</t>
+          <t>Bizim Romanımız Şarkılarımız</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>94</v>
+        <v>230</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054825110</t>
+          <t>9789759056681</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Deniz Şiirleri</t>
+          <t>Birebir Şiir</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789759056377</t>
+          <t>9786054509065</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kantolar</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9799759056048</t>
+          <t>9786054825103</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yanlış At</t>
+          <t>Ölüler İçin Kılavuz</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>260</v>
+        <v>94</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789759056452</t>
+          <t>9786054825110</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayacak Şiirler Antolojisi Ya da Özgürlük Şiirleri</t>
+          <t>Deniz Şiirleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9799759056031</t>
+          <t>9789759056377</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Batmış Güneşler Üstünde</t>
+          <t>Yeni Kantolar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789759056513</t>
+          <t>9799759056048</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Giderim Giderim Dünya Yuvarlak</t>
+          <t>Yanlış At</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054825042</t>
+          <t>9789759056452</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dün Oldu</t>
+          <t>Unutulmayacak Şiirler Antolojisi Ya da Özgürlük Şiirleri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>3990000003227</t>
+          <t>9799759056031</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 21</t>
+          <t>Batmış Güneşler Üstünde</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786056258398</t>
+          <t>9789759056513</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Düşler</t>
+          <t>Giderim Giderim Dünya Yuvarlak</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000026501</t>
+          <t>9786054825042</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 23</t>
+          <t>Her Şey Dün Oldu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>3990000025644</t>
+          <t>3990000003227</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 24</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 21</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054825059</t>
+          <t>9786056258398</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Eski Biri</t>
+          <t>Sabırsız Düşler</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054825035</t>
+          <t>3990000026501</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gölge Göçü</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 23</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3990000031502</t>
+          <t>3990000025644</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 31 Eylül - Ekim 2015</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 24</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054825509</t>
+          <t>9786054825059</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Şiir Pençe</t>
+          <t>Eski Biri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054825318</t>
+          <t>9786054825035</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Modern Okumalar</t>
+          <t>Gölge Göçü</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990054825240</t>
+          <t>3990000031502</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Şiirler</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 31 Eylül - Ekim 2015</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054825028</t>
+          <t>9786054825509</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Öteki Bilinç : Gerçeküstücülük ve İkinci Yeni</t>
+          <t>Şiir Pençe</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>3990000078968</t>
+          <t>9786054825318</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Halleri</t>
+          <t>Türk Edebiyatında Modern Okumalar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789759056230</t>
+          <t>3990054825240</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Şiiri Şiirin Zamanı</t>
+          <t>Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9799759056086</t>
+          <t>9786054825028</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yer Gece Dinlenir</t>
+          <t>Öteki Bilinç : Gerçeküstücülük ve İkinci Yeni</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054509089</t>
+          <t>3990000078968</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şiire ve Hayata Dair Denemeler La PaiX</t>
+          <t>Yeryüzü Halleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000001406</t>
+          <t>9789759056230</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 9</t>
+          <t>Zamanın Şiiri Şiirin Zamanı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>3990000008286</t>
+          <t>9799759056086</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 16</t>
+          <t>Yer Gece Dinlenir</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>3990000001405</t>
+          <t>9786054509089</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 15</t>
+          <t>Şiire ve Hayata Dair Denemeler La PaiX</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000008287</t>
+          <t>3990000001406</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 13</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 9</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>3990000009616</t>
+          <t>3990000008286</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 12</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 16</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>3990000010963</t>
+          <t>3990000001405</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 11</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 15</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>3990000009612</t>
+          <t>3990000008287</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 10</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 13</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9799759056079</t>
+          <t>3990000009616</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ekin</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 12</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054825120</t>
+          <t>3990000010963</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme ve Modern Türk Şiiri</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 11</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789759056841</t>
+          <t>3990000009612</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Meydanda Kalalım</t>
+          <t>Şiirden İki Aylık Şiir Dergisi Sayı: 10</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789759056391</t>
+          <t>9799759056079</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Postmodernizm ve Edebiyat</t>
+          <t>Sarı Ekin</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057513298</t>
+          <t>9786054825120</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Şiir</t>
+          <t>Modernleşme ve Modern Türk Şiiri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054509072</t>
+          <t>9789759056841</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Antoloji</t>
+          <t>Meydanda Kalalım</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>3990000010450</t>
+          <t>9789759056391</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yolcusu Kalmasın</t>
+          <t>Küreselleşme, Postmodernizm ve Edebiyat</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054825622</t>
+          <t>9786057513298</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Benim Yurdum</t>
+          <t>Kültür ve Şiir</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057513151</t>
+          <t>9786054509072</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Evimi Dağlara Kurdum</t>
+          <t>Kişisel Antoloji</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786058642195</t>
+          <t>3990000010450</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kokan Ağzı</t>
+          <t>İstanbul Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789759056605</t>
+          <t>9786054825622</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Benim Yapamadığımı Yap</t>
+          <t>İmgeler Benim Yurdum</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789759056643</t>
+          <t>9786057513151</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Azade</t>
+          <t>Evimi Dağlara Kurdum</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786058642188</t>
+          <t>9786058642195</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Aysama</t>
+          <t>Çiçek Kokan Ağzı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
+          <t>9789759056605</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Benim Yapamadığımı Yap</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789759056643</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Azade</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786058642188</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Aysama</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
           <t>9789759056810</t>
         </is>
       </c>
-      <c r="B287" s="1" t="inlineStr">
+      <c r="B290" s="1" t="inlineStr">
         <is>
           <t>Acıklı Şeyler İçin Bayram</t>
         </is>
       </c>
-      <c r="C287" s="1">
+      <c r="C290" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>