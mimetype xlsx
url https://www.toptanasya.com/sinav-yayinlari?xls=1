--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,460 +85,490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256193581</t>
+          <t>9786256193604</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 10. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>Sınav Yayınları MSÜ Tıpkı Basım Son 6 Yıl Çıkmış Soru Kitapçıkları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256193406</t>
+          <t>9786256193611</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 5. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>Sınav Yayınları TYT Tıpkı Basım Son 5 Yıl Çıkmış Soru Kitapçıkları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>510</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256193574</t>
+          <t>9786256193628</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 2. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları 8. Sınıf LGS Tıpkı Basım Son 5 Yıl Çıkmış Soru Kitapçıkları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256193550</t>
+          <t>9786256193581</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 10. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları 10. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256193567</t>
+          <t>9786256193406</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 6. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları 5. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>490</v>
+        <v>510</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258296761</t>
+          <t>9786256193574</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 8. Sınıf LGS 5 Deneme</t>
+          <t>Sınav Yayınları 2. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258296112</t>
+          <t>9786256193550</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 8. Sınıf LGS 1. Dönem 5 Deneme</t>
+          <t>Sınav Yayınları 10. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258296556</t>
+          <t>9786256193567</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT KPSS ALES MSÜ DGS Paragraf Soru Bankası ve 6 Özel Deneme</t>
+          <t>Sınav Yayınları 6. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256193413</t>
+          <t>9786258296112</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 8. Sınıf LGS Tüm Dersler Konu Anlatımlı</t>
+          <t>Sınav Yayınları 8. Sınıf LGS 1. Dönem 5 Deneme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>620</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258296938</t>
+          <t>9786258296556</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 10. Sınıf Paragraf Soru Bankası</t>
+          <t>TYT AYT KPSS ALES MSÜ DGS Paragraf Soru Bankası ve 6 Özel Deneme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256193437</t>
+          <t>9786256193413</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 1. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları 8. Sınıf LGS Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256193420</t>
+          <t>9786258296938</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 1. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>Sınav Yayınları 10. Sınıf Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256193383</t>
+          <t>9786256193437</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>Sınav Yayınları 1. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256193376</t>
+          <t>9786256193420</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları Sınav Kalitesinde 4. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>Sınav Yayınları 1. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051235721</t>
+          <t>9786256193383</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>TYT TEK KİTAP TÜMDERSLER SORU BANKASI</t>
+          <t>Sınav Yayınları 9. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>620</v>
+        <v>430</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258296457</t>
+          <t>9786256193376</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>TYT Sayısal Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları Sınav Kalitesinde 4. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258296440</t>
+          <t>9786051235721</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>TYT Eşit Ağırlık Sözel Tüm Dersler Soru Bankası</t>
+          <t>TYT TEK KİTAP TÜMDERSLER SORU BANKASI</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>460</v>
+        <v>620</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258296891</t>
+          <t>9786258296457</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tyt 0'dan Sınava Problemler</t>
+          <t>TYT Sayısal Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051234199</t>
+          <t>9786258296440</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>TYT Eşit Ağırlık Sözel Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>570</v>
+        <v>460</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051234151</t>
+          <t>9786258296891</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Tyt 0'dan Sınava Problemler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256193031</t>
+          <t>9786051234199</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>7. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>570</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256193024</t>
+          <t>9786051234151</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258296884</t>
+          <t>9786256193031</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>8.Sınıf LGS Tüm Dersler Soru Bankası</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258296433</t>
+          <t>9786256193024</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258296419</t>
+          <t>9786258296884</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>8.Sınıf LGS Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051237831</t>
+          <t>9786258296433</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Konu Anlatımlı Tek Kitap</t>
+          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051234113</t>
+          <t>9786258296419</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sınav 2. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
+          <t>9786051237831</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>TYT Tüm Dersler Konu Anlatımlı Tek Kitap</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786051234113</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Sınav 2. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
           <t>9786051234014</t>
         </is>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Sınav 3. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
-      <c r="C29" s="1">
+      <c r="C31" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>