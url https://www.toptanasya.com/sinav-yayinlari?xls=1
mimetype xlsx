--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,490 +85,775 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256193604</t>
+          <t>9786258296327</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları MSÜ Tıpkı Basım Son 6 Yıl Çıkmış Soru Kitapçıkları</t>
+          <t>8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256193611</t>
+          <t>9786258296310</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları TYT Tıpkı Basım Son 5 Yıl Çıkmış Soru Kitapçıkları</t>
+          <t>8. Sınıf LGS T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankas</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256193628</t>
+          <t>9786258296341</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 8. Sınıf LGS Tıpkı Basım Son 5 Yıl Çıkmış Soru Kitapçıkları</t>
+          <t>8. Sınıf LGS Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256193581</t>
+          <t>9786258296358</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 10. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>8. Sınıf LGS Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256193406</t>
+          <t>9786258296303</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 5. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>8. Sınıf LGS Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>510</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256193574</t>
+          <t>9786258296297</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 2. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>AYT Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256193550</t>
+          <t>9786258296280</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 10. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>AYT Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256193567</t>
+          <t>9786258296273</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 6. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>AYT Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258296112</t>
+          <t>9786258296266</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 8. Sınıf LGS 1. Dönem 5 Deneme</t>
+          <t>AYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258296556</t>
+          <t>9786258296259</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT KPSS ALES MSÜ DGS Paragraf Soru Bankası ve 6 Özel Deneme</t>
+          <t>AYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256193413</t>
+          <t>9786258296242</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 8. Sınıf LGS Tüm Dersler Konu Anlatımlı</t>
+          <t>AYT Geometri Soru Bankası Yeni Ürün</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>620</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258296938</t>
+          <t>9786258296235</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 10. Sınıf Paragraf Soru Bankası</t>
+          <t>AYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256193437</t>
+          <t>9786258296228</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 1. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>AYT Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256193420</t>
+          <t>9786258296204</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 1. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>TYT Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256193383</t>
+          <t>9786258296174</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları 9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>TYT Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256193376</t>
+          <t>9786258296211</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sınav Yayınları Sınav Kalitesinde 4. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>TYT Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051235721</t>
+          <t>9786258296181</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>TYT TEK KİTAP TÜMDERSLER SORU BANKASI</t>
+          <t>TYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258296457</t>
+          <t>9786258296198</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>TYT Sayısal Tüm Dersler Soru Bankası</t>
+          <t>TYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258296440</t>
+          <t>9786258296150</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>TYT Eşit Ağırlık Sözel Tüm Dersler Soru Bankası</t>
+          <t>TYT Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258296891</t>
+          <t>9786258296167</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tyt 0'dan Sınava Problemler</t>
+          <t>TYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051234199</t>
+          <t>9786258296143</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>TYT Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>570</v>
+        <v>410</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051234151</t>
+          <t>9786256193604</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları MSÜ Tıpkı Basım Son 6 Yıl Çıkmış Soru Kitapçıkları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256193031</t>
+          <t>9786256193611</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları TYT Tıpkı Basım Son 5 Yıl Çıkmış Soru Kitapçıkları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256193024</t>
+          <t>9786256193628</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları 8. Sınıf LGS Tıpkı Basım Son 5 Yıl Çıkmış Soru Kitapçıkları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258296884</t>
+          <t>9786256193581</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>8.Sınıf LGS Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları 10. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258296433</t>
+          <t>9786256193406</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları 5. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258296419</t>
+          <t>9786256193574</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınav Yayınları 2. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051237831</t>
+          <t>9786256193550</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Konu Anlatımlı Tek Kitap</t>
+          <t>Sınav Yayınları 10. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>700</v>
+        <v>430</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051234113</t>
+          <t>9786256193567</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sınav 2. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>Sınav Yayınları 6. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
+          <t>9786258296556</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>TYT AYT KPSS ALES MSÜ DGS Paragraf Soru Bankası ve 6 Özel Deneme</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786256193413</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Yayınları 8. Sınıf LGS Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786258296938</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Yayınları 10. Sınıf Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786256193437</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Yayınları 1. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786256193420</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Yayınları 1. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786256193383</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Yayınları 9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786256193376</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Yayınları Sınav Kalitesinde 4. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786051235721</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>TYT TEK KİTAP TÜMDERSLER SORU BANKASI</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786258296457</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>TYT Sayısal Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786258296440</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>TYT Eşit Ağırlık Sözel Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786258296891</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Tyt 0'dan Sınava Problemler</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786051234151</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786256193031</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786256193024</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786258296884</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>8.Sınıf LGS Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786258296433</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786258296419</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786051237831</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>TYT Tüm Dersler Konu Anlatımlı Tek Kitap</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786051234113</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sınav 2. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
           <t>9786051234014</t>
         </is>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Sınav 3. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
-      <c r="C31" s="1">
+      <c r="C50" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>