--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,3490 +85,3580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255879028</t>
+          <t>9786259821146</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak - Davranış Baloncuklarını Patlat! (Ciltli)</t>
+          <t>My Book of General Knowledge – I Recognize (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057233578</t>
+          <t>9786259821122</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Big Small - Baby University First Concept Stories</t>
+          <t>My Book Of General Knowledge – I Grow Up (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258062586</t>
+          <t>9786259821139</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Her Şey Seninle Başladı Set</t>
+          <t>My Book of General Knowledge – I Know (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258062548</t>
+          <t>9786259821153</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Güvenmek (Ciltli)</t>
+          <t>My Book Of General Knowledge – I Talk (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258062562</t>
+          <t>9786255879042</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Ağlamak (Ciltli)</t>
+          <t>Dokun Hisset - Tummy Time Güvenli Bağlanma Başlıyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057233585</t>
+          <t>9786255879035</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Baby University First Concept Stories 2</t>
+          <t>Çiz Çiz Zeki Salyangoz - Düşünme Becerileri Etkinlikleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057233592</t>
+          <t>9786255879028</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Baby University First Concepts Stories</t>
+          <t>Tik Tak - Davranış Baloncuklarını Patlat! (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258082289</t>
+          <t>9786057233578</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kitap Haydi Okula (Ciltli)</t>
+          <t>Big Small - Baby University First Concept Stories</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>1520601970810</t>
+          <t>9786258062586</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kıpırtılı Pırıltılı Gökyüzü Hikayeleri Seti (Masaüstü Stant)</t>
+          <t>Nasıl Başladı? - Her Şey Seninle Başladı Set</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>648</v>
+        <v>165</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053050209</t>
+          <t>9786258062548</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları Eşleştirme Ev</t>
+          <t>Nasıl Başladı? - Güvenmek (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053050216</t>
+          <t>9786258062562</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Doğuşu</t>
+          <t>Nasıl Başladı? - Ağlamak (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053050162</t>
+          <t>9786057233585</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dokun Oyna Öğren Seti - Araçlar</t>
+          <t>Baby University First Concept Stories 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>480</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053050155</t>
+          <t>9786057233592</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dokun Oyna Öğren Seti - Hayvanlar</t>
+          <t>Baby University First Concepts Stories</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>40</v>
+        <v>480</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053050148</t>
+          <t>9786258082289</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli Bilgi Dolu Minik Kütüphanem (9 Kitap - Pembe Kutu)</t>
+          <t>Sessiz Kitap Haydi Okula (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053050278</t>
+          <t>1520601970810</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Oyuncak Treni - Aktiviteli Upuzuuun Boyama Kitabım</t>
+          <t>Kıpırtılı Pırıltılı Gökyüzü Hikayeleri Seti (Masaüstü Stant)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>12</v>
+        <v>648</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053050261</t>
+          <t>9786053050209</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Meyve ve Sebzenin Hikayesi - Aktiviteli Upuzuuun Boyama Kitabım</t>
+          <t>Oyun Kartları Eşleştirme Ev</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053050247</t>
+          <t>9786053050216</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Köprü ve Taşıtlar - Aktiviteli Upuzuuun Boyama Kitabım</t>
+          <t>Bir Annenin Doğuşu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053050230</t>
+          <t>9786053050162</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Gemide Yolculuk - Aktiviteli Upuzuuun Boyama Kitabım</t>
+          <t>Dokun Oyna Öğren Seti - Araçlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053050254</t>
+          <t>9786053050155</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Upuzuuun Boyama Kitabım: Benim Güzel Odam</t>
+          <t>Dokun Oyna Öğren Seti - Hayvanlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053050223</t>
+          <t>9786053050148</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Upuzuuun Boyama Kitabım Seti (5 Kitap Takım)</t>
+          <t>İngilizce Destekli Bilgi Dolu Minik Kütüphanem (9 Kitap - Pembe Kutu)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053050841</t>
+          <t>9786053050278</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Mavi ile İyi Geceler Masalları Seti (7 Kitap Takım)</t>
+          <t>Sayılarla Oyuncak Treni - Aktiviteli Upuzuuun Boyama Kitabım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>560</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053050858</t>
+          <t>9786053050261</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tuti (5 Kitap Takım)</t>
+          <t>Meyve ve Sebzenin Hikayesi - Aktiviteli Upuzuuun Boyama Kitabım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053050759</t>
+          <t>9786053050247</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Büyümek İsteyen Pire</t>
+          <t>Köprü ve Taşıtlar - Aktiviteli Upuzuuun Boyama Kitabım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053050834</t>
+          <t>9786053050230</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Süper Muz Süper Havuç</t>
+          <t>Hayvanlarla Gemide Yolculuk - Aktiviteli Upuzuuun Boyama Kitabım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053050735</t>
+          <t>9786053050254</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Saklanan Hayaller</t>
+          <t>Aktiviteli Upuzuuun Boyama Kitabım: Benim Güzel Odam</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053050766</t>
+          <t>9786053050223</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Sihirli Kelimeler</t>
+          <t>Aktiviteli Upuzuuun Boyama Kitabım Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053050742</t>
+          <t>9786053050841</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Farklı Olmak Güzeldir</t>
+          <t>Ayıcık Mavi ile İyi Geceler Masalları Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>35</v>
+        <v>560</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255879011</t>
+          <t>9786053050858</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak - Duygu Baloncuklarını Patlat!</t>
+          <t>Tuti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258082685</t>
+          <t>9786053050759</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Duygular Bir Kalbe Sığar mı?</t>
+          <t>Tuti - Büyümek İsteyen Pire</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258082371</t>
+          <t>9786053050834</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Hikayeli İlk Kavramlarım 3 (Ciltli)</t>
+          <t>Tuti - Süper Muz Süper Havuç</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>440</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258082364</t>
+          <t>9786053050735</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Bir Kutuya Sığar Mı?</t>
+          <t>Tuti - Saklanan Hayaller</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258082265</t>
+          <t>9786053050766</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi-Psikoloji Set</t>
+          <t>Tuti - Sihirli Kelimeler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>540</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258082272</t>
+          <t>9786053050742</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi-Duygular</t>
+          <t>Tuti - Farklı Olmak Güzeldir</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258082104</t>
+          <t>9786255879011</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Fizik -Çekim Yasası</t>
+          <t>Tik Tak - Duygu Baloncuklarını Patlat!</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057112897</t>
+          <t>9786258082685</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Evimde</t>
+          <t>Duygular Bir Kalbe Sığar mı?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050639971</t>
+          <t>9786258082371</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitabı - Bilgi Dolu İlk Kitaplarım Hayvanlar Ailesi</t>
+          <t>Bebek Üniversitesi - Hikayeli İlk Kavramlarım 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258082982</t>
+          <t>9786258082364</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kendi Başıma Uyku</t>
+          <t>Arkadaşlık Bir Kutuya Sığar Mı?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258082999</t>
+          <t>9786258082265</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kendi Başıma Tuvalet</t>
+          <t>Çocuk Üniversitesi-Psikoloji Set</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786288082944</t>
+          <t>9786258082272</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gördüm Seni - Düşüncelerim (Ciltli)</t>
+          <t>Çocuk Üniversitesi-Duygular</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258082975</t>
+          <t>9786258082104</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Panda</t>
+          <t>Çocuk Üniversitesi Fizik -Çekim Yasası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258082937</t>
+          <t>9786057112897</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Kitabım – Konuşuyorum</t>
+          <t>Bulurum Seni Evimde</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258082968</t>
+          <t>9786050639971</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yapamam Dediğinde (Set) (Ciltli)</t>
+          <t>Etkinlik Kitabı - Bilgi Dolu İlk Kitaplarım Hayvanlar Ailesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258082906</t>
+          <t>9786258082982</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Uyusak Fark Eder (Ciltli)</t>
+          <t>Kendi Başıma Uyku</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258082913</t>
+          <t>9786258082999</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sarılsak Fark Eder (Ciltli)</t>
+          <t>Kendi Başıma Tuvalet</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258082920</t>
+          <t>9786288082944</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Konuşsak Fark Eder (Ciltli)</t>
+          <t>Gördüm Seni - Düşüncelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258082890</t>
+          <t>9786258082975</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Sonunda</t>
+          <t>Yalnız Panda</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258082883</t>
+          <t>9786258082937</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Farkında</t>
+          <t>Genel Kültür Kitabım – Konuşuyorum</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258082876</t>
+          <t>9786258082968</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Peşinde</t>
+          <t>Yapamam Dediğinde (Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258082869</t>
+          <t>9786258082906</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? – Her Şey Seninle Başladı 4. Set</t>
+          <t>Uyusak Fark Eder (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258082821</t>
+          <t>9786258082913</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bırakma- İpli Kitap 2</t>
+          <t>Sarılsak Fark Eder (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258082692</t>
+          <t>9786258082920</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Yola Çık - Hayvanlar (Ciltli)</t>
+          <t>Konuşsak Fark Eder (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258082838</t>
+          <t>9786258082890</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gördüm Seni- Davranışlarım (Ciltli)</t>
+          <t>Nasıl Başladı? - Sonunda</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258082784</t>
+          <t>9786258082883</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Tanışmak</t>
+          <t>Nasıl Başladı? - Farkında</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258082777</t>
+          <t>9786258082876</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Saygı</t>
+          <t>Nasıl Başladı? - Peşinde</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258082760</t>
+          <t>9786258082869</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Arkadaşlık</t>
+          <t>Nasıl Başladı? – Her Şey Seninle Başladı 4. Set</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057064509</t>
+          <t>9786258082821</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bazen Olur Böyle - Set</t>
+          <t>Yarım Bırakma- İpli Kitap 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258082739</t>
+          <t>9786258082692</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı - Set</t>
+          <t>Bir Yola Çık - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258082722</t>
+          <t>9786258082838</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bırakma – İpli Kitap 1 (Ciltli)</t>
+          <t>Gördüm Seni- Davranışlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258082593</t>
+          <t>9786258082784</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Oburcuk - Uyku Canavarı (Ciltli)</t>
+          <t>Nasıl Başladı? - Tanışmak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258082456</t>
+          <t>9786258082777</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Senin Sayende - Tanışalım mı?</t>
+          <t>Nasıl Başladı? - Saygı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258082210</t>
+          <t>9786258082760</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Öz Bakım Kitabım Yaparsam Olur</t>
+          <t>Nasıl Başladı? - Arkadaşlık</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258082135</t>
+          <t>9786057064509</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ne Sorsan Bilir Minik - Mevsimler</t>
+          <t>Bazen Olur Böyle - Set</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258082029</t>
+          <t>9786258082739</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı - Annem Beni Seviyor Mu</t>
+          <t>Azıcık Aklım Karıştı - Set</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057112828</t>
+          <t>9786258082722</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Biyoloji - Anatomi</t>
+          <t>Yarım Bırakma – İpli Kitap 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057064561</t>
+          <t>9786258082593</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Okyanusta</t>
+          <t>Oburcuk - Uyku Canavarı (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057449689</t>
+          <t>9786258082456</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Oburcuk Kitap Canavarı</t>
+          <t>Senin Sayende - Tanışalım mı?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053050650</t>
+          <t>9786258082210</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kıpırtılı Pırıltılı Gökyüzü Seti (6 Kitap Takım) (Ciltli)</t>
+          <t>Benim İlk Öz Bakım Kitabım Yaparsam Olur</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057449634</t>
+          <t>9786258082135</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Saklambaç - Bul Beni</t>
+          <t>Ne Sorsan Bilir Minik - Mevsimler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057018427</t>
+          <t>9786258082029</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aynı Benim Gibi Farklı</t>
+          <t>Azıcık Aklım Karıştı - Annem Beni Seviyor Mu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057018434</t>
+          <t>9786057112828</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Saklambaç - Bul Beni (Ciltli)</t>
+          <t>Çocuk Üniversitesi Biyoloji - Anatomi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057112859</t>
+          <t>9786057064561</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Renkler</t>
+          <t>Bulurum Seni Okyanusta</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053050193</t>
+          <t>9786057449689</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli Oyun Kartları - Eşleştirme Kamyon</t>
+          <t>Oburcuk Kitap Canavarı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053050537</t>
+          <t>9786053050650</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Işıl Işıl Ay Lambası - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Kıpırtılı Pırıltılı Gökyüzü Seti (6 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>65</v>
+        <v>390</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258082852</t>
+          <t>9786057449634</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kösi- Konuşkan Trenim</t>
+          <t>Çiftlikte Saklambaç - Bul Beni</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258082746</t>
+          <t>9786057018427</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gördüm Seni - Hislerim (Ciltli)</t>
+          <t>Aynı Benim Gibi Farklı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258082845</t>
+          <t>9786057018434</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Kitabım - Fark Ediyorum</t>
+          <t>Ormanda Saklambaç - Bul Beni (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258082807</t>
+          <t>9786057112859</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ağladığımda</t>
+          <t>Bebek Üniversitesi - Renkler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258082814</t>
+          <t>9786053050193</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç</t>
+          <t>İngilizce Destekli Oyun Kartları - Eşleştirme Kamyon</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258082791</t>
+          <t>9786053050537</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zamanla</t>
+          <t>Işıl Işıl Ay Lambası - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258082753</t>
+          <t>9786258082852</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Her Şey Seninle Başladı 3 Kitap Set</t>
+          <t>Kösi- Konuşkan Trenim</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053050377</t>
+          <t>9786258082746</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Öğreniyor Tak-Çıkar Kartlarım</t>
+          <t>Gördüm Seni - Hislerim (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053050483</t>
+          <t>9786258082845</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Kuki ve Sevimli Dostları - Bu Kocaman Gözler Kimin 5</t>
+          <t>Genel Kültür Kitabım - Fark Ediyorum</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053050384</t>
+          <t>9786258082807</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Araçlar - Pop-Up İle Keşfet (Ciltli)</t>
+          <t>Ağladığımda</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053050339</t>
+          <t>9786258082814</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Acil Yardım Araçlarım - Tekerlekler İş Başında</t>
+          <t>Başlangıç</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057018403</t>
+          <t>9786258082791</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Penguen Piku ve Sevimli Dostları - Bu Kocaman Gözler Kimin 8</t>
+          <t>Zamanla</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057018441</t>
+          <t>9786258082753</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Biraz Korktum Sanki! - Bazen Olur Böyle</t>
+          <t>Nasıl Başladı? - Her Şey Seninle Başladı 3 Kitap Set</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053050643</t>
+          <t>9786053050377</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı 5-6 Yaş (2 Kitap Takım)</t>
+          <t>Bebeğim Öğreniyor Tak-Çıkar Kartlarım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053050582</t>
+          <t>9786053050483</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı 4-6 Yaş (4 Kitap Takım)</t>
+          <t>Kurbağa Kuki ve Sevimli Dostları - Bu Kocaman Gözler Kimin 5</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053050636</t>
+          <t>9786053050384</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı 4-5 Yaş (2 Kitap Takım)</t>
+          <t>Maceracı Araçlar - Pop-Up İle Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053050599</t>
+          <t>9786053050339</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Araçlar (4-5 Yaş 1. Seviye)</t>
+          <t>Kahraman Acil Yardım Araçlarım - Tekerlekler İş Başında</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050639933</t>
+          <t>9786057018403</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ailesi - Bilgi Dolu İlk Kitaplarım Set (5 Kitap Takım)</t>
+          <t>Penguen Piku ve Sevimli Dostları - Bu Kocaman Gözler Kimin 8</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>520</v>
+        <v>210</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057449603</t>
+          <t>9786057018441</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tonton Tonki İle Renkler (Delikli Sürpriz Pencereli Kitap)</t>
+          <t>Biraz Korktum Sanki! - Bazen Olur Böyle</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057064585</t>
+          <t>9786053050643</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Okyanusta Saklambaç</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı 5-6 Yaş (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057449658</t>
+          <t>9786053050582</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bak-Bul Sobe Oyuncu Zürafa</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı 4-6 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050639988</t>
+          <t>9786053050636</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Ailesi - Bilgi Dolu İlk Kitaplarım</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı 4-5 Yaş (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050639957</t>
+          <t>9786053050599</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Ailesi - Bilgi Dolu İlk Kitaplarım</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Araçlar (4-5 Yaş 1. Seviye)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050639964</t>
+          <t>9786050639933</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Ailesi - Bilgi Dolu İlk Kitaplarım</t>
+          <t>Hayvanlar Ailesi - Bilgi Dolu İlk Kitaplarım Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>130</v>
+        <v>520</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050639940</t>
+          <t>9786057449603</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Orman Ailesi - Bilgi Dolu İlk Kitaplarım</t>
+          <t>Tonton Tonki İle Renkler (Delikli Sürpriz Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050639902</t>
+          <t>9786057064585</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Duygularım - Cırt Cırtlı Hikaye Kitabı (Ciltli)</t>
+          <t>Okyanusta Saklambaç</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053050780</t>
+          <t>9786057449658</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Ninnisi - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Bak-Bul Sobe Oyuncu Zürafa</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050639926</t>
+          <t>9786050639988</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Eşyalarım (Cırt Cırtlı Hikaye Kitabı) (Ciltli)</t>
+          <t>Çiftlik Ailesi - Bilgi Dolu İlk Kitaplarım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050639919</t>
+          <t>9786050639957</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Orman (Ciltli)</t>
+          <t>Okyanus Ailesi - Bilgi Dolu İlk Kitaplarım</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053050889</t>
+          <t>9786050639964</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Haydi Parka - Yardım Et! Hikayem Kayboldu</t>
+          <t>Kuşlar Ailesi - Bilgi Dolu İlk Kitaplarım</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053050865</t>
+          <t>9786050639940</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Çiftlik (Cırt Cırtlı Hikaye Kitabı)</t>
+          <t>Orman Ailesi - Bilgi Dolu İlk Kitaplarım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053050292</t>
+          <t>9786050639902</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Balık Noni ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 2 (Ciltli)</t>
+          <t>Merhaba Duygularım - Cırt Cırtlı Hikaye Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258082654</t>
+          <t>9786053050780</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Başarmak (Ciltli)</t>
+          <t>Rüzgarın Ninnisi - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057449610</t>
+          <t>9786050639926</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tonton Tonki ile Sayılar</t>
+          <t>Merhaba Eşyalarım (Cırt Cırtlı Hikaye Kitabı) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053050773</t>
+          <t>9786050639919</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Çikolata - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Merhaba Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258082715</t>
+          <t>9786053050889</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Kitabım - Tanıyorum</t>
+          <t>Haydi Parka - Yardım Et! Hikayem Kayboldu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258082166</t>
+          <t>9786053050865</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Hikayeli İlk Kavramlarım 4</t>
+          <t>Merhaba Çiftlik (Cırt Cırtlı Hikaye Kitabı)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258082562</t>
+          <t>9786053050292</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? Ağlamak</t>
+          <t>Balık Noni ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258082548</t>
+          <t>9786258082654</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? Güvenmek (Ciltli)</t>
+          <t>Nasıl Başladı? - Başarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258082661</t>
+          <t>9786057449610</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Kitabım - Büyüyorum</t>
+          <t>Tonton Tonki ile Sayılar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258082609</t>
+          <t>9786053050773</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kagu – Uyku Trenim (Ciltli)</t>
+          <t>Sıcak Çikolata - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258082401</t>
+          <t>9786258082715</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Genel Kültür Kitabım - Tanıyorum</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258082531</t>
+          <t>9786258082166</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi (Ciltli)</t>
+          <t>Bebek Üniversitesi - Hikayeli İlk Kavramlarım 4</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>110</v>
+        <v>440</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258082678</t>
+          <t>9786258082562</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Lemu - Duygu Trenim</t>
+          <t>Nasıl Başladı? Ağlamak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258082081</t>
+          <t>9786258082548</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi 2 - Hikayeli İlk Kavramlarım Set (4 Kitap)</t>
+          <t>Nasıl Başladı? Güvenmek (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057064578</t>
+          <t>9786258082661</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Bir Baloncuğa Sığar Mı?</t>
+          <t>Genel Kültür Kitabım - Büyüyorum</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053050728</t>
+          <t>9786258082609</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güler Yüzlü Ay - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Kagu – Uyku Trenim (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057112873</t>
+          <t>9786258082401</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Büyük Küçük</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057112842</t>
+          <t>9786258082531</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi Set</t>
+          <t>Güneş Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053050520</t>
+          <t>9786258082678</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Güneşle Saklambaç - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Lemu - Duygu Trenim</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258082111</t>
+          <t>9786258082081</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Fizik-Işık</t>
+          <t>Bebek Üniversitesi 2 - Hikayeli İlk Kavramlarım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258082128</t>
+          <t>9786057064578</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Fizik -Enerji Kaynakları</t>
+          <t>Hayaller Bir Baloncuğa Sığar Mı?</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258082203</t>
+          <t>9786053050728</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tak - çıkar</t>
+          <t>Güler Yüzlü Ay - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>390</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258082302</t>
+          <t>9786057112873</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi-Kişilik Özellikleri</t>
+          <t>Bebek Üniversitesi - Büyük Küçük</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258082296</t>
+          <t>9786057112842</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi-İfadeler</t>
+          <t>Bebek Üniversitesi Set</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053050131</t>
+          <t>9786053050520</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli Bilgi Dolu Minik Kütüphanem (9 Kitap - Mavi Kutu)</t>
+          <t>Güneşle Saklambaç - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>510</v>
+        <v>65</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053050360</t>
+          <t>9786258082111</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Öğreniyor - İlk Kartlarım 0 - 12 Ay</t>
+          <t>Çocuk Üniversitesi Fizik-Işık</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258082326</t>
+          <t>9786258082128</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kavramlar Kitabım - Yaparsam Olur</t>
+          <t>Çocuk Üniversitesi Fizik -Enerji Kaynakları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258082449</t>
+          <t>9786258082203</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Gün Kitabım - Yaparsam Olur</t>
+          <t>Tak - çıkar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057112880</t>
+          <t>9786258082302</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Şehirde</t>
+          <t>Çocuk Üniversitesi-Kişilik Özellikleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258082005</t>
+          <t>9786258082296</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İlk Dokun Hisset Kitabım - Okyanusa Dokun (Ciltli)</t>
+          <t>Çocuk Üniversitesi-İfadeler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057064523</t>
+          <t>9786053050131</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İlk Dokun Hisset Kitabım: Çöle Dokun (Ciltli)</t>
+          <t>İngilizce Destekli Bilgi Dolu Minik Kütüphanem (9 Kitap - Mavi Kutu)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057449641</t>
+          <t>9786053050360</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İlk Dokun Hisset Kitabım: Çiftliğe Dokun (Ciltli)</t>
+          <t>Bebeğim Öğreniyor - İlk Kartlarım 0 - 12 Ay</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057018465</t>
+          <t>9786258082326</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ormana Dokun - İlk Dokun Hisset Kitabım (Ciltli)</t>
+          <t>Benim İlk Kavramlar Kitabım - Yaparsam Olur</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258082616</t>
+          <t>9786258082449</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pigi Büyümek Trenim</t>
+          <t>Benim Bir Gün Kitabım - Yaparsam Olur</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258082623</t>
+          <t>9786057112880</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Her Şey Seninle Başladı Set (Ciltli)</t>
+          <t>Bulurum Seni Şehirde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258082647</t>
+          <t>9786258082005</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Kaybetmek (Ciltli)</t>
+          <t>İlk Dokun Hisset Kitabım - Okyanusa Dokun (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258082630</t>
+          <t>9786057064523</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Denemek (Ciltli)</t>
+          <t>İlk Dokun Hisset Kitabım: Çöle Dokun (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258082586</t>
+          <t>9786057449641</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? Her Şey Seninle Başladı Kutu</t>
+          <t>İlk Dokun Hisset Kitabım: Çiftliğe Dokun (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258082579</t>
+          <t>9786057018465</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bir Yola Çık - Kuşlar (Ciltli)</t>
+          <t>Ormana Dokun - İlk Dokun Hisset Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258082555</t>
+          <t>9786258082616</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Konuşmak (Ciltli)</t>
+          <t>Pigi Büyümek Trenim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258082463</t>
+          <t>9786258082623</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bir Yola Çık - Spor (Ciltli)</t>
+          <t>Nasıl Başladı? - Her Şey Seninle Başladı Set (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258082524</t>
+          <t>9786258082647</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tohum (Ciltli)</t>
+          <t>Nasıl Başladı? - Kaybetmek (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258082517</t>
+          <t>9786258082630</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Su (Ciltli)</t>
+          <t>Nasıl Başladı? - Denemek (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258082500</t>
+          <t>9786258082586</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kar (Ciltli)</t>
+          <t>Nasıl Başladı? Her Şey Seninle Başladı Kutu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258082227</t>
+          <t>9786258082579</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ne Sorsan Bilir Minik - Böcekler</t>
+          <t>Bir Yola Çık - Kuşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258082487</t>
+          <t>9786258082555</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Merakımdan Soruyorum - Çiftlik</t>
+          <t>Nasıl Başladı? - Konuşmak (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258082494</t>
+          <t>9786258082463</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Merakımdan Soruyorum - Orman</t>
+          <t>Bir Yola Çık - Spor (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258082470</t>
+          <t>9786258082524</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Beni de Yanına Alır Mısın? - Araştırmak Benim İşim</t>
+          <t>Tohum (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258082432</t>
+          <t>9786258082517</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tadını Çıkar - Karşınızda Dinozorlar</t>
+          <t>Su (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258082241</t>
+          <t>9786258082500</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kirpicik Peki Şimdi Ne Yapacak? Oyun Zamanı (Ciltli)</t>
+          <t>Kar (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>370</v>
+        <v>110</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258082425</t>
+          <t>9786258082227</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Beni de Yanına Alır Mısın? Uzay Yolculuğu (Ciltli)</t>
+          <t>Ne Sorsan Bilir Minik - Böcekler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258082395</t>
+          <t>9786258082487</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Günlük Rutinim</t>
+          <t>Merakımdan Soruyorum - Çiftlik</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258082418</t>
+          <t>9786258082494</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Duygular</t>
+          <t>Merakımdan Soruyorum - Orman</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258082388</t>
+          <t>9786258082470</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Öz Bakım (Ciltli)</t>
+          <t>Beni de Yanına Alır Mısın? - Araştırmak Benim İşim</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258082357</t>
+          <t>9786258082432</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tadını Çıkar</t>
+          <t>Tadını Çıkar - Karşınızda Dinozorlar</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258082340</t>
+          <t>9786258082241</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Merakımdan Soruyorum - Okyanus</t>
+          <t>Kirpicik Peki Şimdi Ne Yapacak? Oyun Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258082333</t>
+          <t>9786258082425</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Beni De Yanına Alır Mısın?</t>
+          <t>Beni de Yanına Alır Mısın? Uzay Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258082234</t>
+          <t>9786258082395</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tadını Çıkar - Oyun Arkadaşım</t>
+          <t>Günlük Rutinim</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258082319</t>
+          <t>9786258082418</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı Arkadaşlarım Beni Seviyor mu?</t>
+          <t>Duygular</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258082258</t>
+          <t>9786258082388</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni</t>
+          <t>Öz Bakım (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258082180</t>
+          <t>9786258082357</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı-Kardeşim beni Seviyor mu?</t>
+          <t>Tadını Çıkar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258082197</t>
+          <t>9786258082340</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kirpicik Peki şimdi ne Yapacak? - Uyku Zamanı (Ciltli)</t>
+          <t>Merakımdan Soruyorum - Okyanus</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258082036</t>
+          <t>9786258082333</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kirpicik</t>
+          <t>Beni De Yanına Alır Mısın?</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258082173</t>
+          <t>9786258082234</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Böcekler</t>
+          <t>Tadını Çıkar - Oyun Arkadaşım</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258082142</t>
+          <t>9786258082319</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Bir Tabloya Sığar mı?</t>
+          <t>Azıcık Aklım Karıştı Arkadaşlarım Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258082159</t>
+          <t>9786258082258</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı - Babam Beni Seviyor mu?</t>
+          <t>Bulurum Seni</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258082098</t>
+          <t>9786258082180</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Fizik Set (3 Kitap)</t>
+          <t>Azıcık Aklım Karıştı-Kardeşim beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258082074</t>
+          <t>9786258082197</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli İlk Kavramlarım - Duyular</t>
+          <t>Kirpicik Peki şimdi ne Yapacak? - Uyku Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>85</v>
+        <v>370</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258082067</t>
+          <t>9786258082036</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli İlk Kavramlarım - Hava Durumu</t>
+          <t>Kirpicik</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>85</v>
+        <v>370</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258082050</t>
+          <t>9786258082173</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli İlk Kavramlarım - Sayılar</t>
+          <t>Merhaba Böcekler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>85</v>
+        <v>340</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258082043</t>
+          <t>9786258082142</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli İlk Kavramlarım - Zıtlıklar</t>
+          <t>Güzellik Bir Tabloya Sığar mı?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057112835</t>
+          <t>9786258082159</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Şekiller</t>
+          <t>Azıcık Aklım Karıştı - Babam Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057112866</t>
+          <t>9786258082098</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - İletişim</t>
+          <t>Çocuk Üniversitesi Fizik Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>85</v>
+        <v>480</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053050186</t>
+          <t>9786258082074</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli İlk Büyük Araçlar Kitabım</t>
+          <t>Hikayeli İlk Kavramlarım - Duyular</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>290</v>
+        <v>85</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053050179</t>
+          <t>9786258082067</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli İlk Büyük Hayvanlar Kitabım</t>
+          <t>Hikayeli İlk Kavramlarım - Hava Durumu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>290</v>
+        <v>85</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258082012</t>
+          <t>9786258082050</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bana Benzer - Başka Kim Var</t>
+          <t>Hikayeli İlk Kavramlarım - Sayılar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057064592</t>
+          <t>9786258082043</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Biyoloji Set (3 Kitap)</t>
+          <t>Hikayeli İlk Kavramlarım - Zıtlıklar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>480</v>
+        <v>85</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057112804</t>
+          <t>9786057112835</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Biyoloji - Üreme</t>
+          <t>Bebek Üniversitesi - Şekiller</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057112811</t>
+          <t>9786057112866</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Biyoloji - Genetik</t>
+          <t>Bebek Üniversitesi - İletişim</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057064554</t>
+          <t>9786053050186</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Çiftlikte</t>
+          <t>İngilizce Destekli İlk Büyük Araçlar Kitabım</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057064530</t>
+          <t>9786053050179</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bak-Bul-Sobe: Gezgin Ayıcık</t>
+          <t>İngilizce Destekli İlk Büyük Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057449665</t>
+          <t>9786258082012</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Oburcuk Canavar Avcısı</t>
+          <t>Bana Benzer - Başka Kim Var</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057064547</t>
+          <t>9786057064592</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Ormanda</t>
+          <t>Çocuk Üniversitesi Biyoloji Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057064516</t>
+          <t>9786057112804</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tonton Tonki ile Şekiller</t>
+          <t>Çocuk Üniversitesi Biyoloji - Üreme</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057449696</t>
+          <t>9786057112811</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Uzay</t>
+          <t>Çocuk Üniversitesi Biyoloji - Genetik</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057449672</t>
+          <t>9786057064554</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Taptap ve Sevimli Dostları</t>
+          <t>Bulurum Seni Çiftlikte</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057018496</t>
+          <t>9786057064530</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bak-Bul Sobe - Meraklı Kedi (Ciltli)</t>
+          <t>Bak-Bul-Sobe: Gezgin Ayıcık</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057449627</t>
+          <t>9786057449665</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ne Sorsan Bilir Minik - Benim İlk Dinozorlar Kitabım</t>
+          <t>Oburcuk Canavar Avcısı</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057018489</t>
+          <t>9786057064547</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Biraz Üzüldüm Sanki! - Bazen Olur Böyle</t>
+          <t>Bulurum Seni Ormanda</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057018472</t>
+          <t>9786057064516</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bazen Olur Böyle - Biraz Kızdım Sanki!</t>
+          <t>Tonton Tonki ile Şekiller</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057018458</t>
+          <t>9786057449696</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Civciv Ciki ve Sevimli Dostları - Bu Kocaman Gözler Kimin 9</t>
+          <t>Merhaba Uzay</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057018410</t>
+          <t>9786057449672</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Biraz Kıskandım Sanki - Bazen Olur Böyle!</t>
+          <t>Tavşan Taptap ve Sevimli Dostları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050639995</t>
+          <t>9786057018496</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dolu Botlar</t>
+          <t>Bak-Bul Sobe - Meraklı Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053050919</t>
+          <t>9786057449627</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ayı Balküpü ve Sevimli Dostları - Bu Kocaman Gözler Kimin 7 (Ciltli)</t>
+          <t>Ne Sorsan Bilir Minik - Benim İlk Dinozorlar Kitabım</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053050902</t>
+          <t>9786057018489</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Koala Kori ve Sevimli Dostları (Ciltli)</t>
+          <t>Biraz Üzüldüm Sanki! - Bazen Olur Böyle</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053050896</t>
+          <t>9786057018472</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bak Burada Kim Var? - Gezgin Balık Barbu (Ciltli)</t>
+          <t>Bazen Olur Böyle - Biraz Kızdım Sanki!</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053050872</t>
+          <t>9786057018458</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Yolculuğu: Pop-Up İle Keşfet</t>
+          <t>Civciv Ciki ve Sevimli Dostları - Bu Kocaman Gözler Kimin 9</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053050803</t>
+          <t>9786057018410</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bulut Salıncağı - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Biraz Kıskandım Sanki - Bazen Olur Böyle!</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053050797</t>
+          <t>9786050639995</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Bahçe - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Dolu Botlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053050827</t>
+          <t>9786053050919</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Piknik Zamanı - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Ayı Balküpü ve Sevimli Dostları - Bu Kocaman Gözler Kimin 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053050810</t>
+          <t>9786053050902</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ballı Börek - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Koala Kori ve Sevimli Dostları (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053050681</t>
+          <t>9786053050896</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Yaşasın Banyo Zamanı (Ciltli)</t>
+          <t>Bak Burada Kim Var? - Gezgin Balık Barbu (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053050698</t>
+          <t>9786053050872</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Dişlerim Pırıl Pırıl (Ciltli)</t>
+          <t>Okyanus Yolculuğu: Pop-Up İle Keşfet</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053050674</t>
+          <t>9786053050803</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Yemeklerimin Hepsini Bitirdim (Ciltli)</t>
+          <t>Bulut Salıncağı - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053050667</t>
+          <t>9786053050797</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Pofi ile Tam Zamanında Öz Bakım Becerileri (5 Kitap Takım) (Ciltli)</t>
+          <t>Hışırtılı Bahçe - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>550</v>
+        <v>80</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053050711</t>
+          <t>9786053050827</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Benim Tuvaletim Geldi (Ciltli)</t>
+          <t>Piknik Zamanı - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053050704</t>
+          <t>9786053050810</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Uyku Beni Çağırıyor (Ciltli)</t>
+          <t>Ballı Börek - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053050544</t>
+          <t>9786053050681</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Pırıl Pırıl Gökkuşağı - Kıpırtılı Pırıltılı Gökyüzü</t>
+          <t>Pofi - Yaşasın Banyo Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053050575</t>
+          <t>9786053050698</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Minik Minik Yıldızlar - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Pofi - Dişlerim Pırıl Pırıl (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053050551</t>
+          <t>9786053050674</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Resim Resim Bulutlar - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Pofi - Yemeklerimin Hepsini Bitirdim (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053050568</t>
+          <t>9786053050667</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Gökyüzü - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Pofi ile Tam Zamanında Öz Bakım Becerileri (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>65</v>
+        <v>550</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053050612</t>
+          <t>9786053050711</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Evim (4-5 Yaş 2. Seviye)</t>
+          <t>Pofi - Benim Tuvaletim Geldi (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053050629</t>
+          <t>9786053050704</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Tatil (5- 6 Yaş 2. Seviye)</t>
+          <t>Pofi - Uyku Beni Çağırıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053050605</t>
+          <t>9786053050544</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Hayvanlar (5-6 Yaş 1. Seviye)</t>
+          <t>Pırıl Pırıl Gökkuşağı - Kıpırtılı Pırıltılı Gökyüzü</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053050513</t>
+          <t>9786053050575</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Bitkiler Kitabım - Ne Sorsan Bilir Minik (Ciltli)</t>
+          <t>Minik Minik Yıldızlar - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>290</v>
+        <v>65</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053050506</t>
+          <t>9786053050551</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Uzay Kitabım - Ne Sorsan Bilir Minik (Ciltli)</t>
+          <t>Resim Resim Bulutlar - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>290</v>
+        <v>65</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053050469</t>
+          <t>9786053050568</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Keşfet - Karıştır Eşleştir</t>
+          <t>Renk Renk Gökyüzü - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053050490</t>
+          <t>9786053050612</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Keşfet - Karıştır Eşleştir</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Evim (4-5 Yaş 2. Seviye)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053050476</t>
+          <t>9786053050629</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mevsimleri Keşfet - Karıştır Eşleştir</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Tatil (5- 6 Yaş 2. Seviye)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053050391</t>
+          <t>9786053050605</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Ormanı - Pop-Up İle Keşfet (Ciltli)</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Hayvanlar (5-6 Yaş 1. Seviye)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053050346</t>
+          <t>9786053050513</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Taşıyıcı Araçlarım - Tekerlekler İş Başında</t>
+          <t>Benim İlk Bitkiler Kitabım - Ne Sorsan Bilir Minik (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053050353</t>
+          <t>9786053050506</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İşkolik İnşaat Araçlarım - Tekerlekler İş Başında</t>
+          <t>Benim İlk Uzay Kitabım - Ne Sorsan Bilir Minik (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053050322</t>
+          <t>9786053050469</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Çiftlik Araçlarım - Tekerlekler İş Başında</t>
+          <t>Hayvanları Keşfet - Karıştır Eşleştir</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053050315</t>
+          <t>9786053050490</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sincap Simi ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 3 (Ciltli)</t>
+          <t>Meslekleri Keşfet - Karıştır Eşleştir</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053050285</t>
+          <t>9786053050476</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tırmık ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 1 (Ciltli)</t>
+          <t>Mevsimleri Keşfet - Karıştır Eşleştir</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
+          <t>9786053050391</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşlık Ormanı - Pop-Up İle Keşfet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786053050346</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Taşıyıcı Araçlarım - Tekerlekler İş Başında</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786053050353</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>İşkolik İnşaat Araçlarım - Tekerlekler İş Başında</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786053050322</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Çalışkan Çiftlik Araçlarım - Tekerlekler İş Başında</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786053050315</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Sincap Simi ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786053050285</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Tırmık ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
           <t>9786053050308</t>
         </is>
       </c>
-      <c r="B231" s="1" t="inlineStr">
+      <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Dinozor Stego ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 4 (Ciltli)</t>
         </is>
       </c>
-      <c r="C231" s="1">
+      <c r="C237" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>