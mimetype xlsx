--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3580 +85,3715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259821146</t>
+          <t>9786057233516</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>My Book of General Knowledge – I Recognize (Ciltli)</t>
+          <t>Shapes - Baby University - First Concepts Stories 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259821122</t>
+          <t>9786057233561</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>My Book Of General Knowledge – I Grow Up (Ciltli)</t>
+          <t>Colors - Baby University First Concepts Stories</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259821139</t>
+          <t>9786057233554</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>My Book of General Knowledge – I Know (Ciltli)</t>
+          <t>Communication - Baby University First Concepts Stories</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259821153</t>
+          <t>9786057233547</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>My Book Of General Knowledge – I Talk (Ciltli)</t>
+          <t>Numbers - Baby University First Concepts Stories 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255879042</t>
+          <t>9786057233530</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dokun Hisset - Tummy Time Güvenli Bağlanma Başlıyor</t>
+          <t>Opposites - Baby Univers. First Concepts Stories 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255879035</t>
+          <t>9786057233523</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çiz Çiz Zeki Salyangoz - Düşünme Becerileri Etkinlikleri</t>
+          <t>Senses - Baby University First Concepts Stories 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>125</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255879028</t>
+          <t>9786057233509</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak - Davranış Baloncuklarını Patlat! (Ciltli)</t>
+          <t>Weather - Baby University First Concepts Stories 2</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057233578</t>
+          <t>9786255879066</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Big Small - Baby University First Concept Stories</t>
+          <t>Hoşça Kal</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258062586</t>
+          <t>9786255879073</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Her Şey Seninle Başladı Set</t>
+          <t>Böyle Daha Güzel – Bencillik Karşısında Paylaşım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258062548</t>
+          <t>9786259821146</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Güvenmek (Ciltli)</t>
+          <t>My Book of General Knowledge – I Recognize (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258062562</t>
+          <t>9786259821122</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Ağlamak (Ciltli)</t>
+          <t>My Book Of General Knowledge – I Grow Up (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057233585</t>
+          <t>9786259821139</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Baby University First Concept Stories 2</t>
+          <t>My Book of General Knowledge – I Know (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057233592</t>
+          <t>9786259821153</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Baby University First Concepts Stories</t>
+          <t>My Book Of General Knowledge – I Talk (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258082289</t>
+          <t>9786255879042</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kitap Haydi Okula (Ciltli)</t>
+          <t>Dokun Hisset - Tummy Time Güvenli Bağlanma Başlıyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>1520601970810</t>
+          <t>9786255879035</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kıpırtılı Pırıltılı Gökyüzü Hikayeleri Seti (Masaüstü Stant)</t>
+          <t>Çiz Çiz Zeki Salyangoz - Düşünme Becerileri Etkinlikleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>648</v>
+        <v>600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053050209</t>
+          <t>9786255879028</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları Eşleştirme Ev</t>
+          <t>Tik Tak - Davranış Baloncuklarını Patlat! (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053050216</t>
+          <t>9786057233578</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Doğuşu</t>
+          <t>Big Small - Baby University First Concept Stories</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053050162</t>
+          <t>9786258062586</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dokun Oyna Öğren Seti - Araçlar</t>
+          <t>Nasıl Başladı? - Her Şey Seninle Başladı Set</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>40</v>
+        <v>165</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053050155</t>
+          <t>9786258062548</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dokun Oyna Öğren Seti - Hayvanlar</t>
+          <t>Nasıl Başladı? - Güvenmek (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053050148</t>
+          <t>9786258062562</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli Bilgi Dolu Minik Kütüphanem (9 Kitap - Pembe Kutu)</t>
+          <t>Nasıl Başladı? - Ağlamak (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053050278</t>
+          <t>9786057233585</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Oyuncak Treni - Aktiviteli Upuzuuun Boyama Kitabım</t>
+          <t>Baby University First Concept Stories 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>12</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053050261</t>
+          <t>9786057233592</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Meyve ve Sebzenin Hikayesi - Aktiviteli Upuzuuun Boyama Kitabım</t>
+          <t>Baby University First Concepts Stories</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>12</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053050247</t>
+          <t>9786258082289</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Köprü ve Taşıtlar - Aktiviteli Upuzuuun Boyama Kitabım</t>
+          <t>Sessiz Kitap Haydi Okula (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053050230</t>
+          <t>1520601970810</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Gemide Yolculuk - Aktiviteli Upuzuuun Boyama Kitabım</t>
+          <t>Kıpırtılı Pırıltılı Gökyüzü Hikayeleri Seti (Masaüstü Stant)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>12</v>
+        <v>648</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053050254</t>
+          <t>9786053050209</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Upuzuuun Boyama Kitabım: Benim Güzel Odam</t>
+          <t>Oyun Kartları Eşleştirme Ev</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053050223</t>
+          <t>9786053050216</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Upuzuuun Boyama Kitabım Seti (5 Kitap Takım)</t>
+          <t>Bir Annenin Doğuşu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053050841</t>
+          <t>9786053050162</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Mavi ile İyi Geceler Masalları Seti (7 Kitap Takım)</t>
+          <t>Dokun Oyna Öğren Seti - Araçlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>560</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053050858</t>
+          <t>9786053050155</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tuti (5 Kitap Takım)</t>
+          <t>Dokun Oyna Öğren Seti - Hayvanlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053050759</t>
+          <t>9786053050148</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Büyümek İsteyen Pire</t>
+          <t>İngilizce Destekli Bilgi Dolu Minik Kütüphanem (9 Kitap - Pembe Kutu)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053050834</t>
+          <t>9786053050278</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Süper Muz Süper Havuç</t>
+          <t>Sayılarla Oyuncak Treni - Aktiviteli Upuzuuun Boyama Kitabım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053050735</t>
+          <t>9786053050261</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Saklanan Hayaller</t>
+          <t>Meyve ve Sebzenin Hikayesi - Aktiviteli Upuzuuun Boyama Kitabım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053050766</t>
+          <t>9786053050247</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Sihirli Kelimeler</t>
+          <t>Köprü ve Taşıtlar - Aktiviteli Upuzuuun Boyama Kitabım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053050742</t>
+          <t>9786053050230</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tuti - Farklı Olmak Güzeldir</t>
+          <t>Hayvanlarla Gemide Yolculuk - Aktiviteli Upuzuuun Boyama Kitabım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255879011</t>
+          <t>9786053050254</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak - Duygu Baloncuklarını Patlat!</t>
+          <t>Aktiviteli Upuzuuun Boyama Kitabım: Benim Güzel Odam</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258082685</t>
+          <t>9786053050223</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Duygular Bir Kalbe Sığar mı?</t>
+          <t>Aktiviteli Upuzuuun Boyama Kitabım Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258082371</t>
+          <t>9786053050841</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Hikayeli İlk Kavramlarım 3 (Ciltli)</t>
+          <t>Ayıcık Mavi ile İyi Geceler Masalları Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>440</v>
+        <v>560</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258082364</t>
+          <t>9786053050858</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Bir Kutuya Sığar Mı?</t>
+          <t>Tuti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258082265</t>
+          <t>9786053050759</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi-Psikoloji Set</t>
+          <t>Tuti - Büyümek İsteyen Pire</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>540</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258082272</t>
+          <t>9786053050834</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi-Duygular</t>
+          <t>Tuti - Süper Muz Süper Havuç</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258082104</t>
+          <t>9786053050735</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Fizik -Çekim Yasası</t>
+          <t>Tuti - Saklanan Hayaller</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057112897</t>
+          <t>9786053050766</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Evimde</t>
+          <t>Tuti - Sihirli Kelimeler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050639971</t>
+          <t>9786053050742</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitabı - Bilgi Dolu İlk Kitaplarım Hayvanlar Ailesi</t>
+          <t>Tuti - Farklı Olmak Güzeldir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258082982</t>
+          <t>9786255879011</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kendi Başıma Uyku</t>
+          <t>Tik Tak - Duygu Baloncuklarını Patlat!</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258082999</t>
+          <t>9786258082685</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kendi Başıma Tuvalet</t>
+          <t>Duygular Bir Kalbe Sığar mı?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786288082944</t>
+          <t>9786258082371</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gördüm Seni - Düşüncelerim (Ciltli)</t>
+          <t>Bebek Üniversitesi - Hikayeli İlk Kavramlarım 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258082975</t>
+          <t>9786258082364</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Panda</t>
+          <t>Arkadaşlık Bir Kutuya Sığar Mı?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258082937</t>
+          <t>9786258082265</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Kitabım – Konuşuyorum</t>
+          <t>Çocuk Üniversitesi-Psikoloji Set</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>570</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258082968</t>
+          <t>9786258082272</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yapamam Dediğinde (Set) (Ciltli)</t>
+          <t>Çocuk Üniversitesi-Duygular</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258082906</t>
+          <t>9786258082104</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uyusak Fark Eder (Ciltli)</t>
+          <t>Çocuk Üniversitesi Fizik -Çekim Yasası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258082913</t>
+          <t>9786057112897</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sarılsak Fark Eder (Ciltli)</t>
+          <t>Bulurum Seni Evimde</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258082920</t>
+          <t>9786050639971</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Konuşsak Fark Eder (Ciltli)</t>
+          <t>Etkinlik Kitabı - Bilgi Dolu İlk Kitaplarım Hayvanlar Ailesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258082890</t>
+          <t>9786258082982</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Sonunda</t>
+          <t>Kendi Başıma Uyku</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258082883</t>
+          <t>9786258082999</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Farkında</t>
+          <t>Kendi Başıma Tuvalet</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258082876</t>
+          <t>9786288082944</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Peşinde</t>
+          <t>Gördüm Seni - Düşüncelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258082869</t>
+          <t>9786258082975</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? – Her Şey Seninle Başladı 4. Set</t>
+          <t>Yalnız Panda</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258082821</t>
+          <t>9786258082937</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bırakma- İpli Kitap 2</t>
+          <t>Genel Kültür Kitabım – Konuşuyorum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258082692</t>
+          <t>9786258082968</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Yola Çık - Hayvanlar (Ciltli)</t>
+          <t>Yapamam Dediğinde (Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258082838</t>
+          <t>9786258082906</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gördüm Seni- Davranışlarım (Ciltli)</t>
+          <t>Uyusak Fark Eder (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258082784</t>
+          <t>9786258082913</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Tanışmak</t>
+          <t>Sarılsak Fark Eder (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258082777</t>
+          <t>9786258082920</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Saygı</t>
+          <t>Konuşsak Fark Eder (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258082760</t>
+          <t>9786258082890</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Arkadaşlık</t>
+          <t>Nasıl Başladı? - Sonunda</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057064509</t>
+          <t>9786258082883</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bazen Olur Böyle - Set</t>
+          <t>Nasıl Başladı? - Farkında</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258082739</t>
+          <t>9786258082876</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı - Set</t>
+          <t>Nasıl Başladı? - Peşinde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258082722</t>
+          <t>9786258082869</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bırakma – İpli Kitap 1 (Ciltli)</t>
+          <t>Nasıl Başladı? – Her Şey Seninle Başladı 4. Set</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258082593</t>
+          <t>9786258082821</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Oburcuk - Uyku Canavarı (Ciltli)</t>
+          <t>Yarım Bırakma- İpli Kitap 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>290</v>
+        <v>475</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258082456</t>
+          <t>9786258082692</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Senin Sayende - Tanışalım mı?</t>
+          <t>Bir Yola Çık - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258082210</t>
+          <t>9786258082838</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Öz Bakım Kitabım Yaparsam Olur</t>
+          <t>Gördüm Seni- Davranışlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258082135</t>
+          <t>9786258082784</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ne Sorsan Bilir Minik - Mevsimler</t>
+          <t>Nasıl Başladı? - Tanışmak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258082029</t>
+          <t>9786258082777</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı - Annem Beni Seviyor Mu</t>
+          <t>Nasıl Başladı? - Saygı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057112828</t>
+          <t>9786258082760</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Biyoloji - Anatomi</t>
+          <t>Nasıl Başladı? - Arkadaşlık</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057064561</t>
+          <t>9786057064509</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Okyanusta</t>
+          <t>Bazen Olur Böyle - Set</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>880</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057449689</t>
+          <t>9786258082739</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Oburcuk Kitap Canavarı</t>
+          <t>Azıcık Aklım Karıştı - Set</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053050650</t>
+          <t>9786258082722</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kıpırtılı Pırıltılı Gökyüzü Seti (6 Kitap Takım) (Ciltli)</t>
+          <t>Yarım Bırakma – İpli Kitap 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057449634</t>
+          <t>9786258082593</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Saklambaç - Bul Beni</t>
+          <t>Oburcuk - Uyku Canavarı (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057018427</t>
+          <t>9786258082456</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Aynı Benim Gibi Farklı</t>
+          <t>Senin Sayende - Tanışalım mı?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057018434</t>
+          <t>9786258082210</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Saklambaç - Bul Beni (Ciltli)</t>
+          <t>Benim İlk Öz Bakım Kitabım Yaparsam Olur</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057112859</t>
+          <t>9786258082135</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Renkler</t>
+          <t>Ne Sorsan Bilir Minik - Mevsimler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053050193</t>
+          <t>9786258082029</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli Oyun Kartları - Eşleştirme Kamyon</t>
+          <t>Azıcık Aklım Karıştı - Annem Beni Seviyor Mu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053050537</t>
+          <t>9786057112828</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Işıl Işıl Ay Lambası - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Çocuk Üniversitesi Biyoloji - Anatomi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258082852</t>
+          <t>9786057064561</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kösi- Konuşkan Trenim</t>
+          <t>Bulurum Seni Okyanusta</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258082746</t>
+          <t>9786057449689</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gördüm Seni - Hislerim (Ciltli)</t>
+          <t>Oburcuk Kitap Canavarı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258082845</t>
+          <t>9786053050650</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Kitabım - Fark Ediyorum</t>
+          <t>Kıpırtılı Pırıltılı Gökyüzü Seti (6 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258082807</t>
+          <t>9786057449634</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ağladığımda</t>
+          <t>Çiftlikte Saklambaç - Bul Beni</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258082814</t>
+          <t>9786057018427</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç</t>
+          <t>Aynı Benim Gibi Farklı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258082791</t>
+          <t>9786057018434</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Zamanla</t>
+          <t>Ormanda Saklambaç - Bul Beni (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258082753</t>
+          <t>9786057112859</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Her Şey Seninle Başladı 3 Kitap Set</t>
+          <t>Bebek Üniversitesi - Renkler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053050377</t>
+          <t>9786053050193</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Öğreniyor Tak-Çıkar Kartlarım</t>
+          <t>İngilizce Destekli Oyun Kartları - Eşleştirme Kamyon</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053050483</t>
+          <t>9786053050537</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Kuki ve Sevimli Dostları - Bu Kocaman Gözler Kimin 5</t>
+          <t>Işıl Işıl Ay Lambası - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>210</v>
+        <v>65</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053050384</t>
+          <t>9786258082852</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Araçlar - Pop-Up İle Keşfet (Ciltli)</t>
+          <t>Kösi- Konuşkan Trenim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053050339</t>
+          <t>9786258082746</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Acil Yardım Araçlarım - Tekerlekler İş Başında</t>
+          <t>Gördüm Seni - Hislerim (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057018403</t>
+          <t>9786258082845</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Penguen Piku ve Sevimli Dostları - Bu Kocaman Gözler Kimin 8</t>
+          <t>Genel Kültür Kitabım - Fark Ediyorum</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057018441</t>
+          <t>9786258082807</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Biraz Korktum Sanki! - Bazen Olur Böyle</t>
+          <t>Ağladığımda</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053050643</t>
+          <t>9786258082814</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı 5-6 Yaş (2 Kitap Takım)</t>
+          <t>Başlangıç</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053050582</t>
+          <t>9786258082791</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı 4-6 Yaş (4 Kitap Takım)</t>
+          <t>Zamanla</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053050636</t>
+          <t>9786258082753</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı 4-5 Yaş (2 Kitap Takım)</t>
+          <t>Nasıl Başladı? - Her Şey Seninle Başladı 3 Kitap Set</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053050599</t>
+          <t>9786053050377</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Araçlar (4-5 Yaş 1. Seviye)</t>
+          <t>Bebeğim Öğreniyor Tak-Çıkar Kartlarım</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050639933</t>
+          <t>9786053050483</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ailesi - Bilgi Dolu İlk Kitaplarım Set (5 Kitap Takım)</t>
+          <t>Kurbağa Kuki ve Sevimli Dostları - Bu Kocaman Gözler Kimin 5</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057449603</t>
+          <t>9786053050384</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tonton Tonki İle Renkler (Delikli Sürpriz Pencereli Kitap)</t>
+          <t>Maceracı Araçlar - Pop-Up İle Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057064585</t>
+          <t>9786053050339</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Okyanusta Saklambaç</t>
+          <t>Kahraman Acil Yardım Araçlarım - Tekerlekler İş Başında</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057449658</t>
+          <t>9786057018403</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bak-Bul Sobe Oyuncu Zürafa</t>
+          <t>Penguen Piku ve Sevimli Dostları - Bu Kocaman Gözler Kimin 8</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050639988</t>
+          <t>9786057018441</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Ailesi - Bilgi Dolu İlk Kitaplarım</t>
+          <t>Biraz Korktum Sanki! - Bazen Olur Böyle</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050639957</t>
+          <t>9786053050643</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Ailesi - Bilgi Dolu İlk Kitaplarım</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı 5-6 Yaş (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050639964</t>
+          <t>9786053050582</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Ailesi - Bilgi Dolu İlk Kitaplarım</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı 4-6 Yaş (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050639940</t>
+          <t>9786053050636</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Orman Ailesi - Bilgi Dolu İlk Kitaplarım</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı 4-5 Yaş (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050639902</t>
+          <t>9786053050599</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Duygularım - Cırt Cırtlı Hikaye Kitabı (Ciltli)</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Araçlar (4-5 Yaş 1. Seviye)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053050780</t>
+          <t>9786050639933</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Ninnisi - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Hayvanlar Ailesi - Bilgi Dolu İlk Kitaplarım Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>80</v>
+        <v>550</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050639926</t>
+          <t>9786057449603</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Eşyalarım (Cırt Cırtlı Hikaye Kitabı) (Ciltli)</t>
+          <t>Tonton Tonki İle Renkler (Delikli Sürpriz Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050639919</t>
+          <t>9786057064585</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Orman (Ciltli)</t>
+          <t>Okyanusta Saklambaç</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053050889</t>
+          <t>9786057449658</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Haydi Parka - Yardım Et! Hikayem Kayboldu</t>
+          <t>Bak-Bul Sobe Oyuncu Zürafa</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053050865</t>
+          <t>9786050639988</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Çiftlik (Cırt Cırtlı Hikaye Kitabı)</t>
+          <t>Çiftlik Ailesi - Bilgi Dolu İlk Kitaplarım</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053050292</t>
+          <t>9786050639957</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Balık Noni ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 2 (Ciltli)</t>
+          <t>Okyanus Ailesi - Bilgi Dolu İlk Kitaplarım</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258082654</t>
+          <t>9786050639964</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Başarmak (Ciltli)</t>
+          <t>Kuşlar Ailesi - Bilgi Dolu İlk Kitaplarım</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057449610</t>
+          <t>9786050639940</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tonton Tonki ile Sayılar</t>
+          <t>Orman Ailesi - Bilgi Dolu İlk Kitaplarım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053050773</t>
+          <t>9786050639902</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Çikolata - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Merhaba Duygularım - Cırt Cırtlı Hikaye Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>380</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258082715</t>
+          <t>9786053050780</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Kitabım - Tanıyorum</t>
+          <t>Rüzgarın Ninnisi - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258082166</t>
+          <t>9786050639926</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Hikayeli İlk Kavramlarım 4</t>
+          <t>Merhaba Eşyalarım (Cırt Cırtlı Hikaye Kitabı) (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258082562</t>
+          <t>9786050639919</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? Ağlamak</t>
+          <t>Merhaba Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258082548</t>
+          <t>9786053050889</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? Güvenmek (Ciltli)</t>
+          <t>Haydi Parka - Yardım Et! Hikayem Kayboldu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258082661</t>
+          <t>9786053050865</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Kitabım - Büyüyorum</t>
+          <t>Merhaba Çiftlik (Cırt Cırtlı Hikaye Kitabı)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258082609</t>
+          <t>9786053050292</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kagu – Uyku Trenim (Ciltli)</t>
+          <t>Balık Noni ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258082401</t>
+          <t>9786258082654</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Nasıl Başladı? - Başarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258082531</t>
+          <t>9786057449610</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi (Ciltli)</t>
+          <t>Tonton Tonki ile Sayılar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258082678</t>
+          <t>9786053050773</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Lemu - Duygu Trenim</t>
+          <t>Sıcak Çikolata - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258082081</t>
+          <t>9786258082715</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi 2 - Hikayeli İlk Kavramlarım Set (4 Kitap)</t>
+          <t>Genel Kültür Kitabım - Tanıyorum</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057064578</t>
+          <t>9786258082166</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Bir Baloncuğa Sığar Mı?</t>
+          <t>Bebek Üniversitesi - Hikayeli İlk Kavramlarım 4</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053050728</t>
+          <t>9786258082562</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Güler Yüzlü Ay - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Nasıl Başladı? Ağlamak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057112873</t>
+          <t>9786258082548</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Büyük Küçük</t>
+          <t>Nasıl Başladı? Güvenmek (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057112842</t>
+          <t>9786258082661</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi Set</t>
+          <t>Genel Kültür Kitabım - Büyüyorum</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053050520</t>
+          <t>9786258082609</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Güneşle Saklambaç - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Kagu – Uyku Trenim (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258082111</t>
+          <t>9786258082401</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Fizik-Işık</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258082128</t>
+          <t>9786258082531</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Fizik -Enerji Kaynakları</t>
+          <t>Güneş Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258082203</t>
+          <t>9786258082678</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tak - çıkar</t>
+          <t>Lemu - Duygu Trenim</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258082302</t>
+          <t>9786258082081</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi-Kişilik Özellikleri</t>
+          <t>Bebek Üniversitesi 2 - Hikayeli İlk Kavramlarım Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258082296</t>
+          <t>9786057064578</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi-İfadeler</t>
+          <t>Hayaller Bir Baloncuğa Sığar Mı?</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053050131</t>
+          <t>9786053050728</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli Bilgi Dolu Minik Kütüphanem (9 Kitap - Mavi Kutu)</t>
+          <t>Güler Yüzlü Ay - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>510</v>
+        <v>80</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053050360</t>
+          <t>9786057112873</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Öğreniyor - İlk Kartlarım 0 - 12 Ay</t>
+          <t>Bebek Üniversitesi - Büyük Küçük</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258082326</t>
+          <t>9786057112842</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Kavramlar Kitabım - Yaparsam Olur</t>
+          <t>Bebek Üniversitesi Set</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258082449</t>
+          <t>9786053050520</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Gün Kitabım - Yaparsam Olur</t>
+          <t>Güneşle Saklambaç - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057112880</t>
+          <t>9786258082111</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Şehirde</t>
+          <t>Çocuk Üniversitesi Fizik-Işık</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258082005</t>
+          <t>9786258082128</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlk Dokun Hisset Kitabım - Okyanusa Dokun (Ciltli)</t>
+          <t>Çocuk Üniversitesi Fizik -Enerji Kaynakları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057064523</t>
+          <t>9786258082203</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İlk Dokun Hisset Kitabım: Çöle Dokun (Ciltli)</t>
+          <t>Tak - çıkar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057449641</t>
+          <t>9786258082302</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İlk Dokun Hisset Kitabım: Çiftliğe Dokun (Ciltli)</t>
+          <t>Çocuk Üniversitesi-Kişilik Özellikleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057018465</t>
+          <t>9786258082296</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ormana Dokun - İlk Dokun Hisset Kitabım (Ciltli)</t>
+          <t>Çocuk Üniversitesi-İfadeler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258082616</t>
+          <t>9786053050131</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Pigi Büyümek Trenim</t>
+          <t>İngilizce Destekli Bilgi Dolu Minik Kütüphanem (9 Kitap - Mavi Kutu)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258082623</t>
+          <t>9786053050360</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Her Şey Seninle Başladı Set (Ciltli)</t>
+          <t>Bebeğim Öğreniyor - İlk Kartlarım 0 - 12 Ay</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258082647</t>
+          <t>9786258082326</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Kaybetmek (Ciltli)</t>
+          <t>Benim İlk Kavramlar Kitabım - Yaparsam Olur</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258082630</t>
+          <t>9786258082449</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Denemek (Ciltli)</t>
+          <t>Benim Bir Gün Kitabım - Yaparsam Olur</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258082586</t>
+          <t>9786057112880</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? Her Şey Seninle Başladı Kutu</t>
+          <t>Bulurum Seni Şehirde</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258082579</t>
+          <t>9786258082005</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Yola Çık - Kuşlar (Ciltli)</t>
+          <t>İlk Dokun Hisset Kitabım - Okyanusa Dokun (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258082555</t>
+          <t>9786057064523</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başladı? - Konuşmak (Ciltli)</t>
+          <t>İlk Dokun Hisset Kitabım: Çöle Dokun (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258082463</t>
+          <t>9786057449641</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Yola Çık - Spor (Ciltli)</t>
+          <t>İlk Dokun Hisset Kitabım: Çiftliğe Dokun (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258082524</t>
+          <t>9786057018465</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tohum (Ciltli)</t>
+          <t>Ormana Dokun - İlk Dokun Hisset Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258082517</t>
+          <t>9786258082616</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Su (Ciltli)</t>
+          <t>Pigi Büyümek Trenim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258082500</t>
+          <t>9786258082623</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kar (Ciltli)</t>
+          <t>Nasıl Başladı? - Her Şey Seninle Başladı Set (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258082227</t>
+          <t>9786258082647</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ne Sorsan Bilir Minik - Böcekler</t>
+          <t>Nasıl Başladı? - Kaybetmek (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258082487</t>
+          <t>9786258082630</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Merakımdan Soruyorum - Çiftlik</t>
+          <t>Nasıl Başladı? - Denemek (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258082494</t>
+          <t>9786258082586</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Merakımdan Soruyorum - Orman</t>
+          <t>Nasıl Başladı? Her Şey Seninle Başladı Kutu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258082470</t>
+          <t>9786258082579</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Beni de Yanına Alır Mısın? - Araştırmak Benim İşim</t>
+          <t>Bir Yola Çık - Kuşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258082432</t>
+          <t>9786258082555</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tadını Çıkar - Karşınızda Dinozorlar</t>
+          <t>Nasıl Başladı? - Konuşmak (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258082241</t>
+          <t>9786258082463</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kirpicik Peki Şimdi Ne Yapacak? Oyun Zamanı (Ciltli)</t>
+          <t>Bir Yola Çık - Spor (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258082425</t>
+          <t>9786258082524</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Beni de Yanına Alır Mısın? Uzay Yolculuğu (Ciltli)</t>
+          <t>Tohum (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258082395</t>
+          <t>9786258082517</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Günlük Rutinim</t>
+          <t>Su (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258082418</t>
+          <t>9786258082500</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Duygular</t>
+          <t>Kar (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258082388</t>
+          <t>9786258082227</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Öz Bakım (Ciltli)</t>
+          <t>Ne Sorsan Bilir Minik - Böcekler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258082357</t>
+          <t>9786258082487</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tadını Çıkar</t>
+          <t>Merakımdan Soruyorum - Çiftlik</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258082340</t>
+          <t>9786258082494</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Merakımdan Soruyorum - Okyanus</t>
+          <t>Merakımdan Soruyorum - Orman</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258082333</t>
+          <t>9786258082470</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Beni De Yanına Alır Mısın?</t>
+          <t>Beni de Yanına Alır Mısın? - Araştırmak Benim İşim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258082234</t>
+          <t>9786258082432</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tadını Çıkar - Oyun Arkadaşım</t>
+          <t>Tadını Çıkar - Karşınızda Dinozorlar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258082319</t>
+          <t>9786258082241</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı Arkadaşlarım Beni Seviyor mu?</t>
+          <t>Kirpicik Peki Şimdi Ne Yapacak? Oyun Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258082258</t>
+          <t>9786258082425</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni</t>
+          <t>Beni de Yanına Alır Mısın? Uzay Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258082180</t>
+          <t>9786258082395</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı-Kardeşim beni Seviyor mu?</t>
+          <t>Günlük Rutinim</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258082197</t>
+          <t>9786258082418</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kirpicik Peki şimdi ne Yapacak? - Uyku Zamanı (Ciltli)</t>
+          <t>Duygular</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258082036</t>
+          <t>9786258082388</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kirpicik</t>
+          <t>Öz Bakım (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258082173</t>
+          <t>9786258082357</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Böcekler</t>
+          <t>Tadını Çıkar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258082142</t>
+          <t>9786258082340</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Bir Tabloya Sığar mı?</t>
+          <t>Merakımdan Soruyorum - Okyanus</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258082159</t>
+          <t>9786258082333</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Aklım Karıştı - Babam Beni Seviyor mu?</t>
+          <t>Beni De Yanına Alır Mısın?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258082098</t>
+          <t>9786258082234</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Fizik Set (3 Kitap)</t>
+          <t>Tadını Çıkar - Oyun Arkadaşım</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258082074</t>
+          <t>9786258082319</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli İlk Kavramlarım - Duyular</t>
+          <t>Azıcık Aklım Karıştı Arkadaşlarım Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258082067</t>
+          <t>9786258082258</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli İlk Kavramlarım - Hava Durumu</t>
+          <t>Bulurum Seni</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>85</v>
+        <v>340</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258082050</t>
+          <t>9786258082180</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli İlk Kavramlarım - Sayılar</t>
+          <t>Azıcık Aklım Karıştı-Kardeşim beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258082043</t>
+          <t>9786258082197</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli İlk Kavramlarım - Zıtlıklar</t>
+          <t>Kirpicik Peki şimdi ne Yapacak? - Uyku Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>85</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057112835</t>
+          <t>9786258082036</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - Şekiller</t>
+          <t>Kirpicik</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>85</v>
+        <v>400</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057112866</t>
+          <t>9786258082173</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bebek Üniversitesi - İletişim</t>
+          <t>Merhaba Böcekler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>85</v>
+        <v>380</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053050186</t>
+          <t>9786258082142</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli İlk Büyük Araçlar Kitabım</t>
+          <t>Güzellik Bir Tabloya Sığar mı?</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053050179</t>
+          <t>9786258082159</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Destekli İlk Büyük Hayvanlar Kitabım</t>
+          <t>Azıcık Aklım Karıştı - Babam Beni Seviyor mu?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258082012</t>
+          <t>9786258082098</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bana Benzer - Başka Kim Var</t>
+          <t>Çocuk Üniversitesi Fizik Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>570</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057064592</t>
+          <t>9786258082074</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Biyoloji Set (3 Kitap)</t>
+          <t>Hikayeli İlk Kavramlarım - Duyular</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057112804</t>
+          <t>9786258082067</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Biyoloji - Üreme</t>
+          <t>Hikayeli İlk Kavramlarım - Hava Durumu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057112811</t>
+          <t>9786258082050</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Üniversitesi Biyoloji - Genetik</t>
+          <t>Hikayeli İlk Kavramlarım - Sayılar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057064554</t>
+          <t>9786258082043</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Çiftlikte</t>
+          <t>Hikayeli İlk Kavramlarım - Zıtlıklar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057064530</t>
+          <t>9786057112835</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bak-Bul-Sobe: Gezgin Ayıcık</t>
+          <t>Bebek Üniversitesi - Şekiller</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057449665</t>
+          <t>9786057112866</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Oburcuk Canavar Avcısı</t>
+          <t>Bebek Üniversitesi - İletişim</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057064547</t>
+          <t>9786053050186</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bulurum Seni Ormanda</t>
+          <t>İngilizce Destekli İlk Büyük Araçlar Kitabım</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057064516</t>
+          <t>9786053050179</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tonton Tonki ile Şekiller</t>
+          <t>İngilizce Destekli İlk Büyük Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057449696</t>
+          <t>9786258082012</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Uzay</t>
+          <t>Bana Benzer - Başka Kim Var</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057449672</t>
+          <t>9786057064592</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Taptap ve Sevimli Dostları</t>
+          <t>Çocuk Üniversitesi Biyoloji Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>210</v>
+        <v>570</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057018496</t>
+          <t>9786057112804</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bak-Bul Sobe - Meraklı Kedi (Ciltli)</t>
+          <t>Çocuk Üniversitesi Biyoloji - Üreme</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057449627</t>
+          <t>9786057112811</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ne Sorsan Bilir Minik - Benim İlk Dinozorlar Kitabım</t>
+          <t>Çocuk Üniversitesi Biyoloji - Genetik</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057018489</t>
+          <t>9786057064554</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Biraz Üzüldüm Sanki! - Bazen Olur Böyle</t>
+          <t>Bulurum Seni Çiftlikte</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057018472</t>
+          <t>9786057064530</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bazen Olur Böyle - Biraz Kızdım Sanki!</t>
+          <t>Bak-Bul-Sobe: Gezgin Ayıcık</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057018458</t>
+          <t>9786057449665</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Civciv Ciki ve Sevimli Dostları - Bu Kocaman Gözler Kimin 9</t>
+          <t>Oburcuk Canavar Avcısı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057018410</t>
+          <t>9786057064547</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Biraz Kıskandım Sanki - Bazen Olur Böyle!</t>
+          <t>Bulurum Seni Ormanda</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050639995</t>
+          <t>9786057064516</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dolu Botlar</t>
+          <t>Tonton Tonki ile Şekiller</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053050919</t>
+          <t>9786057449696</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ayı Balküpü ve Sevimli Dostları - Bu Kocaman Gözler Kimin 7 (Ciltli)</t>
+          <t>Merhaba Uzay</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053050902</t>
+          <t>9786057449672</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Koala Kori ve Sevimli Dostları (Ciltli)</t>
+          <t>Tavşan Taptap ve Sevimli Dostları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053050896</t>
+          <t>9786057018496</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bak Burada Kim Var? - Gezgin Balık Barbu (Ciltli)</t>
+          <t>Bak-Bul Sobe - Meraklı Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053050872</t>
+          <t>9786057449627</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Yolculuğu: Pop-Up İle Keşfet</t>
+          <t>Ne Sorsan Bilir Minik - Benim İlk Dinozorlar Kitabım</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053050803</t>
+          <t>9786057018489</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bulut Salıncağı - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Biraz Üzüldüm Sanki! - Bazen Olur Böyle</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053050797</t>
+          <t>9786057018472</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Bahçe - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Bazen Olur Böyle - Biraz Kızdım Sanki!</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053050827</t>
+          <t>9786057018458</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Piknik Zamanı - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Civciv Ciki ve Sevimli Dostları - Bu Kocaman Gözler Kimin 9</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053050810</t>
+          <t>9786057018410</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ballı Börek - Ayıcık Mavi İle İyi Geceler Masalları</t>
+          <t>Biraz Kıskandım Sanki - Bazen Olur Böyle!</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053050681</t>
+          <t>9786050639995</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Yaşasın Banyo Zamanı (Ciltli)</t>
+          <t>Dolu Botlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053050698</t>
+          <t>9786053050919</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Dişlerim Pırıl Pırıl (Ciltli)</t>
+          <t>Ayı Balküpü ve Sevimli Dostları - Bu Kocaman Gözler Kimin 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053050674</t>
+          <t>9786053050902</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Yemeklerimin Hepsini Bitirdim (Ciltli)</t>
+          <t>Koala Kori ve Sevimli Dostları (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053050667</t>
+          <t>9786053050896</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Pofi ile Tam Zamanında Öz Bakım Becerileri (5 Kitap Takım) (Ciltli)</t>
+          <t>Bak Burada Kim Var? - Gezgin Balık Barbu (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053050711</t>
+          <t>9786053050872</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Benim Tuvaletim Geldi (Ciltli)</t>
+          <t>Okyanus Yolculuğu: Pop-Up İle Keşfet</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053050704</t>
+          <t>9786053050803</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Uyku Beni Çağırıyor (Ciltli)</t>
+          <t>Bulut Salıncağı - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053050544</t>
+          <t>9786053050797</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Pırıl Pırıl Gökkuşağı - Kıpırtılı Pırıltılı Gökyüzü</t>
+          <t>Hışırtılı Bahçe - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053050575</t>
+          <t>9786053050827</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Minik Minik Yıldızlar - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Piknik Zamanı - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053050551</t>
+          <t>9786053050810</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Resim Resim Bulutlar - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Ballı Börek - Ayıcık Mavi İle İyi Geceler Masalları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053050568</t>
+          <t>9786053050681</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Gökyüzü - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
+          <t>Pofi - Yaşasın Banyo Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053050612</t>
+          <t>9786053050698</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Evim (4-5 Yaş 2. Seviye)</t>
+          <t>Pofi - Dişlerim Pırıl Pırıl (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053050629</t>
+          <t>9786053050674</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Tatil (5- 6 Yaş 2. Seviye)</t>
+          <t>Pofi - Yemeklerimin Hepsini Bitirdim (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053050605</t>
+          <t>9786053050667</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Hayvanlar (5-6 Yaş 1. Seviye)</t>
+          <t>Pofi ile Tam Zamanında Öz Bakım Becerileri (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053050513</t>
+          <t>9786053050711</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Bitkiler Kitabım - Ne Sorsan Bilir Minik (Ciltli)</t>
+          <t>Pofi - Benim Tuvaletim Geldi (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053050506</t>
+          <t>9786053050704</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Uzay Kitabım - Ne Sorsan Bilir Minik (Ciltli)</t>
+          <t>Pofi - Uyku Beni Çağırıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053050469</t>
+          <t>9786053050544</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Keşfet - Karıştır Eşleştir</t>
+          <t>Pırıl Pırıl Gökkuşağı - Kıpırtılı Pırıltılı Gökyüzü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053050490</t>
+          <t>9786053050575</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Keşfet - Karıştır Eşleştir</t>
+          <t>Minik Minik Yıldızlar - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053050476</t>
+          <t>9786053050551</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Mevsimleri Keşfet - Karıştır Eşleştir</t>
+          <t>Resim Resim Bulutlar - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053050391</t>
+          <t>9786053050568</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Ormanı - Pop-Up İle Keşfet (Ciltli)</t>
+          <t>Renk Renk Gökyüzü - Kıpırtılı Pırıltılı Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>330</v>
+        <v>65</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053050346</t>
+          <t>9786053050612</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Taşıyıcı Araçlarım - Tekerlekler İş Başında</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Evim (4-5 Yaş 2. Seviye)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053050353</t>
+          <t>9786053050629</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İşkolik İnşaat Araçlarım - Tekerlekler İş Başında</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Tatil (5- 6 Yaş 2. Seviye)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053050322</t>
+          <t>9786053050605</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Çiftlik Araçlarım - Tekerlekler İş Başında</t>
+          <t>Kodlamalı Eğitici Boyama Kitabı - Eğlenceli Hayvanlar (5-6 Yaş 1. Seviye)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053050315</t>
+          <t>9786053050513</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sincap Simi ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 3 (Ciltli)</t>
+          <t>Benim İlk Bitkiler Kitabım - Ne Sorsan Bilir Minik (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053050285</t>
+          <t>9786053050506</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kedi Tırmık ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 1 (Ciltli)</t>
+          <t>Benim İlk Uzay Kitabım - Ne Sorsan Bilir Minik (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
+          <t>9786053050469</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Keşfet - Karıştır Eşleştir</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786053050490</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Meslekleri Keşfet - Karıştır Eşleştir</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786053050476</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimleri Keşfet - Karıştır Eşleştir</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786053050391</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşlık Ormanı - Pop-Up İle Keşfet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786053050346</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Taşıyıcı Araçlarım - Tekerlekler İş Başında</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786053050353</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>İşkolik İnşaat Araçlarım - Tekerlekler İş Başında</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786053050322</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Çalışkan Çiftlik Araçlarım - Tekerlekler İş Başında</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786053050315</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Sincap Simi ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786053050285</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Tırmık ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
           <t>9786053050308</t>
         </is>
       </c>
-      <c r="B237" s="1" t="inlineStr">
+      <c r="B246" s="1" t="inlineStr">
         <is>
           <t>Dinozor Stego ve Sevimli Dostları - Bu Kocaman Gözler Kimin? 4 (Ciltli)</t>
         </is>
       </c>
-      <c r="C237" s="1">
-        <v>210</v>
+      <c r="C246" s="1">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>