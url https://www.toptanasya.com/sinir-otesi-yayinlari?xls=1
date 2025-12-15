--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,505 +85,565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758312924</t>
+          <t>9789758312900</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kara Güneş'in Kayıp Işığı</t>
+          <t>Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>650</v>
+        <v>430</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758312733</t>
+          <t>9789758312559</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Atalarımızın Gök Tanrı Dini</t>
+          <t>Hz. Hızır Kimdir?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>283</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758312894</t>
+          <t>9789758312719</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mabedin İçinde</t>
+          <t>Ezoterizme Giriş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>410</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758312887</t>
+          <t>9789758312801</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarımızdaki Atatürk</t>
+          <t>Buda Ezoterik Öğretisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758312870</t>
+          <t>9789758312924</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Kara Güneş'in Kayıp Işığı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>307</v>
+        <v>650</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758312863</t>
+          <t>9789758312733</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili</t>
+          <t>Atalarımızın Gök Tanrı Dini</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>277</v>
+        <v>380</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758312795</t>
+          <t>9789758312894</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Vahyi Alışı</t>
+          <t>Mabedin İçinde</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>510</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758312788</t>
+          <t>9789758312887</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Makine Beyin</t>
+          <t>Rüyalarımızdaki Atatürk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>247</v>
+        <v>700</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758312757</t>
+          <t>9789758312870</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Aşka Vardıktan Sonra Kanadı Kim Arar</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>277</v>
+        <v>410</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758312856</t>
+          <t>9789758312863</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Gizemli Dünyası</t>
+          <t>Kuşların Dili</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>352</v>
+        <v>310</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758312771</t>
+          <t>9789758312795</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Altın Çağ</t>
+          <t>Hz. Muhammed'in Vahyi Alışı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758312115</t>
+          <t>9789758312788</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkler’in Kültür Kökenleri</t>
+          <t>Kutsal Makine Beyin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>615</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758312450</t>
+          <t>9789758312757</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çin Bilgeliği</t>
+          <t>Yunus Emre Aşka Vardıktan Sonra Kanadı Kim Arar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758312078</t>
+          <t>9789758312856</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleri ve Sırlarıyla Son Üç Peygamber</t>
+          <t>Hayvanların Gizemli Dünyası</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758312009</t>
+          <t>9789758312771</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şahitler ve Belgelerle Türkiye’de Yaşanmış Esrarengiz Olaylar</t>
+          <t>Geçmişten Günümüze Altın Çağ</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758312658</t>
+          <t>9789758312115</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sürüden Ayrılanı Kurt Kapmaz</t>
+          <t>Türkler’in Kültür Kökenleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>740</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758312030</t>
+          <t>9789758312450</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Güçleri Geliştirme Teknikleri</t>
+          <t>Çin Bilgeliği</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9799758312336</t>
+          <t>9789758312078</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Papalığın Sonu</t>
+          <t>Bilinmeyen Yönleri ve Sırlarıyla Son Üç Peygamber</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758312375</t>
+          <t>9789758312009</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra Neler Oluyor?</t>
+          <t>Şahitler ve Belgelerle Türkiye’de Yaşanmış Esrarengiz Olaylar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758312382</t>
+          <t>9789758312658</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Gemileri</t>
+          <t>Sürüden Ayrılanı Kurt Kapmaz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758312726</t>
+          <t>9789758312030</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mistik Bilim</t>
+          <t>Ruhsal Güçleri Geliştirme Teknikleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758312535</t>
+          <t>9799758312336</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Gizli Öğretisi</t>
+          <t>Papalığın Sonu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758312092</t>
+          <t>9789758312375</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Alametleri</t>
+          <t>Ölümden Sonra Neler Oluyor?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758312351</t>
+          <t>9789758312382</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İsa Peygamber’in Gizli Öğretisi</t>
+          <t>Nuh’un Gemileri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>510</v>
+        <v>480</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758312436</t>
+          <t>9789758312726</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Işığın ve Karanlığın Oğulları</t>
+          <t>Mistik Bilim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758312412</t>
+          <t>9789758312535</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yönleriyle Atatürk</t>
+          <t>Kur’an-ı Kerim’in Gizli Öğretisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>375</v>
+        <v>900</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758312023</t>
+          <t>9789758312092</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gizli Sırlar Öğretisi</t>
+          <t>Kıyamet Alametleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>375</v>
+        <v>520</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758312429</t>
+          <t>9789758312351</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Kemal</t>
+          <t>İsa Peygamber’in Gizli Öğretisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>570</v>
+        <v>650</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758312368</t>
+          <t>9789758312436</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimdi Meleğim Oldu</t>
+          <t>Işığın ve Karanlığın Oğulları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>187</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758312818</t>
+          <t>9789758312412</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Sırları</t>
+          <t>Gizli Yönleriyle Atatürk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>510</v>
+        <v>430</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>9789758312023</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Sırlar Öğretisi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789758312429</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Efsunlu Kemal</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789758312368</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğimdi Meleğim Oldu</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789758312818</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Antik Mısır Sırları</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
           <t>9789758312566</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Kaderin Şifresi</t>
         </is>
       </c>
-      <c r="C32" s="1">
-        <v>380</v>
+      <c r="C36" s="1">
+        <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>