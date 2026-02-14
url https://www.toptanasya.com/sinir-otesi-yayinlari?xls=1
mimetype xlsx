--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,565 +85,580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758312900</t>
+          <t>9789758312931</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur</t>
+          <t>Çocuk Öykülerindeki Gizli Sırlar Öğretisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>430</v>
+        <v>650</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758312559</t>
+          <t>9789758312900</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hızır Kimdir?</t>
+          <t>Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758312719</t>
+          <t>9789758312559</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizme Giriş</t>
+          <t>Hz. Hızır Kimdir?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1050</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758312801</t>
+          <t>9789758312719</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Buda Ezoterik Öğretisi</t>
+          <t>Ezoterizme Giriş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758312924</t>
+          <t>9789758312801</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kara Güneş'in Kayıp Işığı</t>
+          <t>Buda Ezoterik Öğretisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758312733</t>
+          <t>9789758312924</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Atalarımızın Gök Tanrı Dini</t>
+          <t>Kara Güneş'in Kayıp Işığı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758312894</t>
+          <t>9789758312733</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mabedin İçinde</t>
+          <t>Atalarımızın Gök Tanrı Dini</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>510</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758312887</t>
+          <t>9789758312894</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarımızdaki Atatürk</t>
+          <t>Mabedin İçinde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>510</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758312870</t>
+          <t>9789758312887</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Rüyalarımızdaki Atatürk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>410</v>
+        <v>700</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758312863</t>
+          <t>9789758312870</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758312795</t>
+          <t>9789758312863</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Vahyi Alışı</t>
+          <t>Kuşların Dili</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>310</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758312788</t>
+          <t>9789758312795</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Makine Beyin</t>
+          <t>Hz. Muhammed'in Vahyi Alışı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758312757</t>
+          <t>9789758312788</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Aşka Vardıktan Sonra Kanadı Kim Arar</t>
+          <t>Kutsal Makine Beyin</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758312856</t>
+          <t>9789758312757</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Gizemli Dünyası</t>
+          <t>Yunus Emre Aşka Vardıktan Sonra Kanadı Kim Arar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758312771</t>
+          <t>9789758312856</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Altın Çağ</t>
+          <t>Hayvanların Gizemli Dünyası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758312115</t>
+          <t>9789758312771</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkler’in Kültür Kökenleri</t>
+          <t>Geçmişten Günümüze Altın Çağ</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>740</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758312450</t>
+          <t>9789758312115</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çin Bilgeliği</t>
+          <t>Türkler’in Kültür Kökenleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>740</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758312078</t>
+          <t>9789758312450</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleri ve Sırlarıyla Son Üç Peygamber</t>
+          <t>Çin Bilgeliği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758312009</t>
+          <t>9789758312078</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şahitler ve Belgelerle Türkiye’de Yaşanmış Esrarengiz Olaylar</t>
+          <t>Bilinmeyen Yönleri ve Sırlarıyla Son Üç Peygamber</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758312658</t>
+          <t>9789758312009</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sürüden Ayrılanı Kurt Kapmaz</t>
+          <t>Şahitler ve Belgelerle Türkiye’de Yaşanmış Esrarengiz Olaylar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758312030</t>
+          <t>9789758312658</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Güçleri Geliştirme Teknikleri</t>
+          <t>Sürüden Ayrılanı Kurt Kapmaz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799758312336</t>
+          <t>9789758312030</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Papalığın Sonu</t>
+          <t>Ruhsal Güçleri Geliştirme Teknikleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758312375</t>
+          <t>9799758312336</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra Neler Oluyor?</t>
+          <t>Papalığın Sonu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758312382</t>
+          <t>9789758312375</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Gemileri</t>
+          <t>Ölümden Sonra Neler Oluyor?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758312726</t>
+          <t>9789758312382</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mistik Bilim</t>
+          <t>Nuh’un Gemileri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758312535</t>
+          <t>9789758312726</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Gizli Öğretisi</t>
+          <t>Mistik Bilim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758312092</t>
+          <t>9789758312535</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Alametleri</t>
+          <t>Kur’an-ı Kerim’in Gizli Öğretisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>520</v>
+        <v>900</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758312351</t>
+          <t>9789758312092</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İsa Peygamber’in Gizli Öğretisi</t>
+          <t>Kıyamet Alametleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>650</v>
+        <v>520</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758312436</t>
+          <t>9789758312351</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Işığın ve Karanlığın Oğulları</t>
+          <t>İsa Peygamber’in Gizli Öğretisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758312412</t>
+          <t>9789758312436</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yönleriyle Atatürk</t>
+          <t>Işığın ve Karanlığın Oğulları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758312023</t>
+          <t>9789758312412</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gizli Sırlar Öğretisi</t>
+          <t>Gizli Yönleriyle Atatürk</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758312429</t>
+          <t>9789758312023</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Kemal</t>
+          <t>Gizli Sırlar Öğretisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>650</v>
+        <v>430</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758312368</t>
+          <t>9789758312429</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimdi Meleğim Oldu</t>
+          <t>Efsunlu Kemal</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758312818</t>
+          <t>9789758312368</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır Sırları</t>
+          <t>Bebeğimdi Meleğim Oldu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>730</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
+          <t>9789758312818</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Antik Mısır Sırları</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
           <t>9789758312566</t>
         </is>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Kaderin Şifresi</t>
         </is>
       </c>
-      <c r="C36" s="1">
+      <c r="C37" s="1">
         <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>