--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,2050 +85,2125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256196490</t>
+          <t>9786256196544</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Salyangozların Ayak Sesleri</t>
+          <t>Astrolojide Ceres</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256196506</t>
+          <t>9786256196537</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlükleri - 2</t>
+          <t>Sükunetimde Birikenler</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256196483</t>
+          <t>9786256196520</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Eğitim Sistemi ve Toplumsallaşan Erkek Şiddeti</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256196476</t>
+          <t>9786056913631</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Emperyalist Küreselleşme ve Değişen Güçler Dengesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058472136</t>
+          <t>9786056913648</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Türkiye'de Kapitalizmin Gelişmesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256196469</t>
+          <t>9786256196490</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Salyangozların Ayak Sesleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256196445</t>
+          <t>9786256196506</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kulların Dağı</t>
+          <t>Karantina Günlükleri - 2</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256196452</t>
+          <t>9786256196483</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kahraman</t>
+          <t>Yıkıcı Eğitim Sistemi ve Toplumsallaşan Erkek Şiddeti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256196384</t>
+          <t>9786256196476</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Birbirinin Dünyasında İki Kadın</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256196339</t>
+          <t>9786058472136</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sivri Uçlu Kelimeler</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256196438</t>
+          <t>9786256196469</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cüruf Mahallesi Sevim</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256196315</t>
+          <t>9786256196445</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Geçtim Bu Alemden</t>
+          <t>Kulların Dağı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256196308</t>
+          <t>9786256196452</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hakikati</t>
+          <t>Kahraman</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256196421</t>
+          <t>9786256196384</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Biz Eski Bir Masalız</t>
+          <t>Birbirinin Dünyasında İki Kadın</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256196414</t>
+          <t>9786256196339</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mağaradaki Kadın</t>
+          <t>Sivri Uçlu Kelimeler</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056832338</t>
+          <t>9786256196438</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Varidat</t>
+          <t>Cüruf Mahallesi Sevim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256196391</t>
+          <t>9786256196315</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Memocan’a Mektuplar</t>
+          <t>Geçtim Bu Alemden</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059205887</t>
+          <t>9786256196308</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eylül'dü Netekim</t>
+          <t>Aşkın Hakikati</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256196322</t>
+          <t>9786256196421</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıyısında</t>
+          <t>Şimdi Biz Eski Bir Masalız</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256196346</t>
+          <t>9786256196414</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Xewnen Di Hundire Min De</t>
+          <t>Mağaradaki Kadın</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055012090</t>
+          <t>9786056832338</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kesintisiz Devrim ve İktidar Sorunu</t>
+          <t>Varidat</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256196261</t>
+          <t>9786256196391</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Haydi Beraber Koşalım!</t>
+          <t>Memocan’a Mektuplar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059205771</t>
+          <t>9786059205887</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Rönesansı</t>
+          <t>Eylül'dü Netekim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256196278</t>
+          <t>9786256196322</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tersine Akan Zaman-3 Zilan’ın Son Mevsimi</t>
+          <t>Zamanın Kıyısında</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258016680</t>
+          <t>9786256196346</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kuyuda Yalnızlık</t>
+          <t>Xewnen Di Hundire Min De</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258016673</t>
+          <t>9786055012090</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Günün Birinde</t>
+          <t>Kesintisiz Devrim ve İktidar Sorunu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256196254</t>
+          <t>9786256196261</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünme ve Modern Öğrenme</t>
+          <t>Haydi Beraber Koşalım!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256196247</t>
+          <t>9786059205771</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Oyundan Çıkıyorum</t>
+          <t>Ortadoğu Rönesansı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256196230</t>
+          <t>9786256196278</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eğer Uçup Gitmediysen</t>
+          <t>Tersine Akan Zaman-3 Zilan’ın Son Mevsimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258016710</t>
+          <t>9786258016680</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Alabora</t>
+          <t>Kuyuda Yalnızlık</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258016703</t>
+          <t>9786258016673</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nemrut’un Sineği</t>
+          <t>Günün Birinde</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258016697</t>
+          <t>9786256196254</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlükleri</t>
+          <t>Yaratıcı Düşünme ve Modern Öğrenme</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258016666</t>
+          <t>9786256196247</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aşık Rezili Divanı</t>
+          <t>Oyundan Çıkıyorum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258016635</t>
+          <t>9786256196230</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gizli Deniz</t>
+          <t>Eğer Uçup Gitmediysen</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258016659</t>
+          <t>9786258016710</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Kadar Sevdim</t>
+          <t>Alabora</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258016642</t>
+          <t>9786258016703</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Umut Günleri</t>
+          <t>Nemrut’un Sineği</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258016611</t>
+          <t>9786258016697</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Karantina Günlükleri</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258016628</t>
+          <t>9786258016666</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zamana Sığdırılanlar</t>
+          <t>Aşık Rezili Divanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258016574</t>
+          <t>9786258016635</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Denize Yağmuru Sordum</t>
+          <t>Gizli Deniz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258016567</t>
+          <t>9786258016659</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eylül Yalnızlığında</t>
+          <t>Özgürlük Kadar Sevdim</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258016604</t>
+          <t>9786258016642</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tersine Akan Zaman 2 - Zilan'ın Dengbejleri</t>
+          <t>Umut Günleri</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258016536</t>
+          <t>9786258016611</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nivisen Empatik</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258016512</t>
+          <t>9786258016628</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ronesansa Rojhilata Navin</t>
+          <t>Zamana Sığdırılanlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258016598</t>
+          <t>9786258016574</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yerelden Evrensele Yolculuk</t>
+          <t>Denize Yağmuru Sordum</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258016581</t>
+          <t>9786258016567</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklığı &amp; Ödül</t>
+          <t>Eylül Yalnızlığında</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057462886</t>
+          <t>9786258016604</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Köçe</t>
+          <t>Tersine Akan Zaman 2 - Zilan'ın Dengbejleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258016550</t>
+          <t>9786258016536</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Ezoterik Anahtarları</t>
+          <t>Nivisen Empatik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>298</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258016529</t>
+          <t>9786258016512</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Allahwekil Diyarbekir</t>
+          <t>Ronesansa Rojhilata Navin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258016505</t>
+          <t>9786258016598</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat Notları Sana Dair</t>
+          <t>Yerelden Evrensele Yolculuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258016499</t>
+          <t>9786258016581</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Putlar</t>
+          <t>Hayal Kırıklığı &amp; Ödül</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258016185</t>
+          <t>9786057462886</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler, Öğrenciler ve Veliler İçin Empatik Yazılar</t>
+          <t>Karanlık Köçe</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258016482</t>
+          <t>9786258016550</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Süha’nın Uçurtması</t>
+          <t>Ruhun Ezoterik Anahtarları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>298</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058016468</t>
+          <t>9786258016529</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Oyunları</t>
+          <t>Allahwekil Diyarbekir</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258016475</t>
+          <t>9786258016505</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Habil’i Kabil’e Dönüştüren Sistem</t>
+          <t>6 Şubat Notları Sana Dair</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258016437</t>
+          <t>9786258016499</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğru Bilinen Yanlışlar</t>
+          <t>İçimizdeki Putlar</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258016444</t>
+          <t>9786258016185</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Alevi Ritüellerinin Kökeni</t>
+          <t>Öğretmenler, Öğrenciler ve Veliler İçin Empatik Yazılar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258016413</t>
+          <t>9786258016482</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Süha’nın Uçurtması</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258016406</t>
+          <t>9786058016468</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ben Tayeçe</t>
+          <t>Yağmur Oyunları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258016390</t>
+          <t>9786258016475</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hozat</t>
+          <t>Habil’i Kabil’e Dönüştüren Sistem</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258016420</t>
+          <t>9786258016437</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Kış</t>
+          <t>Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258016383</t>
+          <t>9786258016444</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Meşe Ağacı</t>
+          <t>Alevi Ritüellerinin Kökeni</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258016116</t>
+          <t>9786258016413</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Söz De Kalır</t>
+          <t>Kabuk</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258016376</t>
+          <t>9786258016406</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Epigraf Aysel</t>
+          <t>Ben Tayeçe</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258016369</t>
+          <t>9786258016390</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sinop Cinayetleri</t>
+          <t>Hozat</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258016321</t>
+          <t>9786258016420</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Yürümek</t>
+          <t>Bitmeyen Kış</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258016345</t>
+          <t>9786258016383</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlar da Konuşur</t>
+          <t>Meşe Ağacı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258016338</t>
+          <t>9786258016116</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Söz De Kalır</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258016352</t>
+          <t>9786258016376</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Seveceksin</t>
+          <t>Epigraf Aysel</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258016307</t>
+          <t>9786258016369</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası'nda Martı Olmak</t>
+          <t>Sinop Cinayetleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258016246</t>
+          <t>9786258016321</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Cennet Dağı</t>
+          <t>Ateşe Yürümek</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258016277</t>
+          <t>9786258016345</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Son Ay Tutulması</t>
+          <t>Rüzgarlar da Konuşur</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258016222</t>
+          <t>9786258016338</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tükenmez Kalem</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258016239</t>
+          <t>9786258016352</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Geleğen Aşk</t>
+          <t>Seveceksin</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258016208</t>
+          <t>9786258016307</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bal ve Diken</t>
+          <t>Kuşadası'nda Martı Olmak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258016215</t>
+          <t>9786258016246</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Senem</t>
+          <t>Cennet Dağı</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258016161</t>
+          <t>9786258016277</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Beni Nefessiz Bırakma</t>
+          <t>Son Ay Tutulması</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258016178</t>
+          <t>9786258016222</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şiir'cikler</t>
+          <t>Tükenmez Kalem</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258016123</t>
+          <t>9786258016239</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Faşizm, Pandemi, Vesaire…</t>
+          <t>Geleğen Aşk</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258016130</t>
+          <t>9786258016208</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dönence Ağıtları</t>
+          <t>Bal ve Diken</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258016109</t>
+          <t>9786258016215</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mücadeleler Tarihi - 1</t>
+          <t>Senem</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258016079</t>
+          <t>9786258016161</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Almanya Alevi Örgütlenmesini Yaratan Değerlerimiz</t>
+          <t>Beni Nefessiz Bırakma</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257076670</t>
+          <t>9786258016178</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dil Bizden - Alevilik Yazıları 2</t>
+          <t>Şiir'cikler</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257076663</t>
+          <t>9786258016123</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İtaat Mi İtikat Mi?</t>
+          <t>Faşizm, Pandemi, Vesaire…</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057076656</t>
+          <t>9786258016130</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Zerreye Yolculuk</t>
+          <t>Dönence Ağıtları</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056913655</t>
+          <t>9786258016109</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Düşen Cümle</t>
+          <t>Sosyal Mücadeleler Tarihi - 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258016253</t>
+          <t>9786258016079</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Arasta</t>
+          <t>Almanya Alevi Örgütlenmesini Yaratan Değerlerimiz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258016154</t>
+          <t>9786257076670</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Pedagoji</t>
+          <t>Dil Bizden - Alevilik Yazıları 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258016086</t>
+          <t>9786257076663</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Din, Devlet ve Eğitim Üzerine</t>
+          <t>İtaat Mi İtikat Mi?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258016031</t>
+          <t>9786057076656</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eylüle İnanırım</t>
+          <t>Zerreye Yolculuk</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258016024</t>
+          <t>9786056913655</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Büyüsü</t>
+          <t>Düşen Cümle</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058016000</t>
+          <t>9786258016253</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Goca Cafer</t>
+          <t>Arasta</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057076687</t>
+          <t>9786258016154</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Konak</t>
+          <t>Yaşayan Pedagoji</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057076618</t>
+          <t>9786258016086</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ben Tekilliği Üzerine</t>
+          <t>Din, Devlet ve Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057472281</t>
+          <t>9786258016031</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya</t>
+          <t>Eylüle İnanırım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057462893</t>
+          <t>9786258016024</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi</t>
+          <t>Sözcüklerin Büyüsü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057462831</t>
+          <t>9786058016000</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Yoldaş</t>
+          <t>Goca Cafer</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057462817</t>
+          <t>9786057076687</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Urartu’nun Diriliş Öyküsü: Mir</t>
+          <t>Ağlayan Konak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057462824</t>
+          <t>9786057076618</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Ben Tekilliği Üzerine</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050680911</t>
+          <t>9786057472281</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Karanlık Yüzü</t>
+          <t>Yeni Bir Dünya</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057009586</t>
+          <t>9786057462893</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kırık Aynalar</t>
+          <t>Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050680973</t>
+          <t>9786057462831</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Seikilos ile Euterpe</t>
+          <t>Yol ve Yoldaş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057009593</t>
+          <t>9786057462817</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gor A Zınde</t>
+          <t>Urartu’nun Diriliş Öyküsü: Mir</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057462800</t>
+          <t>9786057462824</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yanılsama</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>4440000000377</t>
+          <t>9786050680911</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Direniş Tarihi</t>
+          <t>Sağlığın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050680980</t>
+          <t>9786057009586</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Meydancı</t>
+          <t>Kırık Aynalar</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050680966</t>
+          <t>9786050680973</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Pandeminin Sosyolojisi</t>
+          <t>Seikilos ile Euterpe</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056980664</t>
+          <t>9786057009593</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Uzun’la Edebiyat Deryasına Yolculuk</t>
+          <t>Gor A Zınde</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056913693</t>
+          <t>9786057462800</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Hu</t>
+          <t>Yanılsama</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056913686</t>
+          <t>4440000000377</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çoktan Ölmüş Gökmenler Cumhuriyeti</t>
+          <t>Aleviliğin Direniş Tarihi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056980695</t>
+          <t>9786050680980</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Meydancı</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056913624</t>
+          <t>9786050680966</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Falcı Kadınların Serüvenleri</t>
+          <t>Pandeminin Sosyolojisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056980671</t>
+          <t>9786056980664</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Attalos’un Nefesi - Bir Eşcinselin Günceleri</t>
+          <t>Mehmed Uzun’la Edebiyat Deryasına Yolculuk</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050680959</t>
+          <t>9786056913693</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Referandum Bağımsızlığın Anahtarı</t>
+          <t>Gerçeğe Hu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050680942</t>
+          <t>9786056913686</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dicle'den Fırat'a</t>
+          <t>Çoktan Ölmüş Gökmenler Cumhuriyeti</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056980626</t>
+          <t>9786056980695</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uğruna Ölmeye Değersin Sen Diyarbekir</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058166974</t>
+          <t>9786056913624</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yar Yanığı</t>
+          <t>Falcı Kadınların Serüvenleri</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056166950</t>
+          <t>9786056980671</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Türkü Söyle</t>
+          <t>Attalos’un Nefesi - Bir Eşcinselin Günceleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058166912</t>
+          <t>9786050680959</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Evden Çalınan Hayat</t>
+          <t>Referandum Bağımsızlığın Anahtarı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059205832</t>
+          <t>9786050680942</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kürtlere Dair Notlar</t>
+          <t>Dicle'den Fırat'a</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059205573</t>
+          <t>9786056980626</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve Pablo Neruda'nın İspanya İç Savaşına Değinmeleri</t>
+          <t>Uğruna Ölmeye Değersin Sen Diyarbekir</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059205283</t>
+          <t>9786058166974</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kişiler Arası İletişim</t>
+          <t>Yar Yanığı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000048774</t>
+          <t>9786056166950</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ademden Önce</t>
+          <t>Bana Bir Türkü Söyle</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059205405</t>
+          <t>9786058166912</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Kerpiç Evden Çalınan Hayat</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059205412</t>
+          <t>9786059205832</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Karpatlar Şatosu</t>
+          <t>Kürtlere Dair Notlar</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059205276</t>
+          <t>9786059205573</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Tarihi</t>
+          <t>Nazım Hikmet ve Pablo Neruda'nın İspanya İç Savaşına Değinmeleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059205269</t>
+          <t>9786059205283</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İki Yabancı</t>
+          <t>Kişiler Arası İletişim</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786058472181</t>
+          <t>3990000048774</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Cennet: Maxmur</t>
+          <t>Ademden Önce</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786058472143</t>
+          <t>9786059205405</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İşsizliğin Tarihi</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786058472112</t>
+          <t>9786059205412</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Aşk Anarşistir</t>
+          <t>Karpatlar Şatosu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786058591073</t>
+          <t>9786059205276</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dersim</t>
+          <t>Kapitalizmin Tarihi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786058591004</t>
+          <t>9786059205269</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Şifre Aldatmacası</t>
+          <t>İki Yabancı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>14.81</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786058603967</t>
+          <t>9786058472181</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Hayatlar</t>
+          <t>Bir Avuç Cennet: Maxmur</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059205306</t>
+          <t>9786058472143</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Deli Kadınlar</t>
+          <t>İşsizliğin Tarihi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
+          <t>9786058472112</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Anarşistir</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786058591073</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Dersim</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786058591004</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Şifre Aldatmacası</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786058603967</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Mucizevi Hayatlar</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786059205306</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Deli Kadınlar</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
           <t>9786058591066</t>
         </is>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Tarihten Günümüze Alevilik ve Kızılbaşlık</t>
         </is>
       </c>
-      <c r="C135" s="1">
+      <c r="C140" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>