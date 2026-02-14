--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,2125 +85,2215 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256196544</t>
+          <t>9786059205894</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Astrolojide Ceres</t>
+          <t>Polonyalı Babaanne</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256196537</t>
+          <t>9786256196599</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sükunetimde Birikenler</t>
+          <t>İz Bırakan Bir Hayat Ferhan Mutluer Gündüz’e Armağan</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256196520</t>
+          <t>9786256196582</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Yanı Başımızdaki Tarih Geçmişin Ayak İzleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056913631</t>
+          <t>9786256196575</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Emperyalist Küreselleşme ve Değişen Güçler Dengesi</t>
+          <t>Eski Ev</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056913648</t>
+          <t>9786256196568</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kapitalizmin Gelişmesi</t>
+          <t>Cumhuriyetin Eğitim Karnesi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256196490</t>
+          <t>9786256196551</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Salyangozların Ayak Sesleri</t>
+          <t>Biz Neden Böyleyiz? Tam Bizlik Halller</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256196506</t>
+          <t>9786256196544</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlükleri - 2</t>
+          <t>Astrolojide Ceres</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256196483</t>
+          <t>9786256196537</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Eğitim Sistemi ve Toplumsallaşan Erkek Şiddeti</t>
+          <t>Sükunetimde Birikenler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256196476</t>
+          <t>9786256196520</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058472136</t>
+          <t>9786056913631</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Emperyalist Küreselleşme ve Değişen Güçler Dengesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256196469</t>
+          <t>9786056913648</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Türkiye'de Kapitalizmin Gelişmesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256196445</t>
+          <t>9786256196490</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kulların Dağı</t>
+          <t>Salyangozların Ayak Sesleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256196452</t>
+          <t>9786256196506</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kahraman</t>
+          <t>Karantina Günlükleri - 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256196384</t>
+          <t>9786256196483</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Birbirinin Dünyasında İki Kadın</t>
+          <t>Yıkıcı Eğitim Sistemi ve Toplumsallaşan Erkek Şiddeti</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256196339</t>
+          <t>9786256196476</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sivri Uçlu Kelimeler</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256196438</t>
+          <t>9786058472136</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Cüruf Mahallesi Sevim</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256196315</t>
+          <t>9786256196469</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Geçtim Bu Alemden</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256196308</t>
+          <t>9786256196445</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hakikati</t>
+          <t>Kulların Dağı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256196421</t>
+          <t>9786256196452</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Biz Eski Bir Masalız</t>
+          <t>Kahraman</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256196414</t>
+          <t>9786256196384</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mağaradaki Kadın</t>
+          <t>Birbirinin Dünyasında İki Kadın</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056832338</t>
+          <t>9786256196339</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Varidat</t>
+          <t>Sivri Uçlu Kelimeler</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256196391</t>
+          <t>9786256196438</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Memocan’a Mektuplar</t>
+          <t>Cüruf Mahallesi Sevim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059205887</t>
+          <t>9786256196315</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eylül'dü Netekim</t>
+          <t>Geçtim Bu Alemden</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256196322</t>
+          <t>9786256196308</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıyısında</t>
+          <t>Aşkın Hakikati</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256196346</t>
+          <t>9786256196421</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Xewnen Di Hundire Min De</t>
+          <t>Şimdi Biz Eski Bir Masalız</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055012090</t>
+          <t>9786256196414</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kesintisiz Devrim ve İktidar Sorunu</t>
+          <t>Mağaradaki Kadın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256196261</t>
+          <t>9786056832338</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Haydi Beraber Koşalım!</t>
+          <t>Varidat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059205771</t>
+          <t>9786256196391</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Rönesansı</t>
+          <t>Memocan’a Mektuplar</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256196278</t>
+          <t>9786059205887</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tersine Akan Zaman-3 Zilan’ın Son Mevsimi</t>
+          <t>Eylül'dü Netekim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258016680</t>
+          <t>9786256196322</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kuyuda Yalnızlık</t>
+          <t>Zamanın Kıyısında</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258016673</t>
+          <t>9786256196346</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Günün Birinde</t>
+          <t>Xewnen Di Hundire Min De</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256196254</t>
+          <t>9786055012090</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünme ve Modern Öğrenme</t>
+          <t>Kesintisiz Devrim ve İktidar Sorunu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256196247</t>
+          <t>9786256196261</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Oyundan Çıkıyorum</t>
+          <t>Haydi Beraber Koşalım!</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256196230</t>
+          <t>9786059205771</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Eğer Uçup Gitmediysen</t>
+          <t>Ortadoğu Rönesansı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258016710</t>
+          <t>9786256196278</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alabora</t>
+          <t>Tersine Akan Zaman-3 Zilan’ın Son Mevsimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258016703</t>
+          <t>9786258016680</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nemrut’un Sineği</t>
+          <t>Kuyuda Yalnızlık</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258016697</t>
+          <t>9786258016673</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlükleri</t>
+          <t>Günün Birinde</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258016666</t>
+          <t>9786256196254</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aşık Rezili Divanı</t>
+          <t>Yaratıcı Düşünme ve Modern Öğrenme</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258016635</t>
+          <t>9786256196247</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gizli Deniz</t>
+          <t>Oyundan Çıkıyorum</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258016659</t>
+          <t>9786256196230</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Kadar Sevdim</t>
+          <t>Eğer Uçup Gitmediysen</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258016642</t>
+          <t>9786258016710</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Umut Günleri</t>
+          <t>Alabora</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258016611</t>
+          <t>9786258016703</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Nemrut’un Sineği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258016628</t>
+          <t>9786258016697</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zamana Sığdırılanlar</t>
+          <t>Karantina Günlükleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258016574</t>
+          <t>9786258016666</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Denize Yağmuru Sordum</t>
+          <t>Aşık Rezili Divanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258016567</t>
+          <t>9786258016635</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eylül Yalnızlığında</t>
+          <t>Gizli Deniz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258016604</t>
+          <t>9786258016659</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tersine Akan Zaman 2 - Zilan'ın Dengbejleri</t>
+          <t>Özgürlük Kadar Sevdim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258016536</t>
+          <t>9786258016642</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nivisen Empatik</t>
+          <t>Umut Günleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258016512</t>
+          <t>9786258016611</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ronesansa Rojhilata Navin</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258016598</t>
+          <t>9786258016628</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yerelden Evrensele Yolculuk</t>
+          <t>Zamana Sığdırılanlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258016581</t>
+          <t>9786258016574</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklığı &amp; Ödül</t>
+          <t>Denize Yağmuru Sordum</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057462886</t>
+          <t>9786258016567</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Köçe</t>
+          <t>Eylül Yalnızlığında</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258016550</t>
+          <t>9786258016604</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Ezoterik Anahtarları</t>
+          <t>Tersine Akan Zaman 2 - Zilan'ın Dengbejleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258016529</t>
+          <t>9786258016536</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Allahwekil Diyarbekir</t>
+          <t>Nivisen Empatik</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258016505</t>
+          <t>9786258016512</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat Notları Sana Dair</t>
+          <t>Ronesansa Rojhilata Navin</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258016499</t>
+          <t>9786258016598</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Putlar</t>
+          <t>Yerelden Evrensele Yolculuk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258016185</t>
+          <t>9786258016581</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler, Öğrenciler ve Veliler İçin Empatik Yazılar</t>
+          <t>Hayal Kırıklığı &amp; Ödül</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258016482</t>
+          <t>9786057462886</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Süha’nın Uçurtması</t>
+          <t>Karanlık Köçe</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058016468</t>
+          <t>9786258016550</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Oyunları</t>
+          <t>Ruhun Ezoterik Anahtarları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>298</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258016475</t>
+          <t>9786258016529</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Habil’i Kabil’e Dönüştüren Sistem</t>
+          <t>Allahwekil Diyarbekir</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258016437</t>
+          <t>9786258016505</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Doğru Bilinen Yanlışlar</t>
+          <t>6 Şubat Notları Sana Dair</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258016444</t>
+          <t>9786258016499</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Alevi Ritüellerinin Kökeni</t>
+          <t>İçimizdeki Putlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258016413</t>
+          <t>9786258016185</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Öğretmenler, Öğrenciler ve Veliler İçin Empatik Yazılar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258016406</t>
+          <t>9786258016482</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ben Tayeçe</t>
+          <t>Süha’nın Uçurtması</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258016390</t>
+          <t>9786058016468</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hozat</t>
+          <t>Yağmur Oyunları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258016420</t>
+          <t>9786258016475</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Kış</t>
+          <t>Habil’i Kabil’e Dönüştüren Sistem</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258016383</t>
+          <t>9786258016437</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Meşe Ağacı</t>
+          <t>Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258016116</t>
+          <t>9786258016444</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Söz De Kalır</t>
+          <t>Alevi Ritüellerinin Kökeni</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258016376</t>
+          <t>9786258016413</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Epigraf Aysel</t>
+          <t>Kabuk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258016369</t>
+          <t>9786258016406</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sinop Cinayetleri</t>
+          <t>Ben Tayeçe</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258016321</t>
+          <t>9786258016390</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Yürümek</t>
+          <t>Hozat</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258016345</t>
+          <t>9786258016420</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlar da Konuşur</t>
+          <t>Bitmeyen Kış</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258016338</t>
+          <t>9786258016383</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Meşe Ağacı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258016352</t>
+          <t>9786258016116</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Seveceksin</t>
+          <t>Söz De Kalır</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258016307</t>
+          <t>9786258016376</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası'nda Martı Olmak</t>
+          <t>Epigraf Aysel</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258016246</t>
+          <t>9786258016369</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cennet Dağı</t>
+          <t>Sinop Cinayetleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258016277</t>
+          <t>9786258016321</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Son Ay Tutulması</t>
+          <t>Ateşe Yürümek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258016222</t>
+          <t>9786258016345</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tükenmez Kalem</t>
+          <t>Rüzgarlar da Konuşur</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258016239</t>
+          <t>9786258016338</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Geleğen Aşk</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258016208</t>
+          <t>9786258016352</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bal ve Diken</t>
+          <t>Seveceksin</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258016215</t>
+          <t>9786258016307</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Senem</t>
+          <t>Kuşadası'nda Martı Olmak</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258016161</t>
+          <t>9786258016246</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Beni Nefessiz Bırakma</t>
+          <t>Cennet Dağı</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258016178</t>
+          <t>9786258016277</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şiir'cikler</t>
+          <t>Son Ay Tutulması</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258016123</t>
+          <t>9786258016222</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Faşizm, Pandemi, Vesaire…</t>
+          <t>Tükenmez Kalem</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258016130</t>
+          <t>9786258016239</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dönence Ağıtları</t>
+          <t>Geleğen Aşk</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258016109</t>
+          <t>9786258016208</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mücadeleler Tarihi - 1</t>
+          <t>Bal ve Diken</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258016079</t>
+          <t>9786258016215</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Almanya Alevi Örgütlenmesini Yaratan Değerlerimiz</t>
+          <t>Senem</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257076670</t>
+          <t>9786258016161</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dil Bizden - Alevilik Yazıları 2</t>
+          <t>Beni Nefessiz Bırakma</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257076663</t>
+          <t>9786258016178</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İtaat Mi İtikat Mi?</t>
+          <t>Şiir'cikler</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057076656</t>
+          <t>9786258016123</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Zerreye Yolculuk</t>
+          <t>Faşizm, Pandemi, Vesaire…</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056913655</t>
+          <t>9786258016130</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Düşen Cümle</t>
+          <t>Dönence Ağıtları</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258016253</t>
+          <t>9786258016109</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arasta</t>
+          <t>Sosyal Mücadeleler Tarihi - 1</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258016154</t>
+          <t>9786258016079</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Pedagoji</t>
+          <t>Almanya Alevi Örgütlenmesini Yaratan Değerlerimiz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258016086</t>
+          <t>9786257076670</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Din, Devlet ve Eğitim Üzerine</t>
+          <t>Dil Bizden - Alevilik Yazıları 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258016031</t>
+          <t>9786257076663</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Eylüle İnanırım</t>
+          <t>İtaat Mi İtikat Mi?</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258016024</t>
+          <t>9786057076656</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Büyüsü</t>
+          <t>Zerreye Yolculuk</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058016000</t>
+          <t>9786056913655</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Goca Cafer</t>
+          <t>Düşen Cümle</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057076687</t>
+          <t>9786258016253</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Konak</t>
+          <t>Arasta</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057076618</t>
+          <t>9786258016154</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ben Tekilliği Üzerine</t>
+          <t>Yaşayan Pedagoji</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057472281</t>
+          <t>9786258016086</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya</t>
+          <t>Din, Devlet ve Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057462893</t>
+          <t>9786258016031</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi</t>
+          <t>Eylüle İnanırım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057462831</t>
+          <t>9786258016024</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Yoldaş</t>
+          <t>Sözcüklerin Büyüsü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057462817</t>
+          <t>9786058016000</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Urartu’nun Diriliş Öyküsü: Mir</t>
+          <t>Goca Cafer</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057462824</t>
+          <t>9786057076687</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Ağlayan Konak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050680911</t>
+          <t>9786057076618</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Karanlık Yüzü</t>
+          <t>Ben Tekilliği Üzerine</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057009586</t>
+          <t>9786057472281</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kırık Aynalar</t>
+          <t>Yeni Bir Dünya</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050680973</t>
+          <t>9786057462893</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Seikilos ile Euterpe</t>
+          <t>Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057009593</t>
+          <t>9786057462831</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gor A Zınde</t>
+          <t>Yol ve Yoldaş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057462800</t>
+          <t>9786057462817</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yanılsama</t>
+          <t>Urartu’nun Diriliş Öyküsü: Mir</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>4440000000377</t>
+          <t>9786057462824</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Direniş Tarihi</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050680980</t>
+          <t>9786050680911</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Meydancı</t>
+          <t>Sağlığın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050680966</t>
+          <t>9786057009586</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Pandeminin Sosyolojisi</t>
+          <t>Kırık Aynalar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056980664</t>
+          <t>9786050680973</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Uzun’la Edebiyat Deryasına Yolculuk</t>
+          <t>Seikilos ile Euterpe</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056913693</t>
+          <t>9786057009593</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Hu</t>
+          <t>Gor A Zınde</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056913686</t>
+          <t>9786057462800</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çoktan Ölmüş Gökmenler Cumhuriyeti</t>
+          <t>Yanılsama</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056980695</t>
+          <t>4440000000377</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Aleviliğin Direniş Tarihi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786056913624</t>
+          <t>9786050680980</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Falcı Kadınların Serüvenleri</t>
+          <t>Meydancı</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786056980671</t>
+          <t>9786050680966</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Attalos’un Nefesi - Bir Eşcinselin Günceleri</t>
+          <t>Pandeminin Sosyolojisi</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050680959</t>
+          <t>9786056980664</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Referandum Bağımsızlığın Anahtarı</t>
+          <t>Mehmed Uzun’la Edebiyat Deryasına Yolculuk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050680942</t>
+          <t>9786056913693</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dicle'den Fırat'a</t>
+          <t>Gerçeğe Hu</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786056980626</t>
+          <t>9786056913686</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uğruna Ölmeye Değersin Sen Diyarbekir</t>
+          <t>Çoktan Ölmüş Gökmenler Cumhuriyeti</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786058166974</t>
+          <t>9786056980695</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yar Yanığı</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786056166950</t>
+          <t>9786056913624</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Türkü Söyle</t>
+          <t>Falcı Kadınların Serüvenleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786058166912</t>
+          <t>9786056980671</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Evden Çalınan Hayat</t>
+          <t>Attalos’un Nefesi - Bir Eşcinselin Günceleri</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059205832</t>
+          <t>9786050680959</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kürtlere Dair Notlar</t>
+          <t>Referandum Bağımsızlığın Anahtarı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059205573</t>
+          <t>9786050680942</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve Pablo Neruda'nın İspanya İç Savaşına Değinmeleri</t>
+          <t>Dicle'den Fırat'a</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059205283</t>
+          <t>9786056980626</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kişiler Arası İletişim</t>
+          <t>Uğruna Ölmeye Değersin Sen Diyarbekir</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000048774</t>
+          <t>9786058166974</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ademden Önce</t>
+          <t>Yar Yanığı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059205405</t>
+          <t>9786056166950</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Bana Bir Türkü Söyle</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059205412</t>
+          <t>9786058166912</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Karpatlar Şatosu</t>
+          <t>Kerpiç Evden Çalınan Hayat</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059205276</t>
+          <t>9786059205832</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Tarihi</t>
+          <t>Kürtlere Dair Notlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059205269</t>
+          <t>9786059205573</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İki Yabancı</t>
+          <t>Nazım Hikmet ve Pablo Neruda'nın İspanya İç Savaşına Değinmeleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786058472181</t>
+          <t>9786059205283</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Cennet: Maxmur</t>
+          <t>Kişiler Arası İletişim</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786058472143</t>
+          <t>3990000048774</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İşsizliğin Tarihi</t>
+          <t>Ademden Önce</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786058472112</t>
+          <t>9786059205405</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Aşk Anarşistir</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786058591073</t>
+          <t>9786059205412</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dersim</t>
+          <t>Karpatlar Şatosu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058591004</t>
+          <t>9786059205276</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Şifre Aldatmacası</t>
+          <t>Kapitalizmin Tarihi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>14.81</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058603967</t>
+          <t>9786059205269</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Hayatlar</t>
+          <t>İki Yabancı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059205306</t>
+          <t>9786058472181</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Deli Kadınlar</t>
+          <t>Bir Avuç Cennet: Maxmur</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
+          <t>9786058472143</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>İşsizliğin Tarihi</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786058472112</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Anarşistir</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786058591073</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Dersim</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786058591004</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Şifre Aldatmacası</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786058603967</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Mucizevi Hayatlar</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786059205306</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Deli Kadınlar</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
           <t>9786058591066</t>
         </is>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Tarihten Günümüze Alevilik ve Kızılbaşlık</t>
         </is>
       </c>
-      <c r="C140" s="1">
+      <c r="C146" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>