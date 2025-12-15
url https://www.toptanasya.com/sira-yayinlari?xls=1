--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,1375 +85,1420 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057977717</t>
+          <t>9786057977731</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>2053 Uyanış Türkiye</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>590</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057977694</t>
+          <t>9786054182602</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rüya Okulu</t>
+          <t>Allah'ın Tek Dini İslama Son Davet Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1250</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057977687</t>
+          <t>9786054182374</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şira Kitabı</t>
+          <t>Olağanüstü Hikayeler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>890</v>
+        <v>530</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057977663</t>
+          <t>9786057977717</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Gördesli Makbule Efe</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>525</v>
+        <v>700</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057977656</t>
+          <t>9786057977694</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Rüya Okulu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057977670</t>
+          <t>9786057977687</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Para Efendisini Seçer</t>
+          <t>Şira Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>980</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057977618</t>
+          <t>9786057977663</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye, Birliğe, Adalete Son Davet Kur'an İle Sohbet (Ciltli)</t>
+          <t>Milli Mücadele Kahramanı Gördesli Makbule Efe</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057977649</t>
+          <t>9786057977656</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Haklıysa</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>480</v>
+        <v>560</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057977632</t>
+          <t>9786057977670</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Sensin!</t>
+          <t>Para Efendisini Seçer</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057977588</t>
+          <t>9786057977618</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Allah’tan Alacaklı Ol</t>
+          <t>Sevgiye, Birliğe, Adalete Son Davet Kur'an İle Sohbet (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>490</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057977571</t>
+          <t>9786057977649</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Allah İle 7 Konuda Anlaşmamız Var</t>
+          <t>Şeytan Haklıysa</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057977595</t>
+          <t>9786057977632</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Keşşaf-ul Kur’an Mevlana</t>
+          <t>Şifacı Sensin!</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>975</v>
+        <v>850</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057977557</t>
+          <t>9786057977588</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve İlişki Sanatı</t>
+          <t>Allah’tan Alacaklı Ol</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>650</v>
+        <v>612</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057977540</t>
+          <t>9786057977571</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kenz-ul Alem - Alemin Sırrı</t>
+          <t>Allah İle 7 Konuda Anlaşmamız Var</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>520</v>
+        <v>625</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057977526</t>
+          <t>9786057977595</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaderinizin Kozmik Sırları</t>
+          <t>Keşşaf-ul Kur’an Mevlana</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>590</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057977533</t>
+          <t>9786057977557</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İncil Tevrat</t>
+          <t>Evlilik ve İlişki Sanatı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>830</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057977489</t>
+          <t>9786057977540</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tohum</t>
+          <t>Kenz-ul Alem - Alemin Sırrı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057977496</t>
+          <t>9786057977526</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Savaşları</t>
+          <t>Kaderinizin Kozmik Sırları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>495</v>
+        <v>730</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057977519</t>
+          <t>9786057977533</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>2024 Burcunuz Ne Diyor?</t>
+          <t>Kur’an İncil Tevrat</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057977502</t>
+          <t>9786057977489</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Minrokif</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057977472</t>
+          <t>9786057977496</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kenz - Ul Hayat</t>
+          <t>Tanrı Savaşları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057977458</t>
+          <t>9786057977519</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte'deki Hadis ve Sünnet Gerçeği (Ciltli)</t>
+          <t>2024 Burcunuz Ne Diyor?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057977465</t>
+          <t>9786057977502</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sır Katibi</t>
+          <t>Minrokif</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>570</v>
+        <v>425</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057977441</t>
+          <t>9786057977472</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kenz-ul Ervah</t>
+          <t>Kenz - Ul Hayat</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>630</v>
+        <v>610</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057977434</t>
+          <t>9786057977458</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünya Molası</t>
+          <t>Kütüb-i Sitte'deki Hadis ve Sünnet Gerçeği (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>285</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057977410</t>
+          <t>9786057977465</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yeni İklim Savaşı</t>
+          <t>Sır Katibi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>610</v>
+        <v>750</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057977427</t>
+          <t>9786057977441</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimleri Kur’an Temellidir</t>
+          <t>Kenz-ul Ervah</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>640</v>
+        <v>750</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057977397</t>
+          <t>9786057977434</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un İşgali</t>
+          <t>Dünya Molası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>485</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057977403</t>
+          <t>9786057977410</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tanımadığınız Patronlarınızla Tanışın Yahudiler</t>
+          <t>Yeni İklim Savaşı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057977373</t>
+          <t>9786057977427</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bu Açıdan Bakmamıştım</t>
+          <t>Atatürk Devrimleri Kur’an Temellidir</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>790</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057977380</t>
+          <t>9786057977397</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Giresunlu Sancak Çavuşu Pembe</t>
+          <t>İstanbul'un İşgali</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>330</v>
+        <v>650</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057977342</t>
+          <t>9786057977403</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimi Sever Kimi Sevmez</t>
+          <t>Tanımadığınız Patronlarınızla Tanışın Yahudiler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>515</v>
+        <v>600</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057977366</t>
+          <t>9786057977373</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kediyi Kurtar! Roman Yazıyor</t>
+          <t>Hiç Bu Açıdan Bakmamıştım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>540</v>
+        <v>425</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057977359</t>
+          <t>9786057977380</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Masters And Slaves</t>
+          <t>Milli Mücadele Kahramanı Giresunlu Sancak Çavuşu Pembe</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>490</v>
+        <v>410</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057977335</t>
+          <t>9786057977342</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Anomali</t>
+          <t>Allah Kimi Sever Kimi Sevmez</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>380</v>
+        <v>640</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057977311</t>
+          <t>9786057977366</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Özge Dindar Sözde Dindar</t>
+          <t>Kediyi Kurtar! Roman Yazıyor</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>670</v>
+        <v>690</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057977298</t>
+          <t>9786057977359</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Oku Sözlük - Konularına Göre Kur’an Ayetleri Alfabetik Konu Dizini (Ciltli)</t>
+          <t>Masters And Slaves</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057977304</t>
+          <t>9786057977335</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dosya: T</t>
+          <t>Anomali</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057977281</t>
+          <t>9786057977311</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Havva Öğretmen</t>
+          <t>Özge Dindar Sözde Dindar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>830</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057977274</t>
+          <t>9786057977298</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Plasebo</t>
+          <t>Oku Sözlük - Konularına Göre Kur’an Ayetleri Alfabetik Konu Dizini (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>390</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057977267</t>
+          <t>9786057977304</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Gözcüler</t>
+          <t>Dosya: T</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057977250</t>
+          <t>9786057977281</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şükür Defteri</t>
+          <t>Havva Öğretmen</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057977243</t>
+          <t>9786057977274</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sırlar</t>
+          <t>Plasebo</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057977236</t>
+          <t>9786057977267</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Din ve Beyin Temel Prensipleri Aynı</t>
+          <t>Galaktik Gözcüler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>850</v>
+        <v>420</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057977229</t>
+          <t>9786057977250</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası</t>
+          <t>Şükür Defteri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057977182</t>
+          <t>9786057977243</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Deccal Derin Devleti</t>
+          <t>Büyük Sırlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>670</v>
+        <v>620</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057977199</t>
+          <t>9786057977236</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kabul Edilmiş Tevrat ve İncil'de Önceki İslam</t>
+          <t>Din ve Beyin Temel Prensipleri Aynı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>340</v>
+        <v>990</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057977175</t>
+          <t>9786057977229</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Son İslam</t>
+          <t>Sıfır Noktası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054182695</t>
+          <t>9786057977182</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Sırlar - Esrar-ı Mükevvenat</t>
+          <t>Deccal Derin Devleti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>990</v>
+        <v>830</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054182688</t>
+          <t>9786057977199</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fanus</t>
+          <t>Kabul Edilmiş Tevrat ve İncil'de Önceki İslam</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054182664</t>
+          <t>9786057977175</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yansıma</t>
+          <t>Kur'an ve Son İslam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>215</v>
+        <v>780</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054182640</t>
+          <t>9786054182695</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Köleler ve Efendiler</t>
+          <t>Evrendeki Sırlar - Esrar-ı Mükevvenat</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>345</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054182633</t>
+          <t>9786054182688</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Yol</t>
+          <t>Fanus</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054182626</t>
+          <t>9786054182664</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Resmi</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054182619</t>
+          <t>9786054182640</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İpine Sımsıkı Sarılın</t>
+          <t>Köleler ve Efendiler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>435</v>
+        <v>430</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054182596</t>
+          <t>9786054182633</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Konsey</t>
+          <t>En Kolay Yol</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>670</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054182565</t>
+          <t>9786054182626</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>19 Kayıp Besmele</t>
+          <t>Düşüncenin Resmi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>480</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054182558</t>
+          <t>9786054182619</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mason Locaları Bir Emirle Kapatıldı 14 Ekim 1935</t>
+          <t>Allah'ın İpine Sımsıkı Sarılın</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054182541</t>
+          <t>9786054182596</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Lider İlham Tohti Yolum ve Gayem</t>
+          <t>Galaktik Konsey</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>430</v>
+        <v>875</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054182572</t>
+          <t>9786054182565</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Küresi</t>
+          <t>19 Kayıp Besmele</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054182589</t>
+          <t>9786054182558</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Büyük Finansal Tufan</t>
+          <t>Mason Locaları Bir Emirle Kapatıldı 14 Ekim 1935</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054182404</t>
+          <t>9786054182541</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sufi Aşk ve Yol</t>
+          <t>Hapisteki Lider İlham Tohti Yolum ve Gayem</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054182480</t>
+          <t>9786054182572</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nebi</t>
+          <t>Nuh'un Küresi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054182534</t>
+          <t>9786054182589</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kadını Koruyor</t>
+          <t>Büyük Finansal Tufan</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054182527</t>
+          <t>9786054182404</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Deha</t>
+          <t>Sufi Aşk ve Yol</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054182503</t>
+          <t>9786054182480</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>The Great Financial Flood</t>
+          <t>Nebi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054182497</t>
+          <t>9786054182534</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Satranç</t>
+          <t>Kur’an Kadını Koruyor</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>515</v>
+        <v>480</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054182510</t>
+          <t>9786054182527</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ankebut - 2</t>
+          <t>Deha</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>415</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054182367</t>
+          <t>9786054182503</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prensesten Sonra</t>
+          <t>The Great Financial Flood</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054182381</t>
+          <t>9786054182497</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Yaptım; Hayatım Değişti</t>
+          <t>Kozmik Satranç</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>640</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054182398</t>
+          <t>9786054182510</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Evrenin Resimli Tarihi</t>
+          <t>Ankebut - 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>275</v>
+        <v>520</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054182039</t>
+          <t>9786054182367</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Anne, Hapurlara Veribot da Diyebilir miyiz?</t>
+          <t>Pamuk Prensesten Sonra</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054182206</t>
+          <t>9786054182381</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yeniden Başkent Olacak</t>
+          <t>Bir Şey Yaptım; Hayatım Değişti</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>315</v>
+        <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054182251</t>
+          <t>9786054182398</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dev Dağı Yuşa Tepesi'nin Büyük Sırrı</t>
+          <t>Bir Solukta Evrenin Resimli Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054182022</t>
+          <t>9786054182039</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Delta Planı</t>
+          <t>Anne, Hapurlara Veribot da Diyebilir miyiz?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>612</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054182343</t>
+          <t>9786054182206</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>2020 Yeni Ekonomi</t>
+          <t>İstanbul Yeniden Başkent Olacak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054182329</t>
+          <t>9786054182251</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Zülkarneyn</t>
+          <t>Dev Dağı Yuşa Tepesi'nin Büyük Sırrı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>610</v>
+        <v>490</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054182299</t>
+          <t>9786054182022</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Şans</t>
+          <t>Delta Planı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054182008</t>
+          <t>9786054182343</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Nostradamus ve Türkiye’nin Geleceği</t>
+          <t>2020 Yeni Ekonomi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054182220</t>
+          <t>9786054182329</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kur’an; İlahi Tasarım</t>
+          <t>Zülkarneyn</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>770</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054182152</t>
+          <t>9786054182299</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap 397</t>
+          <t>Yeni Bir Şans</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054182114</t>
+          <t>9786054182008</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Planları</t>
+          <t>Nostradamus ve Türkiye’nin Geleceği</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054182183</t>
+          <t>9786054182220</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusu Hızır</t>
+          <t>Kur’an; İlahi Tasarım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054182053</t>
+          <t>9786054182152</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hergcmerc</t>
+          <t>Kayıp Kitap 397</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>560</v>
+        <v>575</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054182237</t>
+          <t>9786054182114</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gelişmişleri Sever</t>
+          <t>İsrail’in Planları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054182275</t>
+          <t>9786054182183</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>Zaman Yolcusu Hızır</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054182244</t>
+          <t>9786054182053</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Sınırsız Gücün Gizemli Kaynağı</t>
+          <t>Hergcmerc</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>425</v>
+        <v>700</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054182091</t>
+          <t>9786054182237</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Agarta İlluminatı Savaşı</t>
+          <t>Hayat Gelişmişleri Sever</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
+          <t>9786054182275</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786054182244</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellik Sınırsız Gücün Gizemli Kaynağı</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786054182091</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Agarta İlluminatı Savaşı</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
           <t>9786054182336</t>
         </is>
       </c>
-      <c r="B90" s="1" t="inlineStr">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>% 100 Ruh Gücü</t>
         </is>
       </c>
-      <c r="C90" s="1">
-        <v>345</v>
+      <c r="C93" s="1">
+        <v>430</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>