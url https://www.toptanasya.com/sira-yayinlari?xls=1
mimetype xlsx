--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1420 +85,1495 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057977731</t>
+          <t>9786057977779</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2053 Uyanış Türkiye</t>
+          <t>Milyonluk Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>540</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054182602</t>
+          <t>9786057977762</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Tek Dini İslama Son Davet Kur’an (Ciltli)</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054182374</t>
+          <t>9786057977755</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Hikayeler</t>
+          <t>Var Aslında Yok</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>530</v>
+        <v>540</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057977717</t>
+          <t>9786057977748</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Vavy ve Tanuq Sohbetleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>700</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057977694</t>
+          <t>9786057977564</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Rüya Okulu</t>
+          <t>Yaratılış</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057977687</t>
+          <t>9786057977731</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şira Kitabı</t>
+          <t>2053 Uyanış Türkiye</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>980</v>
+        <v>750</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057977663</t>
+          <t>9786054182602</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Gördesli Makbule Efe</t>
+          <t>Allah'ın Tek Dini İslama Son Davet Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057977656</t>
+          <t>9786054182374</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Olağanüstü Hikayeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>560</v>
+        <v>530</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057977670</t>
+          <t>9786057977717</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Para Efendisini Seçer</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057977618</t>
+          <t>9786057977694</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye, Birliğe, Adalete Son Davet Kur'an İle Sohbet (Ciltli)</t>
+          <t>Rüya Okulu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1380</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057977649</t>
+          <t>9786057977687</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Haklıysa</t>
+          <t>Şira Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>980</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057977632</t>
+          <t>9786057977663</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Sensin!</t>
+          <t>Milli Mücadele Kahramanı Gördesli Makbule Efe</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057977588</t>
+          <t>9786057977656</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Allah’tan Alacaklı Ol</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>612</v>
+        <v>560</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057977571</t>
+          <t>9786057977670</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Allah İle 7 Konuda Anlaşmamız Var</t>
+          <t>Para Efendisini Seçer</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>625</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057977595</t>
+          <t>9786057977618</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Keşşaf-ul Kur’an Mevlana</t>
+          <t>Sevgiye, Birliğe, Adalete Son Davet Kur'an İle Sohbet (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1200</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057977557</t>
+          <t>9786057977649</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve İlişki Sanatı</t>
+          <t>Şeytan Haklıysa</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057977540</t>
+          <t>9786057977632</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kenz-ul Alem - Alemin Sırrı</t>
+          <t>Şifacı Sensin!</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057977526</t>
+          <t>9786057977588</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaderinizin Kozmik Sırları</t>
+          <t>Allah’tan Alacaklı Ol</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>730</v>
+        <v>612</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057977533</t>
+          <t>9786057977571</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kur’an İncil Tevrat</t>
+          <t>Allah İle 7 Konuda Anlaşmamız Var</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1050</v>
+        <v>625</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057977489</t>
+          <t>9786057977595</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tohum</t>
+          <t>Keşşaf-ul Kur’an Mevlana</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>570</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057977496</t>
+          <t>9786057977557</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Savaşları</t>
+          <t>Evlilik ve İlişki Sanatı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057977519</t>
+          <t>9786057977540</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2024 Burcunuz Ne Diyor?</t>
+          <t>Kenz-ul Alem - Alemin Sırrı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>210</v>
+        <v>650</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057977502</t>
+          <t>9786057977526</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Minrokif</t>
+          <t>Kaderinizin Kozmik Sırları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>425</v>
+        <v>730</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057977472</t>
+          <t>9786057977533</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kenz - Ul Hayat</t>
+          <t>Kur’an İncil Tevrat</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>610</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057977458</t>
+          <t>9786057977489</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte'deki Hadis ve Sünnet Gerçeği (Ciltli)</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1850</v>
+        <v>570</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057977465</t>
+          <t>9786057977496</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sır Katibi</t>
+          <t>Tanrı Savaşları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057977441</t>
+          <t>9786057977519</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kenz-ul Ervah</t>
+          <t>2024 Burcunuz Ne Diyor?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>750</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057977434</t>
+          <t>9786057977502</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dünya Molası</t>
+          <t>Minrokif</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057977410</t>
+          <t>9786057977472</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yeni İklim Savaşı</t>
+          <t>Kenz - Ul Hayat</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>750</v>
+        <v>610</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057977427</t>
+          <t>9786057977458</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimleri Kur’an Temellidir</t>
+          <t>Kütüb-i Sitte'deki Hadis ve Sünnet Gerçeği (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>790</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057977397</t>
+          <t>9786057977465</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un İşgali</t>
+          <t>Sır Katibi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057977403</t>
+          <t>9786057977441</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tanımadığınız Patronlarınızla Tanışın Yahudiler</t>
+          <t>Kenz-ul Ervah</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057977373</t>
+          <t>9786057977434</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bu Açıdan Bakmamıştım</t>
+          <t>Dünya Molası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057977380</t>
+          <t>9786057977410</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Giresunlu Sancak Çavuşu Pembe</t>
+          <t>Yeni İklim Savaşı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>410</v>
+        <v>750</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057977342</t>
+          <t>9786057977427</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimi Sever Kimi Sevmez</t>
+          <t>Atatürk Devrimleri Kur’an Temellidir</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>640</v>
+        <v>790</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057977366</t>
+          <t>9786057977397</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kediyi Kurtar! Roman Yazıyor</t>
+          <t>İstanbul'un İşgali</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>690</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057977359</t>
+          <t>9786057977403</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Masters And Slaves</t>
+          <t>Tanımadığınız Patronlarınızla Tanışın Yahudiler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057977335</t>
+          <t>9786057977373</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Anomali</t>
+          <t>Hiç Bu Açıdan Bakmamıştım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>490</v>
+        <v>425</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057977311</t>
+          <t>9786057977380</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Özge Dindar Sözde Dindar</t>
+          <t>Milli Mücadele Kahramanı Giresunlu Sancak Çavuşu Pembe</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>830</v>
+        <v>410</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057977298</t>
+          <t>9786057977342</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Oku Sözlük - Konularına Göre Kur’an Ayetleri Alfabetik Konu Dizini (Ciltli)</t>
+          <t>Allah Kimi Sever Kimi Sevmez</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1850</v>
+        <v>640</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057977304</t>
+          <t>9786057977366</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dosya: T</t>
+          <t>Kediyi Kurtar! Roman Yazıyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>375</v>
+        <v>690</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057977281</t>
+          <t>9786057977359</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Havva Öğretmen</t>
+          <t>Masters And Slaves</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057977274</t>
+          <t>9786057977335</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Plasebo</t>
+          <t>Anomali</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>475</v>
+        <v>490</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057977267</t>
+          <t>9786057977311</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Gözcüler</t>
+          <t>Özge Dindar Sözde Dindar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>420</v>
+        <v>830</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057977250</t>
+          <t>9786057977298</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şükür Defteri</t>
+          <t>Oku Sözlük - Konularına Göre Kur’an Ayetleri Alfabetik Konu Dizini (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>390</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057977243</t>
+          <t>9786057977304</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sırlar</t>
+          <t>Dosya: T</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>620</v>
+        <v>375</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057977236</t>
+          <t>9786057977281</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Din ve Beyin Temel Prensipleri Aynı</t>
+          <t>Havva Öğretmen</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>990</v>
+        <v>310</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057977229</t>
+          <t>9786057977274</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası</t>
+          <t>Plasebo</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057977182</t>
+          <t>9786057977267</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Deccal Derin Devleti</t>
+          <t>Galaktik Gözcüler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>830</v>
+        <v>420</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057977199</t>
+          <t>9786057977250</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kabul Edilmiş Tevrat ve İncil'de Önceki İslam</t>
+          <t>Şükür Defteri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057977175</t>
+          <t>9786057977243</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Son İslam</t>
+          <t>Büyük Sırlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>780</v>
+        <v>620</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054182695</t>
+          <t>9786057977236</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Sırlar - Esrar-ı Mükevvenat</t>
+          <t>Din ve Beyin Temel Prensipleri Aynı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1200</v>
+        <v>990</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054182688</t>
+          <t>9786057977229</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Fanus</t>
+          <t>Sıfır Noktası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054182664</t>
+          <t>9786057977182</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yansıma</t>
+          <t>Deccal Derin Devleti</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>830</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054182640</t>
+          <t>9786057977199</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Köleler ve Efendiler</t>
+          <t>Kabul Edilmiş Tevrat ve İncil'de Önceki İslam</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054182633</t>
+          <t>9786057977175</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Yol</t>
+          <t>Kur'an ve Son İslam</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>380</v>
+        <v>780</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054182626</t>
+          <t>9786054182695</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Resmi</t>
+          <t>Evrendeki Sırlar - Esrar-ı Mükevvenat</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054182619</t>
+          <t>9786054182688</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İpine Sımsıkı Sarılın</t>
+          <t>Fanus</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>540</v>
+        <v>375</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054182596</t>
+          <t>9786054182664</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Konsey</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>875</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054182565</t>
+          <t>9786054182640</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>19 Kayıp Besmele</t>
+          <t>Köleler ve Efendiler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>600</v>
+        <v>430</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054182558</t>
+          <t>9786054182633</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mason Locaları Bir Emirle Kapatıldı 14 Ekim 1935</t>
+          <t>En Kolay Yol</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054182541</t>
+          <t>9786054182626</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hapisteki Lider İlham Tohti Yolum ve Gayem</t>
+          <t>Düşüncenin Resmi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054182572</t>
+          <t>9786054182619</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Küresi</t>
+          <t>Allah'ın İpine Sımsıkı Sarılın</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>475</v>
+        <v>540</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054182589</t>
+          <t>9786054182596</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Büyük Finansal Tufan</t>
+          <t>Galaktik Konsey</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>875</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054182404</t>
+          <t>9786054182565</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sufi Aşk ve Yol</t>
+          <t>19 Kayıp Besmele</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054182480</t>
+          <t>9786054182558</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nebi</t>
+          <t>Mason Locaları Bir Emirle Kapatıldı 14 Ekim 1935</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054182534</t>
+          <t>9786054182541</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kadını Koruyor</t>
+          <t>Hapisteki Lider İlham Tohti Yolum ve Gayem</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054182527</t>
+          <t>9786054182572</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Deha</t>
+          <t>Nuh'un Küresi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054182503</t>
+          <t>9786054182589</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>The Great Financial Flood</t>
+          <t>Büyük Finansal Tufan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054182497</t>
+          <t>9786054182404</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Satranç</t>
+          <t>Sufi Aşk ve Yol</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>640</v>
+        <v>480</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054182510</t>
+          <t>9786054182480</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ankebut - 2</t>
+          <t>Nebi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>520</v>
+        <v>340</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054182367</t>
+          <t>9786054182534</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prensesten Sonra</t>
+          <t>Kur’an Kadını Koruyor</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054182381</t>
+          <t>9786054182527</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Yaptım; Hayatım Değişti</t>
+          <t>Deha</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054182398</t>
+          <t>9786054182503</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Solukta Evrenin Resimli Tarihi</t>
+          <t>The Great Financial Flood</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>340</v>
+        <v>430</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054182039</t>
+          <t>9786054182497</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Anne, Hapurlara Veribot da Diyebilir miyiz?</t>
+          <t>Kozmik Satranç</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>612</v>
+        <v>640</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054182206</t>
+          <t>9786054182510</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yeniden Başkent Olacak</t>
+          <t>Ankebut - 2</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054182251</t>
+          <t>9786054182367</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dev Dağı Yuşa Tepesi'nin Büyük Sırrı</t>
+          <t>Pamuk Prensesten Sonra</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054182022</t>
+          <t>9786054182381</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Delta Planı</t>
+          <t>Bir Şey Yaptım; Hayatım Değişti</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054182343</t>
+          <t>9786054182398</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>2020 Yeni Ekonomi</t>
+          <t>Bir Solukta Evrenin Resimli Tarihi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054182329</t>
+          <t>9786054182039</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Zülkarneyn</t>
+          <t>Anne, Hapurlara Veribot da Diyebilir miyiz?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>770</v>
+        <v>612</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054182299</t>
+          <t>9786054182206</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Şans</t>
+          <t>İstanbul Yeniden Başkent Olacak</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054182008</t>
+          <t>9786054182251</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nostradamus ve Türkiye’nin Geleceği</t>
+          <t>Dev Dağı Yuşa Tepesi'nin Büyük Sırrı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054182220</t>
+          <t>9786054182022</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kur’an; İlahi Tasarım</t>
+          <t>Delta Planı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>550</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054182152</t>
+          <t>9786054182343</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap 397</t>
+          <t>2020 Yeni Ekonomi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>575</v>
+        <v>430</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054182114</t>
+          <t>9786054182329</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Planları</t>
+          <t>Zülkarneyn</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>410</v>
+        <v>770</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054182183</t>
+          <t>9786054182299</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusu Hızır</t>
+          <t>Yeni Bir Şans</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054182053</t>
+          <t>9786054182008</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hergcmerc</t>
+          <t>Nostradamus ve Türkiye’nin Geleceği</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>700</v>
+        <v>310</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054182237</t>
+          <t>9786054182220</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gelişmişleri Sever</t>
+          <t>Kur’an; İlahi Tasarım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054182275</t>
+          <t>9786054182152</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>Kayıp Kitap 397</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>575</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054182244</t>
+          <t>9786054182114</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Sınırsız Gücün Gizemli Kaynağı</t>
+          <t>İsrail’in Planları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>530</v>
+        <v>410</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054182091</t>
+          <t>9786054182183</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Agarta İlluminatı Savaşı</t>
+          <t>Zaman Yolcusu Hızır</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
+          <t>9786054182053</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Hergcmerc</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786054182237</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Gelişmişleri Sever</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786054182275</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786054182244</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellik Sınırsız Gücün Gizemli Kaynağı</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786054182091</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Agarta İlluminatı Savaşı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
           <t>9786054182336</t>
         </is>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>% 100 Ruh Gücü</t>
         </is>
       </c>
-      <c r="C93" s="1">
+      <c r="C98" s="1">
         <v>430</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>