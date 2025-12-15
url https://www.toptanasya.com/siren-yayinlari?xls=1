--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,1315 +85,1390 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259578552</t>
+          <t>9786259578590</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gri Arılar</t>
+          <t>Soluk Salıncağı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259578538</t>
+          <t>9786259578583</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çimen Türküsü</t>
+          <t>Değersizler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259507491</t>
+          <t>9786259287409</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ormanı</t>
+          <t>Everest Günlüğü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259507484</t>
+          <t>9786259578576</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sıfır K</t>
+          <t>Saraybosna Radyosu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055903633</t>
+          <t>9786259578569</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Annenin Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055903671</t>
+          <t>9786259578552</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Demiryolu</t>
+          <t>Gri Arılar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055903831</t>
+          <t>9786259578538</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Piyango ve Diğer Öyküler</t>
+          <t>Çimen Türküsü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055903169</t>
+          <t>9786259507491</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aydınlandı</t>
+          <t>Kadınlar Ormanı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055903701</t>
+          <t>9786259507484</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ülkenin Sonuna</t>
+          <t>Sıfır K</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259578521</t>
+          <t>9786055903633</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Leziz Kadavralar</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259578514</t>
+          <t>9786055903671</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Annem Öldü Mü</t>
+          <t>Yeraltı Demiryolu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259578507</t>
+          <t>9786055903831</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gerard'ı Düşlerken</t>
+          <t>Piyango ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055903695</t>
+          <t>9786055903169</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zen Kaçıkları</t>
+          <t>Her Şey Aydınlandı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259507477</t>
+          <t>9786055903701</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çatırdayan Kafatasları</t>
+          <t>Ülkenin Sonuna</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055903459</t>
+          <t>9786259578521</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bilek Kesenler</t>
+          <t>Leziz Kadavralar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055903732</t>
+          <t>9786259578514</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir At Bara Girmiş</t>
+          <t>Annem Öldü Mü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055903787</t>
+          <t>9786259578507</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamanın Yolları</t>
+          <t>Gerard'ı Düşlerken</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055903176</t>
+          <t>9786055903695</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bu Su</t>
+          <t>Zen Kaçıkları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055903411</t>
+          <t>9786259507477</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bayan Jean Brodie’nin Baharı</t>
+          <t>Çatırdayan Kafatasları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259507460</t>
+          <t>9786055903459</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kız’la Randevu</t>
+          <t>Bilek Kesenler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259507453</t>
+          <t>9786055903732</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sahte Belgeler</t>
+          <t>Bir At Bara Girmiş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259507439</t>
+          <t>9786055903787</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Piyango</t>
+          <t>Birlikte Yaşamanın Yolları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>540</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259507446</t>
+          <t>9786055903176</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Güneş Saati</t>
+          <t>Bu Su</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259507422</t>
+          <t>9786055903411</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Yapmama Kitabı</t>
+          <t>Bayan Jean Brodie’nin Baharı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259507415</t>
+          <t>9786259507460</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Seksus</t>
+          <t>Kız’la Randevu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055903503</t>
+          <t>9786259507453</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Oğlak Dönencesi</t>
+          <t>Sahte Belgeler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057260192</t>
+          <t>9786259507439</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaz Köpekleri</t>
+          <t>Piyango</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>210</v>
+        <v>540</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259507408</t>
+          <t>9786259507446</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dilin Yedinci İşlevi</t>
+          <t>Güneş Saati</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057260185</t>
+          <t>9786259507422</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Buradan Gördüğümüz Kadarıyla</t>
+          <t>Hiçbir Şey Yapmama Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055903794</t>
+          <t>9786259507415</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuk Arşivi</t>
+          <t>Seksus</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055903596</t>
+          <t>9786055903503</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıkta Yüzler</t>
+          <t>Oğlak Dönencesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057260178</t>
+          <t>9786057260192</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dip Akıntıları</t>
+          <t>Yaz Köpekleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057260147</t>
+          <t>9786259507408</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Postane Günlükleri</t>
+          <t>Dilin Yedinci İşlevi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057260161</t>
+          <t>9786057260185</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Harlem Ritmi</t>
+          <t>Buradan Gördüğümüz Kadarıyla</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057260154</t>
+          <t>9786055903794</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Salon Mars</t>
+          <t>Kayıp Çocuk Arşivi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057260123</t>
+          <t>9786055903596</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Kalabalıkta Yüzler</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057260130</t>
+          <t>9786057260178</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Memento Mori</t>
+          <t>Dip Akıntıları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055903992</t>
+          <t>9786057260147</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sicim Teorisi</t>
+          <t>Postane Günlükleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057260116</t>
+          <t>9786057260161</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Üzerine</t>
+          <t>Harlem Ritmi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057260109</t>
+          <t>9786057260154</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yakınlıklar</t>
+          <t>Salon Mars</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055903985</t>
+          <t>9786057260123</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Doktor Shimamura'nın Tilkileri</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055903978</t>
+          <t>9786057260130</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Memento Mori</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055903954</t>
+          <t>9786055903992</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dul Bayan Basquiat</t>
+          <t>Sicim Teorisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055903961</t>
+          <t>9786057260116</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Yazmak Üzerine</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055903947</t>
+          <t>9786057260109</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Yakınlıklar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055903930</t>
+          <t>9786055903985</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bozkır</t>
+          <t>Doktor Shimamura'nın Tilkileri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055903923</t>
+          <t>9786055903978</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tüm Soruların Anası</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055903879</t>
+          <t>9786055903954</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yürekteki Hayvan</t>
+          <t>Dul Bayan Basquiat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055903916</t>
+          <t>9786055903961</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Soğukkanlılıkla</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055903909</t>
+          <t>9786055903947</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Temizlikçi Kadınlar İçin El Kitabı</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055903893</t>
+          <t>9786055903930</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bana Sonunu Söyle</t>
+          <t>Bozkır</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055903886</t>
+          <t>9786055903923</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Tüm Soruların Anası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055903855</t>
+          <t>9786055903879</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bu Bizim Havamız</t>
+          <t>Yürekteki Hayvan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055903848</t>
+          <t>9786055903916</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Sakinleri</t>
+          <t>Soğukkanlılıkla</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055903824</t>
+          <t>9786055903909</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tokyo’nun Son Çocukları</t>
+          <t>Temizlikçi Kadınlar İçin El Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055903800</t>
+          <t>9786055903893</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nickel Çocukları</t>
+          <t>Bana Sonunu Söyle</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055903763</t>
+          <t>9786055903886</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Uç Artık</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055903756</t>
+          <t>9786055903855</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Koltuğu</t>
+          <t>Bu Bizim Havamız</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055903749</t>
+          <t>9786055903848</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutup Ayısının Anıları</t>
+          <t>Yeraltı Sakinleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055903725</t>
+          <t>9786055903824</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tristessa</t>
+          <t>Tokyo’nun Son Çocukları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055903688</t>
+          <t>9786055903800</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gürültü</t>
+          <t>Nickel Çocukları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055903718</t>
+          <t>9786055903763</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Naif. Süper</t>
+          <t>Uç Artık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055903664</t>
+          <t>9786055903756</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dişlerimin Hikayesi</t>
+          <t>Sürücü Koltuğu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055903657</t>
+          <t>9786055903749</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Biz Hep Şatoda Yaşadık</t>
+          <t>Bir Kutup Ayısının Anıları</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055903572</t>
+          <t>9786055903725</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Marousi'nin Devi</t>
+          <t>Tristessa</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055903565</t>
+          <t>9786055903688</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Deniz Benim Kardeşim</t>
+          <t>Beyaz Gürültü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055903558</t>
+          <t>9786055903718</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Keşke Bugün Kendimle Karşılaşmasaydım</t>
+          <t>Naif. Süper</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055903121</t>
+          <t>9786055903664</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yabana Doğru</t>
+          <t>Dişlerimin Hikayesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055903534</t>
+          <t>9786055903657</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bölge Bir</t>
+          <t>Biz Hep Şatoda Yaşadık</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055903527</t>
+          <t>9786055903572</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Timsah Park</t>
+          <t>Marousi'nin Devi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055903541</t>
+          <t>9786055903565</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kral İçin Hologram</t>
+          <t>Deniz Benim Kardeşim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>26.85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055903480</t>
+          <t>9786055903558</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yedi Güzel Yıl</t>
+          <t>Keşke Bugün Kendimle Karşılaşmasaydım</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055903367</t>
+          <t>9786055903121</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Dönencesi</t>
+          <t>Yabana Doğru</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055903183</t>
+          <t>9786055903534</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Trainspotting</t>
+          <t>Bölge Bir</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055903275</t>
+          <t>9786055903527</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Ev</t>
+          <t>Timsah Park</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055903435</t>
+          <t>9786055903541</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tek Bacaklı Yolcu</t>
+          <t>Kral İçin Hologram</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055903190</t>
+          <t>9786055903480</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Taşıdıkları Şeyler</t>
+          <t>Yedi Güzel Yıl</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055903268</t>
+          <t>9786055903367</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Olmak İsteyen Otobüs Şoförü</t>
+          <t>Yengeç Dönencesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055903381</t>
+          <t>9786055903183</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Nimrod Çıldırışları</t>
+          <t>Trainspotting</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055903336</t>
+          <t>9786055903275</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın Karısı</t>
+          <t>Tepedeki Ev</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055903404</t>
+          <t>9786055903435</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kapı Birden Vuruldu</t>
+          <t>Tek Bacaklı Yolcu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055903374</t>
+          <t>9786055903190</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Yemek</t>
+          <t>Taşıdıkları Şeyler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055903343</t>
+          <t>9786055903268</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hafiyenin El Kitabı</t>
+          <t>Tanrı Olmak İsteyen Otobüs Şoförü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055903329</t>
+          <t>9786055903381</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabının Üstündeki Kız</t>
+          <t>Nimrod Çıldırışları</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
+          <t>9786055903336</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Kaplanın Karısı</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786055903404</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Kapı Birden Vuruldu</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786055903374</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Yemek</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786055903343</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Hafiyenin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786055903329</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Buzdolabının Üstündeki Kız</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
           <t>9786055903053</t>
         </is>
       </c>
-      <c r="B86" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Aşırı Gürültülü ve İnanılmaz Yakın</t>
         </is>
       </c>
-      <c r="C86" s="1">
+      <c r="C91" s="1">
         <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>