--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1390 +85,1405 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259578590</t>
+          <t>9786259578545</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Soluk Salıncağı</t>
+          <t>Şüpheli Hal ve Hareketler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259578583</t>
+          <t>9786259578590</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Değersizler</t>
+          <t>Soluk Salıncağı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259287409</t>
+          <t>9786259578583</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Everest Günlüğü</t>
+          <t>Değersizler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259578576</t>
+          <t>9786259287409</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Saraybosna Radyosu</t>
+          <t>Everest Günlüğü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259578569</t>
+          <t>9786259578576</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Annenin Kitabı</t>
+          <t>Saraybosna Radyosu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259578552</t>
+          <t>9786259578569</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gri Arılar</t>
+          <t>Annenin Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259578538</t>
+          <t>9786259578552</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çimen Türküsü</t>
+          <t>Gri Arılar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259507491</t>
+          <t>9786259578538</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ormanı</t>
+          <t>Çimen Türküsü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259507484</t>
+          <t>9786259507491</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sıfır K</t>
+          <t>Kadınlar Ormanı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055903633</t>
+          <t>9786259507484</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Sıfır K</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055903671</t>
+          <t>9786055903633</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Demiryolu</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055903831</t>
+          <t>9786055903671</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Piyango ve Diğer Öyküler</t>
+          <t>Yeraltı Demiryolu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055903169</t>
+          <t>9786055903831</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aydınlandı</t>
+          <t>Piyango ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055903701</t>
+          <t>9786055903169</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ülkenin Sonuna</t>
+          <t>Her Şey Aydınlandı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259578521</t>
+          <t>9786055903701</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Leziz Kadavralar</t>
+          <t>Ülkenin Sonuna</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259578514</t>
+          <t>9786259578521</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Annem Öldü Mü</t>
+          <t>Leziz Kadavralar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259578507</t>
+          <t>9786259578514</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gerard'ı Düşlerken</t>
+          <t>Annem Öldü Mü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055903695</t>
+          <t>9786259578507</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zen Kaçıkları</t>
+          <t>Gerard'ı Düşlerken</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259507477</t>
+          <t>9786055903695</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çatırdayan Kafatasları</t>
+          <t>Zen Kaçıkları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055903459</t>
+          <t>9786259507477</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bilek Kesenler</t>
+          <t>Çatırdayan Kafatasları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055903732</t>
+          <t>9786055903459</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir At Bara Girmiş</t>
+          <t>Bilek Kesenler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055903787</t>
+          <t>9786055903732</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamanın Yolları</t>
+          <t>Bir At Bara Girmiş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055903176</t>
+          <t>9786055903787</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bu Su</t>
+          <t>Birlikte Yaşamanın Yolları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055903411</t>
+          <t>9786055903176</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bayan Jean Brodie’nin Baharı</t>
+          <t>Bu Su</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259507460</t>
+          <t>9786055903411</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kız’la Randevu</t>
+          <t>Bayan Jean Brodie’nin Baharı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259507453</t>
+          <t>9786259507460</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sahte Belgeler</t>
+          <t>Kız’la Randevu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259507439</t>
+          <t>9786259507453</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Piyango</t>
+          <t>Sahte Belgeler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259507446</t>
+          <t>9786259507439</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Güneş Saati</t>
+          <t>Piyango</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259507422</t>
+          <t>9786259507446</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Yapmama Kitabı</t>
+          <t>Güneş Saati</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259507415</t>
+          <t>9786259507422</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Seksus</t>
+          <t>Hiçbir Şey Yapmama Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055903503</t>
+          <t>9786259507415</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Oğlak Dönencesi</t>
+          <t>Seksus</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057260192</t>
+          <t>9786055903503</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yaz Köpekleri</t>
+          <t>Oğlak Dönencesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259507408</t>
+          <t>9786057260192</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dilin Yedinci İşlevi</t>
+          <t>Yaz Köpekleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057260185</t>
+          <t>9786259507408</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Buradan Gördüğümüz Kadarıyla</t>
+          <t>Dilin Yedinci İşlevi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055903794</t>
+          <t>9786057260185</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuk Arşivi</t>
+          <t>Buradan Gördüğümüz Kadarıyla</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055903596</t>
+          <t>9786055903794</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıkta Yüzler</t>
+          <t>Kayıp Çocuk Arşivi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057260178</t>
+          <t>9786055903596</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dip Akıntıları</t>
+          <t>Kalabalıkta Yüzler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057260147</t>
+          <t>9786057260178</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Postane Günlükleri</t>
+          <t>Dip Akıntıları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057260161</t>
+          <t>9786057260147</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Harlem Ritmi</t>
+          <t>Postane Günlükleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057260154</t>
+          <t>9786057260161</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Salon Mars</t>
+          <t>Harlem Ritmi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057260123</t>
+          <t>9786057260154</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Salon Mars</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057260130</t>
+          <t>9786057260123</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Memento Mori</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055903992</t>
+          <t>9786057260130</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sicim Teorisi</t>
+          <t>Memento Mori</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057260116</t>
+          <t>9786055903992</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Üzerine</t>
+          <t>Sicim Teorisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057260109</t>
+          <t>9786057260116</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yakınlıklar</t>
+          <t>Yazmak Üzerine</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055903985</t>
+          <t>9786057260109</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Doktor Shimamura'nın Tilkileri</t>
+          <t>Yakınlıklar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055903978</t>
+          <t>9786055903985</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Doktor Shimamura'nın Tilkileri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055903954</t>
+          <t>9786055903978</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dul Bayan Basquiat</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055903961</t>
+          <t>9786055903954</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Dul Bayan Basquiat</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055903947</t>
+          <t>9786055903961</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055903930</t>
+          <t>9786055903947</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bozkır</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055903923</t>
+          <t>9786055903930</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tüm Soruların Anası</t>
+          <t>Bozkır</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055903879</t>
+          <t>9786055903923</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yürekteki Hayvan</t>
+          <t>Tüm Soruların Anası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055903916</t>
+          <t>9786055903879</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Soğukkanlılıkla</t>
+          <t>Yürekteki Hayvan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055903909</t>
+          <t>9786055903916</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Temizlikçi Kadınlar İçin El Kitabı</t>
+          <t>Soğukkanlılıkla</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055903893</t>
+          <t>9786055903909</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bana Sonunu Söyle</t>
+          <t>Temizlikçi Kadınlar İçin El Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055903886</t>
+          <t>9786055903893</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Bana Sonunu Söyle</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055903855</t>
+          <t>9786055903886</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bu Bizim Havamız</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055903848</t>
+          <t>9786055903855</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Sakinleri</t>
+          <t>Bu Bizim Havamız</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055903824</t>
+          <t>9786055903848</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tokyo’nun Son Çocukları</t>
+          <t>Yeraltı Sakinleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055903800</t>
+          <t>9786055903824</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nickel Çocukları</t>
+          <t>Tokyo’nun Son Çocukları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055903763</t>
+          <t>9786055903800</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uç Artık</t>
+          <t>Nickel Çocukları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055903756</t>
+          <t>9786055903763</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Koltuğu</t>
+          <t>Uç Artık</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055903749</t>
+          <t>9786055903756</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutup Ayısının Anıları</t>
+          <t>Sürücü Koltuğu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055903725</t>
+          <t>9786055903749</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tristessa</t>
+          <t>Bir Kutup Ayısının Anıları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055903688</t>
+          <t>9786055903725</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gürültü</t>
+          <t>Tristessa</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055903718</t>
+          <t>9786055903688</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Naif. Süper</t>
+          <t>Beyaz Gürültü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055903664</t>
+          <t>9786055903718</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dişlerimin Hikayesi</t>
+          <t>Naif. Süper</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055903657</t>
+          <t>9786055903664</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Biz Hep Şatoda Yaşadık</t>
+          <t>Dişlerimin Hikayesi</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055903572</t>
+          <t>9786055903657</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Marousi'nin Devi</t>
+          <t>Biz Hep Şatoda Yaşadık</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055903565</t>
+          <t>9786055903572</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Deniz Benim Kardeşim</t>
+          <t>Marousi'nin Devi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055903558</t>
+          <t>9786055903565</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Keşke Bugün Kendimle Karşılaşmasaydım</t>
+          <t>Deniz Benim Kardeşim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055903121</t>
+          <t>9786055903558</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yabana Doğru</t>
+          <t>Keşke Bugün Kendimle Karşılaşmasaydım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055903534</t>
+          <t>9786055903121</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bölge Bir</t>
+          <t>Yabana Doğru</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055903527</t>
+          <t>9786055903534</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Timsah Park</t>
+          <t>Bölge Bir</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055903541</t>
+          <t>9786055903527</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kral İçin Hologram</t>
+          <t>Timsah Park</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>26.85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055903480</t>
+          <t>9786055903541</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yedi Güzel Yıl</t>
+          <t>Kral İçin Hologram</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>210</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055903367</t>
+          <t>9786055903480</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Dönencesi</t>
+          <t>Yedi Güzel Yıl</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055903183</t>
+          <t>9786055903367</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Trainspotting</t>
+          <t>Yengeç Dönencesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055903275</t>
+          <t>9786055903183</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Ev</t>
+          <t>Trainspotting</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055903435</t>
+          <t>9786055903275</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tek Bacaklı Yolcu</t>
+          <t>Tepedeki Ev</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055903190</t>
+          <t>9786055903435</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Taşıdıkları Şeyler</t>
+          <t>Tek Bacaklı Yolcu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055903268</t>
+          <t>9786055903190</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Olmak İsteyen Otobüs Şoförü</t>
+          <t>Taşıdıkları Şeyler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055903381</t>
+          <t>9786055903268</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nimrod Çıldırışları</t>
+          <t>Tanrı Olmak İsteyen Otobüs Şoförü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055903336</t>
+          <t>9786055903381</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın Karısı</t>
+          <t>Nimrod Çıldırışları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055903404</t>
+          <t>9786055903336</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kapı Birden Vuruldu</t>
+          <t>Kaplanın Karısı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055903374</t>
+          <t>9786055903404</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Yemek</t>
+          <t>Kapı Birden Vuruldu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055903343</t>
+          <t>9786055903374</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hafiyenin El Kitabı</t>
+          <t>Hayvan Yemek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055903329</t>
+          <t>9786055903343</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabının Üstündeki Kız</t>
+          <t>Hafiyenin El Kitabı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
+          <t>9786055903329</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Buzdolabının Üstündeki Kız</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
           <t>9786055903053</t>
         </is>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Aşırı Gürültülü ve İnanılmaz Yakın</t>
         </is>
       </c>
-      <c r="C91" s="1">
-        <v>420</v>
+      <c r="C92" s="1">
+        <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>