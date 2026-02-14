--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -94,556 +94,556 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786057476951</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Starman: David Bowie'nin Ziggy Stardust Yılları (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1200</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259754604</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Mar Negro – Siyah Deniz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>495</v>
+        <v>590</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057476999</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Tatlı Limonlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057476982</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057476975</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Münchhausen - Yalanların Efendisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057476968</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Antigone</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057476944</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Starman</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057476937</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Çizgi Roman Yapmak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>585</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057476920</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Berenice</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786057476906</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Yarın Hava Güzel Olacak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786058144590</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Işıkları Kapatma</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786058144583</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Sıfır Atık Görevleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786058144576</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Nakavt!</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786058144569</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786058144552</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Şehzade Yangını (Dördüncü Kitap)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>288</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786058144521</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Başkabiryer Sayı 4</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786058144507</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Başkabiryer Sayı 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786058256095</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kasap No: 3</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>70</v>
+        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786058256071</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Başkabiryer Sayı 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786058256064</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Kış Kelebeği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786058256057</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Başkabiryer Sayı 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786058256040</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Çılgın Saç</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786058256033</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Kusmuk Torbası Şarkısı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786058256026</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Kasap No: 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>84</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786058256002</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Rumeli Kabusu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786056638497</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Bayan Hıçkırık ve Küçük Pırt - Vücudumuzun İçinde Çılgın Bir Yolculuk</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786056638466</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Olamayanlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786056638459</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Capa</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786056638435</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Şehzade Yangını (Üçüncü Kitap)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>288</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786056638428</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Vamp</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786058549586</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Şehzade Yangını (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>288</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786058549524</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>TODD Dünyanın En Çirkin Çocuğu : Cilt 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786058649548</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Şehzade Yangını (Birinci Kitap)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786058549517</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kırlangıç Oyunu - Ölmek Gitmek Dönmek</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786058549500</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>TODD Dünyanın En Çirkin Çocuğu Cilt: 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>