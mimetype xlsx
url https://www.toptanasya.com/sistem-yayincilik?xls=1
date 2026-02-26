--- v0 (2025-10-23)
+++ v1 (2026-02-26)
@@ -85,880 +85,6670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753224208</t>
+          <t>9789753222310</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'nın Liderlik Rehberi</t>
+          <t>Ceo'ların Bilgeliği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753224123</t>
+          <t>9789753222327</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dersane Günlüğü</t>
+          <t>Sicilya'da Bir Ev</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753225755</t>
+          <t>9789753223713</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Psikodramada Çağdaş Yaklaşımlar</t>
+          <t>İkarus'un Kanatları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753225540</t>
+          <t>9789753224208</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Krizden Nasıl Çıkarız?</t>
+          <t>Nasrettin Hoca'nın Liderlik Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753225595</t>
+          <t>9789753224239</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nagual İle Karşılaşma</t>
+          <t>Pera'dan Beyoğlu'na</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753224260</t>
+          <t>9789753222938</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ömür Törpüsü mü? Bal, Küpü mü?</t>
+          <t>PHOTOSHOP 7 İleri Seviye (CD-ROM)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753223683</t>
+          <t>9789753221504</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ya Çikolatanı,Ya Canını</t>
+          <t>Kar Bölgesi: Stratejik İş Tasarımı Yarının Karlarını Nasıl Oluşturur ?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054463596</t>
+          <t>9789753223263</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçilik ve Çalışmaya Tutkunluk</t>
+          <t>Güven Odaklı Satış</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753223928</t>
+          <t>9789753220439</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin İnsan Kaynakları</t>
+          <t>E.L.E. Etkili Liderlik Eğitimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753223911</t>
+          <t>9789753220811</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Eden Lider Olabilmek</t>
+          <t>E.S.E. Etkili Satış Eğitimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753225632</t>
+          <t>9789753221306</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mozaiğin Kadınları</t>
+          <t>Kadınlar İçin Etkililik Eğitimi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753223799</t>
+          <t>9789753222464</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Zor Sorular</t>
+          <t>CRM Yolculuğu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753225878</t>
+          <t>9789753222983</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>C# Temel Başlangıç Kılavuzu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753225144</t>
+          <t>9789753223027</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Piramidin Altındaki Servet</t>
+          <t>Karlı Doğrudan Pazarlama</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054463572</t>
+          <t>9789753223188</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yenilik Algoritması</t>
+          <t>Daha Uzun ve Sağlıklı Yaşamak İçin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>325</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054463435</t>
+          <t>9789753223249</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Başlangıcı</t>
+          <t>CRM Neden Başarılı Olmuyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054463404</t>
+          <t>9789753221429</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şölen</t>
+          <t>Bilgisayar Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054463428</t>
+          <t>9789753222303</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Sağlığa Giden Yol</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753226325</t>
+          <t>9789753223447</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Adımlar’la Satış</t>
+          <t>Hiperaktif Ebeveyni Olmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753226332</t>
+          <t>9789753223461</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Poz’cu</t>
+          <t>Ruhun Kaygan Kumları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753225847</t>
+          <t>9789753224215</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Performans Prizması</t>
+          <t>Hırçın Erkek Sendromu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753226639</t>
+          <t>9789753224321</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Patron</t>
+          <t>İnsana Dair Az Ve Öz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753225571</t>
+          <t>9789753224413</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ötelerde Sen</t>
+          <t>Yeni Nesil Girişimci</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753226516</t>
+          <t>9789753224635</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Çocukların Duygusal Dünyasını Geliştirmek</t>
+          <t>İçimdeki Ben</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054463558</t>
+          <t>9789753224796</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Operasyonel Mükemmellik</t>
+          <t>Ahtapot Kadınlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054463381</t>
+          <t>9789753224932</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Atlantis Krallığı</t>
+          <t>Liderin Başarı Anahtarları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054463282</t>
+          <t>9789757397540</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Liderler Kahvesi</t>
+          <t>Çağdaş Eğitim Sistemleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753225991</t>
+          <t>9789757397649</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kalbinizdeki Buzları Eritin!</t>
+          <t>Selam</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753225700</t>
+          <t>9789753220149</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden Yol İş’te Oyun</t>
+          <t>Deneme Cesareti Max Stratejisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>35</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753226646</t>
+          <t>9789753220415</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İşi Bırakıyorum</t>
+          <t>Okuma Zenginliği</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753225083</t>
+          <t>9789753220835</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İmza Perisi - Birden Bine Masallar</t>
+          <t>Yaşama Zenginliği</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054463374</t>
+          <t>9789753221931</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mağara</t>
+          <t>İşyeri Gazileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753226189</t>
+          <t>9789753222136</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Girişimciler İçin 100 Kural</t>
+          <t>İkinci Durak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753225069</t>
+          <t>9789753222334</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Geveze Karga ile Birden Bine Masallar</t>
+          <t>Kadının Özgüveni</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054463367</t>
+          <t>9789753222877</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Bilge Adamı</t>
+          <t>Yorgunluk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753226585</t>
+          <t>9789753223386</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dragons’ Den Kendi İşini Kur</t>
+          <t>21. Yüzyıl Okulları İçin Kıyaslayarak Öğrenme</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753226530</t>
+          <t>9789753223430</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Hayal Dünyaları</t>
+          <t>Öğrenciler ve Öğretmenler İçin NLP</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753226547</t>
+          <t>9789753223614</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Zeka Geliştiren Süper Yiyecekler</t>
+          <t>Sen, Ben ve Aşkımız</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753225137</t>
+          <t>9789753224079</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Bizden Biz Çocuklardan Öğrenirken</t>
+          <t>Sadece Ayak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054463398</t>
+          <t>9789753223782</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çelişkiler Ülkesi</t>
+          <t>Yapabilirim! Motivasyonun Büyüsü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753226615</t>
+          <t>9789753223874</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Butan’da Yeniden Doğmak</t>
+          <t>Hayatı Değiştiren Sözler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753226417</t>
+          <t>9789753224147</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Buradasınız</t>
+          <t>Kendini Tanıma Rehberi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753226257</t>
+          <t>9789753223560</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bulut Gelir Söke’ye Çek Eşşeği Köşeye</t>
+          <t>Gelişen Ruhlar İyileşen Yaralar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753225113</t>
+          <t>9789753223607</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bodurcuk</t>
+          <t>Hoş Geldin Bebek</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753226233</t>
+          <t>9789753224109</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikodramadan Büyük Gruplarla Sosyo-Psikodramaya</t>
+          <t>Ladesçi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753226196</t>
+          <t>9789753224161</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Benlik Saygısı Çocuklarda Nasıl Gelişir? (Ciltli)</t>
+          <t>Evlilik Masalları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054463411</t>
+          <t>9789753223584</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Athena’nın İntikamı</t>
+          <t>Yeni Normal: İş Dünyasında Ayakta Kalmanın Yolları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753226394</t>
+          <t>9789753223898</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aslını Arayan İnsan</t>
+          <t>İmkansızı Düşünmek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757394914</t>
+          <t>9789753224055</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerine Tavsiyeler</t>
+          <t>Küçük Bir Girişimin Öyküsü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753226424</t>
+          <t>9789753224499</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>3’ün Gücü</t>
+          <t>Kibar Olma Kendin Ol</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753225007</t>
+          <t>9789753224659</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Güncelle</t>
+          <t>Rengi Rengine</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753224871</t>
+          <t>9789753220200</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde 14 "S" Becerisi</t>
+          <t>Olumlu Yaşamanın Gücü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753226622</t>
+          <t>9789753220330</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler için Buda</t>
+          <t>Her Konuyu Müzakere Edebilirsiniz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054463459</t>
+          <t>9789753220774</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı Yönetimi</t>
+          <t>Gerçek Başarı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753226592</t>
+          <t>9789753221436</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>En Popüler 100 Rüya</t>
+          <t>Sevgi Dili Konuşan Çocuklar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
+          <t>9789753221894</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789753221917</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Bizi Ayırıncaya Kadar</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789753222167</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Ama Bu Haksızlık</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789753222433</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Nitelikli Bir Yaşam İçin</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789753222662</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Bir Adım Önde</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789753222808</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hırsızı Bir Dünya. Düşler. Yaratmak</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789753222891</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Alkol ve Siz</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789753223102</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Tercihli Yol</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789753223133</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Mutsuzluk Emrinizde</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789753223164</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Huzurlu ve Zengin Olmak</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789753223171</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Çift Bulmacası</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789753223218</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenmek Gelişmek Özgürleşmek</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789753223294</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Son Armağan</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789753223928</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin İnsan Kaynakları</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789753223911</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Hizmet Eden Lider Olabilmek</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789753226141</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Evde Grev Var</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789757397953</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Öğretmenlik Eğitimi (E.Ö.E.) Okulda: Öğretmenler Öğrencilerin İyi Özelliklerini Nasıl Ortaya Çıkarabilirler? Evde: Anababalar Çocuklarının Öğrenme Sorunlarıyla Nasıl Başedebilirler?</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789753220590</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İnsan Olmak</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789757397878</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Anababa Eğitiminde Uygulamalar (E.A.E.)</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789757397885</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Anababa Eğitimi (E.A.E.) Aile İletişim Dili Sorumluluk Duygusu Gelişmiş Çocuklar Yetiştirmede Denenmiş Yeni Bir Yöntem</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789753226288</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Esmaların Gizli Hazinesi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789753223676</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Ergen Şirketler</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789753226592</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>En Popüler 100 Rüya</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789753226202</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimlerinizi Canlandırmanın 75 Yolu</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
           <t>9789753226295</t>
         </is>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Eğitimlerinizi Canlandırmak İçin Diğer 75 Yol</t>
         </is>
       </c>
-      <c r="C57" s="1">
+      <c r="C81" s="1">
         <v>250</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789753225649</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Düşünce Okuma Tekniği</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786054463367</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Bilge Adamı</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789753226585</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Dragons’ Den Kendi İşini Kur</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789753220187</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Doktor - Hasta İşbirliği Hastanın Bakımıyla İlgilenen Herkes İçin Gerekli İletişim Becerileri</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789753226127</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Dil Zekası</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789753226134</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Dışa Yansıyan İç Dünya</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789753220354</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Depresyonu Yenmek</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789753224581</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Deneyim İnnovasyonu</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789753221979</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Değişim Rüzgarında Stratejik İnsan Kaynakları Planlaması</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789753223140</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Değişim Çağında Yönetim</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789753226493</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Evren Görüntüleri</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786054463299</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Çok Katlı Pazarlama</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789753226530</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların Hayal Dünyaları</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789753226547</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Zeka Geliştiren Süper Yiyecekler</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789753222860</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Beş Sevgi Dili</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789753225137</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar Bizden Biz Çocuklardan Öğrenirken</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789753226035</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Çocukla Çocuk Ol</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789753226219</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Ders</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789753225687</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikodraması</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789753221818</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuzun Okulla İlgili Sorunlarını Çözebilirsiniz</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789753226042</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğun Cinsel Eğitimi ve Tacizden Korunma Rehberi</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789753224420</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>ÇM’de MT Olmak Çağrı Merkezlerinde Müşteri Temsilcisi Olmak</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789753226240</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Çigong ile Stres Yönetimi</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789753226387</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Çift’in Nefesi Maye Mira</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786054463398</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Çelişkiler Ülkesi</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789753221054</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Ayurveda</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789753220514</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellikle İlgili Merak Ettikleriniz Sorular ve Yanıtlar</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789753225779</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>CEO’luğa Uzanan Yol</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789753224840</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>CCNA ICND Sınav Sertifikasyon Rehberi</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>46.3</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789753224987</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Canlı - Yaşayan Gıdalarla Gelen Sağlık</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789753223072</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>C ve C++</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>50.93</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789753223126</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>C Programlama Dili</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789753220262</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>C / C++ Programcının Rehberi</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789753223362</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Büyüyünce E-Ticaretçi Oldum</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789753223423</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Müşterilerin Yönetimi</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789757397717</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Düşünmenin Büyüsü</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789753226615</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Butan’da Yeniden Doğmak</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789753226417</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Buradasınız</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789753226257</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Gelir Söke’ye Çek Eşşeği Köşeye</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789753223744</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Buda Size Yemeğe Gelse</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789753222365</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Boşanmanız Şart Mıydı? Boşanmış Anababalar için Rehber Peki Bana Ne Zaman Kamplumbağa Alacaksın?</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789757397960</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Bizi Biz Yapan Seçimlerimiz</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789753224130</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Bize Neler Oluyor?</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789753226233</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Psikodramadan Büyük Gruplarla Sosyo-Psikodramaya</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789753225021</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şey Değişir Her Şey Değişir</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789753220071</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kapı Kapanır Bir Kapı Açılır</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789753223645</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Teknolojilerinin Temelleri 1: Pc Donanım ve Yazılım Yardımcı Kitabı</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>50.93</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786054463343</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçaltının Büyüsü</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789753223003</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Bhagavad - Gita</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789757397892</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Beş Sevgi Dili</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789753226196</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Benlik Saygısı Çocuklarda Nasıl Gelişir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789753222792</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Beni Sevmen İçin Kendimden Vaz mı Geçmeliyim?</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789753220323</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Ben Nereden Geldim? Resimlerle Yaşamın Gerçekleri</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789753226431</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Ben Nasıl Başaracağım?</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789753224031</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kitabı Gelişimsel Yetersizliği Olan Çocuklara Öğretme Rehberi</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786054463633</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Ben Değeri Tiryakiliği</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789753223591</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Bedenin İnce Dili</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789753225748</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Bedenin Dili</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789753225076</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Bebipen Birdenbine Masallar</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789753226165</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğinizin Gelişimi İçin Neler Yapabilirsiniz?</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789753222884</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Başarılı ve Mutlu</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789753220446</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Başarı Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789757397496</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Başarı İçin Stratejiler</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789753220316</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Bana Neler Oluyor?</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789753226028</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bi Akıl Ver Hocam!</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789753221252</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Balanced Scorecad</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789753226066</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Bağlanma, Evlilik ve Aile Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789753226349</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Ayurveda Yaşam Bilimi</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789753225366</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Atatürk’ün Liderlik Sırları</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789753223287</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>ASP.NET Unleashed Web Programcılığı</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>50.93</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789753222730</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Arman Hoca’nın Dünya Mutfağı</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789753221313</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>AQ Otistik Zeka ve Seviyeleri Otizm</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789753226073</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Annem Babam Yaşam Koçum</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789753222471</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Anneler ve Kızlar</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789753221641</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Anne Faktörü</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789753224970</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Anababaların Korkulu Rüyası: Çocuklara Yönelik Taciz</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789753224574</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Alt Pazar İnnovasyonu</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789753223669</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Bebekler Akademisi</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789753220620</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Aile Şirketlerinin Yönetimi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789753223416</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Aile Şirketlerinde Kurumsallaşma Sendromu</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789757394914</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Aile İşletmelerine Tavsiyeler</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789753226394</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Aslını Arayan İnsan</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789753222655</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Ah Kendime Bir Kulak Versem!</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789753223119</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Acıyı Güce Dönüştürmek</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786054463442</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Acı Biber Stratejisi</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789753222945</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Access Masaüstü Uygulamaları Geliştirme Uzman Çözümler</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>55.56</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789753223720</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>8’inci Alışkanlık</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789753220361</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>8 Haftada İdeal Sağlık</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789753226424</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>3’ün Gücü</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789753223232</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>24 Derste Adobe Photoshop CS</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789753221368</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl Okulları İçin Toplam Kalite Yönetimi</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786054463527</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>2013 Kedi Ajandası</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789753222600</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yumurtanın Tarihçesi veya Bir Yumurta Pişirme Tarifi</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054463541</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Başardin</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789753225205</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Kullanma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789753222396</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Zafer İçin Doğanlar</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789753225007</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğini Güncelle</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789753223638</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Yutucu Rekabet Kanuni Devrindeki Mobbing’den Günümüze</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789753225731</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde Koçluk Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789753224871</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde 14 "S" Becerisi</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789753225212</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticinin Koçluk ve Kişisel Gelişim Rehberi</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789753220385</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticiler İçin NLP</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789753226622</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticiler için Buda</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789753225243</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticiler İçin Bilişim Teknolojileri ve Enformasyon Sistemleri</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789753226455</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticiler İçin Aristoteles</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789753226578</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Anatomi</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>78.7</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786054463473</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Ajandası 2013 - Spiral Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786054463480</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Ajandası 2013 - Otantik El Dikişi</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789753224703</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Çakralar - Enerji Merkezleri</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786054463565</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Enerji</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786054463572</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Yenilik Algoritması</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789753226554</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Yaşanmış Melek Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789753223775</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Dili İletişim</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789753226400</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamı Zenginleştirmek</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786054463329</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Adımda Markalaşma</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789753221290</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamanın Daha İyi Bir Yolu</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789753224505</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Kitabı</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789753220668</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılık ve Yenilik</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789753224833</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Yansımalar</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789753225762</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Yalın Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789753222587</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Yaklaşım Her Şeydir</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789753222617</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurda Yangın</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789753223454</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Ya Vezirsin Ya Rezil!</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789753221566</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Varolmak Gelişmek Uzlaşmak</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789753220606</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Varlık Bilimi ve Yaşama Sanatı</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789753224888</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Üretim Yönetiminde Verimlilik Sırları</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789753222235</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Üç Psikolojik Soru</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789757397731</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Uyanın ve Hayal Kurun</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789753222372</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Unutkan Erkekler "Hadileyen" Anneler Yaşamın İçinden Psikoloji</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789753226011</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Uçlarda Yaşayanlar - Dişi Narsisizm</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789753225199</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Strateji Serüveni</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789753222358</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Üretken Tüketici!</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789753221160</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Tüketim Kültürü</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789753221528</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Tutkunuzu Keşfedin</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>3990000026895</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789753220286</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Toplam Kalite Yönetimi’nin Dört Aşaması</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789753222143</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Toplam Kalite Yönetimi Fakat Nasıl?</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789753223331</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetsiz İletişim</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789753224758</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Şelale Altında Durmak Hayat Akarken Gerçek Size Ulaşın!</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789753226103</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Süreç Yönetimi ve Süreç İyileştirme</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789753224567</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Süreç İnnovasyonu</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789753225724</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Sunuş Atölyesi</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789753226479</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Sunumdan Kaçış Yok!</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789753220293</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>TM Maharishi Mahesh Yogi’nin  Transandantal Meditasyon Tekniği</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789753224857</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Suçlu Çocuk Yoktur</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789753220804</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Stres Yönetimi</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789753223058</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik İnsan Kaynakları Yönetimi</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789753221924</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Strateji ve Bire-Bir Pazarlama CRM</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786054463534</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Şifa Çemberi Rehberleriniz</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789753226271</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Spor Öldürmesin</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789753225038</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Spiritüella Gerçeğin Aynası</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789757397250</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Sosyometri ve Psikodrama Kuramsal Temeller / Uygulamalardan Örnekler / Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789753224741</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Panik Atak ve Tedavisi</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789753222570</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Snapp Etkili Bir Başarı Rehberi</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789753225915</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kristaller</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789753226325</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Adımlar’la Satış</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789753222822</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Sigarayı Bırakma Rehberi</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789753224062</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Sınav Sertifikasyon Rehberi CCNA Self-Study</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>38.89</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789753222488</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Sezgilerimiz ve Takıntılarımız</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789753222754</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Düzenleri</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789753224024</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>21.YY. Okulları İçin Etkili Bir Stratejik Yönetim Aracı Balanced Scorecard</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789753225878</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Arayış</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789753223621</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Satürn'ün Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789753223683</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Ya Çikolatanı,Ya Canını</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789753224642</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyin Bir Adabı Var</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789753224536</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Tohumun Sırrı</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789753224260</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Ömür Törpüsü mü? Bal, Küpü mü?</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789753224192</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Manipülatörleri</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789753222785</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Gerçekçi Yönetişim</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789753225144</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Piramidin Altındaki Servet</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789753224307</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Keşfet</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789753224628</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellik Hakkında Bilmek İstediğiniz Her Şey</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789757397915</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Sınırlar</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789753225427</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğuma Dokunma</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789753222174</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımdan Çık Git</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789753225113</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Bodurcuk</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786054463411</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Athena’nın İntikamı</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786054463381</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Atlantis Krallığı</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786054463374</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Mağara</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789753225632</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Mozaiğin Kadınları</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789753224802</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Zak - Başarılı Markaların 1 Numaralı Stratejisi</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789753224123</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Dersane Günlüğü</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789753224482</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Anababa Olmak</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789753223935</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenciler İçin Etkili Çalışma ve Öğrenme Rehberi</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789753224017</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Hep Varmış</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789753223799</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Dair Zor Sorular</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789753224512</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Öfkenin Şaşırtıcı Amacı</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789753224468</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Anlaşabiliriz</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789753223836</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Anne, Baba ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789753225595</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Nagual İle Karşılaşma</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789753224178</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Yaşa Güzel Yaşlan</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789753224475</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Aramızdaki Kırgınlığı Aşmak</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789753223881</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Bir İpte İki Cambaz</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789753223904</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenciler İçin Başarı Rehberi</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789753224284</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Nedir Problem Dediğimiz? Çatışmasız Yaşamak Acının Sonu</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789753224277</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyene Açık Olmak Korku Sorunu Güvenlik Diye Bişey Var Mı?</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789753221597</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Satışta ve Pazarlamada Müşteri İlişkileri Yönetimi</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789753224390</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Satışın Küçük Kırmızı Kitabı</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789753224949</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Satışın Kırmızı Cevapları</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786054463626</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Satıcı Kapıyı Kaç Kere Çalar?</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789753222778</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>SAS! Sorunun Ardındaki Soru</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789753226158</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Sahnede Yaratıcılık</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789753225823</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Romantik Terörizm ve Romantik Tecavüz</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789753225151</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>RFID ve Tedarik Zinciri</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786054463664</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Düşünmek</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789753224680</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Rekabetçi Satış Stratejileri</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789753220828</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Rekabet Stratejisi</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789753222686</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Psikodramanın Temelleri Tarihçe, Kuram, Uygulama</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789753225755</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Psikodramada Çağdaş Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789753225670</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Psikodrama 400 Isınma Oyunu &amp; Yardımcı Teknik</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789753225663</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Psikodrama Grup Psikoterapisi El kitabı</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789753226332</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Poz’cu</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789753226301</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı ve Zinde Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789753226226</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Psikodramada Seçme Konular</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789753226356</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Refah ve Başarıya Ulaşmak</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789753226318</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Özgüven Ve Özsaygı Kazanmak</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789753226363</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Potansiyelinizi Arttırın - Manevi Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789753226523</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Korku ve Endişeyi Yenmek</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789753225847</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Performans Prizması</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789753226639</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Patron</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789753225502</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük İçgüdüsü</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789753226059</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Özel Markalı Ürünlerin Pazarlama Stratejileri</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789753225571</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Ötelerde Sen</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789753220460</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenmeyi Öğrenmek</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789753220842</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenmenin ABC’si Öğrenmeyi Öğrenmek Beyin Gücünüzü Geliştirmek</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789753220231</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Zenginliği</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789753225359</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Ödül Yok, Ceza Yok! Bu Nasıl Disiplin?</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786054463671</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Otizmli Çocuklara Konuşma Becerilerinin Öğretimi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786054463657</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Otizm El Rehberi</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>20.83</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789753224185</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Organizasyonlarda Performans Yönetimi</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789753222761</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Operasyonel Yönetimde Finansal Farkındalık</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786054463558</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Operasyonel Mükemmellik</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789753220392</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>On İkinci Melek</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786054463305</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Olumsuzu Yönetmek Ustalık İster</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789753222921</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Olumsuz Düşüncenin Ötesinde</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789753224048</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Odaklanma</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789753222006</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>NLP’nin İlkeleri</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789753220453</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>NLP: Yüksek Performansa Ulaşmanın Yeni Bilimi ve Sanatı</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789753225601</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Nefesten Başka Nefes Yoktur</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789753225694</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Nefesle İyileşme</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789753226080</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Nefes Farkındalığı</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789753226370</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Nefes Alma Sanatı</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789753223348</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Ne Parlak Fikir!</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789753222846</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Ne Demek İstiyorsunuz?</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789753221603</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Mücadeleyi Bırak Yaşamla Dans Et</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789753224727</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Limanında Sonsuz Bir Mola</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789753221184</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Atatürk’ün Liderlik Sırları</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789757397830</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Motivasyonun Mucizesi</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789753223652</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Mor İnek Nasıl Büyüsün?</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789753223089</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Mor İneğin Akıllısı</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789753222495</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Mobbing İşyerinde Duygusal Taciz</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789753222594</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Mıknatıs İnsanlar</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789757397724</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Mesaj Sizsiniz</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786054463503</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Melek Ajandası 2013</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789753226486</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Melek Ajandası 2012</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>3990000031989</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplarla Aile Şirketlerinde Kurumsallaşma</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9789753220613</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Mazeret Yok!</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9789753220682</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyılın Matsushita En Parlak Liderliği</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789753225175</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Masallarla Çocuk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789753225465</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Maria Montessori Yöntemiyle Çocuk Eğitimi Sanatı</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9789753225472</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Makrokozmostan Mikrokozmosa</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789753221344</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Liderlikte Duygusal Zeka</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786054463282</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Liderler Kahvesi</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9789753226462</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Maya İnancı</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789753226264</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Yağ Sanatı</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9789753224772</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Kuantum Sıçraması</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9789753224901</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Kuantum Koçluk Programı</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9789753225182</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Kuantum Diyarı’nda Kelebekleri Özgürleştirmek</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789753225229</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Kuantum Bilgeliği ve Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9789753225540</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Krizden Nasıl Çıkarız?</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786054463510</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Köpek Ajandası 2013</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9789753221788</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Kotler ve Pazarlama</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9789753225830</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Konuşma Bozukluklarının Tedavisi</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9789753225533</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı Para</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9789753225496</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı İnsan</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789753225793</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı Aşk ve Aldatmak</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789753225908</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Koçluk Dansı</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789753221146</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Koçluğun Taosu</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9789753220248</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Bulmacası</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789757397625</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Kişiliğinizi Tanıyın</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9789753222976</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Kızışan Ortamda Liderlik</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789753222853</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Kes Sesini! Benimle Tartışma!</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9789753223355</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Kendinizi Kazanın</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789753222723</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Aldatma</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9789753224789</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Yalan Söyleme</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9789753221986</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Yolunuzdan Çekilin</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9799753224610</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Karlı Büyümenin Reçetesi İnnovasyon</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9789753226172</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Karakter Sizsiniz</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9789753221085</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Kalıcı Olmak</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9789753225991</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Kalbinizdeki Buzları Eritin!</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789753225380</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Yasaları</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9789753222402</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Kabul Etmenin Özgürlüğü</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789753225700</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Giden Yol İş’te Oyun</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9789753226646</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>İşi Bırakıyorum</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789753224604</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>İş Modeli İnnovasyonu</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789753223942</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>İstiyorum, İhtiyacım Var, Çünkü Farklıyım...  Bir Annenin Otizm Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789753222747</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>İsteyin, Düşleyin, Sahip Olun...</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789753225892</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>İsimlerin Gizemi</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9789753221993</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynaklarında Yepyeni Bir Vizyon</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9789757397557</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İlişkilerinde Kendine Güven Ve Güç Elde Etmenin Yolları</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789753224611</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>İnnovasyon - Kutulu Beş Kitap Özel Set</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9789753225458</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>İncinen  İnsan</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789753225083</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>İmza Perisi - Birden Bine Masallar</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9789753225373</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>İmkansızı Düşünmek</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786054463695</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>İletişimsizlik Becerisi</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9789753222815</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>İletişim mi? Kolay!</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9789757397205</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Çatışmaları ve Empati</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9789757394860</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>İkna Teknikleri</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789753224673</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>İdare Etmek mi, Yönetmek mi?</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9789753222990</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Sarrafı</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9789757397618</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>İçe Dönük Konuşmanın Gücü</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9789753222426</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>ISO 9000: 2000</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9789753221399</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>II. Abdülhamid’in Yöneticilik Sırları</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9789753221764</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>HTML 4 Web Tasarımı</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>44.44</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9789753226509</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Her Yerde Yoga Ajandası 2012</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9789753226110</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Her Derse Deva</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9789753225984</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Hayatınızla Ne Yapmak İstiyorsunuz?</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9789753226097</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Hayatınızın Ceo’su Olun</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9789753225250</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Tarif Kitabı</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786054463497</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım Pahasına!</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9789753220521</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı ve Zamanı Yönetmenin 10 Doğal Yasası</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9789753224451</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Dengesi</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9789753220057</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Boyu Flört</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9789753220170</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Hayalleri Olanlar Asla Uyumaz</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9789753224956</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Hakettiğiniz Aşkı Yaşayın</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9789753226608</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Hafıza Teknikleri</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9789753223034</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Hadi Markalaşalım</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9789753225014</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Haddini Bilmez’in Annesinin Nikahı Nerede Kıyıldı?</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9789753225281</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>İyileşme ve İyileştirmede Gülümsemenin Gücü</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9789753226004</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Glutensiz Tatlar</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9789757397908</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Kazanan Tutum</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789753226189</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Girişimciler İçin 100 Kural</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9789753225120</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Geveze Karga ile Masallarla Çocuk Eğitimi Seti (7 Kitap Çantalı Set)</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>55.56</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9789753225069</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Geveze Karga ile Birden Bine Masallar</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9789753222501</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Beş Sevgi Dili</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786054463459</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Fısıltı Yönetimi</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789753220033</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik Tutkusu</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9789753222341</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Olan Kazanır</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9789753222952</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Excel İşletme Analizi İleri Seviye</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9789753223478</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin Dili</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786054463640</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Kaygı</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9789753223065</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Kaygıları Aşmak</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9789753222457</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>İyileşme Kitabı</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786054463596</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Yenilikçilik ve Çalışmaya Tutkunluk</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789753224444</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şeyler 2</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9789753223522</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şeyler 1</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9789753223201</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Adımlar Büyük Sonuçlar</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9789753226516</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Oyunlarla Çocukların Duygusal Dünyasını Geliştirmek</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786054463688</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Otizmli Çocukların Eğitiminde Etkinlik Çizelgelerinin Kullanımı</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9789753223980</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Bayi ve Distribütör Satış Teşkilatı Yönetimi</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789753221139</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalarla NLP</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9789753220781</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünyada Strateji ve Yönetim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9789753222679</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Binyıla Doğru Türk Eğitim Sistemi Sorunlar ve Çözümler</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9789753225434</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Programlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789753225106</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Domates Domsi</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786054463435</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Varoluşun Başlangıcı</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9789753225052</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Turunç ile Benek - Birden Bine Masallar</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9789753225090</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Tosbidik ve Despo Dede</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786054463404</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Şölen</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786054463428</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Yüzük</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>3990000022849</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Bilmek İlişki Üzerine Hazzı Öğrenmek</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9789753223256</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Tazesi Makbuldür</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>