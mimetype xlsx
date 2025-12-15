--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,6295 +85,6430 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255507808</t>
+          <t>9786258547047</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Progressive Rock Ansiklopedisi</t>
+          <t>Kafka'nın Kayıp Mektupları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255507891</t>
+          <t>9786255507990</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Din ve Devrimler</t>
+          <t>Kızıl Çar Putin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255507921</t>
+          <t>9786255507976</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Jitem Pir Yokmuş Jitem Bir Varmış</t>
+          <t>Yapraklar Da Bazen Ölmek İster</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255507815</t>
+          <t>9786255507853</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Who</t>
+          <t>Toplu Oyunlar 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255507778</t>
+          <t>9786255507846</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Üç Şehrin Hikayesi</t>
+          <t>Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257623179</t>
+          <t>9786255507952</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Turkish Vegan Mutfak</t>
+          <t>Barışın Dili</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255507785</t>
+          <t>9786255507969</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Haydut</t>
+          <t>Ruhun Tılsımlı Seslenişi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255507693</t>
+          <t>9786255507907</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mor Elma Kafe</t>
+          <t>Yaşamın Direksiyonunda</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255507792</t>
+          <t>9786255507938</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mehlikam</t>
+          <t>Yazgülü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255507679</t>
+          <t>9786255507808</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yarıda Kaldı Şarkılar</t>
+          <t>Progressive Rock Ansiklopedisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255507730</t>
+          <t>9786255507891</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gezmeleri</t>
+          <t>Atatürk Din ve Devrimler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255507709</t>
+          <t>9786255507921</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Kalite ve Liderlik</t>
+          <t>Jitem Pir Yokmuş Jitem Bir Varmış</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255507716</t>
+          <t>9786255507815</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Kalite ve Profesyonellik</t>
+          <t>Who</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255507686</t>
+          <t>9786255507778</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cevaplar Kitabı</t>
+          <t>Üç Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257623810</t>
+          <t>9786257623179</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatta Bedenin Ev Halleri</t>
+          <t>Turkish Vegan Mutfak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255507648</t>
+          <t>9786255507785</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Benden Kalan İzler</t>
+          <t>Haydut</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255507655</t>
+          <t>9786255507693</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Enikonu Araf</t>
+          <t>Mor Elma Kafe</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255507662</t>
+          <t>9786255507792</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Gerçeklerimden Büyüktü</t>
+          <t>Mehlikam</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255507631</t>
+          <t>9786255507679</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uzay Zaman Şaman’ı</t>
+          <t>Yarıda Kaldı Şarkılar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255507556</t>
+          <t>9786255507730</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İçimde Büyüyen Çocuk</t>
+          <t>Şiir Gezmeleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255507624</t>
+          <t>9786255507709</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Volkan Konak</t>
+          <t>Kişisel Kalite ve Liderlik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255507525</t>
+          <t>9786255507716</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Keder Ülkesi</t>
+          <t>Kişisel Kalite ve Profesyonellik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255507501</t>
+          <t>9786255507686</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Aden</t>
+          <t>Cevaplar Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256619951</t>
+          <t>9786257623810</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Piti Nerede?</t>
+          <t>Çağdaş Sanatta Bedenin Ev Halleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255507563</t>
+          <t>9786255507648</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kaçma, Latte Kaçma!</t>
+          <t>Benden Kalan İzler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255507570</t>
+          <t>9786255507655</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik Gözlüğü Ilgaz’ı Nereye Götürüyor?</t>
+          <t>Enikonu Araf</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255507518</t>
+          <t>9786255507662</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Düş’eş 2</t>
+          <t>Hayallerim Gerçeklerimden Büyüktü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255507594</t>
+          <t>9786255507631</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tuncel Kurtiz</t>
+          <t>Uzay Zaman Şaman’ı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255507587</t>
+          <t>9786255507556</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kaya</t>
+          <t>İçimde Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255507617</t>
+          <t>9786255507624</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Erkin Koray</t>
+          <t>Volkan Konak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255507600</t>
+          <t>9786255507525</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cem Karaca</t>
+          <t>Keder Ülkesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255507532</t>
+          <t>9786255507501</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arda Güler</t>
+          <t>Denizkızı Aden</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255507440</t>
+          <t>9786256619951</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kenan Yıldız</t>
+          <t>Kaplumbağa Piti Nerede?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255507495</t>
+          <t>9786255507563</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kadehsel Konular</t>
+          <t>Kaçma, Latte Kaçma!</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255507471</t>
+          <t>9786255507570</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Ardındaki Sarsıntı</t>
+          <t>Sanal Gerçeklik Gözlüğü Ilgaz’ı Nereye Götürüyor?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255507488</t>
+          <t>9786255507518</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hakikatini Keşfet</t>
+          <t>Düş’eş 2</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255507464</t>
+          <t>9786255507594</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Astro 102</t>
+          <t>Tuncel Kurtiz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255507457</t>
+          <t>9786255507587</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Tanrı</t>
+          <t>Ahmet Kaya</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255507433</t>
+          <t>9786255507617</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Hayat</t>
+          <t>Erkin Koray</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255507242</t>
+          <t>9786255507600</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sadece Elif</t>
+          <t>Cem Karaca</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255507334</t>
+          <t>9786255507532</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Güz</t>
+          <t>Arda Güler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259972824</t>
+          <t>9786255507440</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Vücut Ağırlığıyla Egzersizler</t>
+          <t>Kenan Yıldız</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259972848</t>
+          <t>9786255507495</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hypertrophy</t>
+          <t>Kadehsel Konular</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255507426</t>
+          <t>9786255507471</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Etkinlik Kitabı</t>
+          <t>Alevlerin Ardındaki Sarsıntı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255507372</t>
+          <t>9786255507488</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Kadıköylü</t>
+          <t>Hakikatini Keşfet</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255507396</t>
+          <t>9786255507464</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Hesap</t>
+          <t>Astro 102</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255507341</t>
+          <t>9786255507457</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Annemin Duvarları Aşan Sesi</t>
+          <t>Ölümlü Tanrı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255507389</t>
+          <t>9786255507433</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Cevaplarda Kendini Keşfet</t>
+          <t>Günaydın Hayat</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255507402</t>
+          <t>9786255507242</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Come From Toprock</t>
+          <t>Sadece Elif</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255507419</t>
+          <t>9786255507334</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Tutkusu</t>
+          <t>Güz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257165624</t>
+          <t>9786259972824</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Uygarlıkları</t>
+          <t>Vücut Ağırlığıyla Egzersizler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256619524</t>
+          <t>9786259972848</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Yetiştiriciliğinde Pratik Bilgiler</t>
+          <t>Hypertrophy</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256619531</t>
+          <t>9786255507426</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Elementsel Check Up</t>
+          <t>Ramazan Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255507358</t>
+          <t>9786255507372</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hakan Çalhanoğlu</t>
+          <t>Merhaba Kadıköylü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255507365</t>
+          <t>9786255507396</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kabule Şayan</t>
+          <t>Yanlış Hesap</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255507259</t>
+          <t>9786255507341</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Annemin Duvarları Aşan Sesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255507266</t>
+          <t>9786255507389</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Müzikte Modernleşme Süreci</t>
+          <t>Cevaplarda Kendini Keşfet</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255507280</t>
+          <t>9786255507402</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Schubert ve Şevki Bey</t>
+          <t>Come From Toprock</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255507297</t>
+          <t>9786255507419</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sorunlarıyla Baş Etmenin Yolları</t>
+          <t>Gölgenin Tutkusu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255507273</t>
+          <t>9786257165624</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bebe Günden Güneş Sorar</t>
+          <t>Anadolu Uygarlıkları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255507327</t>
+          <t>9786256619524</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Rafa Silva</t>
+          <t>Zeytin Yetiştiriciliğinde Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255507310</t>
+          <t>9786256619531</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>En Nesyri</t>
+          <t>Elementsel Check Up</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255507303</t>
+          <t>9786255507358</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Oshimen</t>
+          <t>Hakan Çalhanoğlu</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256619920</t>
+          <t>9786255507365</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Böyle Yaşadım</t>
+          <t>Kabule Şayan</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255507167</t>
+          <t>9786255507259</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aşk- ı Müptela</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256619333</t>
+          <t>9786255507266</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Niyet Kitabı</t>
+          <t>Cumhuriyet Döneminde Müzikte Modernleşme Süreci</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255507174</t>
+          <t>9786255507280</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Astro 101</t>
+          <t>Schubert ve Şevki Bey</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255507105</t>
+          <t>9786255507297</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sümerler</t>
+          <t>Çocukların Sorunlarıyla Baş Etmenin Yolları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255507075</t>
+          <t>9786255507273</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hititler</t>
+          <t>Bebe Günden Güneş Sorar</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255507082</t>
+          <t>9786255507327</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eski Mısır</t>
+          <t>Rafa Silva</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255507099</t>
+          <t>9786255507310</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mayalar</t>
+          <t>En Nesyri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255507068</t>
+          <t>9786255507303</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Vikingler</t>
+          <t>Oshimen</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255507143</t>
+          <t>9786256619920</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Urartular</t>
+          <t>Böyle Yaşadım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255507136</t>
+          <t>9786255507167</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aztekler</t>
+          <t>Aşk- ı Müptela</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255507150</t>
+          <t>9786256619333</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ninjalar</t>
+          <t>Niyet Kitabı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255507129</t>
+          <t>9786255507174</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Her Yaşam Bir Hikaye</t>
+          <t>Astro 101</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255507044</t>
+          <t>9786255507105</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Rus İhtilali</t>
+          <t>Sümerler</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255507051</t>
+          <t>9786255507075</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Fransız İhtilali</t>
+          <t>Hititler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255507013</t>
+          <t>9786255507082</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çin İhtilali</t>
+          <t>Eski Mısır</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255507006</t>
+          <t>9786255507099</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İhtilali</t>
+          <t>Mayalar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255507112</t>
+          <t>9786255507068</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küllerimle Dans Ettim</t>
+          <t>Vikingler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058107823</t>
+          <t>9786255507143</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Urartular</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256619982</t>
+          <t>9786255507136</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kızılderililer</t>
+          <t>Aztekler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256619975</t>
+          <t>9786255507150</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar</t>
+          <t>Ninjalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255507020</t>
+          <t>9786255507129</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Her Yaşam Bir Hikaye</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256619715</t>
+          <t>9786255507044</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda Osmanlı İmparatorluğu</t>
+          <t>Rus İhtilali</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256619937</t>
+          <t>9786255507051</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Görünmez İpler Nasıl Kesilir</t>
+          <t>Fransız İhtilali</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256619944</t>
+          <t>9786255507013</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Ronaldo Gerçekler Raşit - Gol Kralı 1</t>
+          <t>Çin İhtilali</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256619968</t>
+          <t>9786255507006</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>P!ç Kuruları</t>
+          <t>Amerikan İhtilali</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255507037</t>
+          <t>9786255507112</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Helen’in Şarkısı</t>
+          <t>Küllerimle Dans Ettim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256619999</t>
+          <t>9786058107823</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Masonluk</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256619913</t>
+          <t>9786256619982</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Feminizm</t>
+          <t>Kızılderililer</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256619890</t>
+          <t>9786256619975</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>Samuraylar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256619883</t>
+          <t>9786255507020</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ajan Martin</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256619661</t>
+          <t>9786256619715</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Esintiler</t>
+          <t>17. Yüzyılda Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256619821</t>
+          <t>9786256619937</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Serkeş</t>
+          <t>Görünmez İpler Nasıl Kesilir</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256619838</t>
+          <t>9786256619944</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Aşırım</t>
+          <t>Hayaller Ronaldo Gerçekler Raşit - Gol Kralı 1</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256619814</t>
+          <t>9786256619968</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Düşelçi</t>
+          <t>P!ç Kuruları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256619869</t>
+          <t>9786255507037</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Veli OIdum</t>
+          <t>Helen’in Şarkısı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256619760</t>
+          <t>9786256619999</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Taktikler</t>
+          <t>Masonluk</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256619777</t>
+          <t>9786256619913</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Beyin</t>
+          <t>Feminizm</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256619791</t>
+          <t>9786256619890</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Etkili İletişim</t>
+          <t>38</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256619784</t>
+          <t>9786256619883</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Duygusal Zeka</t>
+          <t>Ajan Martin</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256619807</t>
+          <t>9786256619661</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Etkili Motivasyon</t>
+          <t>Hayattan Esintiler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256619753</t>
+          <t>9786256619821</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Karakter</t>
+          <t>Serkeş</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256619692</t>
+          <t>9786256619838</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yokuştaki Ev</t>
+          <t>Müşterek Aşırım</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256619708</t>
+          <t>9786256619814</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zeugma’nın Gölgesinde Deprem</t>
+          <t>Düşelçi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257961875</t>
+          <t>9786256619869</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Agnostisizm</t>
+          <t>Eyvah Veli OIdum</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257961912</t>
+          <t>9786256619760</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm</t>
+          <t>Başarıya Götüren Taktikler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257165068</t>
+          <t>9786256619777</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Başarıya Götüren Beyin</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257961967</t>
+          <t>9786256619791</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bipolar Bozukluk</t>
+          <t>Başarıya Götüren Etkili İletişim</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257961905</t>
+          <t>9786256619784</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Paganizm</t>
+          <t>Başarıya Götüren Duygusal Zeka</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256619623</t>
+          <t>9786256619807</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk’ün Çocukluğu</t>
+          <t>Başarıya Götüren Etkili Motivasyon</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256619685</t>
+          <t>9786256619753</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kar ve Çocuklar</t>
+          <t>Başarıya Götüren Karakter</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256619678</t>
+          <t>9786256619692</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Ertuğrul’u</t>
+          <t>Yokuştaki Ev</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256619654</t>
+          <t>9786256619708</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ada Macerası</t>
+          <t>Zeugma’nın Gölgesinde Deprem</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256619647</t>
+          <t>9786257961875</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeğini Doldurmak</t>
+          <t>Agnostisizm</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256619630</t>
+          <t>9786257961912</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sır Senin İçinde</t>
+          <t>Şamanizm</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256619616</t>
+          <t>9786257165068</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümsemek İstersin</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257961998</t>
+          <t>9786257961967</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm</t>
+          <t>Bipolar Bozukluk</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257961899</t>
+          <t>9786257961905</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Deizm</t>
+          <t>Paganizm</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257961974</t>
+          <t>9786256619623</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği</t>
+          <t>Büyük Atatürk’ün Çocukluğu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257165013</t>
+          <t>9786256619685</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Kar ve Çocuklar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257961851</t>
+          <t>9786256619678</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Budizm</t>
+          <t>Abdülhamid’in Ertuğrul’u</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257961943</t>
+          <t>9786256619654</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete</t>
+          <t>Kayıp Ada Macerası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257961950</t>
+          <t>9786256619647</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji</t>
+          <t>İncir Çekirdeğini Doldurmak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257961981</t>
+          <t>9786256619630</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Faşizm</t>
+          <t>Sır Senin İçinde</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256619586</t>
+          <t>9786256619616</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık</t>
+          <t>Hayata Gülümsemek İstersin</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256619593</t>
+          <t>9786257961998</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Uzay Zaman Dervişi</t>
+          <t>Kapitalizm</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256619609</t>
+          <t>9786257961899</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler Mi Bizi, Biz Mi İlişkileri Yarattık?</t>
+          <t>Deizm</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256619548</t>
+          <t>9786257961974</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası Tadında</t>
+          <t>Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256619241</t>
+          <t>9786257165013</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Pembe Eldivenler</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256619166</t>
+          <t>9786257961851</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bahçemdeki Bensizlik (Ciltli)</t>
+          <t>Budizm</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256619470</t>
+          <t>9786257961943</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gösteri</t>
+          <t>Anksiyete</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256619494</t>
+          <t>9786257961950</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Değerleri Öğreniyorum</t>
+          <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256619517</t>
+          <t>9786257961981</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Güneşi</t>
+          <t>Faşizm</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256619487</t>
+          <t>9786256619586</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Doğan Çocuklar - Koruyucu Aile Öyküleri</t>
+          <t>Ortaya Karışık</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256619111</t>
+          <t>9786256619593</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Stil Sırları</t>
+          <t>Uzay Zaman Dervişi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257623377</t>
+          <t>9786256619609</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Makul Kelimeler</t>
+          <t>İlişkiler Mi Bizi, Biz Mi İlişkileri Yarattık?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256619418</t>
+          <t>9786256619548</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Yan Dalı</t>
+          <t>Ekmek Arası Tadında</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256619463</t>
+          <t>9786256619241</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Düştüm, Yok Oldum!</t>
+          <t>Pembe Eldivenler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256619432</t>
+          <t>9786256619166</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Sadakat Meselesi</t>
+          <t>Bahçemdeki Bensizlik (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256619425</t>
+          <t>9786256619470</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Pardon Bir Soru Sorabilir Miyim?</t>
+          <t>Gösteri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256619135</t>
+          <t>9786256619494</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan</t>
+          <t>Oyunlarla Değerleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256619395</t>
+          <t>9786256619517</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili İle Etkili İletişim</t>
+          <t>Sonbahar Güneşi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256619302</t>
+          <t>9786256619487</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kurtaran 40 Kod</t>
+          <t>Kalpten Doğan Çocuklar - Koruyucu Aile Öyküleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256619340</t>
+          <t>9786256619111</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ayraç</t>
+          <t>Stil Sırları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256619296</t>
+          <t>9786257623377</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği ve İslami Sosyalizm Ülküsü</t>
+          <t>Makul Kelimeler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256619388</t>
+          <t>9786256619418</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Posta Güvercinleri</t>
+          <t>Bir Ağacın Yan Dalı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256619319</t>
+          <t>9786256619463</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Makbule Hanım</t>
+          <t>Düştüm, Yok Oldum!</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256619357</t>
+          <t>9786256619432</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>How To Speak English</t>
+          <t>Bir Sadakat Meselesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>800</v>
+        <v>210</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256619326</t>
+          <t>9786256619425</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Paylaşımı</t>
+          <t>Pardon Bir Soru Sorabilir Miyim?</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256619258</t>
+          <t>9786256619135</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kar Şenliği</t>
+          <t>Arka Plan</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256619364</t>
+          <t>9786256619395</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Haberine Sağlık</t>
+          <t>Beden Dili İle Etkili İletişim</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256619371</t>
+          <t>9786256619302</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Derin Denemeler</t>
+          <t>Hayat Kurtaran 40 Kod</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786259887791</t>
+          <t>9786256619340</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Ayraç</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256619289</t>
+          <t>9786256619296</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Martı Çığlıkları</t>
+          <t>Türk Milliyetçiliği ve İslami Sosyalizm Ülküsü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256619180</t>
+          <t>9786256619388</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ayna Etkisi</t>
+          <t>Posta Güvercinleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256619234</t>
+          <t>9786256619319</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Bir Hediyedir</t>
+          <t>Makbule Hanım</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256619272</t>
+          <t>9786256619357</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bağbozumu</t>
+          <t>How To Speak English</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256619159</t>
+          <t>9786256619326</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çişentisi</t>
+          <t>Türkiye'nin Paylaşımı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256619104</t>
+          <t>9786256619258</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Denizcilik Tarihimizden Esintiler</t>
+          <t>Kar Şenliği</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256619203</t>
+          <t>9786256619364</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sincap Arda Okula Gitmek İstemiyor</t>
+          <t>Haberine Sağlık</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256619227</t>
+          <t>9786256619371</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Derin Denemeler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256619210</t>
+          <t>9786259887791</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Siyah ve Beyaz</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256619197</t>
+          <t>9786256619289</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Geçen Yaz</t>
+          <t>Martı Çığlıkları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256619173</t>
+          <t>9786256619180</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadarın Esrarengiz Yolculuğu</t>
+          <t>Ayna Etkisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256619142</t>
+          <t>9786256619234</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Annemin Yemek Kokusu</t>
+          <t>Depresyon Bir Hediyedir</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786259887746</t>
+          <t>9786256619272</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gece Gözlüm Sen Misin</t>
+          <t>Bağbozumu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256619098</t>
+          <t>9786256619159</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Özüm Büyüyor</t>
+          <t>Sevda Çişentisi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786259887739</t>
+          <t>9786256619104</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sır Dünya</t>
+          <t>Denizcilik Tarihimizden Esintiler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256619029</t>
+          <t>9786256619203</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Serpintiler</t>
+          <t>Sincap Arda Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256619050</t>
+          <t>9786256619227</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Neymar</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256619081</t>
+          <t>9786256619210</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mo Salah</t>
+          <t>Siyah ve Beyaz</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256619074</t>
+          <t>9786256619197</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Luis Suarez</t>
+          <t>İçimizden Geçen Yaz</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256619043</t>
+          <t>9786256619173</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ibrahimoviç</t>
+          <t>Üç Kafadarın Esrarengiz Yolculuğu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256619012</t>
+          <t>9786256619142</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Vaveyladan Sonra</t>
+          <t>Annemin Yemek Kokusu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786259887784</t>
+          <t>9786259887746</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Liman Yunusu Martin Johns</t>
+          <t>Gece Gözlüm Sen Misin</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786259887722</t>
+          <t>9786256619098</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aileden İş Yaşamına Başarı Kodları</t>
+          <t>Özüm Büyüyor</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786259887760</t>
+          <t>9786259887739</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şehir Hafızası</t>
+          <t>Sır Dünya</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786259887777</t>
+          <t>9786256619029</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümün Pusulası</t>
+          <t>Serpintiler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786259948157</t>
+          <t>9786256619050</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Zihnim Ruhuma Eziyet</t>
+          <t>Neymar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259948119</t>
+          <t>9786256619081</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Neonları</t>
+          <t>Mo Salah</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786259948140</t>
+          <t>9786256619074</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Çocuklar Büyümez</t>
+          <t>Luis Suarez</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786259948164</t>
+          <t>9786256619043</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Pera</t>
+          <t>Ibrahimoviç</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786259948171</t>
+          <t>9786256619012</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Merhaba</t>
+          <t>Vaveyladan Sonra</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786259948188</t>
+          <t>9786259887784</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İstağfi</t>
+          <t>Liman Yunusu Martin Johns</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786259948195</t>
+          <t>9786259887722</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bizi Sual Eden Olursa</t>
+          <t>Aileden İş Yaşamına Başarı Kodları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259887708</t>
+          <t>9786259887760</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Canparem</t>
+          <t>Şehir Hafızası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786259887715</t>
+          <t>9786259887777</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Seyahat</t>
+          <t>Dönüşümün Pusulası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256560000</t>
+          <t>9786259948157</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sırtımda Yara Dünya</t>
+          <t>Zihnim Ruhuma Eziyet</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259948102</t>
+          <t>9786259948119</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sana Herkes İmrenmeli</t>
+          <t>Yeryüzü Neonları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256560079</t>
+          <t>9786259948140</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Puzzle Parçaları 2</t>
+          <t>Sürgün Çocuklar Büyümez</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256560062</t>
+          <t>9786259948164</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ben En Çok Sana Yazmayı Sevdim</t>
+          <t>Pera</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786259965888</t>
+          <t>9786259948171</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ali Öğretmen</t>
+          <t>Merhaba</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786259965864</t>
+          <t>9786259948188</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Heybemden Dökülen Öyküler</t>
+          <t>İstağfi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786259965871</t>
+          <t>9786259948195</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Siyah Şapkalı Adam</t>
+          <t>Eğer Bizi Sual Eden Olursa</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786259965833</t>
+          <t>9786259887708</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Gerek</t>
+          <t>Canparem</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257623803</t>
+          <t>9786259887715</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çay Falı Kartları</t>
+          <t>Senin İçin Seyahat</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786259972886</t>
+          <t>9786256560000</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İstikamet Kuşlar Bakanlığı</t>
+          <t>Sırtımda Yara Dünya</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786259965819</t>
+          <t>9786259948102</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İzi ve Feli</t>
+          <t>Sana Herkes İmrenmeli</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786259965857</t>
+          <t>9786256560079</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Altı Üstü Hayat</t>
+          <t>Puzzle Parçaları 2</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259965826</t>
+          <t>9786256560062</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Düş’eş</t>
+          <t>Ben En Çok Sana Yazmayı Sevdim</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786259965840</t>
+          <t>9786259965888</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kadının Arzusu</t>
+          <t>Ali Öğretmen</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786259972879</t>
+          <t>9786259965864</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Nefes Diledim</t>
+          <t>Heybemden Dökülen Öyküler</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786259972893</t>
+          <t>9786259965871</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Nakşibendilik Üzerinden Kürt Sorunu</t>
+          <t>Siyah Şapkalı Adam</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786259972862</t>
+          <t>9786259965833</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Treni</t>
+          <t>Gitmek Gerek</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786259972855</t>
+          <t>9786257623803</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Kuraklık</t>
+          <t>Çay Falı Kartları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257623964</t>
+          <t>9786259972886</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Asansör</t>
+          <t>İstikamet Kuşlar Bakanlığı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786259972800</t>
+          <t>9786259965819</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Son Dördün</t>
+          <t>İzi ve Feli</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257623735</t>
+          <t>9786259965857</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Grameri</t>
+          <t>Altı Üstü Hayat</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257623971</t>
+          <t>9786259965826</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sil İndir</t>
+          <t>Düş’eş</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257623988</t>
+          <t>9786259965840</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hanemdeki Ayışığı</t>
+          <t>Kadının Arzusu</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257623940</t>
+          <t>9786259972879</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Devlet Terbiyesi</t>
+          <t>Nefes Diledim</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257623902</t>
+          <t>9786259972893</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Yalanlar</t>
+          <t>Nakşibendilik Üzerinden Kürt Sorunu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257623933</t>
+          <t>9786259972862</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Geziyorum 3</t>
+          <t>Hüzün Treni</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257623896</t>
+          <t>9786259972855</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Kahramanlar</t>
+          <t>Duygusal Kuraklık</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257623957</t>
+          <t>9786257623964</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler</t>
+          <t>Asansör</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257623865</t>
+          <t>9786259972800</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Tüneli</t>
+          <t>Son Dördün</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257623889</t>
+          <t>9786257623735</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yumağı</t>
+          <t>Eski Anadolu Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257623797</t>
+          <t>9786257623971</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sınır Boylarında</t>
+          <t>Sil İndir</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257623780</t>
+          <t>9786257623988</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Devlet Üzerine</t>
+          <t>Hanemdeki Ayışığı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257623773</t>
+          <t>9786257623940</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Geziyorum 2</t>
+          <t>Devlet Terbiyesi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257623742</t>
+          <t>9786257623902</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hamal</t>
+          <t>Yüzyıllık Yalanlar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>55</v>
+        <v>145</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257623728</t>
+          <t>9786257623933</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Antik Sanat İzleri</t>
+          <t>Geziyorum 3</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257623605</t>
+          <t>9786257623896</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yaşarken Gemlik 5</t>
+          <t>Zavallı Kahramanlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257623629</t>
+          <t>9786257623957</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yaşarken Gemlik 3</t>
+          <t>Çocuklara Şiirler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257623636</t>
+          <t>9786257623865</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yaşarken Gemlik 2</t>
+          <t>Vicdan Tüneli</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257623766</t>
+          <t>9786257623889</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Mapavri’den İstanbul’a</t>
+          <t>Hüzün Yumağı</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257623711</t>
+          <t>9786257623797</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Artık Bırakıyorum</t>
+          <t>Sınır Boylarında</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257623704</t>
+          <t>9786257623780</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Gitar Eğitimi 1</t>
+          <t>Devlet Üzerine</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257623698</t>
+          <t>9786257623773</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İnandığın Yolda Yürü</t>
+          <t>Geziyorum 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257623667</t>
+          <t>9786257623742</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler ve İnsanlar</t>
+          <t>Siyasi Hamal</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257623650</t>
+          <t>9786257623728</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Öpücüğü</t>
+          <t>Anadolu’da Antik Sanat İzleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257623315</t>
+          <t>9786257623605</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Puzzle Parçaları - 1. Kitap</t>
+          <t>Anılarda Yaşarken Gemlik 5</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257623322</t>
+          <t>9786257623629</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Normal İnsanlar İçin Ekonomi - Kısa Kısa</t>
+          <t>Anılarda Yaşarken Gemlik 3</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257623278</t>
+          <t>9786257623636</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Sever</t>
+          <t>Anılarda Yaşarken Gemlik 2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257623254</t>
+          <t>9786257623766</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kayıp İzinde</t>
+          <t>Mapavri’den İstanbul’a</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257623247</t>
+          <t>9786257623711</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kalem Olmalı İnsan</t>
+          <t>Artık Bırakıyorum</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257623285</t>
+          <t>9786257623704</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bir Hüzün Sarkacı</t>
+          <t>Gitar Eğitimi 1</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257623223</t>
+          <t>9786257623698</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Geziyorum</t>
+          <t>İnandığın Yolda Yürü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257623193</t>
+          <t>9786257623667</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Unutulmadan Kıbrıs</t>
+          <t>Gölgeler ve İnsanlar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257623209</t>
+          <t>9786257623650</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Tanrı’nın Öpücüğü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052280959</t>
+          <t>9786257623315</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Arif</t>
+          <t>Puzzle Parçaları - 1. Kitap</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257623186</t>
+          <t>9786257623322</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sabetay Sevi</t>
+          <t>Normal İnsanlar İçin Ekonomi - Kısa Kısa</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>4440000001012</t>
+          <t>9786257623278</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya</t>
+          <t>Bir Şiir Sever</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257165136</t>
+          <t>9786257623254</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Oyunlar (4-8 Yaş)</t>
+          <t>Sevginin Kayıp İzinde</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257165129</t>
+          <t>9786257623247</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Oyunlar (0-4 Yaş)</t>
+          <t>Kalem Olmalı İnsan</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257623339</t>
+          <t>9786257623285</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Anlamım</t>
+          <t>Bir Hüzün Sarkacı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257623155</t>
+          <t>9786257623223</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kapı</t>
+          <t>Geziyorum</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257623131</t>
+          <t>9786257623193</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Hekimin Anadolu Macerası</t>
+          <t>Unutulmadan Kıbrıs</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257623148</t>
+          <t>9786257623209</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Şey Bedreddin</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257623100</t>
+          <t>9786052280959</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Ahmed Arif</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257623124</t>
+          <t>9786257623186</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Can Yücel</t>
+          <t>Sabetay Sevi</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057623070</t>
+          <t>4440000001012</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Erdal Eren</t>
+          <t>Cemal Süreya</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057623056</t>
+          <t>9786257165136</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tektanrıcılık</t>
+          <t>Çocuklar İçin Oyunlar (4-8 Yaş)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257623049</t>
+          <t>9786257165129</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Çocuklar İçin Oyunlar (0-4 Yaş)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057623087</t>
+          <t>9786257623339</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine</t>
+          <t>Anlamım</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057458667</t>
+          <t>9786257623155</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Af Talebi</t>
+          <t>Mavi Kapı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057458605</t>
+          <t>9786257623131</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Uzaklardaki Cinayet</t>
+          <t>Bir Hekimin Anadolu Macerası</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257458643</t>
+          <t>9786257623148</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Japonya - Güneşin Doğduğu Ülke</t>
+          <t>Şey Bedreddin</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257623001</t>
+          <t>9786257623100</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hakikat</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257467034</t>
+          <t>9786257623124</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Eşikte Durma Dedi Annem</t>
+          <t>Can Yücel</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057458612</t>
+          <t>9786057623070</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Çocuk</t>
+          <t>Erdal Eren</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057467027</t>
+          <t>9786057623056</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Dans</t>
+          <t>Musa ve Tektanrıcılık</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057467041</t>
+          <t>9786257623049</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya - Fırat Kenarında İnce Bir Duman</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257165679</t>
+          <t>9786057623087</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Kaypakkaya</t>
+          <t>Cinsellik Üzerine</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057467072</t>
+          <t>9786057458667</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ben Karanfili Sevdim</t>
+          <t>Af Talebi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786058107892</t>
+          <t>9786057458605</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Uzaklardaki Cinayet</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786058107861</t>
+          <t>9786257458643</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Japonya - Güneşin Doğduğu Ülke</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057467034</t>
+          <t>9786257623001</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Hakikat</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057467010</t>
+          <t>9786257467034</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Çakıcı’nın İlk Kurşunu</t>
+          <t>Eşikte Durma Dedi Annem</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786058107885</t>
+          <t>9786057458612</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Sürgün Çocuk</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057467003</t>
+          <t>9786057467027</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Sonsuz Dans</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786058107878</t>
+          <t>9786057467041</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hoşgör Köftecisi</t>
+          <t>Cemal Süreya - Fırat Kenarında İnce Bir Duman</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786058107816</t>
+          <t>9786257165679</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gibi Özgür</t>
+          <t>İbrahim Kaypakkaya</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257165631</t>
+          <t>9786057467072</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Uzak Doğu Uygarlıkları</t>
+          <t>Ben Karanfili Sevdim</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257165617</t>
+          <t>9786058107892</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Güney Asya Uygarlıkları</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257165655</t>
+          <t>9786058107861</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Okyanusya Uygarlıkları</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257165648</t>
+          <t>9786057467034</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Uygarlıkları</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257165594</t>
+          <t>9786057467010</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Amerika Uygarlıkları</t>
+          <t>Çakıcı’nın İlk Kurşunu</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257165570</t>
+          <t>9786058107885</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Uygarlıkları</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257165587</t>
+          <t>9786057467003</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Afrika Uygarlıkları</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257165600</t>
+          <t>9786058107878</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Uygarlıkları</t>
+          <t>Hoşgör Köftecisi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257165730</t>
+          <t>9786058107816</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Deneyler</t>
+          <t>Şiir Gibi Özgür</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257165693</t>
+          <t>9786257165631</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Beni Babam Zehirledi</t>
+          <t>Uzak Doğu Uygarlıkları</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257165747</t>
+          <t>9786257165617</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mahalleli</t>
+          <t>Güney Asya Uygarlıkları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257165792</t>
+          <t>9786257165655</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 5</t>
+          <t>Okyanusya Uygarlıkları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257165778</t>
+          <t>9786257165648</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 3</t>
+          <t>Orta Asya Uygarlıkları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257165761</t>
+          <t>9786257165594</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 2</t>
+          <t>Amerika Uygarlıkları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257165785</t>
+          <t>9786257165570</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 4</t>
+          <t>Akdeniz Uygarlıkları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257165754</t>
+          <t>9786257165587</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 1</t>
+          <t>Afrika Uygarlıkları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>3990000063903</t>
+          <t>9786257165600</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Seti (8 Kitap Takım)</t>
+          <t>Avrupa Uygarlıkları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>172</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257165532</t>
+          <t>9786257165730</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Enizen Şifa Öğretisi</t>
+          <t>Tehlikeli Deneyler</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257165549</t>
+          <t>9786257165693</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Enizen Rüya Kitabı</t>
+          <t>Beni Babam Zehirledi</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257165525</t>
+          <t>9786257165747</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Olaylar Evi</t>
+          <t>Mahalleli</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257165556</t>
+          <t>9786257165792</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Olaylar Çiftliği</t>
+          <t>Dünyaya İz Bırakan Kadınlar 5</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257165112</t>
+          <t>9786257165778</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İş mi Bizi Biz mi İşi Yarattık</t>
+          <t>Dünyaya İz Bırakan Kadınlar 3</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257165419</t>
+          <t>9786257165761</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Kolaylaştıran Pratik Bilgiler</t>
+          <t>Dünyaya İz Bırakan Kadınlar 2</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257165471</t>
+          <t>9786257165785</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Obeziteden Diyete Bilimsel Zayıflama</t>
+          <t>Dünyaya İz Bırakan Kadınlar 4</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257165488</t>
+          <t>9786257165754</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik</t>
+          <t>Dünyaya İz Bırakan Kadınlar 1</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257165518</t>
+          <t>3990000063903</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bitkilerle Güzellik Reçeteleri</t>
+          <t>Mutlu Yaşam Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>172</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257165204</t>
+          <t>9786257165532</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü</t>
+          <t>Enizen Şifa Öğretisi</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257165167</t>
+          <t>9786257165549</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Refet Bele</t>
+          <t>Enizen Rüya Kitabı</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257165181</t>
+          <t>9786257165525</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kazım Özalp</t>
+          <t>Müthiş Olaylar Evi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257165150</t>
+          <t>9786257165556</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Salih Bozok</t>
+          <t>Çılgın Olaylar Çiftliği</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257165242</t>
+          <t>9786257165112</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar</t>
+          <t>İş mi Bizi Biz mi İşi Yarattık</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257165228</t>
+          <t>9786257165419</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Falih Rıfkı Atay</t>
+          <t>Yaşamı Kolaylaştıran Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257165198</t>
+          <t>9786257165471</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir</t>
+          <t>Obeziteden Diyete Bilimsel Zayıflama</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257165082</t>
+          <t>9786257165488</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Mutlu Evlilik</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257961844</t>
+          <t>9786257165518</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Tufan</t>
+          <t>A’dan Z’ye Bitkilerle Güzellik Reçeteleri</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052280713</t>
+          <t>9786257165204</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Olmazları Sevdim Olur Diye</t>
+          <t>İsmet İnönü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257961929</t>
+          <t>9786257165167</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Şintoizm</t>
+          <t>Refet Bele</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257961882</t>
+          <t>9786257165181</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Marksizm</t>
+          <t>Kazım Özalp</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257165051</t>
+          <t>9786257165150</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kronik Yorgunluk Sendromu</t>
+          <t>Salih Bozok</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257165044</t>
+          <t>9786257165242</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bozuklukları</t>
+          <t>Celal Bayar</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257165020</t>
+          <t>9786257165228</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Disleksi Öğrenme Bozukluğu</t>
+          <t>Falih Rıfkı Atay</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257961868</t>
+          <t>9786257165198</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ateizm</t>
+          <t>Kazım Karabekir</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257961752</t>
+          <t>9786257165082</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Anıları - Sherlock Holmes</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257961776</t>
+          <t>9786257961844</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
+          <t>Aşk ve Tufan</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257961769</t>
+          <t>9786052280713</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Dönüşü - Sherlock Holmes</t>
+          <t>Olmazları Sevdim Olur Diye</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257961806</t>
+          <t>9786257961929</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Şintoizm</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257961820</t>
+          <t>9786257961882</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Maceraları - Sherlock Holmes</t>
+          <t>Marksizm</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257961813</t>
+          <t>9786257165051</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Son Dava - Sherlock Holmes</t>
+          <t>Kronik Yorgunluk Sendromu</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257961707</t>
+          <t>9786257165044</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Hırsızların Maskesi Düşüyor</t>
+          <t>Kişilik Bozuklukları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257961738</t>
+          <t>9786257165020</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gizli Planların Karanlık Gölgeleri</t>
+          <t>Disleksi Öğrenme Bozukluğu</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257961714</t>
+          <t>9786257961868</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gizemli Mesajların Peşinde</t>
+          <t>Ateizm</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257961745</t>
+          <t>9786257961752</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bulmaca Gibi İpuçlarının Ardında</t>
+          <t>Sherlock Holmes'un Anıları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257961721</t>
+          <t>9786257961776</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - İz Peşinde Zorlu Takipler</t>
+          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257961592</t>
+          <t>9786257961769</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Sherlock Holmes'un Dönüşü - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257961523</t>
+          <t>9786257961806</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257961615</t>
+          <t>9786257961820</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Sherlock Holmes'un Maceraları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257961530</t>
+          <t>9786257961813</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Yüksekten Uçanlar</t>
+          <t>Son Dava - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257961691</t>
+          <t>9786257961707</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar</t>
+          <t>Sherlock Holmes - Hırsızların Maskesi Düşüyor</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257961837</t>
+          <t>9786257961738</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Cennet</t>
+          <t>Sherlock Holmes - Gizli Planların Karanlık Gölgeleri</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257961547</t>
+          <t>9786257961714</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Sherlock Holmes - Gizemli Mesajların Peşinde</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257961561</t>
+          <t>9786257961745</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gülü</t>
+          <t>Sherlock Holmes - Bulmaca Gibi İpuçlarının Ardında</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257961608</t>
+          <t>9786257961721</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mezarlar Ne Söyler</t>
+          <t>Sherlock Holmes - İz Peşinde Zorlu Takipler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257961646</t>
+          <t>9786257961592</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bir Gözyaşı ve Bir Tebessüm</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257961653</t>
+          <t>9786257961523</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257961639</t>
+          <t>9786257961615</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257961578</t>
+          <t>9786257961530</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Gemiler</t>
+          <t>Yüksekten Uçanlar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052280768</t>
+          <t>9786257961691</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Cenaze Töreni</t>
+          <t>Fırtınalar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257961424</t>
+          <t>9786257961837</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Sekizinci Cennet</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257961479</t>
+          <t>9786257961547</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257961400</t>
+          <t>9786257961561</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Rüzgar Gülü</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257961417</t>
+          <t>9786257961608</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Mezarlar Ne Söyler</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257961387</t>
+          <t>9786257961646</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Charles Darwin</t>
+          <t>Bir Gözyaşı ve Bir Tebessüm</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257961455</t>
+          <t>9786257961653</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Lev Tolstoy</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257961486</t>
+          <t>9786257961639</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Virginia Woolf</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257961448</t>
+          <t>9786257961578</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Karl Marx</t>
+          <t>Kağıttan Gemiler</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257961431</t>
+          <t>9786052280768</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Bir Acayip Cenaze Töreni</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257961257</t>
+          <t>9786257961424</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>4440000000913</t>
+          <t>9786257961479</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257961325</t>
+          <t>9786257961400</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257961356</t>
+          <t>9786257961417</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257961264</t>
+          <t>9786257961387</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>Aforizmalar - Charles Darwin</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257961349</t>
+          <t>9786257961455</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Elon Musk</t>
+          <t>Aforizmalar - Lev Tolstoy</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257961332</t>
+          <t>9786257961486</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton</t>
+          <t>Aforizmalar - Virginia Woolf</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257961363</t>
+          <t>9786257961448</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla</t>
+          <t>Aforizmalar - Karl Marx</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257961370</t>
+          <t>9786257961431</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057458636</t>
+          <t>9786257961257</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dersim Küba Hattı</t>
+          <t>Nazım Hikmet</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257961172</t>
+          <t>4440000000913</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ejderin Oğlu - Adaletin Peşinde</t>
+          <t>Orhan Veli</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257961226</t>
+          <t>9786257961325</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking</t>
+          <t>Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257961233</t>
+          <t>9786257961356</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs</t>
+          <t>Charles Darwin</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>27</v>
+        <v>140</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257961202</t>
+          <t>9786257961264</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052280935</t>
+          <t>9786257961349</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Barış ve Özgürlük İçin Cumhuriyet</t>
+          <t>Elon Musk</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>55</v>
+        <v>130</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257961165</t>
+          <t>9786257961332</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tekkeden Devlete Yeşil İktidar</t>
+          <t>Isaac Newton</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052280966</t>
+          <t>9786257961363</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Falih Rıfkı Atay</t>
+          <t>Nikola Tesla</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257961011</t>
+          <t>9786257961370</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052280928</t>
+          <t>9786057458636</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Son Çıkış</t>
+          <t>Dersim Küba Hattı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257961073</t>
+          <t>9786257961172</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Friedrick Engels</t>
+          <t>Ejderin Oğlu - Adaletin Peşinde</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257961042</t>
+          <t>9786257961226</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Stephen Hawking</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257961059</t>
+          <t>9786257961233</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sovyetlerin Mimarı Lenin</t>
+          <t>Steve Jobs</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>120</v>
+        <v>27</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052280898</t>
+          <t>9786257961202</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanımdan Sızanlar</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052280805</t>
+          <t>9786052280935</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Silivri’den Özgürlüğe</t>
+          <t>Demokrasi Barış ve Özgürlük İçin Cumhuriyet</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052280645</t>
+          <t>9786257961165</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İşte Tanrı</t>
+          <t>Tekkeden Devlete Yeşil İktidar</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052280430</t>
+          <t>9786052280966</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sana Dair Mırıldanmalar</t>
+          <t>Falih Rıfkı Atay</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052280416</t>
+          <t>9786257961011</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Amerika’daki İmam</t>
+          <t>Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052280485</t>
+          <t>9786052280928</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Fetullah’ın Copları</t>
+          <t>Son Çıkış</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052280393</t>
+          <t>9786257961073</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sen Koy Adını</t>
+          <t>Friedrick Engels</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052280348</t>
+          <t>9786257961042</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Komünist Başkan</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052397756</t>
+          <t>9786257961059</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Feryat</t>
+          <t>Sovyetlerin Mimarı Lenin</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052397848</t>
+          <t>9786052280898</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi 125 Keyifli Bilgi</t>
+          <t>Sol Yanımdan Sızanlar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052397800</t>
+          <t>9786052280805</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Karış Karış Dünya 117 Keyifli Bilgi</t>
+          <t>Silivri’den Özgürlüğe</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052397824</t>
+          <t>9786052280645</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Dahiler 110 Keyifli Bilgi</t>
+          <t>İşte Tanrı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052397794</t>
+          <t>9786052280430</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Evren 124 Keyifli Bilgi</t>
+          <t>Sana Dair Mırıldanmalar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052397862</t>
+          <t>9786052280416</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Şaşırdım Kaldım 126 Keyifli Bilgi</t>
+          <t>Amerika’daki İmam</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052397787</t>
+          <t>9786052280485</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hep Merak Etmişimdir 136 Keyifli Bilgi</t>
+          <t>Fetullah’ın Copları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052397831</t>
+          <t>9786052280393</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler ve Keşifler 110 Keyifli Bilgi</t>
+          <t>Sen Koy Adını</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052397855</t>
+          <t>9786052280348</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına 134 Keyifli Bilgi</t>
+          <t>Komünist Başkan</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052397770</t>
+          <t>9786052397756</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Büyük İmparatorluklar ve İmparatorlar</t>
+          <t>Feryat</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>130</v>
+        <v>20</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052397640</t>
+          <t>9786052397848</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kemal: Türkiye’nin Gandhi’si</t>
+          <t>Hayvanlar Alemi 125 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052397527</t>
+          <t>9786052397800</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık</t>
+          <t>Karış Karış Dünya 117 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052397411</t>
+          <t>9786052397824</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Çakıltaşı</t>
+          <t>Sihirli Dahiler 110 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059544313</t>
+          <t>9786052397794</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Muhteşem Evren 124 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059544443</t>
+          <t>9786052397862</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Şaşırdım Kaldım 126 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059598941</t>
+          <t>9786052397787</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çocuklar Ülkesinde</t>
+          <t>Hep Merak Etmişimdir 136 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059544474</t>
+          <t>9786052397831</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Kaşifler ve Keşifler 110 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059544504</t>
+          <t>9786052397855</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İmamları</t>
+          <t>Vay Canına 134 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059544283</t>
+          <t>9786052397770</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Marx, Engels, Lenin</t>
+          <t>Büyük İmparatorluklar ve İmparatorlar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059544290</t>
+          <t>9786052397640</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Melezlerin Sonuncusu</t>
+          <t>Kemal: Türkiye’nin Gandhi’si</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059544177</t>
+          <t>9786052397527</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası - Cimri (2 Kitap Birarada)</t>
+          <t>Sarı Saltık</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059544207</t>
+          <t>9786052397411</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Çakıltaşı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059598026</t>
+          <t>9786059544313</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059598606</t>
+          <t>9786059544443</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hedef Eyfel</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059544030</t>
+          <t>9786059598941</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Nefson</t>
+          <t>Güneş Çocuklar Ülkesinde</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059598033</t>
+          <t>9786059544474</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Yazgı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059598309</t>
+          <t>9786059544504</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler</t>
+          <t>Şeytanın İmamları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059598163</t>
+          <t>9786059544283</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Marx, Engels, Lenin</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059199865</t>
+          <t>9786059544290</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Melezlerin Sonuncusu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059199483</t>
+          <t>9786059544177</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Zillet</t>
+          <t>Hastalık Hastası - Cimri (2 Kitap Birarada)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059199308</t>
+          <t>9786059544207</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Lades</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059199230</t>
+          <t>9786059598026</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059199209</t>
+          <t>9786059598606</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Uyandılar Geliyorlar</t>
+          <t>Hedef Eyfel</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054777815</t>
+          <t>9786059544030</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>En Baharımsın</t>
+          <t>Nefson</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
+          <t>9786059598033</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltından Notlar</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786059598309</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Ezilenler</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786059598163</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Memnu</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786059199865</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786059199483</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Zillet</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786059199308</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Lades</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786059199230</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Yazgı</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786059199209</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Uyandılar Geliyorlar</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786054777815</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>En Baharımsın</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
           <t>9786059199438</t>
         </is>
       </c>
-      <c r="B418" s="1" t="inlineStr">
+      <c r="B427" s="1" t="inlineStr">
         <is>
           <t>Giderken Bıraktığım</t>
         </is>
       </c>
-      <c r="C418" s="1">
+      <c r="C427" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>