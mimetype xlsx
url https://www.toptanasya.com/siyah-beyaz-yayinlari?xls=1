--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,6430 +85,6625 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258547047</t>
+          <t>9786258547061</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kafka'nın Kayıp Mektupları</t>
+          <t>Zihnini Yeniden Yaz - 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255507990</t>
+          <t>9786255507761</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Çar Putin</t>
+          <t>Kardan Adam</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255507976</t>
+          <t>9786255507754</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar Da Bazen Ölmek İster</t>
+          <t>Sağlıklı Dişlerim Güzel Gülüşlerim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255507853</t>
+          <t>9786255507747</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2</t>
+          <t>Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255507846</t>
+          <t>9786258547092</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1</t>
+          <t>Rüsva</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255507952</t>
+          <t>9786258547078</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Barışın Dili</t>
+          <t>Kehanetin Kızı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255507969</t>
+          <t>9786258547108</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Tılsımlı Seslenişi</t>
+          <t>Beni Hatırla</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255507907</t>
+          <t>9786258547877</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Direksiyonunda</t>
+          <t>O’postrof 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255507938</t>
+          <t>9786258547860</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yazgülü</t>
+          <t>O’postrof</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255507808</t>
+          <t>9786258547054</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Progressive Rock Ansiklopedisi</t>
+          <t>Yaşadığım İzmir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255507891</t>
+          <t>9786258547030</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Din ve Devrimler</t>
+          <t>Sisli Gölün Sırrı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255507921</t>
+          <t>9786258547023</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Jitem Pir Yokmuş Jitem Bir Varmış</t>
+          <t>Güneşi Koydum Kalbime</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255507815</t>
+          <t>9786258547009</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Who</t>
+          <t>Karanlığa Karşı Umut</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255507778</t>
+          <t>9786258547047</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Üç Şehrin Hikayesi</t>
+          <t>Kafka'nın Kayıp Mektupları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257623179</t>
+          <t>9786255507990</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Turkish Vegan Mutfak</t>
+          <t>Kızıl Çar Putin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255507785</t>
+          <t>9786255507976</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Haydut</t>
+          <t>Yapraklar Da Bazen Ölmek İster</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255507693</t>
+          <t>9786255507853</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mor Elma Kafe</t>
+          <t>Toplu Oyunlar 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255507792</t>
+          <t>9786255507846</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mehlikam</t>
+          <t>Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255507679</t>
+          <t>9786255507952</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yarıda Kaldı Şarkılar</t>
+          <t>Barışın Dili</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255507730</t>
+          <t>9786255507969</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gezmeleri</t>
+          <t>Ruhun Tılsımlı Seslenişi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255507709</t>
+          <t>9786255507907</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Kalite ve Liderlik</t>
+          <t>Yaşamın Direksiyonunda</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255507716</t>
+          <t>9786255507938</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Kalite ve Profesyonellik</t>
+          <t>Yazgülü</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255507686</t>
+          <t>9786255507808</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cevaplar Kitabı</t>
+          <t>Progressive Rock Ansiklopedisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257623810</t>
+          <t>9786255507891</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatta Bedenin Ev Halleri</t>
+          <t>Atatürk Din ve Devrimler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255507648</t>
+          <t>9786255507921</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Benden Kalan İzler</t>
+          <t>Jitem Pir Yokmuş Jitem Bir Varmış</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255507655</t>
+          <t>9786255507815</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Enikonu Araf</t>
+          <t>Who</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255507662</t>
+          <t>9786255507778</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Gerçeklerimden Büyüktü</t>
+          <t>Üç Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255507631</t>
+          <t>9786257623179</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Uzay Zaman Şaman’ı</t>
+          <t>Turkish Vegan Mutfak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255507556</t>
+          <t>9786255507785</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İçimde Büyüyen Çocuk</t>
+          <t>Haydut</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255507624</t>
+          <t>9786255507693</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Volkan Konak</t>
+          <t>Mor Elma Kafe</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255507525</t>
+          <t>9786255507792</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Keder Ülkesi</t>
+          <t>Mehlikam</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255507501</t>
+          <t>9786255507679</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Aden</t>
+          <t>Yarıda Kaldı Şarkılar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256619951</t>
+          <t>9786255507730</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Piti Nerede?</t>
+          <t>Şiir Gezmeleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255507563</t>
+          <t>9786255507709</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kaçma, Latte Kaçma!</t>
+          <t>Kişisel Kalite ve Liderlik</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255507570</t>
+          <t>9786255507716</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik Gözlüğü Ilgaz’ı Nereye Götürüyor?</t>
+          <t>Kişisel Kalite ve Profesyonellik</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255507518</t>
+          <t>9786255507686</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Düş’eş 2</t>
+          <t>Cevaplar Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255507594</t>
+          <t>9786257623810</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tuncel Kurtiz</t>
+          <t>Çağdaş Sanatta Bedenin Ev Halleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255507587</t>
+          <t>9786255507648</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kaya</t>
+          <t>Benden Kalan İzler</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255507617</t>
+          <t>9786255507655</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Erkin Koray</t>
+          <t>Enikonu Araf</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255507600</t>
+          <t>9786255507662</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cem Karaca</t>
+          <t>Hayallerim Gerçeklerimden Büyüktü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255507532</t>
+          <t>9786255507631</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Arda Güler</t>
+          <t>Uzay Zaman Şaman’ı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255507440</t>
+          <t>9786255507556</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kenan Yıldız</t>
+          <t>İçimde Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255507495</t>
+          <t>9786255507624</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kadehsel Konular</t>
+          <t>Volkan Konak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255507471</t>
+          <t>9786255507525</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Ardındaki Sarsıntı</t>
+          <t>Keder Ülkesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255507488</t>
+          <t>9786255507501</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hakikatini Keşfet</t>
+          <t>Denizkızı Aden</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255507464</t>
+          <t>9786256619951</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Astro 102</t>
+          <t>Kaplumbağa Piti Nerede?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255507457</t>
+          <t>9786255507563</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ölümlü Tanrı</t>
+          <t>Kaçma, Latte Kaçma!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255507433</t>
+          <t>9786255507570</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Hayat</t>
+          <t>Sanal Gerçeklik Gözlüğü Ilgaz’ı Nereye Götürüyor?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255507242</t>
+          <t>9786255507518</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sadece Elif</t>
+          <t>Düş’eş 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255507334</t>
+          <t>9786255507594</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Güz</t>
+          <t>Tuncel Kurtiz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259972824</t>
+          <t>9786255507587</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Vücut Ağırlığıyla Egzersizler</t>
+          <t>Ahmet Kaya</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259972848</t>
+          <t>9786255507617</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hypertrophy</t>
+          <t>Erkin Koray</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255507426</t>
+          <t>9786255507600</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Etkinlik Kitabı</t>
+          <t>Cem Karaca</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255507372</t>
+          <t>9786255507532</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Kadıköylü</t>
+          <t>Arda Güler</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255507396</t>
+          <t>9786255507440</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Hesap</t>
+          <t>Kenan Yıldız</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255507341</t>
+          <t>9786255507495</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Annemin Duvarları Aşan Sesi</t>
+          <t>Kadehsel Konular</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255507389</t>
+          <t>9786255507471</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cevaplarda Kendini Keşfet</t>
+          <t>Alevlerin Ardındaki Sarsıntı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255507402</t>
+          <t>9786255507488</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Come From Toprock</t>
+          <t>Hakikatini Keşfet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255507419</t>
+          <t>9786255507464</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Tutkusu</t>
+          <t>Astro 102</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257165624</t>
+          <t>9786255507457</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Uygarlıkları</t>
+          <t>Ölümlü Tanrı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256619524</t>
+          <t>9786255507433</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Yetiştiriciliğinde Pratik Bilgiler</t>
+          <t>Günaydın Hayat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256619531</t>
+          <t>9786255507242</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Elementsel Check Up</t>
+          <t>Sadece Elif</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255507358</t>
+          <t>9786255507334</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hakan Çalhanoğlu</t>
+          <t>Güz</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255507365</t>
+          <t>9786259972824</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kabule Şayan</t>
+          <t>Vücut Ağırlığıyla Egzersizler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255507259</t>
+          <t>9786259972848</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Hypertrophy</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255507266</t>
+          <t>9786255507426</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Müzikte Modernleşme Süreci</t>
+          <t>Ramazan Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255507280</t>
+          <t>9786255507372</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Schubert ve Şevki Bey</t>
+          <t>Merhaba Kadıköylü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255507297</t>
+          <t>9786255507396</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Sorunlarıyla Baş Etmenin Yolları</t>
+          <t>Yanlış Hesap</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255507273</t>
+          <t>9786255507341</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bebe Günden Güneş Sorar</t>
+          <t>Annemin Duvarları Aşan Sesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255507327</t>
+          <t>9786255507389</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rafa Silva</t>
+          <t>Cevaplarda Kendini Keşfet</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255507310</t>
+          <t>9786255507402</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>En Nesyri</t>
+          <t>Come From Toprock</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255507303</t>
+          <t>9786255507419</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Oshimen</t>
+          <t>Gölgenin Tutkusu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256619920</t>
+          <t>9786257165624</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Böyle Yaşadım</t>
+          <t>Anadolu Uygarlıkları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255507167</t>
+          <t>9786256619524</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aşk- ı Müptela</t>
+          <t>Zeytin Yetiştiriciliğinde Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256619333</t>
+          <t>9786256619531</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Niyet Kitabı</t>
+          <t>Elementsel Check Up</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255507174</t>
+          <t>9786255507358</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Astro 101</t>
+          <t>Hakan Çalhanoğlu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255507105</t>
+          <t>9786255507365</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sümerler</t>
+          <t>Kabule Şayan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255507075</t>
+          <t>9786255507259</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hititler</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255507082</t>
+          <t>9786255507266</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Eski Mısır</t>
+          <t>Cumhuriyet Döneminde Müzikte Modernleşme Süreci</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255507099</t>
+          <t>9786255507280</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mayalar</t>
+          <t>Schubert ve Şevki Bey</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255507068</t>
+          <t>9786255507297</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Vikingler</t>
+          <t>Çocukların Sorunlarıyla Baş Etmenin Yolları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255507143</t>
+          <t>9786255507273</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Urartular</t>
+          <t>Bebe Günden Güneş Sorar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255507136</t>
+          <t>9786255507327</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aztekler</t>
+          <t>Rafa Silva</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255507150</t>
+          <t>9786255507310</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ninjalar</t>
+          <t>En Nesyri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255507129</t>
+          <t>9786255507303</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Her Yaşam Bir Hikaye</t>
+          <t>Oshimen</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255507044</t>
+          <t>9786256619920</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Rus İhtilali</t>
+          <t>Böyle Yaşadım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255507051</t>
+          <t>9786255507167</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Fransız İhtilali</t>
+          <t>Aşk- ı Müptela</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255507013</t>
+          <t>9786256619333</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çin İhtilali</t>
+          <t>Niyet Kitabı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255507006</t>
+          <t>9786255507174</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İhtilali</t>
+          <t>Astro 101</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255507112</t>
+          <t>9786255507105</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küllerimle Dans Ettim</t>
+          <t>Sümerler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058107823</t>
+          <t>9786255507075</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Hititler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256619982</t>
+          <t>9786255507082</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kızılderililer</t>
+          <t>Eski Mısır</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256619975</t>
+          <t>9786255507099</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar</t>
+          <t>Mayalar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255507020</t>
+          <t>9786255507068</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Vikingler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256619715</t>
+          <t>9786255507143</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılda Osmanlı İmparatorluğu</t>
+          <t>Urartular</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256619937</t>
+          <t>9786255507136</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Görünmez İpler Nasıl Kesilir</t>
+          <t>Aztekler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256619944</t>
+          <t>9786255507150</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Ronaldo Gerçekler Raşit - Gol Kralı 1</t>
+          <t>Ninjalar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256619968</t>
+          <t>9786255507129</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>P!ç Kuruları</t>
+          <t>Her Yaşam Bir Hikaye</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255507037</t>
+          <t>9786255507044</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Helen’in Şarkısı</t>
+          <t>Rus İhtilali</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256619999</t>
+          <t>9786255507051</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Masonluk</t>
+          <t>Fransız İhtilali</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256619913</t>
+          <t>9786255507013</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Feminizm</t>
+          <t>Çin İhtilali</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256619890</t>
+          <t>9786255507006</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>Amerikan İhtilali</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256619883</t>
+          <t>9786255507112</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ajan Martin</t>
+          <t>Küllerimle Dans Ettim</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256619661</t>
+          <t>9786058107823</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Esintiler</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256619821</t>
+          <t>9786256619982</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Serkeş</t>
+          <t>Kızılderililer</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256619838</t>
+          <t>9786256619975</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Aşırım</t>
+          <t>Samuraylar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256619814</t>
+          <t>9786255507020</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Düşelçi</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256619869</t>
+          <t>9786256619715</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Veli OIdum</t>
+          <t>17. Yüzyılda Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256619760</t>
+          <t>9786256619937</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Taktikler</t>
+          <t>Görünmez İpler Nasıl Kesilir</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256619777</t>
+          <t>9786256619944</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Beyin</t>
+          <t>Hayaller Ronaldo Gerçekler Raşit - Gol Kralı 1</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256619791</t>
+          <t>9786256619968</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Etkili İletişim</t>
+          <t>P!ç Kuruları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256619784</t>
+          <t>9786255507037</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Duygusal Zeka</t>
+          <t>Helen’in Şarkısı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256619807</t>
+          <t>9786256619999</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Etkili Motivasyon</t>
+          <t>Masonluk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256619753</t>
+          <t>9786256619913</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Karakter</t>
+          <t>Feminizm</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256619692</t>
+          <t>9786256619890</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yokuştaki Ev</t>
+          <t>38</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256619708</t>
+          <t>9786256619883</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zeugma’nın Gölgesinde Deprem</t>
+          <t>Ajan Martin</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257961875</t>
+          <t>9786256619661</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Agnostisizm</t>
+          <t>Hayattan Esintiler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257961912</t>
+          <t>9786256619821</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm</t>
+          <t>Serkeş</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257165068</t>
+          <t>9786256619838</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Müşterek Aşırım</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257961967</t>
+          <t>9786256619814</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bipolar Bozukluk</t>
+          <t>Düşelçi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257961905</t>
+          <t>9786256619869</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Paganizm</t>
+          <t>Eyvah Veli OIdum</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256619623</t>
+          <t>9786256619760</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Büyük Atatürk’ün Çocukluğu</t>
+          <t>Başarıya Götüren Taktikler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>95</v>
+        <v>275</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256619685</t>
+          <t>9786256619777</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kar ve Çocuklar</t>
+          <t>Başarıya Götüren Beyin</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256619678</t>
+          <t>9786256619791</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Ertuğrul’u</t>
+          <t>Başarıya Götüren Etkili İletişim</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256619654</t>
+          <t>9786256619784</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ada Macerası</t>
+          <t>Başarıya Götüren Duygusal Zeka</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256619647</t>
+          <t>9786256619807</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeğini Doldurmak</t>
+          <t>Başarıya Götüren Etkili Motivasyon</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256619630</t>
+          <t>9786256619753</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sır Senin İçinde</t>
+          <t>Başarıya Götüren Karakter</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256619616</t>
+          <t>9786256619692</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümsemek İstersin</t>
+          <t>Yokuştaki Ev</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257961998</t>
+          <t>9786256619708</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm</t>
+          <t>Zeugma’nın Gölgesinde Deprem</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257961899</t>
+          <t>9786257961875</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Deizm</t>
+          <t>Agnostisizm</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257961974</t>
+          <t>9786257961912</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği</t>
+          <t>Şamanizm</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257165013</t>
+          <t>9786257165068</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257961851</t>
+          <t>9786257961967</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Budizm</t>
+          <t>Bipolar Bozukluk</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257961943</t>
+          <t>9786257961905</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete</t>
+          <t>Paganizm</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257961950</t>
+          <t>9786256619623</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji</t>
+          <t>Büyük Atatürk’ün Çocukluğu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257961981</t>
+          <t>9786256619685</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Faşizm</t>
+          <t>Kar ve Çocuklar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256619586</t>
+          <t>9786256619678</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık</t>
+          <t>Abdülhamid’in Ertuğrul’u</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256619593</t>
+          <t>9786256619654</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Uzay Zaman Dervişi</t>
+          <t>Kayıp Ada Macerası</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256619609</t>
+          <t>9786256619647</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler Mi Bizi, Biz Mi İlişkileri Yarattık?</t>
+          <t>İncir Çekirdeğini Doldurmak</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256619548</t>
+          <t>9786256619630</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası Tadında</t>
+          <t>Sır Senin İçinde</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256619241</t>
+          <t>9786256619616</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Pembe Eldivenler</t>
+          <t>Hayata Gülümsemek İstersin</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256619166</t>
+          <t>9786257961998</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bahçemdeki Bensizlik (Ciltli)</t>
+          <t>Kapitalizm</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256619470</t>
+          <t>9786257961899</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gösteri</t>
+          <t>Deizm</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256619494</t>
+          <t>9786257961974</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Değerleri Öğreniyorum</t>
+          <t>Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256619517</t>
+          <t>9786257165013</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Güneşi</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256619487</t>
+          <t>9786257961851</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Doğan Çocuklar - Koruyucu Aile Öyküleri</t>
+          <t>Budizm</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256619111</t>
+          <t>9786257961943</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Stil Sırları</t>
+          <t>Anksiyete</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257623377</t>
+          <t>9786257961950</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Makul Kelimeler</t>
+          <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256619418</t>
+          <t>9786257961981</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Yan Dalı</t>
+          <t>Faşizm</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256619463</t>
+          <t>9786256619586</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Düştüm, Yok Oldum!</t>
+          <t>Ortaya Karışık</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256619432</t>
+          <t>9786256619593</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Sadakat Meselesi</t>
+          <t>Uzay Zaman Dervişi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256619425</t>
+          <t>9786256619609</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Pardon Bir Soru Sorabilir Miyim?</t>
+          <t>İlişkiler Mi Bizi, Biz Mi İlişkileri Yarattık?</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256619135</t>
+          <t>9786256619548</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Arka Plan</t>
+          <t>Ekmek Arası Tadında</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256619395</t>
+          <t>9786256619241</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili İle Etkili İletişim</t>
+          <t>Pembe Eldivenler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256619302</t>
+          <t>9786256619166</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kurtaran 40 Kod</t>
+          <t>Bahçemdeki Bensizlik (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256619340</t>
+          <t>9786256619470</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ayraç</t>
+          <t>Gösteri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256619296</t>
+          <t>9786256619494</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği ve İslami Sosyalizm Ülküsü</t>
+          <t>Oyunlarla Değerleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256619388</t>
+          <t>9786256619517</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Posta Güvercinleri</t>
+          <t>Sonbahar Güneşi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256619319</t>
+          <t>9786256619487</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Makbule Hanım</t>
+          <t>Kalpten Doğan Çocuklar - Koruyucu Aile Öyküleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256619357</t>
+          <t>9786256619111</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>How To Speak English</t>
+          <t>Stil Sırları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256619326</t>
+          <t>9786257623377</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Paylaşımı</t>
+          <t>Makul Kelimeler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256619258</t>
+          <t>9786256619418</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kar Şenliği</t>
+          <t>Bir Ağacın Yan Dalı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256619364</t>
+          <t>9786256619463</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Haberine Sağlık</t>
+          <t>Düştüm, Yok Oldum!</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256619371</t>
+          <t>9786256619432</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Derin Denemeler</t>
+          <t>Bir Sadakat Meselesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786259887791</t>
+          <t>9786256619425</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Pardon Bir Soru Sorabilir Miyim?</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>95</v>
+        <v>230</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256619289</t>
+          <t>9786256619135</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Martı Çığlıkları</t>
+          <t>Arka Plan</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256619180</t>
+          <t>9786256619395</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ayna Etkisi</t>
+          <t>Beden Dili İle Etkili İletişim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256619234</t>
+          <t>9786256619302</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Bir Hediyedir</t>
+          <t>Hayat Kurtaran 40 Kod</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256619272</t>
+          <t>9786256619340</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bağbozumu</t>
+          <t>Ayraç</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256619159</t>
+          <t>9786256619296</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çişentisi</t>
+          <t>Türk Milliyetçiliği ve İslami Sosyalizm Ülküsü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256619104</t>
+          <t>9786256619388</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Denizcilik Tarihimizden Esintiler</t>
+          <t>Posta Güvercinleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256619203</t>
+          <t>9786256619319</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sincap Arda Okula Gitmek İstemiyor</t>
+          <t>Makbule Hanım</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256619227</t>
+          <t>9786256619357</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>How To Speak English</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256619210</t>
+          <t>9786256619326</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Siyah ve Beyaz</t>
+          <t>Türkiye'nin Paylaşımı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256619197</t>
+          <t>9786256619258</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Geçen Yaz</t>
+          <t>Kar Şenliği</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256619173</t>
+          <t>9786256619364</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadarın Esrarengiz Yolculuğu</t>
+          <t>Haberine Sağlık</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256619142</t>
+          <t>9786256619371</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Annemin Yemek Kokusu</t>
+          <t>Derin Denemeler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786259887746</t>
+          <t>9786259887791</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gece Gözlüm Sen Misin</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>95</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256619098</t>
+          <t>9786256619289</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Özüm Büyüyor</t>
+          <t>Martı Çığlıkları</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786259887739</t>
+          <t>9786256619180</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sır Dünya</t>
+          <t>Ayna Etkisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256619029</t>
+          <t>9786256619234</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Serpintiler</t>
+          <t>Depresyon Bir Hediyedir</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256619050</t>
+          <t>9786256619272</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Neymar</t>
+          <t>Bağbozumu</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256619081</t>
+          <t>9786256619159</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mo Salah</t>
+          <t>Sevda Çişentisi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256619074</t>
+          <t>9786256619104</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Luis Suarez</t>
+          <t>Denizcilik Tarihimizden Esintiler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256619043</t>
+          <t>9786256619203</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ibrahimoviç</t>
+          <t>Sincap Arda Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256619012</t>
+          <t>9786256619227</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Vaveyladan Sonra</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786259887784</t>
+          <t>9786256619210</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Liman Yunusu Martin Johns</t>
+          <t>Siyah ve Beyaz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786259887722</t>
+          <t>9786256619197</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Aileden İş Yaşamına Başarı Kodları</t>
+          <t>İçimizden Geçen Yaz</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259887760</t>
+          <t>9786256619173</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şehir Hafızası</t>
+          <t>Üç Kafadarın Esrarengiz Yolculuğu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786259887777</t>
+          <t>9786256619142</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümün Pusulası</t>
+          <t>Annemin Yemek Kokusu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786259948157</t>
+          <t>9786259887746</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zihnim Ruhuma Eziyet</t>
+          <t>Gece Gözlüm Sen Misin</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259948119</t>
+          <t>9786256619098</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Neonları</t>
+          <t>Özüm Büyüyor</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786259948140</t>
+          <t>9786259887739</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Çocuklar Büyümez</t>
+          <t>Sır Dünya</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786259948164</t>
+          <t>9786256619029</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Pera</t>
+          <t>Serpintiler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786259948171</t>
+          <t>9786256619050</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Merhaba</t>
+          <t>Neymar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786259948188</t>
+          <t>9786256619081</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İstağfi</t>
+          <t>Mo Salah</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786259948195</t>
+          <t>9786256619074</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bizi Sual Eden Olursa</t>
+          <t>Luis Suarez</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786259887708</t>
+          <t>9786256619043</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Canparem</t>
+          <t>Ibrahimoviç</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786259887715</t>
+          <t>9786256619012</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Seyahat</t>
+          <t>Vaveyladan Sonra</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256560000</t>
+          <t>9786259887784</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sırtımda Yara Dünya</t>
+          <t>Liman Yunusu Martin Johns</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786259948102</t>
+          <t>9786259887722</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sana Herkes İmrenmeli</t>
+          <t>Aileden İş Yaşamına Başarı Kodları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256560079</t>
+          <t>9786259887760</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Puzzle Parçaları 2</t>
+          <t>Şehir Hafızası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256560062</t>
+          <t>9786259887777</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ben En Çok Sana Yazmayı Sevdim</t>
+          <t>Dönüşümün Pusulası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786259965888</t>
+          <t>9786259948157</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ali Öğretmen</t>
+          <t>Zihnim Ruhuma Eziyet</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786259965864</t>
+          <t>9786259948119</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Heybemden Dökülen Öyküler</t>
+          <t>Yeryüzü Neonları</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786259965871</t>
+          <t>9786259948140</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Siyah Şapkalı Adam</t>
+          <t>Sürgün Çocuklar Büyümez</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786259965833</t>
+          <t>9786259948164</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Gerek</t>
+          <t>Pera</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257623803</t>
+          <t>9786259948171</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çay Falı Kartları</t>
+          <t>Merhaba</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786259972886</t>
+          <t>9786259948188</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İstikamet Kuşlar Bakanlığı</t>
+          <t>İstağfi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786259965819</t>
+          <t>9786259948195</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İzi ve Feli</t>
+          <t>Eğer Bizi Sual Eden Olursa</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786259965857</t>
+          <t>9786259887708</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Altı Üstü Hayat</t>
+          <t>Canparem</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259965826</t>
+          <t>9786259887715</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Düş’eş</t>
+          <t>Senin İçin Seyahat</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259965840</t>
+          <t>9786256560000</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kadının Arzusu</t>
+          <t>Sırtımda Yara Dünya</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786259972879</t>
+          <t>9786259948102</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Nefes Diledim</t>
+          <t>Sana Herkes İmrenmeli</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786259972893</t>
+          <t>9786256560079</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Nakşibendilik Üzerinden Kürt Sorunu</t>
+          <t>Puzzle Parçaları 2</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786259972862</t>
+          <t>9786256560062</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Treni</t>
+          <t>Ben En Çok Sana Yazmayı Sevdim</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786259972855</t>
+          <t>9786259965888</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Kuraklık</t>
+          <t>Ali Öğretmen</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257623964</t>
+          <t>9786259965864</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Asansör</t>
+          <t>Heybemden Dökülen Öyküler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786259972800</t>
+          <t>9786259965871</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Son Dördün</t>
+          <t>Siyah Şapkalı Adam</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257623735</t>
+          <t>9786259965833</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Grameri</t>
+          <t>Gitmek Gerek</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257623971</t>
+          <t>9786257623803</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sil İndir</t>
+          <t>Çay Falı Kartları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257623988</t>
+          <t>9786259972886</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hanemdeki Ayışığı</t>
+          <t>İstikamet Kuşlar Bakanlığı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257623940</t>
+          <t>9786259965819</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Devlet Terbiyesi</t>
+          <t>İzi ve Feli</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257623902</t>
+          <t>9786259965857</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Yalanlar</t>
+          <t>Altı Üstü Hayat</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257623933</t>
+          <t>9786259965826</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Geziyorum 3</t>
+          <t>Düş’eş</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257623896</t>
+          <t>9786259965840</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Kahramanlar</t>
+          <t>Kadının Arzusu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257623957</t>
+          <t>9786259972879</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler</t>
+          <t>Nefes Diledim</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257623865</t>
+          <t>9786259972893</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Tüneli</t>
+          <t>Nakşibendilik Üzerinden Kürt Sorunu</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257623889</t>
+          <t>9786259972862</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yumağı</t>
+          <t>Hüzün Treni</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257623797</t>
+          <t>9786259972855</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sınır Boylarında</t>
+          <t>Duygusal Kuraklık</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257623780</t>
+          <t>9786257623964</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Devlet Üzerine</t>
+          <t>Asansör</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257623773</t>
+          <t>9786259972800</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Geziyorum 2</t>
+          <t>Son Dördün</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257623742</t>
+          <t>9786257623735</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hamal</t>
+          <t>Eski Anadolu Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257623728</t>
+          <t>9786257623971</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Antik Sanat İzleri</t>
+          <t>Sil İndir</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257623605</t>
+          <t>9786257623988</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yaşarken Gemlik 5</t>
+          <t>Hanemdeki Ayışığı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257623629</t>
+          <t>9786257623940</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yaşarken Gemlik 3</t>
+          <t>Devlet Terbiyesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257623636</t>
+          <t>9786257623902</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yaşarken Gemlik 2</t>
+          <t>Yüzyıllık Yalanlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257623766</t>
+          <t>9786257623933</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mapavri’den İstanbul’a</t>
+          <t>Geziyorum 3</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257623711</t>
+          <t>9786257623896</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Artık Bırakıyorum</t>
+          <t>Zavallı Kahramanlar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257623704</t>
+          <t>9786257623957</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gitar Eğitimi 1</t>
+          <t>Çocuklara Şiirler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257623698</t>
+          <t>9786257623865</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İnandığın Yolda Yürü</t>
+          <t>Vicdan Tüneli</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257623667</t>
+          <t>9786257623889</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler ve İnsanlar</t>
+          <t>Hüzün Yumağı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257623650</t>
+          <t>9786257623797</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Öpücüğü</t>
+          <t>Sınır Boylarında</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257623315</t>
+          <t>9786257623780</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Puzzle Parçaları - 1. Kitap</t>
+          <t>Devlet Üzerine</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257623322</t>
+          <t>9786257623773</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Normal İnsanlar İçin Ekonomi - Kısa Kısa</t>
+          <t>Geziyorum 2</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257623278</t>
+          <t>9786257623742</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Sever</t>
+          <t>Siyasi Hamal</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>130</v>
+        <v>55</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257623254</t>
+          <t>9786257623728</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kayıp İzinde</t>
+          <t>Anadolu’da Antik Sanat İzleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257623247</t>
+          <t>9786257623605</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kalem Olmalı İnsan</t>
+          <t>Anılarda Yaşarken Gemlik 5</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257623285</t>
+          <t>9786257623629</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bir Hüzün Sarkacı</t>
+          <t>Anılarda Yaşarken Gemlik 3</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257623223</t>
+          <t>9786257623636</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Geziyorum</t>
+          <t>Anılarda Yaşarken Gemlik 2</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257623193</t>
+          <t>9786257623766</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Unutulmadan Kıbrıs</t>
+          <t>Mapavri’den İstanbul’a</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257623209</t>
+          <t>9786257623711</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Artık Bırakıyorum</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052280959</t>
+          <t>9786257623704</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Arif</t>
+          <t>Gitar Eğitimi 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257623186</t>
+          <t>9786257623698</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sabetay Sevi</t>
+          <t>İnandığın Yolda Yürü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>4440000001012</t>
+          <t>9786257623667</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya</t>
+          <t>Gölgeler ve İnsanlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257165136</t>
+          <t>9786257623650</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Oyunlar (4-8 Yaş)</t>
+          <t>Tanrı’nın Öpücüğü</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257165129</t>
+          <t>9786257623315</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Oyunlar (0-4 Yaş)</t>
+          <t>Puzzle Parçaları - 1. Kitap</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257623339</t>
+          <t>9786257623322</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Anlamım</t>
+          <t>Normal İnsanlar İçin Ekonomi - Kısa Kısa</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257623155</t>
+          <t>9786257623278</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kapı</t>
+          <t>Bir Şiir Sever</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257623131</t>
+          <t>9786257623254</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bir Hekimin Anadolu Macerası</t>
+          <t>Sevginin Kayıp İzinde</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257623148</t>
+          <t>9786257623247</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Şey Bedreddin</t>
+          <t>Kalem Olmalı İnsan</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257623100</t>
+          <t>9786257623285</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Bir Hüzün Sarkacı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257623124</t>
+          <t>9786257623223</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Can Yücel</t>
+          <t>Geziyorum</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057623070</t>
+          <t>9786257623193</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Erdal Eren</t>
+          <t>Unutulmadan Kıbrıs</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057623056</t>
+          <t>9786257623209</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tektanrıcılık</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257623049</t>
+          <t>9786052280959</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Ahmed Arif</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057623087</t>
+          <t>9786257623186</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine</t>
+          <t>Sabetay Sevi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057458667</t>
+          <t>4440000001012</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Af Talebi</t>
+          <t>Cemal Süreya</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057458605</t>
+          <t>9786257165136</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Uzaklardaki Cinayet</t>
+          <t>Çocuklar İçin Oyunlar (4-8 Yaş)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257458643</t>
+          <t>9786257165129</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Japonya - Güneşin Doğduğu Ülke</t>
+          <t>Çocuklar İçin Oyunlar (0-4 Yaş)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257623001</t>
+          <t>9786257623339</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hakikat</t>
+          <t>Anlamım</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257467034</t>
+          <t>9786257623155</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Eşikte Durma Dedi Annem</t>
+          <t>Mavi Kapı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057458612</t>
+          <t>9786257623131</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Çocuk</t>
+          <t>Bir Hekimin Anadolu Macerası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057467027</t>
+          <t>9786257623148</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Dans</t>
+          <t>Şey Bedreddin</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057467041</t>
+          <t>9786257623100</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya - Fırat Kenarında İnce Bir Duman</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257165679</t>
+          <t>9786257623124</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Kaypakkaya</t>
+          <t>Can Yücel</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057467072</t>
+          <t>9786057623070</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ben Karanfili Sevdim</t>
+          <t>Erdal Eren</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786058107892</t>
+          <t>9786057623056</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Musa ve Tektanrıcılık</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786058107861</t>
+          <t>9786257623049</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057467034</t>
+          <t>9786057623087</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Cinsellik Üzerine</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057467010</t>
+          <t>9786057458667</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Çakıcı’nın İlk Kurşunu</t>
+          <t>Af Talebi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786058107885</t>
+          <t>9786057458605</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Uzaklardaki Cinayet</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057467003</t>
+          <t>9786257458643</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Japonya - Güneşin Doğduğu Ülke</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786058107878</t>
+          <t>9786257623001</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hoşgör Köftecisi</t>
+          <t>Hakikat</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786058107816</t>
+          <t>9786257467034</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gibi Özgür</t>
+          <t>Eşikte Durma Dedi Annem</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257165631</t>
+          <t>9786057458612</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Uzak Doğu Uygarlıkları</t>
+          <t>Sürgün Çocuk</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257165617</t>
+          <t>9786057467027</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Güney Asya Uygarlıkları</t>
+          <t>Sonsuz Dans</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257165655</t>
+          <t>9786057467041</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Okyanusya Uygarlıkları</t>
+          <t>Cemal Süreya - Fırat Kenarında İnce Bir Duman</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257165648</t>
+          <t>9786257165679</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Uygarlıkları</t>
+          <t>İbrahim Kaypakkaya</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257165594</t>
+          <t>9786057467072</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Amerika Uygarlıkları</t>
+          <t>Ben Karanfili Sevdim</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257165570</t>
+          <t>9786058107892</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Uygarlıkları</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257165587</t>
+          <t>9786058107861</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Afrika Uygarlıkları</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257165600</t>
+          <t>9786057467034</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Uygarlıkları</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257165730</t>
+          <t>9786057467010</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Deneyler</t>
+          <t>Çakıcı’nın İlk Kurşunu</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257165693</t>
+          <t>9786058107885</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Beni Babam Zehirledi</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257165747</t>
+          <t>9786057467003</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Mahalleli</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257165792</t>
+          <t>9786058107878</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 5</t>
+          <t>Hoşgör Köftecisi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257165778</t>
+          <t>9786058107816</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 3</t>
+          <t>Şiir Gibi Özgür</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257165761</t>
+          <t>9786257165631</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 2</t>
+          <t>Uzak Doğu Uygarlıkları</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257165785</t>
+          <t>9786257165617</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 4</t>
+          <t>Güney Asya Uygarlıkları</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257165754</t>
+          <t>9786257165655</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İz Bırakan Kadınlar 1</t>
+          <t>Okyanusya Uygarlıkları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>3990000063903</t>
+          <t>9786257165648</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Seti (8 Kitap Takım)</t>
+          <t>Orta Asya Uygarlıkları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>172</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257165532</t>
+          <t>9786257165594</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Enizen Şifa Öğretisi</t>
+          <t>Amerika Uygarlıkları</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257165549</t>
+          <t>9786257165570</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Enizen Rüya Kitabı</t>
+          <t>Akdeniz Uygarlıkları</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257165525</t>
+          <t>9786257165587</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Olaylar Evi</t>
+          <t>Afrika Uygarlıkları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257165556</t>
+          <t>9786257165600</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Olaylar Çiftliği</t>
+          <t>Avrupa Uygarlıkları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257165112</t>
+          <t>9786257165730</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İş mi Bizi Biz mi İşi Yarattık</t>
+          <t>Tehlikeli Deneyler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257165419</t>
+          <t>9786257165693</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Kolaylaştıran Pratik Bilgiler</t>
+          <t>Beni Babam Zehirledi</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257165471</t>
+          <t>9786257165747</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Obeziteden Diyete Bilimsel Zayıflama</t>
+          <t>Mahalleli</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257165488</t>
+          <t>9786257165792</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik</t>
+          <t>Dünyaya İz Bırakan Kadınlar 5</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257165518</t>
+          <t>9786257165778</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bitkilerle Güzellik Reçeteleri</t>
+          <t>Dünyaya İz Bırakan Kadınlar 3</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257165204</t>
+          <t>9786257165761</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü</t>
+          <t>Dünyaya İz Bırakan Kadınlar 2</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257165167</t>
+          <t>9786257165785</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Refet Bele</t>
+          <t>Dünyaya İz Bırakan Kadınlar 4</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257165181</t>
+          <t>9786257165754</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kazım Özalp</t>
+          <t>Dünyaya İz Bırakan Kadınlar 1</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257165150</t>
+          <t>3990000063903</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Salih Bozok</t>
+          <t>Mutlu Yaşam Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>120</v>
+        <v>172</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257165242</t>
+          <t>9786257165532</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar</t>
+          <t>Enizen Şifa Öğretisi</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257165228</t>
+          <t>9786257165549</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Falih Rıfkı Atay</t>
+          <t>Enizen Rüya Kitabı</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257165198</t>
+          <t>9786257165525</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir</t>
+          <t>Müthiş Olaylar Evi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257165082</t>
+          <t>9786257165556</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Çılgın Olaylar Çiftliği</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257961844</t>
+          <t>9786257165112</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Tufan</t>
+          <t>İş mi Bizi Biz mi İşi Yarattık</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052280713</t>
+          <t>9786257165419</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Olmazları Sevdim Olur Diye</t>
+          <t>Yaşamı Kolaylaştıran Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257961929</t>
+          <t>9786257165471</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Şintoizm</t>
+          <t>Obeziteden Diyete Bilimsel Zayıflama</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257961882</t>
+          <t>9786257165488</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Marksizm</t>
+          <t>Mutlu Evlilik</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257165051</t>
+          <t>9786257165518</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kronik Yorgunluk Sendromu</t>
+          <t>A’dan Z’ye Bitkilerle Güzellik Reçeteleri</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257165044</t>
+          <t>9786257165204</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bozuklukları</t>
+          <t>İsmet İnönü</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257165020</t>
+          <t>9786257165167</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Disleksi Öğrenme Bozukluğu</t>
+          <t>Refet Bele</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257961868</t>
+          <t>9786257165181</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ateizm</t>
+          <t>Kazım Özalp</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257961752</t>
+          <t>9786257165150</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Anıları - Sherlock Holmes</t>
+          <t>Salih Bozok</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257961776</t>
+          <t>9786257165242</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
+          <t>Celal Bayar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257961769</t>
+          <t>9786257165228</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Dönüşü - Sherlock Holmes</t>
+          <t>Falih Rıfkı Atay</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257961806</t>
+          <t>9786257165198</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Kazım Karabekir</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257961820</t>
+          <t>9786257165082</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Maceraları - Sherlock Holmes</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257961813</t>
+          <t>9786257961844</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Son Dava - Sherlock Holmes</t>
+          <t>Aşk ve Tufan</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257961707</t>
+          <t>9786052280713</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Hırsızların Maskesi Düşüyor</t>
+          <t>Olmazları Sevdim Olur Diye</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257961738</t>
+          <t>9786257961929</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gizli Planların Karanlık Gölgeleri</t>
+          <t>Şintoizm</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257961714</t>
+          <t>9786257961882</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gizemli Mesajların Peşinde</t>
+          <t>Marksizm</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257961745</t>
+          <t>9786257165051</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bulmaca Gibi İpuçlarının Ardında</t>
+          <t>Kronik Yorgunluk Sendromu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257961721</t>
+          <t>9786257165044</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - İz Peşinde Zorlu Takipler</t>
+          <t>Kişilik Bozuklukları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257961592</t>
+          <t>9786257165020</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Disleksi Öğrenme Bozukluğu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257961523</t>
+          <t>9786257961868</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Ateizm</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257961615</t>
+          <t>9786257961752</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Sherlock Holmes'un Anıları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257961530</t>
+          <t>9786257961776</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yüksekten Uçanlar</t>
+          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257961691</t>
+          <t>9786257961769</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar</t>
+          <t>Sherlock Holmes'un Dönüşü - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257961837</t>
+          <t>9786257961806</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Cennet</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257961547</t>
+          <t>9786257961820</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri</t>
+          <t>Sherlock Holmes'un Maceraları - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257961561</t>
+          <t>9786257961813</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gülü</t>
+          <t>Son Dava - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257961608</t>
+          <t>9786257961707</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mezarlar Ne Söyler</t>
+          <t>Sherlock Holmes - Hırsızların Maskesi Düşüyor</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257961646</t>
+          <t>9786257961738</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bir Gözyaşı ve Bir Tebessüm</t>
+          <t>Sherlock Holmes - Gizli Planların Karanlık Gölgeleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257961653</t>
+          <t>9786257961714</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Sherlock Holmes - Gizemli Mesajların Peşinde</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257961639</t>
+          <t>9786257961745</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Sherlock Holmes - Bulmaca Gibi İpuçlarının Ardında</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257961578</t>
+          <t>9786257961721</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Gemiler</t>
+          <t>Sherlock Holmes - İz Peşinde Zorlu Takipler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052280768</t>
+          <t>9786257961592</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bir Acayip Cenaze Töreni</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257961424</t>
+          <t>9786257961523</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257961479</t>
+          <t>9786257961615</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257961400</t>
+          <t>9786257961530</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Yüksekten Uçanlar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257961417</t>
+          <t>9786257961691</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Fırtınalar</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257961387</t>
+          <t>9786257961837</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Charles Darwin</t>
+          <t>Sekizinci Cennet</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257961455</t>
+          <t>9786257961547</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Lev Tolstoy</t>
+          <t>Vadinin Perileri</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257961486</t>
+          <t>9786257961561</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Virginia Woolf</t>
+          <t>Rüzgar Gülü</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257961448</t>
+          <t>9786257961608</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - Karl Marx</t>
+          <t>Mezarlar Ne Söyler</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257961431</t>
+          <t>9786257961646</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Bir Gözyaşı ve Bir Tebessüm</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257961257</t>
+          <t>9786257961653</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>4440000000913</t>
+          <t>9786257961639</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257961325</t>
+          <t>9786257961578</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı</t>
+          <t>Kağıttan Gemiler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257961356</t>
+          <t>9786052280768</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin</t>
+          <t>Bir Acayip Cenaze Töreni</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257961264</t>
+          <t>9786257961424</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257961349</t>
+          <t>9786257961479</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Elon Musk</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257961332</t>
+          <t>9786257961400</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257961363</t>
+          <t>9786257961417</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257961370</t>
+          <t>9786257961387</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Aforizmalar - Charles Darwin</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057458636</t>
+          <t>9786257961455</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dersim Küba Hattı</t>
+          <t>Aforizmalar - Lev Tolstoy</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257961172</t>
+          <t>9786257961486</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ejderin Oğlu - Adaletin Peşinde</t>
+          <t>Aforizmalar - Virginia Woolf</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257961226</t>
+          <t>9786257961448</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking</t>
+          <t>Aforizmalar - Karl Marx</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257961233</t>
+          <t>9786257961431</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>27</v>
+        <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257961202</t>
+          <t>9786257961257</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Nazım Hikmet</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052280935</t>
+          <t>4440000000913</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Barış ve Özgürlük İçin Cumhuriyet</t>
+          <t>Orhan Veli</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257961165</t>
+          <t>9786257961325</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tekkeden Devlete Yeşil İktidar</t>
+          <t>Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052280966</t>
+          <t>9786257961356</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Falih Rıfkı Atay</t>
+          <t>Charles Darwin</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257961011</t>
+          <t>9786257961264</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052280928</t>
+          <t>9786257961349</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Son Çıkış</t>
+          <t>Elon Musk</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257961073</t>
+          <t>9786257961332</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Friedrick Engels</t>
+          <t>Isaac Newton</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257961042</t>
+          <t>9786257961363</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Nikola Tesla</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257961059</t>
+          <t>9786257961370</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sovyetlerin Mimarı Lenin</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052280898</t>
+          <t>9786057458636</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanımdan Sızanlar</t>
+          <t>Dersim Küba Hattı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052280805</t>
+          <t>9786257961172</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Silivri’den Özgürlüğe</t>
+          <t>Ejderin Oğlu - Adaletin Peşinde</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052280645</t>
+          <t>9786257961226</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İşte Tanrı</t>
+          <t>Stephen Hawking</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052280430</t>
+          <t>9786257961233</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sana Dair Mırıldanmalar</t>
+          <t>Steve Jobs</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052280416</t>
+          <t>9786257961202</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Amerika’daki İmam</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052280485</t>
+          <t>9786052280935</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Fetullah’ın Copları</t>
+          <t>Demokrasi Barış ve Özgürlük İçin Cumhuriyet</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>225</v>
+        <v>55</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052280393</t>
+          <t>9786257961165</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sen Koy Adını</t>
+          <t>Tekkeden Devlete Yeşil İktidar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052280348</t>
+          <t>9786052280966</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Komünist Başkan</t>
+          <t>Falih Rıfkı Atay</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052397756</t>
+          <t>9786257961011</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Feryat</t>
+          <t>Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052397848</t>
+          <t>9786052280928</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi 125 Keyifli Bilgi</t>
+          <t>Son Çıkış</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052397800</t>
+          <t>9786257961073</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Karış Karış Dünya 117 Keyifli Bilgi</t>
+          <t>Friedrick Engels</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052397824</t>
+          <t>9786257961042</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Dahiler 110 Keyifli Bilgi</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052397794</t>
+          <t>9786257961059</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Evren 124 Keyifli Bilgi</t>
+          <t>Sovyetlerin Mimarı Lenin</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052397862</t>
+          <t>9786052280898</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Şaşırdım Kaldım 126 Keyifli Bilgi</t>
+          <t>Sol Yanımdan Sızanlar</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052397787</t>
+          <t>9786052280805</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Hep Merak Etmişimdir 136 Keyifli Bilgi</t>
+          <t>Silivri’den Özgürlüğe</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052397831</t>
+          <t>9786052280645</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler ve Keşifler 110 Keyifli Bilgi</t>
+          <t>İşte Tanrı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052397855</t>
+          <t>9786052280430</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına 134 Keyifli Bilgi</t>
+          <t>Sana Dair Mırıldanmalar</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052397770</t>
+          <t>9786052280416</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Büyük İmparatorluklar ve İmparatorlar</t>
+          <t>Amerika’daki İmam</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052397640</t>
+          <t>9786052280485</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kemal: Türkiye’nin Gandhi’si</t>
+          <t>Fetullah’ın Copları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052397527</t>
+          <t>9786052280393</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık</t>
+          <t>Sen Koy Adını</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052397411</t>
+          <t>9786052280348</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Çakıltaşı</t>
+          <t>Komünist Başkan</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059544313</t>
+          <t>9786052397756</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Feryat</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059544443</t>
+          <t>9786052397848</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Hayvanlar Alemi 125 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059598941</t>
+          <t>9786052397800</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çocuklar Ülkesinde</t>
+          <t>Karış Karış Dünya 117 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059544474</t>
+          <t>9786052397824</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Sihirli Dahiler 110 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059544504</t>
+          <t>9786052397794</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İmamları</t>
+          <t>Muhteşem Evren 124 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059544283</t>
+          <t>9786052397862</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Marx, Engels, Lenin</t>
+          <t>Şaşırdım Kaldım 126 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059544290</t>
+          <t>9786052397787</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Melezlerin Sonuncusu</t>
+          <t>Hep Merak Etmişimdir 136 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059544177</t>
+          <t>9786052397831</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası - Cimri (2 Kitap Birarada)</t>
+          <t>Kaşifler ve Keşifler 110 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059544207</t>
+          <t>9786052397855</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Vay Canına 134 Keyifli Bilgi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059598026</t>
+          <t>9786052397770</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Büyük İmparatorluklar ve İmparatorlar</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059598606</t>
+          <t>9786052397640</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Hedef Eyfel</t>
+          <t>Kemal: Türkiye’nin Gandhi’si</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059544030</t>
+          <t>9786052397527</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Nefson</t>
+          <t>Sarı Saltık</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059598033</t>
+          <t>9786052397411</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Çakıltaşı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059598309</t>
+          <t>9786059544313</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059598163</t>
+          <t>9786059544443</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059199865</t>
+          <t>9786059598941</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Güneş Çocuklar Ülkesinde</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059199483</t>
+          <t>9786059544474</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Zillet</t>
+          <t>Yazgı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059199308</t>
+          <t>9786059544504</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Lades</t>
+          <t>Şeytanın İmamları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059199230</t>
+          <t>9786059544283</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Marx, Engels, Lenin</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059199209</t>
+          <t>9786059544290</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Uyandılar Geliyorlar</t>
+          <t>Melezlerin Sonuncusu</t>
         </is>
       </c>
       <c r="C425" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054777815</t>
+          <t>9786059544177</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>En Baharımsın</t>
+          <t>Hastalık Hastası - Cimri (2 Kitap Birarada)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
+          <t>9786059544207</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Deliliğe Övgü</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786059598026</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786059598606</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Hedef Eyfel</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786059544030</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Nefson</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786059598033</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltından Notlar</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786059598309</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Ezilenler</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786059598163</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Memnu</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786059199865</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786059199483</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Zillet</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786059199308</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Lades</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786059199230</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Yazgı</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786059199209</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Uyandılar Geliyorlar</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786054777815</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>En Baharımsın</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
           <t>9786059199438</t>
         </is>
       </c>
-      <c r="B427" s="1" t="inlineStr">
+      <c r="B440" s="1" t="inlineStr">
         <is>
           <t>Giderken Bıraktığım</t>
         </is>
       </c>
-      <c r="C427" s="1">
+      <c r="C440" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>