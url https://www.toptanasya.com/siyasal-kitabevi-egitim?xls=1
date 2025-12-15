--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -280,115 +280,100 @@
           <t>A Guidebook For English Translation İngilizce Çeviri Kılavuzu - Cevap Anahtarı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057877505</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>YKS-Dil Eğitimi İngilizce Hazırlık</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057877659</t>
+          <t>9789756325070</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>SSCB Türkiye İlişkileri 1953-1964</t>
+          <t>Açıklamalı Yönetim-Organizasyon ve Örgütsel Davranış Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756325070</t>
+          <t>9786055782832</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yönetim-Organizasyon ve Örgütsel Davranış Terimler Sözlüğü</t>
+          <t>A Practical Guide to Advanced English Grammer</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>310</v>
+        <v>700</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055782832</t>
+          <t>9799756325505</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>A Practical Guide to Advanced English Grammer</t>
+          <t>Medical Translation Dictionary Tıp Çeviri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799756325505</t>
+          <t>9799756325482</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Medical Translation Dictionary Tıp Çeviri Sözlüğü (Ciltli)</t>
+          <t>English Grammar for Proficiency With Answer Key / Answer Key (Cevap Anahtarı)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
-[...13 lines deleted...]
-      <c r="C19" s="1">
         <v>550</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>