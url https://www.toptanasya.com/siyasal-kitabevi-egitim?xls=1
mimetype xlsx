--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,295 +85,310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059221801</t>
+          <t>9786055782924</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>2012 KPSS Maliye Konu Anlatımlı - Testli</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055782221</t>
+          <t>9786059221801</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>SPK Türev Araçlar Lisanslama Sınavına Hazırlık</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054627905</t>
+          <t>9786055782221</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>SPK Türev Araçlar Lisanslama Sınavına Hazırlık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>435</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944931557</t>
+          <t>9786054627905</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>English Grammer for Proficiency Exams</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756325995</t>
+          <t>9789944931557</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çıkmış Sınav Soruları Paralelinde SPK Temel Düzey</t>
+          <t>English Grammer for Proficiency Exams</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>810</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054627882</t>
+          <t>9789756325995</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Farsça - Türkçe Sözlük</t>
+          <t>Çıkmış Sınav Soruları Paralelinde SPK Temel Düzey</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054627417</t>
+          <t>9786054627882</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>KPSS Muhasebe</t>
+          <t>Farsça - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054627202</t>
+          <t>9786054627417</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çıkmış YDS Soruları ve Deneme Testleri</t>
+          <t>KPSS Muhasebe</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756325773</t>
+          <t>9786054627202</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>A Resource For Reading and Words YDS, KPDS, TOEFL, UDS</t>
+          <t>Çıkmış YDS Soruları ve Deneme Testleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055782986</t>
+          <t>9789756325773</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>YDS Test Teknikleri</t>
+          <t>A Resource For Reading and Words YDS, KPDS, TOEFL, UDS</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>640</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059221863</t>
+          <t>9786055782986</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Farsça İlk Adım - Resimli Farsça Öğretimi</t>
+          <t>YDS Test Teknikleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756325193</t>
+          <t>9786059221863</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>A Guidebook For English Translation İngilizce Çeviri Kılavuzu - Cevap Anahtarı</t>
+          <t>Farsça İlk Adım - Resimli Farsça Öğretimi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057877505</t>
+          <t>9789756325193</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>YKS-Dil Eğitimi İngilizce Hazırlık</t>
+          <t>A Guidebook For English Translation İngilizce Çeviri Kılavuzu - Cevap Anahtarı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756325070</t>
+          <t>9786057877505</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yönetim-Organizasyon ve Örgütsel Davranış Terimler Sözlüğü</t>
+          <t>YKS-Dil Eğitimi İngilizce Hazırlık</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055782832</t>
+          <t>9789756325070</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>A Practical Guide to Advanced English Grammer</t>
+          <t>Açıklamalı Yönetim-Organizasyon ve Örgütsel Davranış Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>700</v>
+        <v>385</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799756325505</t>
+          <t>9786055782832</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Medical Translation Dictionary Tıp Çeviri Sözlüğü (Ciltli)</t>
+          <t>A Practical Guide to Advanced English Grammer</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>875</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
+          <t>9799756325505</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Medical Translation Dictionary Tıp Çeviri Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
           <t>9799756325482</t>
         </is>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>English Grammar for Proficiency With Answer Key / Answer Key (Cevap Anahtarı)</t>
         </is>
       </c>
-      <c r="C18" s="1">
-        <v>550</v>
+      <c r="C19" s="1">
+        <v>690</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>