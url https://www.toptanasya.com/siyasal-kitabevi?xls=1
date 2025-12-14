--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -85,3535 +85,3580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256586437</t>
+          <t>9786256586444</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Misyon, Müfredat ve Müdahale: Bengal’de Britanya Eğitim Politikaları Bengal’de Britanya Eğitim</t>
+          <t>Siyasette Kadın Rize'de Kadınların Siyasete Katılımı ve Temsili</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256586284</t>
+          <t>9786256586420</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Post-Sovyet Orta Asya’da Türk-Rus İlişkileri İşbirliği ve Rekabet</t>
+          <t>Binyılın Değişiminde Dış Politikamızın Az Bilinenleri: Anı, İnceleme, Yorum</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256586239</t>
+          <t>9786256586437</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Darüşşafaka ve Madenciliğe Adanmış Bir Ömür</t>
+          <t>Misyon, Müfredat ve Müdahale: Bengal’de Britanya Eğitim Politikaları Bengal’de Britanya Eğitim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054627349</t>
+          <t>9786256586284</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Sosyolojisi Politik Toplumsallaşma ve Gençlik</t>
+          <t>Post-Sovyet Orta Asya’da Türk-Rus İlişkileri İşbirliği ve Rekabet</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256586291</t>
+          <t>9786256586239</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hegemonyadan Çok Kutupluluğa Brezilya’nın Güney Amerika’daki Otonomi Arayışı</t>
+          <t>Darüşşafaka ve Madenciliğe Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256586383</t>
+          <t>9786054627349</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Göç</t>
+          <t>Gençlik Sosyolojisi Politik Toplumsallaşma ve Gençlik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>660</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256586161</t>
+          <t>9786256586291</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dijital Toplumda Özne-Nesne İlişkisi Bir Sohbet Botu Deneyimi</t>
+          <t>Hegemonyadan Çok Kutupluluğa Brezilya’nın Güney Amerika’daki Otonomi Arayışı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>345</v>
+        <v>330</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256586109</t>
+          <t>9786256586383</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Üzerine Çok Yönlü Bir Bakış - Tarihsel Kültürel ve Psiko-Sosyal Boyutlar</t>
+          <t>Yüzyıllık Göç</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>305</v>
+        <v>660</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256586192</t>
+          <t>9786256586161</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Haşdi Şabi'nin İki Yüzü - Irak ve İran Çekişmesi</t>
+          <t>Dijital Toplumda Özne-Nesne İlişkisi Bir Sohbet Botu Deneyimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257424684</t>
+          <t>9786256586109</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mobil İletişim</t>
+          <t>Boşanma Üzerine Çok Yönlü Bir Bakış - Tarihsel Kültürel ve Psiko-Sosyal Boyutlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>480</v>
+        <v>305</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257424592</t>
+          <t>9786256586192</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Terim Odaklı Çalışmalar</t>
+          <t>Haşdi Şabi'nin İki Yüzü - Irak ve İran Çekişmesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>335</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257424608</t>
+          <t>9786257424684</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ege Adaları Meselesi</t>
+          <t>Mobil İletişim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>708</v>
+        <v>480</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257424400</t>
+          <t>9786257424592</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmanın HES Hali</t>
+          <t>Çeviribilimde Terim Odaklı Çalışmalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257424417</t>
+          <t>9786257424608</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Üzerine: İnsan, Kentler ve Yaşam</t>
+          <t>Ege Adaları Meselesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>708</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257424431</t>
+          <t>9786257424400</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Yolu'nu Niçin Öğrenmeliyiz?</t>
+          <t>Kalkınmanın HES Hali</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257424301</t>
+          <t>9786257424417</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Filantrokapitalizm</t>
+          <t>Mutluluk Üzerine: İnsan, Kentler ve Yaşam</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>365</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257424165</t>
+          <t>9786257424431</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası, Karar Verme ve Tüsiad</t>
+          <t>İstiklal Yolu'nu Niçin Öğrenmeliyiz?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257424189</t>
+          <t>9786257424301</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Hastalıkları</t>
+          <t>Filantrokapitalizm</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>540</v>
+        <v>365</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059221894</t>
+          <t>9786257424165</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yaprak</t>
+          <t>Kamu Politikası, Karar Verme ve Tüsiad</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059221955</t>
+          <t>9786257424189</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Liderlik Araştırmaları</t>
+          <t>Yönetim Hastalıkları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757351863</t>
+          <t>9786059221894</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Ödün Değil, Uzlaşı</t>
+          <t>Yeşil Yaprak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055782269</t>
+          <t>9786059221955</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Savaş</t>
+          <t>Sağlık Kurumlarında Liderlik Araştırmaları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059221993</t>
+          <t>9789757351863</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Erzincan'da Sosyal Damga Kimlik ve Yoksulluk</t>
+          <t>Türk Dış Politikasında Ödün Değil, Uzlaşı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059221146</t>
+          <t>9786055782269</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Altyazı Çevirisi</t>
+          <t>Savaş</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>290</v>
+        <v>285</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054627486</t>
+          <t>9786059221993</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Deutschland und Die Türkei Band 2 Forschen Lehren und Zusammenarbeiten</t>
+          <t>Erzincan'da Sosyal Damga Kimlik ve Yoksulluk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057877857</t>
+          <t>9786059221146</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Muhafazakar Muhasebe</t>
+          <t>Altyazı Çevirisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057877918</t>
+          <t>9786054627486</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Eleştirinin Eleştirisi</t>
+          <t>Deutschland und Die Türkei Band 2 Forschen Lehren und Zusammenarbeiten</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057877642</t>
+          <t>9786057877857</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yanı Başındaki Yabancı Suriyeliler ile Yerli Halkın Karşılaşmaları</t>
+          <t>Kurumsal Yönetim ve Muhafazakar Muhasebe</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057877512</t>
+          <t>9786057877918</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kant Ahlak Siyaset</t>
+          <t>Eleştirel Eleştirinin Eleştirisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057877574</t>
+          <t>9786057877642</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Konut Siyaseti</t>
+          <t>Yanı Başındaki Yabancı Suriyeliler ile Yerli Halkın Karşılaşmaları</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9781427611833</t>
+          <t>9786057877512</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zen ve Uygulamalı Proje Yönetimi Sanatı</t>
+          <t>Kant Ahlak Siyaset</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057877567</t>
+          <t>9786057877574</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Koridorlarında Yeni Enternasyonalizm</t>
+          <t>Türkiye'de Konut Siyaseti</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>365</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055782245</t>
+          <t>9781427611833</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Atatürk Dönemi Yenileşme Dinamikleri</t>
+          <t>Zen ve Uygulamalı Proje Yönetimi Sanatı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257424134</t>
+          <t>9786057877567</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mersin Yöresel Konutlarının Enerji Etkinliği</t>
+          <t>Küreselleşmenin Koridorlarında Yeni Enternasyonalizm</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057877758</t>
+          <t>9786055782245</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vergi Düzenlemelerinin Rekabet Süreçlerine Etkileri</t>
+          <t>Osmanlı ve Atatürk Dönemi Yenileşme Dinamikleri</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257424172</t>
+          <t>9786257424134</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Yönetim Düşüncesinin Doğuşu (1776 - 1920)</t>
+          <t>Mersin Yöresel Konutlarının Enerji Etkinliği</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256586321</t>
+          <t>9786057877758</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumları İşletmeciliğinde Temel Konular ve Uygulamalar</t>
+          <t>Vergi Düzenlemelerinin Rekabet Süreçlerine Etkileri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>480</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256586260</t>
+          <t>9786257424172</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu nün Devlet Teorisi</t>
+          <t>Amerikan Yönetim Düşüncesinin Doğuşu (1776 - 1920)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256586338</t>
+          <t>9786256586321</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Kurumları</t>
+          <t>Sağlık Kurumları İşletmeciliğinde Temel Konular ve Uygulamalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>685</v>
+        <v>480</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256586369</t>
+          <t>9786256586260</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çatışmadan uzlaşıya bölünmüş toplumlarda anayasal birliktelik ve demokrasi</t>
+          <t>Pierre Bourdieu nün Devlet Teorisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>370</v>
+        <v>265</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256586314</t>
+          <t>9786256586338</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kadınsız Demokrasi ve Cinsiyetçi Parlamento</t>
+          <t>Erken Cumhuriyet Dönemi Kurumları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>330</v>
+        <v>685</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757351788</t>
+          <t>9786256586369</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Tarzımıza ve Davranışlarımıza Yön Veren Özlü Sözler</t>
+          <t>Çatışmadan uzlaşıya bölünmüş toplumlarda anayasal birliktelik ve demokrasi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>570</v>
+        <v>370</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057877963</t>
+          <t>9786256586314</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Sosyolojisi Odağında Türkiye’de Kurumsal Çeviri Alanı: Kısıtlar/Güç İlişkileri</t>
+          <t>Kadınsız Demokrasi ve Cinsiyetçi Parlamento</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057877697</t>
+          <t>9789757351788</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Konumsal Medya</t>
+          <t>Yönetim Tarzımıza ve Davranışlarımıza Yön Veren Özlü Sözler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>285</v>
+        <v>570</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057877451</t>
+          <t>9786057877963</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Etik</t>
+          <t>Çeviri Sosyolojisi Odağında Türkiye’de Kurumsal Çeviri Alanı: Kısıtlar/Güç İlişkileri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256586208</t>
+          <t>9786057877697</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazını Çevirisi ve Engelsiz Erişim</t>
+          <t>Konumsal Medya</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256586130</t>
+          <t>9786057877451</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Teknoloji Uluslararası Politikalar</t>
+          <t>Muhasebe ve Etik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256586147</t>
+          <t>9786256586208</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yaban Komşu Mülteci ve Yerli Karşılaşmalarının Etnografisi</t>
+          <t>Çocuk Yazını Çevirisi ve Engelsiz Erişim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256586079</t>
+          <t>9786256586130</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Ankara Belediyesi</t>
+          <t>Çevre ve Teknoloji Uluslararası Politikalar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256586253</t>
+          <t>9786256586147</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi</t>
+          <t>Yaban Komşu Mülteci ve Yerli Karşılaşmalarının Etnografisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054627011</t>
+          <t>9786256586079</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Çeviri Rehberi</t>
+          <t>Atatürk Döneminde Ankara Belediyesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256586246</t>
+          <t>9786256586253</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Podcast Yapım ve Yönetim</t>
+          <t>Çalışma Ekonomisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256586277</t>
+          <t>9786054627011</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Brexit Neoliberal Dönüşüm ve Popülist Siyaset</t>
+          <t>Uygulamalı Çeviri Rehberi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256586215</t>
+          <t>9786256586246</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kent Diplomasisi - Türkiye - Ukrayna Yerel Yönetimleri Arasında İşbirliği</t>
+          <t>Podcast Yapım ve Yönetim</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256586123</t>
+          <t>9786256586277</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mali Sosyoloji - Yöntem, Tarih, Teori, Yeni Yollar</t>
+          <t>Brexit Neoliberal Dönüşüm ve Popülist Siyaset</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256586222</t>
+          <t>9786256586215</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Yapay Zeka ve Dijital Hastaneler</t>
+          <t>Kent Diplomasisi - Türkiye - Ukrayna Yerel Yönetimleri Arasında İşbirliği</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055782672</t>
+          <t>9786256586123</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Okuduğunu Anlama Rehberi</t>
+          <t>Mali Sosyoloji - Yöntem, Tarih, Teori, Yeni Yollar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055782641</t>
+          <t>9786256586222</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Dağarcığını Geliştirme Rehberi</t>
+          <t>Sağlıkta Yapay Zeka ve Dijital Hastaneler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>575</v>
+        <v>325</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057877062</t>
+          <t>9786055782672</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Statüsü Belirleyicileri</t>
+          <t>İngilizce Okuduğunu Anlama Rehberi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059221405</t>
+          <t>9786055782641</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı</t>
+          <t>İngilizce Kelime Dağarcığını Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>365</v>
+        <v>575</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256586178</t>
+          <t>9786057877062</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurtlar (Bireysel Teröristler): Anders Behring Breivik ve Brenton Harris Tarrant</t>
+          <t>Sağlık Statüsü Belirleyicileri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256586185</t>
+          <t>9786059221405</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Posthümanizm - Transhümanizm ve Günümüz Sanatı</t>
+          <t>Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>175</v>
+        <v>365</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256586154</t>
+          <t>9786256586178</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırılmalı Siyaset - Benzer Ülke Rejimlerine Mukayeseli Bir Bakış</t>
+          <t>Yalnız Kurtlar (Bireysel Teröristler): Anders Behring Breivik ve Brenton Harris Tarrant</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257424899</t>
+          <t>9786256586185</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Devlet Dışı Silahlı Aktörlerin Oluşumu: Irak ve Suriye</t>
+          <t>Posthümanizm - Transhümanizm ve Günümüz Sanatı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257424752</t>
+          <t>9786256586154</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyete Disiplinlerarası Yaklaşım: Güncel ve Eleştirel Tartışmalar</t>
+          <t>Karşılaştırılmalı Siyaset - Benzer Ülke Rejimlerine Mukayeseli Bir Bakış</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059221481</t>
+          <t>9786257424899</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Performans Ölçümüne Geleneksel Olmayan Bir Yaklaşım: Kurumsal Karne Yönetimi</t>
+          <t>Orta Doğu’da Devlet Dışı Silahlı Aktörlerin Oluşumu: Irak ve Suriye</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257424714</t>
+          <t>9786257424752</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Denetimi ve Kontrolü</t>
+          <t>Toplumsal Cinsiyete Disiplinlerarası Yaklaşım: Güncel ve Eleştirel Tartışmalar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257424394</t>
+          <t>9786059221481</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Anaakım Medya Kuramları</t>
+          <t>Performans Ölçümüne Geleneksel Olmayan Bir Yaklaşım: Kurumsal Karne Yönetimi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257424349</t>
+          <t>9786257424714</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası İletişim</t>
+          <t>Yapay Zekanın Denetimi ve Kontrolü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057877932</t>
+          <t>9786257424394</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Lojistik 4.0</t>
+          <t>Anaakım Medya Kuramları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257424028</t>
+          <t>9786257424349</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşünce'de Devlet Ve Yönetim</t>
+          <t>Kültürlerarası İletişim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057877994</t>
+          <t>9786057877932</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Kuramları</t>
+          <t>Lojistik 4.0</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257424011</t>
+          <t>9786257424028</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çeviri(Bilim)De Yeni Açılımlar</t>
+          <t>Siyasi Düşünce'de Devlet Ve Yönetim</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057877130</t>
+          <t>9786057877994</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Gazetecilik</t>
+          <t>Eleştirel Medya Kuramları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756325940</t>
+          <t>9786257424011</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>SPK İleri Düzey Çıkmış Sınav Soruları Paralelinde</t>
+          <t>Çeviri(Bilim)De Yeni Açılımlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257424851</t>
+          <t>9786057877130</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun Posthümanist Tarihçesi</t>
+          <t>Herkes İçin Gazetecilik</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257424905</t>
+          <t>9789756325940</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni ve Damga: Haneden Sokağa Ayrımcılık Pratiklerinin Sıradanlaşması</t>
+          <t>SPK İleri Düzey Çıkmış Sınav Soruları Paralelinde</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257424882</t>
+          <t>9786257424851</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Çok Seslilik ve Çoğulcu Yaklaşımlar</t>
+          <t>Tiyatronun Posthümanist Tarihçesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257424936</t>
+          <t>9786257424905</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Devlette Performans Denetimi - 1996 - 2010 Sayıştay Deneyimi</t>
+          <t>Şizofreni ve Damga: Haneden Sokağa Ayrımcılık Pratiklerinin Sıradanlaşması</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257424943</t>
+          <t>9786257424882</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Meşruiyet Krizi - Modern Egemenlik ve Milli İrade Ekseninde</t>
+          <t>İktisatta Çok Seslilik ve Çoğulcu Yaklaşımlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>510</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257424929</t>
+          <t>9786257424936</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Ekonomi - İktisat Gerçekten Toplumsal Bilimlerin Kraliçesi Olabilir mi?</t>
+          <t>Devlette Performans Denetimi - 1996 - 2010 Sayıştay Deneyimi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256586093</t>
+          <t>9786257424943</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan Kültürü</t>
+          <t>Demokrasinin Meşruiyet Krizi - Modern Egemenlik ve Milli İrade Ekseninde</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>270</v>
+        <v>510</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257424974</t>
+          <t>9786257424929</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Performatif Terörizm ve İslam Devleti Örgütü</t>
+          <t>Ahlaki Ekonomi - İktisat Gerçekten Toplumsal Bilimlerin Kraliçesi Olabilir mi?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257424967</t>
+          <t>9786256586093</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Gruplara Yönelik Çağdaş Yaklaşımlar</t>
+          <t>Kazakistan Kültürü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257424950</t>
+          <t>9786257424974</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Grup İçi ve Gruplar Arası İlişkiler</t>
+          <t>Performatif Terörizm ve İslam Devleti Örgütü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>380</v>
+        <v>425</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256586000</t>
+          <t>9786257424967</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Sosyolojisi: Sosyal Bir Sorun ya da Aileye Alternatif Olma Bağlamında Boşanmayı Anlamak</t>
+          <t>Örgütsel Gruplara Yönelik Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257424912</t>
+          <t>9786257424950</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Engellilik Sosyolojisi Araştırma Yazıları</t>
+          <t>Örgütlerde Grup İçi ve Gruplar Arası İlişkiler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257424530</t>
+          <t>9786256586000</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı ve İnovatif Geleceğin Peşinde</t>
+          <t>Boşanmanın Sosyolojisi: Sosyal Bir Sorun ya da Aileye Alternatif Olma Bağlamında Boşanmayı Anlamak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059221870</t>
+          <t>9786257424912</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Özel Alan Çevirisi</t>
+          <t>Engellilik Sosyolojisi Araştırma Yazıları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059221818</t>
+          <t>9786257424530</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Basından Örneklerle Çeviride İdeoloji İdeolojik Çeviri</t>
+          <t>Yaratıcı ve İnovatif Geleceğin Peşinde</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756325889</t>
+          <t>9786059221870</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Uygulamaları Test Kitabı</t>
+          <t>Özel Alan Çevirisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057877116</t>
+          <t>9786059221818</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kelimeler Sözlüğü - Türkçe İngilizce</t>
+          <t>Basından Örneklerle Çeviride İdeoloji İdeolojik Çeviri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059221665</t>
+          <t>9789756325889</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Görsel - İşitsel Çeviri Eğitimi</t>
+          <t>Muhasebe Uygulamaları Test Kitabı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257424776</t>
+          <t>9786057877116</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Türk Uzay Ekosistemi</t>
+          <t>Sosyal Kelimeler Sözlüğü - Türkçe İngilizce</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>590</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257424820</t>
+          <t>9786059221665</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Küresel Siyaset</t>
+          <t>Görsel - İşitsel Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257424790</t>
+          <t>9786257424776</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Yönetiminin Karşılaştırmalı Analizi: Türkiye ve Meksika</t>
+          <t>Türk Uzay Ekosistemi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>480</v>
+        <v>590</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257424806</t>
+          <t>9786257424820</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Performans Yönetimi</t>
+          <t>Toplumsal Cinsiyet ve Küresel Siyaset</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257424868</t>
+          <t>9786257424790</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>(Post)kolonyalizm: Özne, Arzu ve Siyasal Melezlik</t>
+          <t>Tek Parti Yönetiminin Karşılaştırmalı Analizi: Türkiye ve Meksika</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257424783</t>
+          <t>9786257424806</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Libya İç Savaşı'nda Türkiye</t>
+          <t>Sağlık Hizmetlerinde Performans Yönetimi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059221603</t>
+          <t>9786257424868</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk İki Dil Çift Diploma</t>
+          <t>(Post)kolonyalizm: Özne, Arzu ve Siyasal Melezlik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257424769</t>
+          <t>9786257424783</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kavramlarla Psikoloji</t>
+          <t>Libya İç Savaşı'nda Türkiye</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257424646</t>
+          <t>9786059221603</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde İnşacılık: Kökeni, Temel Kavramları ve Araştırmaları</t>
+          <t>Bir Çocuk İki Dil Çift Diploma</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257424653</t>
+          <t>9786257424769</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Propaganda</t>
+          <t>Kavramlarla Psikoloji</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257424745</t>
+          <t>9786257424646</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Parti ve İdeoloji</t>
+          <t>Uluslararası İlişkilerde İnşacılık: Kökeni, Temel Kavramları ve Araştırmaları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>480</v>
+        <v>310</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257424639</t>
+          <t>9786257424653</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan'ın Ak Güvercini Demokratik Sol Parti (1985‐2004)</t>
+          <t>Propaganda</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059221696</t>
+          <t>9786257424745</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnternet Galaksisi'nde Türkiye</t>
+          <t>Parti ve İdeoloji</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257424707</t>
+          <t>9786257424639</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve İkna Odağında Halkla İlişkiler</t>
+          <t>Karaoğlan'ın Ak Güvercini Demokratik Sol Parti (1985‐2004)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257424660</t>
+          <t>9786059221696</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Geçici Koruma Statüsündeki Suriyeliler</t>
+          <t>İnternet Galaksisi'nde Türkiye</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257424554</t>
+          <t>9786257424707</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Rus İmparatorluklarının Orta Asya Üzerindeki Stratejik Planları</t>
+          <t>İletişim ve İkna Odağında Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257424615</t>
+          <t>9786257424660</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Luhmann Sosyolojisi ve Sosyal Hareketler - Gezi Parkı Örneği</t>
+          <t>Geçici Koruma Statüsündeki Suriyeliler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257424622</t>
+          <t>9786257424554</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çalışma Hayatının Örgütlenmesi: Çalışma Bakanlığının Kuruluşu ve Faaliyetleri (1945‐1983)</t>
+          <t>Rus İmparatorluklarının Orta Asya Üzerindeki Stratejik Planları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257424578</t>
+          <t>9786257424615</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>E-Politika</t>
+          <t>Luhmann Sosyolojisi ve Sosyal Hareketler - Gezi Parkı Örneği</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>480</v>
+        <v>310</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257424585</t>
+          <t>9786257424622</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Muhafazakarlığın Kadın ve Aile Politikaları</t>
+          <t>Türkiye'de Çalışma Hayatının Örgütlenmesi: Çalışma Bakanlığının Kuruluşu ve Faaliyetleri (1945‐1983)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257424547</t>
+          <t>9786257424578</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hastane ve Sağlık Kurumlarında Stratejik Yönetim</t>
+          <t>E-Politika</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>700</v>
+        <v>480</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257424516</t>
+          <t>9786257424585</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Yönetsel Başarı</t>
+          <t>Türkiye’de Siyasal Muhafazakarlığın Kadın ve Aile Politikaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>310</v>
+        <v>425</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257424486</t>
+          <t>9786257424547</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin El Kitabı</t>
+          <t>Hastane ve Sağlık Kurumlarında Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257424509</t>
+          <t>9786257424516</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Marksist Düşüncenin Aristotelesçi Temelleri</t>
+          <t>Liderlik ve Yönetsel Başarı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>335</v>
+        <v>310</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257424233</t>
+          <t>9786257424486</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>2000'li Yıllarda Türk Kamu Yönetiminde Erozyon ve Örgütsel Kayıplar</t>
+          <t>Terörizmin El Kitabı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>306</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257424479</t>
+          <t>9786257424509</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Devlet ve Cemaatler</t>
+          <t>Marksist Düşüncenin Aristotelesçi Temelleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>335</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257424455</t>
+          <t>9786257424233</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Basın, Bellek, Travma: Türk-Amerikan İlişkilerinde Travmanın İzleri</t>
+          <t>2000'li Yıllarda Türk Kamu Yönetiminde Erozyon ve Örgütsel Kayıplar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257424448</t>
+          <t>9786257424479</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ekonomik Büyümenin Son Yirmi Yılı (2000-2020)</t>
+          <t>Türkiye’de Devlet ve Cemaatler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257424370</t>
+          <t>9786257424455</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bilim İletişimi - Toplumsal Etkileşim ve Dijital Dönüşüm</t>
+          <t>Basın, Bellek, Travma: Türk-Amerikan İlişkilerinde Travmanın İzleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>365</v>
+        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257424493</t>
+          <t>9786257424448</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>5018 Sayılı Kamu Mali Yönetimi ve Kontrol Kanunu Kapsamında İç Denetim Faaliyetinde Şeffaflık</t>
+          <t>Türkiye'de Ekonomik Büyümenin Son Yirmi Yılı (2000-2020)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>305</v>
+        <v>650</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257424387</t>
+          <t>9786257424370</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İşletmede Yönetim ve Fonksiyon Düzeyinde Strateji</t>
+          <t>Bilim İletişimi - Toplumsal Etkileşim ve Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>280</v>
+        <v>365</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257424332</t>
+          <t>9786257424493</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Devlet Kapitalizmi</t>
+          <t>5018 Sayılı Kamu Mali Yönetimi ve Kontrol Kanunu Kapsamında İç Denetim Faaliyetinde Şeffaflık</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>335</v>
+        <v>305</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257424356</t>
+          <t>9786257424387</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Akademik Çeviri Eğitimi</t>
+          <t>İşletmede Yönetim ve Fonksiyon Düzeyinde Strateji</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059221610</t>
+          <t>9786257424332</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ein Kind – Zwei Sprachen – Doppelabschluss</t>
+          <t>Devlet Kapitalizmi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>30</v>
+        <v>335</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059221115</t>
+          <t>9786257424356</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dıversıtät - in Gesellschaft, Gesundheıt Und Bıldung</t>
+          <t>Akademik Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>30</v>
+        <v>290</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257424110</t>
+          <t>9786059221610</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Alfred Schutz ve Fenomenolojik Sosyolojisi</t>
+          <t>Ein Kind – Zwei Sprachen – Doppelabschluss</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257424004</t>
+          <t>9786059221115</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Abdüllatif Subhi Paşa - Bir Tanzimat Paşası ve Kültürel Sermayesi</t>
+          <t>Dıversıtät - in Gesellschaft, Gesundheıt Und Bıldung</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057877338</t>
+          <t>9786257424110</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Diğer Kamu Kurumlarında Disiplin Usulü ve Soruşturma Örnekleri</t>
+          <t>Alfred Schutz ve Fenomenolojik Sosyolojisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057877277</t>
+          <t>9786257424004</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Denetimde Güncel Konular</t>
+          <t>Abdüllatif Subhi Paşa - Bir Tanzimat Paşası ve Kültürel Sermayesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257424462</t>
+          <t>9786057877338</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Posthüman - Şehir ve Beden</t>
+          <t>Eğitim ve Diğer Kamu Kurumlarında Disiplin Usulü ve Soruşturma Örnekleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257424325</t>
+          <t>9786057877277</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Terörizm ve Kadın: Fail Mi Kurban Mı?</t>
+          <t>Muhasebe ve Denetimde Güncel Konular</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257424363</t>
+          <t>9786257424462</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İtfaiyenin Anatomisi</t>
+          <t>Posthüman - Şehir ve Beden</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257424424</t>
+          <t>9786257424325</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimlerinin Kassandrası</t>
+          <t>Terörizm ve Kadın: Fail Mi Kurban Mı?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>600</v>
+        <v>235</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257424295</t>
+          <t>9786257424363</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Politik Stratejide Duygusal Zeka ve Motivasyon</t>
+          <t>Türkiye'de İtfaiyenin Anatomisi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257424288</t>
+          <t>9786257424424</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sinemada İstiklal Harbi ve Atatürk</t>
+          <t>Eğitim Bilimlerinin Kassandrası</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257424127</t>
+          <t>9786257424295</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomisini Anlamak</t>
+          <t>Politik Stratejide Duygusal Zeka ve Motivasyon</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257424073</t>
+          <t>9786257424288</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türkiye Cumhuriyeti Tarihi</t>
+          <t>Sinemada İstiklal Harbi ve Atatürk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057877925</t>
+          <t>9786257424127</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Erken Yazılar</t>
+          <t>Dünya Ekonomisini Anlamak</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057877949</t>
+          <t>9786257424073</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Silahlı Çatışmaların Çözümü Mümkün Mü?</t>
+          <t>Atatürk ve Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>285</v>
+        <v>420</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057877871</t>
+          <t>9786057877925</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Biyopolitika</t>
+          <t>İktisatta Erken Yazılar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057877901</t>
+          <t>9786057877949</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hollanda'daki Türkler</t>
+          <t>Silahlı Çatışmaların Çözümü Mümkün Mü?</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>260</v>
+        <v>285</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057877840</t>
+          <t>9786057877871</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bolu Basın Tarihi</t>
+          <t>Milliyetçilik ve Biyopolitika</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057877826</t>
+          <t>9786057877901</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>BOBİ FRS TFRS-TMS ve MSUGT-VUK Karşılaştırmaları</t>
+          <t>Hollanda'daki Türkler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057877833</t>
+          <t>9786057877840</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dört Duvar Kadına Ne Yapar?</t>
+          <t>Bolu Basın Tarihi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057877796</t>
+          <t>9786057877826</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İktidarın Sınırlandırılması</t>
+          <t>BOBİ FRS TFRS-TMS ve MSUGT-VUK Karşılaştırmaları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057877802</t>
+          <t>9786057877833</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Savaş</t>
+          <t>Dört Duvar Kadına Ne Yapar?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057877710</t>
+          <t>9786057877796</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Biz ve Ötekiler</t>
+          <t>Türkiye’de İktidarın Sınırlandırılması</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057877703</t>
+          <t>9786057877802</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Posthümanizm</t>
+          <t>Bilişsel Savaş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>305</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057877666</t>
+          <t>9786057877710</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Kimlik: Disiplinlerarası Yaklaşımlar</t>
+          <t>Biz ve Ötekiler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057877680</t>
+          <t>9786057877703</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Birey ve Sosyal Adalet Algısı</t>
+          <t>Posthümanizm</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>310</v>
+        <v>305</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059221658</t>
+          <t>9786057877666</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Brexit: Elveda Avrupa</t>
+          <t>Kültür ve Kimlik: Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057877611</t>
+          <t>9786057877659</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Refah Rejiminde Kadın</t>
+          <t>SSCB Türkiye İlişkileri 1953-1964</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057877604</t>
+          <t>9786057877680</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Güncel Örneklerle Ekonomi Güvenliği Yazıları</t>
+          <t>Neoliberal Birey ve Sosyal Adalet Algısı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057877550</t>
+          <t>9786059221658</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Dış Politikasında İslam İşbirliği Teşkilatı (1969-2012)</t>
+          <t>Brexit: Elveda Avrupa</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057877529</t>
+          <t>9786057877611</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Göçün Türkiye - (Federal) Almanya İlişkilerine Etkisi (1961-2000)</t>
+          <t>Türkiye Refah Rejiminde Kadın</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057877499</t>
+          <t>9786057877604</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Geleceğe İletişim Teknolojileri</t>
+          <t>Güncel Örneklerle Ekonomi Güvenliği Yazıları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057877475</t>
+          <t>9786057877550</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Süryani Ortodokslarda Kilise Müziği</t>
+          <t>Türkiye'nin Dış Politikasında İslam İşbirliği Teşkilatı (1969-2012)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057877390</t>
+          <t>9786057877529</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Bolu’da İktisadi Hayat (1923 – 1960)</t>
+          <t>Türkiye'den Göçün Türkiye - (Federal) Almanya İlişkilerine Etkisi (1961-2000)</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057877369</t>
+          <t>9786057877499</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin En Başat Siyasal Çizgisi: Kemalizm</t>
+          <t>Tarihten Geleceğe İletişim Teknolojileri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057877352</t>
+          <t>9786057877475</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hubris Sendromu</t>
+          <t>Süryani Ortodokslarda Kilise Müziği</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057877345</t>
+          <t>9786057877390</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Eğitim Hikayesi</t>
+          <t>Cumhuriyet Döneminde Bolu’da İktisadi Hayat (1923 – 1960)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057877314</t>
+          <t>9786057877369</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Markanın Yol Haritası</t>
+          <t>Bir Dönemin En Başat Siyasal Çizgisi: Kemalizm</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>225</v>
+        <v>305</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057877291</t>
+          <t>9786057877352</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Güncel Sosyal ve Mali Sorunlara Yönelik Seçme Yazılar</t>
+          <t>Hubris Sendromu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>365</v>
+        <v>260</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057877260</t>
+          <t>9786057877345</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Uygar Oldu?</t>
+          <t>Başka Bir Eğitim Hikayesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>306</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057877178</t>
+          <t>9786057877314</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Düğün</t>
+          <t>Markanın Yol Haritası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057877161</t>
+          <t>9786057877291</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Trabzon'da Mülteci ve Sığınmacı Kadınlar</t>
+          <t>Güncel Sosyal ve Mali Sorunlara Yönelik Seçme Yazılar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057877154</t>
+          <t>9786057877260</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Liman İşçilerinin Sağlığı ve Güvenliği</t>
+          <t>İnsan Nasıl Uygar Oldu?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>306</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057877055</t>
+          <t>9786057877178</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiye'sinde Maden İşleteciliği ve Maden Politikaları (1923 - 1960)</t>
+          <t>Tekerlekli Düğün</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>310</v>
+        <v>285</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057877109</t>
+          <t>9786057877161</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Trabzon'da Mülteci ve Sığınmacı Kadınlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057877093</t>
+          <t>9786057877154</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ankara'da Açılan İlk Gürcistan Temsilciliği ve Türk-Gürcü İlişkileri</t>
+          <t>Liman İşçilerinin Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057877079</t>
+          <t>9786057877055</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kır Sosyolojisi Araştırmaları</t>
+          <t>Cumhuriyet Türkiye'sinde Maden İşleteciliği ve Maden Politikaları (1923 - 1960)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059221931</t>
+          <t>9786057877109</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz’de Toplumsal Araştırmalar</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059221917</t>
+          <t>9786057877093</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Erkekliğin Dönüşümü</t>
+          <t>Ankara'da Açılan İlk Gürcistan Temsilciliği ve Türk-Gürcü İlişkileri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059221900</t>
+          <t>9786057877079</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Westphalia‐Sistemi'ne Karşı Millet‐Sistemi Söylemi ve Türk Dış Politikası</t>
+          <t>Türkiye'de Kır Sosyolojisi Araştırmaları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>310</v>
+        <v>285</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059221016</t>
+          <t>9786059221931</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Spaces on the Move And Obliteration of Identites: Rebirth of Space and Identity - Hareketli Mekanlar ve Aşınan Kimlikler: Mekan ve Kimliğin Yeniden Doğuşu</t>
+          <t>Doğu Karadeniz’de Toplumsal Araştırmalar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>590</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059221771</t>
+          <t>9786059221917</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>John B. Rawls - Eleştirel Bir Yaklaşım</t>
+          <t>Türkiye’de Erkekliğin Dönüşümü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059221764</t>
+          <t>9786059221900</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük, Hukuk ve Demokrasi</t>
+          <t>Westphalia‐Sistemi'ne Karşı Millet‐Sistemi Söylemi ve Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059221757</t>
+          <t>9786059221016</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politik: Zarif Mezar Taşları</t>
+          <t>Spaces on the Move And Obliteration of Identites: Rebirth of Space and Identity - Hareketli Mekanlar ve Aşınan Kimlikler: Mekan ve Kimliğin Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>260</v>
+        <v>590</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059221733</t>
+          <t>9786059221771</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Gürhan Fişek'in İzinde Ortak Emek ve Ortak Eylem</t>
+          <t>John B. Rawls - Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059221726</t>
+          <t>9786059221764</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sınır Kapitalizmi</t>
+          <t>Özgürlük, Hukuk ve Demokrasi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>425</v>
+        <v>310</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059221672</t>
+          <t>9786059221757</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlama Reklam Tasarımı ve Etik</t>
+          <t>Ekonomi Politik: Zarif Mezar Taşları</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059221689</t>
+          <t>9786059221733</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kayıtdışı Ekonomi ve Karapara</t>
+          <t>Gürhan Fişek'in İzinde Ortak Emek ve Ortak Eylem</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059221634</t>
+          <t>9786059221726</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayata Sosyolojik Bakmak</t>
+          <t>Sınır Kapitalizmi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>310</v>
+        <v>425</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059221627</t>
+          <t>9786059221672</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ordulardan Şirketlere Strateji</t>
+          <t>Nöropazarlama Reklam Tasarımı ve Etik</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059221566</t>
+          <t>9786059221689</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Romanlar</t>
+          <t>Kayıtdışı Ekonomi ve Karapara</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059221573</t>
+          <t>9786059221634</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Erkek Hemşireler</t>
+          <t>Gündelik Hayata Sosyolojik Bakmak</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>335</v>
+        <v>310</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059221559</t>
+          <t>9786059221627</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Politik Kampanya</t>
+          <t>Ordulardan Şirketlere Strateji</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059221542</t>
+          <t>9786059221566</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Tarihi Metodolojisi</t>
+          <t>Yoksulluk ve Romanlar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059221535</t>
+          <t>9786059221573</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Lozan'da Türk-Yunan Mübadele Siyaseti</t>
+          <t>Erkek Hemşireler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059221504</t>
+          <t>9786059221559</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Avrupa Birliği Türkiye İlişkileri</t>
+          <t>Politik Kampanya</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059221498</t>
+          <t>9786059221542</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uygulamasında Torba Kanunlar</t>
+          <t>Yakın Dönem Tarihi Metodolojisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059221412</t>
+          <t>9786059221535</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Durmayalım Düşeriz!</t>
+          <t>Lozan'da Türk-Yunan Mübadele Siyaseti</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059221436</t>
+          <t>9786059221504</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Farklı Boyutlarıyla Avrupa Birliği Türkiye İlişkileri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059221429</t>
+          <t>9786059221498</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Altın Yaprak</t>
+          <t>Vergi Uygulamasında Torba Kanunlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059221382</t>
+          <t>9786059221412</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hanım</t>
+          <t>Durmayalım Düşeriz!</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059221399</t>
+          <t>9786059221436</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Denetiminde Örnek Olaylar</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059221283</t>
+          <t>9786059221429</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikanın Yapısal Teorisi</t>
+          <t>Altın Yaprak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059221221</t>
+          <t>9786059221382</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yüce Türk'ten Zalim Türk'e</t>
+          <t>Hanım</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059221290</t>
+          <t>9786059221399</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Adımlar</t>
+          <t>Muhasebe Denetiminde Örnek Olaylar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059221269</t>
+          <t>9786059221283</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Güncele Dipnotlar</t>
+          <t>Uluslararası Politikanın Yapısal Teorisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059221245</t>
+          <t>9786059221221</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yeni Siyasal Akımlar</t>
+          <t>Yüce Türk'ten Zalim Türk'e</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059221207</t>
+          <t>9786059221290</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türk İşaret Dili Çevirisi</t>
+          <t>İz Bırakan Adımlar</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059221160</t>
+          <t>9786059221269</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sansür Eğlenceleri</t>
+          <t>Güncele Dipnotlar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059221191</t>
+          <t>9786059221245</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Son Dönemi Gayrimüslim Cemaatler 1908-1922</t>
+          <t>Türkiye'de Yeni Siyasal Akımlar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059221078</t>
+          <t>9786059221207</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ukde İş Hukuku ve Sosyal Politika Öğretilerinin Sosyal İnsan Haklarıyla İmtihanı 1938 - 2015</t>
+          <t>Türk İşaret Dili Çevirisi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054627899</t>
+          <t>9786059221160</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İzmir Büyükkent Bütününde Romanlar</t>
+          <t>Türkiye'de Sansür Eğlenceleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054627585</t>
+          <t>9786059221191</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gazprom'un Rusyası</t>
+          <t>Osmanlı Son Dönemi Gayrimüslim Cemaatler 1908-1922</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>335</v>
+        <v>310</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054627493</t>
+          <t>9786059221078</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Almanya Cilt: 2 Toplum Sağlık ve Eğitimde Araştırma Öğretim ve İşbirliği</t>
+          <t>İçimdeki Ukde İş Hukuku ve Sosyal Politika Öğretilerinin Sosyal İnsan Haklarıyla İmtihanı 1938 - 2015</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054627370</t>
+          <t>9786054627899</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Köşe Yazarları Yaşam Dünyamızı Sömürüyor Mu?</t>
+          <t>İzmir Büyükkent Bütününde Romanlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>335</v>
+        <v>400</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9799756325574</t>
+          <t>9786054627585</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kırmızı Çizgilerimiz Vardı</t>
+          <t>Gazprom'un Rusyası</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756325872</t>
+          <t>9786054627493</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülükte Ulusal Hedef Ulusal Politika Ulusal Strateji</t>
+          <t>Türkiye ve Almanya Cilt: 2 Toplum Sağlık ve Eğitimde Araştırma Öğretim ve İşbirliği</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789756525593</t>
+          <t>9786054627370</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Nutuk</t>
+          <t>Köşe Yazarları Yaşam Dünyamızı Sömürüyor Mu?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>480</v>
+        <v>335</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9799756325468</t>
+          <t>9799756325574</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Türkiyesi’nde Kılık Kıyafette Çağdaşlaşma</t>
+          <t>Bizim Kırmızı Çizgilerimiz Vardı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>260</v>
+        <v>305</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756325728</t>
+          <t>9789756325872</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Açısından Çevresel Etki Değerlendirmesi</t>
+          <t>Atatürkçülükte Ulusal Hedef Ulusal Politika Ulusal Strateji</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756325162</t>
+          <t>9789756525593</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Cumhuriyetleri Öğrencilerinin Türk Dünyasına Bakışları</t>
+          <t>Atatürk ve Nutuk</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>285</v>
+        <v>480</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054627141</t>
+          <t>9799756325468</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Türk - Alman Bilimsel İşbirliğinin Güncel Konuları / Aktüelle Aspekte Deutsch - Türkischer Wissenschaftskooperation</t>
+          <t>Atatürk Türkiyesi’nde Kılık Kıyafette Çağdaşlaşma</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000030396</t>
+          <t>9789756325728</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ticari Bankalarda Piyasa Riski Yönetimi</t>
+          <t>Uluslararası Hukuk Açısından Çevresel Etki Değerlendirmesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055782184</t>
+          <t>9789756325162</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tanıklarıyla Kıbrıs Türk Milli Mücadelesi</t>
+          <t>Türk Cumhuriyetleri Öğrencilerinin Türk Dünyasına Bakışları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>310</v>
+        <v>285</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9799756325475</t>
+          <t>9786054627141</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Serbest Bölgeler</t>
+          <t>Türk - Alman Bilimsel İşbirliğinin Güncel Konuları / Aktüelle Aspekte Deutsch - Türkischer Wissenschaftskooperation</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756325377</t>
+          <t>3990000030396</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Seçim Sistemleri ve Türkiye İçin Yeni Bir Seçim Sistemi Önerisi</t>
+          <t>Ticari Bankalarda Piyasa Riski Yönetimi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789757351849</t>
+          <t>9786055782184</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Polis Etiği</t>
+          <t>Tanıklarıyla Kıbrıs Türk Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789757351597</t>
+          <t>9799756325475</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenliğimi Geliştiriyorum</t>
+          <t>Serbest Bölgeler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054627240</t>
+          <t>9789756325377</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Okulu Terk Deneyimi Üzerine Sosyolojik Bir Araştırma</t>
+          <t>Seçim Sistemleri ve Türkiye İçin Yeni Bir Seçim Sistemi Önerisi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9799756325550</t>
+          <t>9789757351849</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Improve Your Vocabulary and Reading Skills</t>
+          <t>Polis Etiği</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055782450</t>
+          <t>9789757351597</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Global Kriz ve Türkiye Ekonomisi</t>
+          <t>Öğretmenliğimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789756325971</t>
+          <t>9786054627240</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Finansal Modelleme</t>
+          <t>Okulu Terk Deneyimi Üzerine Sosyolojik Bir Araştırma</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756325209</t>
+          <t>9799756325550</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü (Ciltli)</t>
+          <t>Improve Your Vocabulary and Reading Skills</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789756325827</t>
+          <t>9786055782450</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>E-İş, E-Devlet, Etik</t>
+          <t>Global Kriz ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756325643</t>
+          <t>9789756325971</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları ve Savaş Alanları Rehberi</t>
+          <t>Finansal Modelleme</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
+          <t>9789756325209</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789756325827</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>E-İş, E-Devlet, Etik</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789756325643</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Savaşları ve Savaş Alanları Rehberi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
           <t>9789756325650</t>
         </is>
       </c>
-      <c r="B234" s="1" t="inlineStr">
+      <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyet Döneminde Sansür (1923-1973)</t>
         </is>
       </c>
-      <c r="C234" s="1">
+      <c r="C237" s="1">
         <v>310</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>