--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,3580 +85,3640 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256586444</t>
+          <t>9786256586499</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Kadın Rize'de Kadınların Siyasete Katılımı ve Temsili</t>
+          <t>Türk Siyasal Yaşamının Kritik Kesitinde Bir Gazete: Öncü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256586420</t>
+          <t>9786257424998</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Binyılın Değişiminde Dış Politikamızın Az Bilinenleri: Anı, İnceleme, Yorum</t>
+          <t>Vegan Dünyayı Anlamak Veganlık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1500</v>
+        <v>530</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256586437</t>
+          <t>9786256586406</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Misyon, Müfredat ve Müdahale: Bengal’de Britanya Eğitim Politikaları Bengal’de Britanya Eğitim</t>
+          <t>Cumhuriyetin Cumhuriyetçi Tarihçisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256586284</t>
+          <t>9786256586468</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Post-Sovyet Orta Asya’da Türk-Rus İlişkileri İşbirliği ve Rekabet</t>
+          <t>Türkiye’de İletişim ve Medyanın Ekonomi Politiği (1727-2025)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256586239</t>
+          <t>9786256586444</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Darüşşafaka ve Madenciliğe Adanmış Bir Ömür</t>
+          <t>Siyasette Kadın Rize'de Kadınların Siyasete Katılımı ve Temsili</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054627349</t>
+          <t>9786256586420</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Sosyolojisi Politik Toplumsallaşma ve Gençlik</t>
+          <t>Binyılın Değişiminde Dış Politikamızın Az Bilinenleri: Anı, İnceleme, Yorum</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256586291</t>
+          <t>9786256586437</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hegemonyadan Çok Kutupluluğa Brezilya’nın Güney Amerika’daki Otonomi Arayışı</t>
+          <t>Misyon, Müfredat ve Müdahale: Bengal’de Britanya Eğitim Politikaları Bengal’de Britanya Eğitim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256586383</t>
+          <t>9786256586284</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Göç</t>
+          <t>Post-Sovyet Orta Asya’da Türk-Rus İlişkileri İşbirliği ve Rekabet</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>660</v>
+        <v>375</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256586161</t>
+          <t>9786256586239</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dijital Toplumda Özne-Nesne İlişkisi Bir Sohbet Botu Deneyimi</t>
+          <t>Darüşşafaka ve Madenciliğe Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256586109</t>
+          <t>9786054627349</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Üzerine Çok Yönlü Bir Bakış - Tarihsel Kültürel ve Psiko-Sosyal Boyutlar</t>
+          <t>Gençlik Sosyolojisi Politik Toplumsallaşma ve Gençlik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>305</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256586192</t>
+          <t>9786256586291</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Haşdi Şabi'nin İki Yüzü - Irak ve İran Çekişmesi</t>
+          <t>Hegemonyadan Çok Kutupluluğa Brezilya’nın Güney Amerika’daki Otonomi Arayışı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>335</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257424684</t>
+          <t>9786256586383</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mobil İletişim</t>
+          <t>Yüzyıllık Göç</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>480</v>
+        <v>800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257424592</t>
+          <t>9786256586161</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Terim Odaklı Çalışmalar</t>
+          <t>Dijital Toplumda Özne-Nesne İlişkisi Bir Sohbet Botu Deneyimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257424608</t>
+          <t>9786256586109</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ege Adaları Meselesi</t>
+          <t>Boşanma Üzerine Çok Yönlü Bir Bakış - Tarihsel Kültürel ve Psiko-Sosyal Boyutlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>708</v>
+        <v>380</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257424400</t>
+          <t>9786256586192</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmanın HES Hali</t>
+          <t>Haşdi Şabi'nin İki Yüzü - Irak ve İran Çekişmesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257424417</t>
+          <t>9786257424684</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Üzerine: İnsan, Kentler ve Yaşam</t>
+          <t>Mobil İletişim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257424431</t>
+          <t>9786257424592</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Yolu'nu Niçin Öğrenmeliyiz?</t>
+          <t>Çeviribilimde Terim Odaklı Çalışmalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257424301</t>
+          <t>9786257424608</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Filantrokapitalizm</t>
+          <t>Ege Adaları Meselesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>365</v>
+        <v>885</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257424165</t>
+          <t>9786257424400</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası, Karar Verme ve Tüsiad</t>
+          <t>Kalkınmanın HES Hali</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257424189</t>
+          <t>9786257424417</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Hastalıkları</t>
+          <t>Mutluluk Üzerine: İnsan, Kentler ve Yaşam</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>540</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059221894</t>
+          <t>9786257424431</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yaprak</t>
+          <t>İstiklal Yolu'nu Niçin Öğrenmeliyiz?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059221955</t>
+          <t>9786257424301</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Liderlik Araştırmaları</t>
+          <t>Filantrokapitalizm</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757351863</t>
+          <t>9786257424165</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Ödün Değil, Uzlaşı</t>
+          <t>Kamu Politikası, Karar Verme ve Tüsiad</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055782269</t>
+          <t>9786257424189</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Savaş</t>
+          <t>Yönetim Hastalıkları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>285</v>
+        <v>675</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059221993</t>
+          <t>9786059221894</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Erzincan'da Sosyal Damga Kimlik ve Yoksulluk</t>
+          <t>Yeşil Yaprak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059221146</t>
+          <t>9786059221955</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Altyazı Çevirisi</t>
+          <t>Sağlık Kurumlarında Liderlik Araştırmaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054627486</t>
+          <t>9789757351863</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Deutschland und Die Türkei Band 2 Forschen Lehren und Zusammenarbeiten</t>
+          <t>Türk Dış Politikasında Ödün Değil, Uzlaşı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057877857</t>
+          <t>9786055782269</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Muhafazakar Muhasebe</t>
+          <t>Savaş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057877918</t>
+          <t>9786059221993</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Eleştirinin Eleştirisi</t>
+          <t>Erzincan'da Sosyal Damga Kimlik ve Yoksulluk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057877642</t>
+          <t>9786059221146</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yanı Başındaki Yabancı Suriyeliler ile Yerli Halkın Karşılaşmaları</t>
+          <t>Altyazı Çevirisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057877512</t>
+          <t>9786054627486</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kant Ahlak Siyaset</t>
+          <t>Deutschland und Die Türkei Band 2 Forschen Lehren und Zusammenarbeiten</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>235</v>
+        <v>600</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057877574</t>
+          <t>9786057877857</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Konut Siyaseti</t>
+          <t>Kurumsal Yönetim ve Muhafazakar Muhasebe</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9781427611833</t>
+          <t>9786057877918</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zen ve Uygulamalı Proje Yönetimi Sanatı</t>
+          <t>Eleştirel Eleştirinin Eleştirisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057877567</t>
+          <t>9786057877642</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Koridorlarında Yeni Enternasyonalizm</t>
+          <t>Yanı Başındaki Yabancı Suriyeliler ile Yerli Halkın Karşılaşmaları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>365</v>
+        <v>325</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055782245</t>
+          <t>9786057877512</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Atatürk Dönemi Yenileşme Dinamikleri</t>
+          <t>Kant Ahlak Siyaset</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>15</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257424134</t>
+          <t>9786057877574</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mersin Yöresel Konutlarının Enerji Etkinliği</t>
+          <t>Türkiye'de Konut Siyaseti</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057877758</t>
+          <t>9781427611833</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vergi Düzenlemelerinin Rekabet Süreçlerine Etkileri</t>
+          <t>Zen ve Uygulamalı Proje Yönetimi Sanatı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257424172</t>
+          <t>9786057877567</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Yönetim Düşüncesinin Doğuşu (1776 - 1920)</t>
+          <t>Küreselleşmenin Koridorlarında Yeni Enternasyonalizm</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256586321</t>
+          <t>9786055782245</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumları İşletmeciliğinde Temel Konular ve Uygulamalar</t>
+          <t>Osmanlı ve Atatürk Dönemi Yenileşme Dinamikleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>480</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256586260</t>
+          <t>9786257424134</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu nün Devlet Teorisi</t>
+          <t>Mersin Yöresel Konutlarının Enerji Etkinliği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256586338</t>
+          <t>9786057877758</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Kurumları</t>
+          <t>Vergi Düzenlemelerinin Rekabet Süreçlerine Etkileri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>685</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256586369</t>
+          <t>9786257424172</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çatışmadan uzlaşıya bölünmüş toplumlarda anayasal birliktelik ve demokrasi</t>
+          <t>Amerikan Yönetim Düşüncesinin Doğuşu (1776 - 1920)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256586314</t>
+          <t>9786256586321</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kadınsız Demokrasi ve Cinsiyetçi Parlamento</t>
+          <t>Sağlık Kurumları İşletmeciliğinde Temel Konular ve Uygulamalar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757351788</t>
+          <t>9786256586260</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Tarzımıza ve Davranışlarımıza Yön Veren Özlü Sözler</t>
+          <t>Pierre Bourdieu nün Devlet Teorisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>570</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057877963</t>
+          <t>9786256586338</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Sosyolojisi Odağında Türkiye’de Kurumsal Çeviri Alanı: Kısıtlar/Güç İlişkileri</t>
+          <t>Erken Cumhuriyet Dönemi Kurumları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057877697</t>
+          <t>9786256586369</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Konumsal Medya</t>
+          <t>Çatışmadan uzlaşıya bölünmüş toplumlarda anayasal birliktelik ve demokrasi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>285</v>
+        <v>370</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057877451</t>
+          <t>9786256586314</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Etik</t>
+          <t>Kadınsız Demokrasi ve Cinsiyetçi Parlamento</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256586208</t>
+          <t>9789757351788</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazını Çevirisi ve Engelsiz Erişim</t>
+          <t>Yönetim Tarzımıza ve Davranışlarımıza Yön Veren Özlü Sözler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>710</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256586130</t>
+          <t>9786057877963</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Teknoloji Uluslararası Politikalar</t>
+          <t>Çeviri Sosyolojisi Odağında Türkiye’de Kurumsal Çeviri Alanı: Kısıtlar/Güç İlişkileri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256586147</t>
+          <t>9786057877697</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yaban Komşu Mülteci ve Yerli Karşılaşmalarının Etnografisi</t>
+          <t>Konumsal Medya</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256586079</t>
+          <t>9786057877451</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Ankara Belediyesi</t>
+          <t>Muhasebe ve Etik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256586253</t>
+          <t>9786256586208</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi</t>
+          <t>Çocuk Yazını Çevirisi ve Engelsiz Erişim</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054627011</t>
+          <t>9786256586130</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Çeviri Rehberi</t>
+          <t>Çevre ve Teknoloji Uluslararası Politikalar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256586246</t>
+          <t>9786256586147</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Podcast Yapım ve Yönetim</t>
+          <t>Yaban Komşu Mülteci ve Yerli Karşılaşmalarının Etnografisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256586277</t>
+          <t>9786256586079</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Brexit Neoliberal Dönüşüm ve Popülist Siyaset</t>
+          <t>Atatürk Döneminde Ankara Belediyesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256586215</t>
+          <t>9786256586253</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kent Diplomasisi - Türkiye - Ukrayna Yerel Yönetimleri Arasında İşbirliği</t>
+          <t>Çalışma Ekonomisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256586123</t>
+          <t>9786054627011</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mali Sosyoloji - Yöntem, Tarih, Teori, Yeni Yollar</t>
+          <t>Uygulamalı Çeviri Rehberi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256586222</t>
+          <t>9786256586246</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Yapay Zeka ve Dijital Hastaneler</t>
+          <t>Podcast Yapım ve Yönetim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055782672</t>
+          <t>9786256586277</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Okuduğunu Anlama Rehberi</t>
+          <t>Brexit Neoliberal Dönüşüm ve Popülist Siyaset</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>600</v>
+        <v>335</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055782641</t>
+          <t>9786256586215</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Dağarcığını Geliştirme Rehberi</t>
+          <t>Kent Diplomasisi - Türkiye - Ukrayna Yerel Yönetimleri Arasında İşbirliği</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>575</v>
+        <v>165</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057877062</t>
+          <t>9786256586123</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Statüsü Belirleyicileri</t>
+          <t>Mali Sosyoloji - Yöntem, Tarih, Teori, Yeni Yollar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059221405</t>
+          <t>9786256586222</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı</t>
+          <t>Sağlıkta Yapay Zeka ve Dijital Hastaneler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>365</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256586178</t>
+          <t>9786055782672</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurtlar (Bireysel Teröristler): Anders Behring Breivik ve Brenton Harris Tarrant</t>
+          <t>İngilizce Okuduğunu Anlama Rehberi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256586185</t>
+          <t>9786055782641</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Posthümanizm - Transhümanizm ve Günümüz Sanatı</t>
+          <t>İngilizce Kelime Dağarcığını Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>720</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256586154</t>
+          <t>9786057877062</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırılmalı Siyaset - Benzer Ülke Rejimlerine Mukayeseli Bir Bakış</t>
+          <t>Sağlık Statüsü Belirleyicileri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257424899</t>
+          <t>9786059221405</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Devlet Dışı Silahlı Aktörlerin Oluşumu: Irak ve Suriye</t>
+          <t>Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257424752</t>
+          <t>9786256586178</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyete Disiplinlerarası Yaklaşım: Güncel ve Eleştirel Tartışmalar</t>
+          <t>Yalnız Kurtlar (Bireysel Teröristler): Anders Behring Breivik ve Brenton Harris Tarrant</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059221481</t>
+          <t>9786256586185</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Performans Ölçümüne Geleneksel Olmayan Bir Yaklaşım: Kurumsal Karne Yönetimi</t>
+          <t>Posthümanizm - Transhümanizm ve Günümüz Sanatı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257424714</t>
+          <t>9786256586154</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Denetimi ve Kontrolü</t>
+          <t>Karşılaştırılmalı Siyaset - Benzer Ülke Rejimlerine Mukayeseli Bir Bakış</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257424394</t>
+          <t>9786257424899</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Anaakım Medya Kuramları</t>
+          <t>Orta Doğu’da Devlet Dışı Silahlı Aktörlerin Oluşumu: Irak ve Suriye</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257424349</t>
+          <t>9786257424752</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası İletişim</t>
+          <t>Toplumsal Cinsiyete Disiplinlerarası Yaklaşım: Güncel ve Eleştirel Tartışmalar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>365</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057877932</t>
+          <t>9786059221481</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Lojistik 4.0</t>
+          <t>Performans Ölçümüne Geleneksel Olmayan Bir Yaklaşım: Kurumsal Karne Yönetimi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257424028</t>
+          <t>9786257424714</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düşünce'de Devlet Ve Yönetim</t>
+          <t>Yapay Zekanın Denetimi ve Kontrolü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057877994</t>
+          <t>9786257424394</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Kuramları</t>
+          <t>Anaakım Medya Kuramları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257424011</t>
+          <t>9786257424349</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çeviri(Bilim)De Yeni Açılımlar</t>
+          <t>Kültürlerarası İletişim</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057877130</t>
+          <t>9786057877932</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Gazetecilik</t>
+          <t>Lojistik 4.0</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756325940</t>
+          <t>9786257424028</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>SPK İleri Düzey Çıkmış Sınav Soruları Paralelinde</t>
+          <t>Siyasi Düşünce'de Devlet Ve Yönetim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257424851</t>
+          <t>9786057877994</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun Posthümanist Tarihçesi</t>
+          <t>Eleştirel Medya Kuramları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257424905</t>
+          <t>9786257424011</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni ve Damga: Haneden Sokağa Ayrımcılık Pratiklerinin Sıradanlaşması</t>
+          <t>Çeviri(Bilim)De Yeni Açılımlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257424882</t>
+          <t>9786057877130</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Çok Seslilik ve Çoğulcu Yaklaşımlar</t>
+          <t>Herkes İçin Gazetecilik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257424936</t>
+          <t>9789756325940</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Devlette Performans Denetimi - 1996 - 2010 Sayıştay Deneyimi</t>
+          <t>SPK İleri Düzey Çıkmış Sınav Soruları Paralelinde</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>380</v>
+        <v>625</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257424943</t>
+          <t>9786257424851</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Meşruiyet Krizi - Modern Egemenlik ve Milli İrade Ekseninde</t>
+          <t>Tiyatronun Posthümanist Tarihçesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>510</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257424929</t>
+          <t>9786257424905</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Ekonomi - İktisat Gerçekten Toplumsal Bilimlerin Kraliçesi Olabilir mi?</t>
+          <t>Şizofreni ve Damga: Haneden Sokağa Ayrımcılık Pratiklerinin Sıradanlaşması</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256586093</t>
+          <t>9786257424882</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan Kültürü</t>
+          <t>İktisatta Çok Seslilik ve Çoğulcu Yaklaşımlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257424974</t>
+          <t>9786257424936</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Performatif Terörizm ve İslam Devleti Örgütü</t>
+          <t>Devlette Performans Denetimi - 1996 - 2010 Sayıştay Deneyimi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257424967</t>
+          <t>9786257424943</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Gruplara Yönelik Çağdaş Yaklaşımlar</t>
+          <t>Demokrasinin Meşruiyet Krizi - Modern Egemenlik ve Milli İrade Ekseninde</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>380</v>
+        <v>635</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257424950</t>
+          <t>9786257424929</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Grup İçi ve Gruplar Arası İlişkiler</t>
+          <t>Ahlaki Ekonomi - İktisat Gerçekten Toplumsal Bilimlerin Kraliçesi Olabilir mi?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256586000</t>
+          <t>9786256586093</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Sosyolojisi: Sosyal Bir Sorun ya da Aileye Alternatif Olma Bağlamında Boşanmayı Anlamak</t>
+          <t>Kazakistan Kültürü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257424912</t>
+          <t>9786257424974</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Engellilik Sosyolojisi Araştırma Yazıları</t>
+          <t>Performatif Terörizm ve İslam Devleti Örgütü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257424530</t>
+          <t>9786257424967</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı ve İnovatif Geleceğin Peşinde</t>
+          <t>Örgütsel Gruplara Yönelik Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>310</v>
+        <v>475</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059221870</t>
+          <t>9786257424950</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Özel Alan Çevirisi</t>
+          <t>Örgütlerde Grup İçi ve Gruplar Arası İlişkiler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059221818</t>
+          <t>9786256586000</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Basından Örneklerle Çeviride İdeoloji İdeolojik Çeviri</t>
+          <t>Boşanmanın Sosyolojisi: Sosyal Bir Sorun ya da Aileye Alternatif Olma Bağlamında Boşanmayı Anlamak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756325889</t>
+          <t>9786257424912</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Uygulamaları Test Kitabı</t>
+          <t>Engellilik Sosyolojisi Araştırma Yazıları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>480</v>
+        <v>625</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057877116</t>
+          <t>9786257424530</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kelimeler Sözlüğü - Türkçe İngilizce</t>
+          <t>Yaratıcı ve İnovatif Geleceğin Peşinde</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059221665</t>
+          <t>9786059221870</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Görsel - İşitsel Çeviri Eğitimi</t>
+          <t>Özel Alan Çevirisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257424776</t>
+          <t>9786059221818</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Türk Uzay Ekosistemi</t>
+          <t>Basından Örneklerle Çeviride İdeoloji İdeolojik Çeviri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>590</v>
+        <v>325</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257424820</t>
+          <t>9789756325889</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Küresel Siyaset</t>
+          <t>Muhasebe Uygulamaları Test Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>345</v>
+        <v>600</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257424790</t>
+          <t>9786057877116</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Yönetiminin Karşılaştırmalı Analizi: Türkiye ve Meksika</t>
+          <t>Sosyal Kelimeler Sözlüğü - Türkçe İngilizce</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257424806</t>
+          <t>9786059221665</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Performans Yönetimi</t>
+          <t>Görsel - İşitsel Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257424868</t>
+          <t>9786257424776</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>(Post)kolonyalizm: Özne, Arzu ve Siyasal Melezlik</t>
+          <t>Türk Uzay Ekosistemi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>480</v>
+        <v>750</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257424783</t>
+          <t>9786257424820</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Libya İç Savaşı'nda Türkiye</t>
+          <t>Toplumsal Cinsiyet ve Küresel Siyaset</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>365</v>
+        <v>430</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059221603</t>
+          <t>9786257424790</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk İki Dil Çift Diploma</t>
+          <t>Tek Parti Yönetiminin Karşılaştırmalı Analizi: Türkiye ve Meksika</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257424769</t>
+          <t>9786257424806</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kavramlarla Psikoloji</t>
+          <t>Sağlık Hizmetlerinde Performans Yönetimi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257424646</t>
+          <t>9786257424868</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde İnşacılık: Kökeni, Temel Kavramları ve Araştırmaları</t>
+          <t>(Post)kolonyalizm: Özne, Arzu ve Siyasal Melezlik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257424653</t>
+          <t>9786257424783</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Propaganda</t>
+          <t>Libya İç Savaşı'nda Türkiye</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257424745</t>
+          <t>9786059221603</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Parti ve İdeoloji</t>
+          <t>Bir Çocuk İki Dil Çift Diploma</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257424639</t>
+          <t>9786257424769</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan'ın Ak Güvercini Demokratik Sol Parti (1985‐2004)</t>
+          <t>Kavramlarla Psikoloji</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059221696</t>
+          <t>9786257424646</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İnternet Galaksisi'nde Türkiye</t>
+          <t>Uluslararası İlişkilerde İnşacılık: Kökeni, Temel Kavramları ve Araştırmaları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257424707</t>
+          <t>9786257424653</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve İkna Odağında Halkla İlişkiler</t>
+          <t>Propaganda</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257424660</t>
+          <t>9786257424745</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Geçici Koruma Statüsündeki Suriyeliler</t>
+          <t>Parti ve İdeoloji</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257424554</t>
+          <t>9786257424639</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Rus İmparatorluklarının Orta Asya Üzerindeki Stratejik Planları</t>
+          <t>Karaoğlan'ın Ak Güvercini Demokratik Sol Parti (1985‐2004)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257424615</t>
+          <t>9786059221696</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Luhmann Sosyolojisi ve Sosyal Hareketler - Gezi Parkı Örneği</t>
+          <t>İnternet Galaksisi'nde Türkiye</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257424622</t>
+          <t>9786257424707</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çalışma Hayatının Örgütlenmesi: Çalışma Bakanlığının Kuruluşu ve Faaliyetleri (1945‐1983)</t>
+          <t>İletişim ve İkna Odağında Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257424578</t>
+          <t>9786257424660</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>E-Politika</t>
+          <t>Geçici Koruma Statüsündeki Suriyeliler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257424585</t>
+          <t>9786257424554</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Muhafazakarlığın Kadın ve Aile Politikaları</t>
+          <t>Rus İmparatorluklarının Orta Asya Üzerindeki Stratejik Planları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257424547</t>
+          <t>9786257424615</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hastane ve Sağlık Kurumlarında Stratejik Yönetim</t>
+          <t>Luhmann Sosyolojisi ve Sosyal Hareketler - Gezi Parkı Örneği</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257424516</t>
+          <t>9786257424622</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Yönetsel Başarı</t>
+          <t>Türkiye'de Çalışma Hayatının Örgütlenmesi: Çalışma Bakanlığının Kuruluşu ve Faaliyetleri (1945‐1983)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257424486</t>
+          <t>9786257424578</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin El Kitabı</t>
+          <t>E-Politika</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257424509</t>
+          <t>9786257424585</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Marksist Düşüncenin Aristotelesçi Temelleri</t>
+          <t>Türkiye’de Siyasal Muhafazakarlığın Kadın ve Aile Politikaları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>335</v>
+        <v>530</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257424233</t>
+          <t>9786257424547</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>2000'li Yıllarda Türk Kamu Yönetiminde Erozyon ve Örgütsel Kayıplar</t>
+          <t>Hastane ve Sağlık Kurumlarında Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>306</v>
+        <v>875</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257424479</t>
+          <t>9786257424516</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Devlet ve Cemaatler</t>
+          <t>Liderlik ve Yönetsel Başarı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257424455</t>
+          <t>9786257424486</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Basın, Bellek, Travma: Türk-Amerikan İlişkilerinde Travmanın İzleri</t>
+          <t>Terörizmin El Kitabı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>310</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257424448</t>
+          <t>9786257424509</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ekonomik Büyümenin Son Yirmi Yılı (2000-2020)</t>
+          <t>Marksist Düşüncenin Aristotelesçi Temelleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>650</v>
+        <v>420</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257424370</t>
+          <t>9786257424233</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bilim İletişimi - Toplumsal Etkileşim ve Dijital Dönüşüm</t>
+          <t>2000'li Yıllarda Türk Kamu Yönetiminde Erozyon ve Örgütsel Kayıplar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>365</v>
+        <v>380</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257424493</t>
+          <t>9786257424479</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>5018 Sayılı Kamu Mali Yönetimi ve Kontrol Kanunu Kapsamında İç Denetim Faaliyetinde Şeffaflık</t>
+          <t>Türkiye’de Devlet ve Cemaatler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>305</v>
+        <v>325</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257424387</t>
+          <t>9786257424455</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İşletmede Yönetim ve Fonksiyon Düzeyinde Strateji</t>
+          <t>Basın, Bellek, Travma: Türk-Amerikan İlişkilerinde Travmanın İzleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257424332</t>
+          <t>9786257424448</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Devlet Kapitalizmi</t>
+          <t>Türkiye'de Ekonomik Büyümenin Son Yirmi Yılı (2000-2020)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>335</v>
+        <v>800</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257424356</t>
+          <t>9786257424370</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Akademik Çeviri Eğitimi</t>
+          <t>Bilim İletişimi - Toplumsal Etkileşim ve Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059221610</t>
+          <t>9786257424493</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ein Kind – Zwei Sprachen – Doppelabschluss</t>
+          <t>5018 Sayılı Kamu Mali Yönetimi ve Kontrol Kanunu Kapsamında İç Denetim Faaliyetinde Şeffaflık</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>30</v>
+        <v>380</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059221115</t>
+          <t>9786257424387</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dıversıtät - in Gesellschaft, Gesundheıt Und Bıldung</t>
+          <t>İşletmede Yönetim ve Fonksiyon Düzeyinde Strateji</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257424110</t>
+          <t>9786257424332</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Alfred Schutz ve Fenomenolojik Sosyolojisi</t>
+          <t>Devlet Kapitalizmi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257424004</t>
+          <t>9786257424356</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Abdüllatif Subhi Paşa - Bir Tanzimat Paşası ve Kültürel Sermayesi</t>
+          <t>Akademik Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057877338</t>
+          <t>9786059221610</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Diğer Kamu Kurumlarında Disiplin Usulü ve Soruşturma Örnekleri</t>
+          <t>Ein Kind – Zwei Sprachen – Doppelabschluss</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>425</v>
+        <v>30</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057877277</t>
+          <t>9786059221115</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Denetimde Güncel Konular</t>
+          <t>Dıversıtät - in Gesellschaft, Gesundheıt Und Bıldung</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257424462</t>
+          <t>9786257424110</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Posthüman - Şehir ve Beden</t>
+          <t>Alfred Schutz ve Fenomenolojik Sosyolojisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257424325</t>
+          <t>9786257424004</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Terörizm ve Kadın: Fail Mi Kurban Mı?</t>
+          <t>Abdüllatif Subhi Paşa - Bir Tanzimat Paşası ve Kültürel Sermayesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257424363</t>
+          <t>9786057877338</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İtfaiyenin Anatomisi</t>
+          <t>Eğitim ve Diğer Kamu Kurumlarında Disiplin Usulü ve Soruşturma Örnekleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>235</v>
+        <v>530</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257424424</t>
+          <t>9786057877277</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimlerinin Kassandrası</t>
+          <t>Muhasebe ve Denetimde Güncel Konular</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257424295</t>
+          <t>9786257424462</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Politik Stratejide Duygusal Zeka ve Motivasyon</t>
+          <t>Posthüman - Şehir ve Beden</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257424288</t>
+          <t>9786257424325</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sinemada İstiklal Harbi ve Atatürk</t>
+          <t>Terörizm ve Kadın: Fail Mi Kurban Mı?</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257424127</t>
+          <t>9786257424363</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomisini Anlamak</t>
+          <t>Türkiye'de İtfaiyenin Anatomisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257424073</t>
+          <t>9786257424424</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türkiye Cumhuriyeti Tarihi</t>
+          <t>Eğitim Bilimlerinin Kassandrası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057877925</t>
+          <t>9786257424295</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Erken Yazılar</t>
+          <t>Politik Stratejide Duygusal Zeka ve Motivasyon</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057877949</t>
+          <t>9786257424288</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Silahlı Çatışmaların Çözümü Mümkün Mü?</t>
+          <t>Sinemada İstiklal Harbi ve Atatürk</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057877871</t>
+          <t>9786257424127</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Biyopolitika</t>
+          <t>Dünya Ekonomisini Anlamak</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057877901</t>
+          <t>9786257424073</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hollanda'daki Türkler</t>
+          <t>Atatürk ve Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>260</v>
+        <v>525</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057877840</t>
+          <t>9786057877925</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bolu Basın Tarihi</t>
+          <t>İktisatta Erken Yazılar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057877826</t>
+          <t>9786057877949</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>BOBİ FRS TFRS-TMS ve MSUGT-VUK Karşılaştırmaları</t>
+          <t>Silahlı Çatışmaların Çözümü Mümkün Mü?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057877833</t>
+          <t>9786057877871</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dört Duvar Kadına Ne Yapar?</t>
+          <t>Milliyetçilik ve Biyopolitika</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057877796</t>
+          <t>9786057877901</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İktidarın Sınırlandırılması</t>
+          <t>Hollanda'daki Türkler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057877802</t>
+          <t>9786057877840</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Savaş</t>
+          <t>Bolu Basın Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057877710</t>
+          <t>9786057877826</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Biz ve Ötekiler</t>
+          <t>BOBİ FRS TFRS-TMS ve MSUGT-VUK Karşılaştırmaları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>260</v>
+        <v>625</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057877703</t>
+          <t>9786057877833</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Posthümanizm</t>
+          <t>Dört Duvar Kadına Ne Yapar?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>305</v>
+        <v>325</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057877666</t>
+          <t>9786057877796</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Kimlik: Disiplinlerarası Yaklaşımlar</t>
+          <t>Türkiye’de İktidarın Sınırlandırılması</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057877659</t>
+          <t>9786057877802</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>SSCB Türkiye İlişkileri 1953-1964</t>
+          <t>Bilişsel Savaş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057877680</t>
+          <t>9786057877710</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Birey ve Sosyal Adalet Algısı</t>
+          <t>Biz ve Ötekiler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059221658</t>
+          <t>9786057877703</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Brexit: Elveda Avrupa</t>
+          <t>Posthümanizm</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057877611</t>
+          <t>9786057877666</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Refah Rejiminde Kadın</t>
+          <t>Kültür ve Kimlik: Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057877604</t>
+          <t>9786057877659</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Güncel Örneklerle Ekonomi Güvenliği Yazıları</t>
+          <t>SSCB Türkiye İlişkileri 1953-1964</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057877550</t>
+          <t>9786057877680</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Dış Politikasında İslam İşbirliği Teşkilatı (1969-2012)</t>
+          <t>Neoliberal Birey ve Sosyal Adalet Algısı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057877529</t>
+          <t>9786059221658</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Göçün Türkiye - (Federal) Almanya İlişkilerine Etkisi (1961-2000)</t>
+          <t>Brexit: Elveda Avrupa</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057877499</t>
+          <t>9786057877611</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Geleceğe İletişim Teknolojileri</t>
+          <t>Türkiye Refah Rejiminde Kadın</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057877475</t>
+          <t>9786057877604</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Süryani Ortodokslarda Kilise Müziği</t>
+          <t>Güncel Örneklerle Ekonomi Güvenliği Yazıları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057877390</t>
+          <t>9786057877550</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Bolu’da İktisadi Hayat (1923 – 1960)</t>
+          <t>Türkiye'nin Dış Politikasında İslam İşbirliği Teşkilatı (1969-2012)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057877369</t>
+          <t>9786057877529</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin En Başat Siyasal Çizgisi: Kemalizm</t>
+          <t>Türkiye'den Göçün Türkiye - (Federal) Almanya İlişkilerine Etkisi (1961-2000)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>305</v>
+        <v>325</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057877352</t>
+          <t>9786057877499</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hubris Sendromu</t>
+          <t>Tarihten Geleceğe İletişim Teknolojileri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057877345</t>
+          <t>9786057877475</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Eğitim Hikayesi</t>
+          <t>Süryani Ortodokslarda Kilise Müziği</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057877314</t>
+          <t>9786057877390</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Markanın Yol Haritası</t>
+          <t>Cumhuriyet Döneminde Bolu’da İktisadi Hayat (1923 – 1960)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057877291</t>
+          <t>9786057877369</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Güncel Sosyal ve Mali Sorunlara Yönelik Seçme Yazılar</t>
+          <t>Bir Dönemin En Başat Siyasal Çizgisi: Kemalizm</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>365</v>
+        <v>380</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057877260</t>
+          <t>9786057877352</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Uygar Oldu?</t>
+          <t>Hubris Sendromu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>306</v>
+        <v>325</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057877178</t>
+          <t>9786057877345</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Düğün</t>
+          <t>Başka Bir Eğitim Hikayesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057877161</t>
+          <t>9786057877314</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Trabzon'da Mülteci ve Sığınmacı Kadınlar</t>
+          <t>Markanın Yol Haritası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057877154</t>
+          <t>9786057877291</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Liman İşçilerinin Sağlığı ve Güvenliği</t>
+          <t>Güncel Sosyal ve Mali Sorunlara Yönelik Seçme Yazılar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057877055</t>
+          <t>9786057877260</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiye'sinde Maden İşleteciliği ve Maden Politikaları (1923 - 1960)</t>
+          <t>İnsan Nasıl Uygar Oldu?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057877109</t>
+          <t>9786057877178</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Tekerlekli Düğün</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057877093</t>
+          <t>9786057877161</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ankara'da Açılan İlk Gürcistan Temsilciliği ve Türk-Gürcü İlişkileri</t>
+          <t>Trabzon'da Mülteci ve Sığınmacı Kadınlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057877079</t>
+          <t>9786057877154</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kır Sosyolojisi Araştırmaları</t>
+          <t>Liman İşçilerinin Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059221931</t>
+          <t>9786057877055</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz’de Toplumsal Araştırmalar</t>
+          <t>Cumhuriyet Türkiye'sinde Maden İşleteciliği ve Maden Politikaları (1923 - 1960)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059221917</t>
+          <t>9786057877109</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Erkekliğin Dönüşümü</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>365</v>
+        <v>750</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059221900</t>
+          <t>9786057877093</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Westphalia‐Sistemi'ne Karşı Millet‐Sistemi Söylemi ve Türk Dış Politikası</t>
+          <t>Ankara'da Açılan İlk Gürcistan Temsilciliği ve Türk-Gürcü İlişkileri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059221016</t>
+          <t>9786057877079</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Spaces on the Move And Obliteration of Identites: Rebirth of Space and Identity - Hareketli Mekanlar ve Aşınan Kimlikler: Mekan ve Kimliğin Yeniden Doğuşu</t>
+          <t>Türkiye'de Kır Sosyolojisi Araştırmaları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059221771</t>
+          <t>9786059221931</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>John B. Rawls - Eleştirel Bir Yaklaşım</t>
+          <t>Doğu Karadeniz’de Toplumsal Araştırmalar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059221764</t>
+          <t>9786059221917</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük, Hukuk ve Demokrasi</t>
+          <t>Türkiye’de Erkekliğin Dönüşümü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059221757</t>
+          <t>9786059221900</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politik: Zarif Mezar Taşları</t>
+          <t>Westphalia‐Sistemi'ne Karşı Millet‐Sistemi Söylemi ve Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059221733</t>
+          <t>9786059221016</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gürhan Fişek'in İzinde Ortak Emek ve Ortak Eylem</t>
+          <t>Spaces on the Move And Obliteration of Identites: Rebirth of Space and Identity - Hareketli Mekanlar ve Aşınan Kimlikler: Mekan ve Kimliğin Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>480</v>
+        <v>735</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059221726</t>
+          <t>9786059221771</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sınır Kapitalizmi</t>
+          <t>John B. Rawls - Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059221672</t>
+          <t>9786059221764</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlama Reklam Tasarımı ve Etik</t>
+          <t>Özgürlük, Hukuk ve Demokrasi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059221689</t>
+          <t>9786059221757</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kayıtdışı Ekonomi ve Karapara</t>
+          <t>Ekonomi Politik: Zarif Mezar Taşları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059221634</t>
+          <t>9786059221733</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayata Sosyolojik Bakmak</t>
+          <t>Gürhan Fişek'in İzinde Ortak Emek ve Ortak Eylem</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059221627</t>
+          <t>9786059221726</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ordulardan Şirketlere Strateji</t>
+          <t>Sınır Kapitalizmi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>310</v>
+        <v>530</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059221566</t>
+          <t>9786059221672</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Romanlar</t>
+          <t>Nöropazarlama Reklam Tasarımı ve Etik</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059221573</t>
+          <t>9786059221689</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Erkek Hemşireler</t>
+          <t>Kayıtdışı Ekonomi ve Karapara</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059221559</t>
+          <t>9786059221634</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Politik Kampanya</t>
+          <t>Gündelik Hayata Sosyolojik Bakmak</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059221542</t>
+          <t>9786059221627</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Tarihi Metodolojisi</t>
+          <t>Ordulardan Şirketlere Strateji</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059221535</t>
+          <t>9786059221566</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Lozan'da Türk-Yunan Mübadele Siyaseti</t>
+          <t>Yoksulluk ve Romanlar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059221504</t>
+          <t>9786059221573</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Avrupa Birliği Türkiye İlişkileri</t>
+          <t>Erkek Hemşireler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059221498</t>
+          <t>9786059221559</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uygulamasında Torba Kanunlar</t>
+          <t>Politik Kampanya</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059221412</t>
+          <t>9786059221542</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Durmayalım Düşeriz!</t>
+          <t>Yakın Dönem Tarihi Metodolojisi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059221436</t>
+          <t>9786059221535</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Lozan'da Türk-Yunan Mübadele Siyaseti</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059221429</t>
+          <t>9786059221504</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Altın Yaprak</t>
+          <t>Farklı Boyutlarıyla Avrupa Birliği Türkiye İlişkileri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059221382</t>
+          <t>9786059221498</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hanım</t>
+          <t>Vergi Uygulamasında Torba Kanunlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059221399</t>
+          <t>9786059221412</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Denetiminde Örnek Olaylar</t>
+          <t>Durmayalım Düşeriz!</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059221283</t>
+          <t>9786059221436</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikanın Yapısal Teorisi</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>345</v>
+        <v>385</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059221221</t>
+          <t>9786059221429</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yüce Türk'ten Zalim Türk'e</t>
+          <t>Altın Yaprak</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059221290</t>
+          <t>9786059221382</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Adımlar</t>
+          <t>Hanım</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059221269</t>
+          <t>9786059221399</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Güncele Dipnotlar</t>
+          <t>Muhasebe Denetiminde Örnek Olaylar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059221245</t>
+          <t>9786059221283</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yeni Siyasal Akımlar</t>
+          <t>Uluslararası Politikanın Yapısal Teorisi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059221207</t>
+          <t>9786059221221</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Türk İşaret Dili Çevirisi</t>
+          <t>Yüce Türk'ten Zalim Türk'e</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059221160</t>
+          <t>9786059221290</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sansür Eğlenceleri</t>
+          <t>İz Bırakan Adımlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059221191</t>
+          <t>9786059221269</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Son Dönemi Gayrimüslim Cemaatler 1908-1922</t>
+          <t>Güncele Dipnotlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059221078</t>
+          <t>9786059221245</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ukde İş Hukuku ve Sosyal Politika Öğretilerinin Sosyal İnsan Haklarıyla İmtihanı 1938 - 2015</t>
+          <t>Türkiye'de Yeni Siyasal Akımlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054627899</t>
+          <t>9786059221207</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İzmir Büyükkent Bütününde Romanlar</t>
+          <t>Türk İşaret Dili Çevirisi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054627585</t>
+          <t>9786059221160</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gazprom'un Rusyası</t>
+          <t>Türkiye'de Sansür Eğlenceleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>335</v>
+        <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054627493</t>
+          <t>9786059221191</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Almanya Cilt: 2 Toplum Sağlık ve Eğitimde Araştırma Öğretim ve İşbirliği</t>
+          <t>Osmanlı Son Dönemi Gayrimüslim Cemaatler 1908-1922</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054627370</t>
+          <t>9786059221078</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Köşe Yazarları Yaşam Dünyamızı Sömürüyor Mu?</t>
+          <t>İçimdeki Ukde İş Hukuku ve Sosyal Politika Öğretilerinin Sosyal İnsan Haklarıyla İmtihanı 1938 - 2015</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>335</v>
+        <v>500</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9799756325574</t>
+          <t>9786054627899</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kırmızı Çizgilerimiz Vardı</t>
+          <t>İzmir Büyükkent Bütününde Romanlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>305</v>
+        <v>500</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756325872</t>
+          <t>9786054627585</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülükte Ulusal Hedef Ulusal Politika Ulusal Strateji</t>
+          <t>Gazprom'un Rusyası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756525593</t>
+          <t>9786054627493</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Nutuk</t>
+          <t>Türkiye ve Almanya Cilt: 2 Toplum Sağlık ve Eğitimde Araştırma Öğretim ve İşbirliği</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9799756325468</t>
+          <t>9786054627370</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Türkiyesi’nde Kılık Kıyafette Çağdaşlaşma</t>
+          <t>Köşe Yazarları Yaşam Dünyamızı Sömürüyor Mu?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756325728</t>
+          <t>9799756325574</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Açısından Çevresel Etki Değerlendirmesi</t>
+          <t>Bizim Kırmızı Çizgilerimiz Vardı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756325162</t>
+          <t>9789756325872</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türk Cumhuriyetleri Öğrencilerinin Türk Dünyasına Bakışları</t>
+          <t>Atatürkçülükte Ulusal Hedef Ulusal Politika Ulusal Strateji</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>285</v>
+        <v>460</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054627141</t>
+          <t>9789756525593</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türk - Alman Bilimsel İşbirliğinin Güncel Konuları / Aktüelle Aspekte Deutsch - Türkischer Wissenschaftskooperation</t>
+          <t>Atatürk ve Nutuk</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>3990000030396</t>
+          <t>9799756325468</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ticari Bankalarda Piyasa Riski Yönetimi</t>
+          <t>Atatürk Türkiyesi’nde Kılık Kıyafette Çağdaşlaşma</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055782184</t>
+          <t>9789756325728</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tanıklarıyla Kıbrıs Türk Milli Mücadelesi</t>
+          <t>Uluslararası Hukuk Açısından Çevresel Etki Değerlendirmesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9799756325475</t>
+          <t>9789756325162</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Serbest Bölgeler</t>
+          <t>Türk Cumhuriyetleri Öğrencilerinin Türk Dünyasına Bakışları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756325377</t>
+          <t>9786054627141</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Seçim Sistemleri ve Türkiye İçin Yeni Bir Seçim Sistemi Önerisi</t>
+          <t>Türk - Alman Bilimsel İşbirliğinin Güncel Konuları / Aktüelle Aspekte Deutsch - Türkischer Wissenschaftskooperation</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789757351849</t>
+          <t>3990000030396</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Polis Etiği</t>
+          <t>Ticari Bankalarda Piyasa Riski Yönetimi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789757351597</t>
+          <t>9786055782184</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenliğimi Geliştiriyorum</t>
+          <t>Tanıklarıyla Kıbrıs Türk Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054627240</t>
+          <t>9799756325475</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Okulu Terk Deneyimi Üzerine Sosyolojik Bir Araştırma</t>
+          <t>Serbest Bölgeler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9799756325550</t>
+          <t>9789756325377</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Improve Your Vocabulary and Reading Skills</t>
+          <t>Seçim Sistemleri ve Türkiye İçin Yeni Bir Seçim Sistemi Önerisi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055782450</t>
+          <t>9789757351849</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Global Kriz ve Türkiye Ekonomisi</t>
+          <t>Polis Etiği</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756325971</t>
+          <t>9789757351597</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Finansal Modelleme</t>
+          <t>Öğretmenliğimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789756325209</t>
+          <t>9786054627240</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü (Ciltli)</t>
+          <t>Okulu Terk Deneyimi Üzerine Sosyolojik Bir Araştırma</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756325827</t>
+          <t>9799756325550</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>E-İş, E-Devlet, Etik</t>
+          <t>Improve Your Vocabulary and Reading Skills</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>435</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756325643</t>
+          <t>9786055782450</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları ve Savaş Alanları Rehberi</t>
+          <t>Global Kriz ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
+          <t>9789756325971</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Modelleme</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789756325209</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789756325827</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>E-İş, E-Devlet, Etik</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789756325643</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Savaşları ve Savaş Alanları Rehberi</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
           <t>9789756325650</t>
         </is>
       </c>
-      <c r="B237" s="1" t="inlineStr">
+      <c r="B241" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyet Döneminde Sansür (1923-1973)</t>
         </is>
       </c>
-      <c r="C237" s="1">
-        <v>310</v>
+      <c r="C241" s="1">
+        <v>385</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>